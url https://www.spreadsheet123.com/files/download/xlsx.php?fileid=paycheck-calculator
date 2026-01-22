--- v0 (2025-11-03)
+++ v1 (2026-01-22)
@@ -14,58 +14,58 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style1.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors1.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style2.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors2.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28227"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\xampp\htdocs\spreadsheet123\files\free-templates\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{2AB7B145-75FD-4DB1-B617-97B339FE6D6F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D1634B8C-3D91-4976-8D30-4DE88A4344B9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="640" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Paycheck Calculator" sheetId="15" r:id="rId1"/>
     <sheet name="Federal Tax Tables NEW" sheetId="16" r:id="rId2"/>
     <sheet name="©" sheetId="4" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Paycheck Calculator'!$A$1:$G$71</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
@@ -88,180 +88,180 @@
   <c r="A50" i="16"/>
   <c r="L49" i="16"/>
   <c r="F49" i="16"/>
   <c r="A49" i="16"/>
   <c r="L48" i="16"/>
   <c r="K48" i="16"/>
   <c r="F48" i="16"/>
   <c r="A48" i="16"/>
   <c r="L47" i="16"/>
   <c r="F47" i="16"/>
   <c r="A47" i="16"/>
   <c r="L46" i="16"/>
   <c r="F46" i="16"/>
   <c r="A46" i="16"/>
   <c r="L45" i="16"/>
   <c r="K46" i="16" s="1"/>
   <c r="H45" i="16"/>
   <c r="F45" i="16"/>
   <c r="H46" i="16" s="1"/>
   <c r="C45" i="16"/>
   <c r="A45" i="16"/>
   <c r="C46" i="16" s="1"/>
   <c r="L44" i="16"/>
   <c r="M45" i="16" s="1"/>
   <c r="L40" i="16"/>
+  <c r="K40" i="16"/>
   <c r="F40" i="16"/>
   <c r="A40" i="16"/>
   <c r="L39" i="16"/>
   <c r="F39" i="16"/>
   <c r="A39" i="16"/>
   <c r="L38" i="16"/>
-  <c r="K39" i="16" s="1"/>
   <c r="F38" i="16"/>
   <c r="A38" i="16"/>
   <c r="L37" i="16"/>
   <c r="K38" i="16" s="1"/>
   <c r="F37" i="16"/>
   <c r="A37" i="16"/>
   <c r="L36" i="16"/>
+  <c r="K37" i="16" s="1"/>
   <c r="F36" i="16"/>
   <c r="A36" i="16"/>
   <c r="L35" i="16"/>
   <c r="K36" i="16" s="1"/>
   <c r="K35" i="16"/>
   <c r="H35" i="16"/>
+  <c r="H36" i="16" s="1"/>
   <c r="F35" i="16"/>
-  <c r="H36" i="16" s="1"/>
-[...1 lines deleted...]
-  <c r="C36" i="16" s="1"/>
   <c r="A35" i="16"/>
   <c r="L34" i="16"/>
   <c r="H34" i="16"/>
   <c r="F34" i="16"/>
   <c r="C34" i="16"/>
   <c r="A34" i="16"/>
+  <c r="C35" i="16" s="1"/>
+  <c r="C36" i="16" s="1"/>
   <c r="L33" i="16"/>
   <c r="M34" i="16" s="1"/>
   <c r="L29" i="16"/>
   <c r="F29" i="16"/>
   <c r="A29" i="16"/>
   <c r="L28" i="16"/>
   <c r="F28" i="16"/>
   <c r="A28" i="16"/>
   <c r="L27" i="16"/>
-  <c r="K28" i="16" s="1"/>
+  <c r="K27" i="16"/>
   <c r="F27" i="16"/>
   <c r="A27" i="16"/>
   <c r="L26" i="16"/>
   <c r="F26" i="16"/>
   <c r="A26" i="16"/>
   <c r="L25" i="16"/>
-  <c r="K26" i="16" s="1"/>
   <c r="F25" i="16"/>
   <c r="A25" i="16"/>
   <c r="L24" i="16"/>
+  <c r="K25" i="16" s="1"/>
   <c r="F24" i="16"/>
   <c r="A24" i="16"/>
   <c r="L23" i="16"/>
+  <c r="K24" i="16" s="1"/>
   <c r="H23" i="16"/>
   <c r="F23" i="16"/>
   <c r="H24" i="16" s="1"/>
   <c r="C23" i="16"/>
   <c r="A23" i="16"/>
   <c r="C24" i="16" s="1"/>
   <c r="L22" i="16"/>
-  <c r="M23" i="16" s="1"/>
-[...4 lines deleted...]
-  <c r="H47" i="16" l="1"/>
+  <c r="K23" i="16" s="1"/>
+  <c r="C47" i="16" l="1"/>
+  <c r="H37" i="16"/>
+  <c r="H38" i="16"/>
+  <c r="H39" i="16"/>
+  <c r="H40" i="16" s="1"/>
+  <c r="H25" i="16"/>
+  <c r="C37" i="16"/>
+  <c r="C25" i="16"/>
+  <c r="C26" i="16"/>
+  <c r="C27" i="16" s="1"/>
+  <c r="C28" i="16" s="1"/>
+  <c r="C29" i="16" s="1"/>
+  <c r="H47" i="16"/>
   <c r="H48" i="16" s="1"/>
-  <c r="C37" i="16"/>
-[...4 lines deleted...]
-  <c r="C48" i="16" s="1"/>
+  <c r="H49" i="16" s="1"/>
+  <c r="H50" i="16" s="1"/>
+  <c r="H51" i="16" s="1"/>
+  <c r="C48" i="16"/>
   <c r="C49" i="16" s="1"/>
   <c r="C50" i="16" s="1"/>
   <c r="C51" i="16" s="1"/>
-  <c r="M47" i="16"/>
-[...3 lines deleted...]
-  <c r="C25" i="16"/>
   <c r="C38" i="16"/>
-  <c r="H51" i="16"/>
-[...3 lines deleted...]
-  <c r="C39" i="16"/>
+  <c r="C39" i="16" s="1"/>
   <c r="C40" i="16" s="1"/>
-  <c r="H39" i="16"/>
-[...2 lines deleted...]
-  <c r="H28" i="16"/>
+  <c r="H26" i="16"/>
+  <c r="H27" i="16" s="1"/>
+  <c r="H28" i="16" s="1"/>
   <c r="H29" i="16" s="1"/>
-  <c r="C29" i="16"/>
-[...12 lines deleted...]
-  <c r="K29" i="16"/>
+  <c r="M25" i="16"/>
+  <c r="M26" i="16" s="1"/>
   <c r="K34" i="16"/>
   <c r="M35" i="16" s="1"/>
   <c r="M36" i="16" s="1"/>
   <c r="M37" i="16" s="1"/>
+  <c r="M38" i="16" s="1"/>
+  <c r="M39" i="16" s="1"/>
+  <c r="K49" i="16"/>
+  <c r="K45" i="16"/>
+  <c r="K50" i="16"/>
+  <c r="K29" i="16"/>
+  <c r="M46" i="16"/>
+  <c r="M47" i="16" s="1"/>
   <c r="K47" i="16"/>
-  <c r="M48" i="16" s="1"/>
+  <c r="M23" i="16"/>
+  <c r="K28" i="16"/>
+  <c r="M24" i="16"/>
+  <c r="K26" i="16"/>
+  <c r="K39" i="16"/>
+  <c r="M40" i="16" l="1"/>
+  <c r="M48" i="16"/>
   <c r="M49" i="16" s="1"/>
   <c r="M50" i="16" s="1"/>
   <c r="M51" i="16" s="1"/>
-  <c r="R95" i="15"/>
+  <c r="M27" i="16"/>
+  <c r="M28" i="16" s="1"/>
+  <c r="M29" i="16" s="1"/>
+  <c r="R81" i="15" l="1"/>
+  <c r="R76" i="15" s="1"/>
+  <c r="S87" i="15"/>
+  <c r="S88" i="15" s="1"/>
+  <c r="R95" i="15" l="1"/>
   <c r="Q95" i="15"/>
   <c r="S86" i="15"/>
   <c r="S89" i="15" s="1"/>
   <c r="S90" i="15" s="1"/>
   <c r="I2" i="15"/>
-  <c r="M38" i="16" l="1"/>
-[...6 lines deleted...]
-  <c r="S91" i="15"/>
+  <c r="S91" i="15" l="1"/>
   <c r="S94" i="15" s="1"/>
   <c r="S97" i="15" s="1"/>
   <c r="S93" i="15"/>
   <c r="S92" i="15"/>
   <c r="B6" i="4"/>
   <c r="F12" i="15" l="1"/>
   <c r="F14" i="15"/>
   <c r="F13" i="15"/>
   <c r="Q86" i="15" l="1"/>
   <c r="Q89" i="15" s="1"/>
   <c r="Q90" i="15" s="1"/>
   <c r="F7" i="15"/>
   <c r="F18" i="15" s="1"/>
   <c r="R91" i="15" l="1"/>
   <c r="R93" i="15"/>
   <c r="Q92" i="15"/>
   <c r="Q91" i="15"/>
   <c r="Q93" i="15"/>
   <c r="R92" i="15"/>
   <c r="F6" i="15"/>
   <c r="Q94" i="15" l="1"/>
   <c r="Q96" i="15" s="1"/>
   <c r="Q97" i="15" s="1"/>
   <c r="R94" i="15"/>
   <c r="R96" i="15" s="1"/>
@@ -717,53 +717,50 @@
   <si>
     <t>But less than</t>
   </si>
   <si>
     <t>Plus this percentage</t>
   </si>
   <si>
     <t>The tentative amount to withhold is:</t>
   </si>
   <si>
     <t>Single or Married Filing Separately</t>
   </si>
   <si>
     <t>Married Filing Jointly</t>
   </si>
   <si>
     <t>Source: irs.gov/pub/irs-pdf/p15t.pdf</t>
   </si>
   <si>
     <t>Adjusted Federal Taxable Gross</t>
   </si>
   <si>
     <t>Dependant Adjusted Withholding</t>
   </si>
   <si>
-    <t>Source: irs.gov/pub/irs-pdf/fw4.pdf (pg3)</t>
-[...1 lines deleted...]
-  <si>
     <t>Source: irs.gov/pub/irs-pdf/fw4.pdf (pg1)</t>
   </si>
   <si>
     <t>Other Dependents</t>
   </si>
   <si>
     <t>Qualifying children under age 17</t>
   </si>
   <si>
     <t>Step 3: Other Dependents</t>
   </si>
   <si>
     <t>Step 3: Dependents Under Age 17</t>
   </si>
   <si>
     <t>Local Tax Rate</t>
   </si>
   <si>
     <t>State Tax Rate</t>
   </si>
   <si>
     <t>With Forms W-4 From 2019 or Earlier</t>
   </si>
   <si>
     <t>Table 6. Percentage Method - Amount for One Withholding Allowance</t>
@@ -896,72 +893,75 @@
   <si>
     <t>Publication 15 T (IRS)</t>
   </si>
   <si>
     <t>REFERENCES</t>
   </si>
   <si>
     <t>Disclaimer:</t>
   </si>
   <si>
     <t>RELATED TEMPLATES</t>
   </si>
   <si>
     <t>► Timesheet Templates</t>
   </si>
   <si>
     <t>► Weekly Shift Schedule</t>
   </si>
   <si>
     <t>► Staff Rotation Schedule</t>
   </si>
   <si>
     <t>► Payroll Calculator</t>
   </si>
   <si>
-    <t>Tables below are copied from Page 11 of IRS Publication 15-T and must be updated every year.</t>
+    <t>Federal Tax Tables - 2026</t>
   </si>
   <si>
-    <t>Federal Tax Tables - 2025</t>
+    <t>Dependents - Step 3 W-4 Form (Page1) - 2026</t>
   </si>
   <si>
-    <t>Dependents - Step 3 W-4 Form (Page1) - 2025</t>
+    <t>Standard Deductions - Step 4(b) W-4 Form (Page 4) - 2026</t>
   </si>
   <si>
-    <t>Standard Deductions - Step 4(b) W-4 Form (Page 3) - 2025</t>
+    <t>Source: irs.gov/pub/irs-pdf/fw4.pdf (pg4)</t>
   </si>
   <si>
-    <t>Percentage Method Tables for Income Tax Withholding (For Wages Paid in 2025, using New W-4)</t>
+    <t>Percentage Method Tables for Income Tax Withholding (For Wages Paid in 2026, using New W-4)</t>
   </si>
   <si>
-    <t>← See Page 62 of IRS 2025 Publication 15-T (Table 7)</t>
+    <t>Tables below are copied from Page 12 of IRS Publication 15-T and must be updated every year.</t>
   </si>
   <si>
-    <t>For Wages Paid in 2025 using both New and earlier W-4 Forms</t>
+    <t>← See Page 63 of IRS 2026 Publication 15-T (Table 7)</t>
   </si>
   <si>
-    <t>New (2025) W-4 Employee's Withholding Certificate, https://www.irs.gov/pub/irs-pdf/fw4.pdf</t>
+    <t>For Wages Paid in 2026 using both New and earlier W-4 Forms</t>
+  </si>
+  <si>
+    <t>New (2026) W-4 Employee's Withholding Certificate, https://www.irs.gov/pub/irs-pdf/fw4.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="5">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="165" formatCode="0.0%"/>
     <numFmt numFmtId="166" formatCode="_(&quot;$&quot;* #,##0_);_(&quot;$&quot;* \(#,##0\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="167" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
   <fonts count="43" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
@@ -1771,81 +1771,81 @@
     </xf>
     <xf numFmtId="0" fontId="9" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="9" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="9" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="166" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="166" fontId="0" fillId="6" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
+    <xf numFmtId="167" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="19" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="4" fontId="18" fillId="7" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="6" xfId="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...5 lines deleted...]
-    <xf numFmtId="167" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="2">
     <dxf>
       <fill>
         <patternFill patternType="gray125"/>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="gray125"/>
       </fill>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
@@ -2049,69 +2049,69 @@
                 <c:pt idx="7">
                   <c:v>State Tax</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>Local Tax</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>Insurance</c:v>
                 </c:pt>
                 <c:pt idx="10">
                   <c:v>Other Post-Tax deductions</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>Post-Tax Reimbursements</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>'Paycheck Calculator'!$B$50:$B$61</c:f>
               <c:numCache>
                 <c:formatCode>_("$"* #,##0.00_);_("$"* \(#,##0.00\);_("$"* "-"??_);_(@_)</c:formatCode>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
-                  <c:v>2982.1266666666666</c:v>
+                  <c:v>2993.9166666666665</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>217</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>50.75</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>250.12333333333333</c:v>
+                  <c:v>238.33333333333334</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="10">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>0</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-C5E1-499D-8FB5-EDA9321A3A65}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
@@ -2578,69 +2578,69 @@
                 <c:pt idx="7">
                   <c:v>State Tax</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>Local Tax</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>Insurance</c:v>
                 </c:pt>
                 <c:pt idx="10">
                   <c:v>Other Post-Tax deductions</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>Post-Tax Reimbursements</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>'Paycheck Calculator'!$B$50:$B$61</c:f>
               <c:numCache>
                 <c:formatCode>_("$"* #,##0.00_);_("$"* \(#,##0.00\);_("$"* "-"??_);_(@_)</c:formatCode>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
-                  <c:v>2982.1266666666666</c:v>
+                  <c:v>2993.9166666666665</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>217</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>50.75</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>250.12333333333333</c:v>
+                  <c:v>238.33333333333334</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="10">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>0</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-F31E-4350-9127-11376A937487}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
@@ -2684,58 +2684,58 @@
         <a:effectLst/>
       </c:spPr>
       <c:txPr>
         <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr>
             <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="65000"/>
                   <a:lumOff val="35000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:defRPr>
           </a:pPr>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </c:txPr>
     </c:legend>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
     <c:extLst>
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
-    <c:showDLblsOverMax val="0"/>
   </c:chart>
   <c:spPr>
     <a:noFill/>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
       <a:noFill/>
       <a:round/>
     </a:ln>
     <a:effectLst/>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr/>
       </a:pPr>
       <a:endParaRPr lang="en-US"/>
     </a:p>
   </c:txPr>
   <c:printSettings>
     <c:headerFooter/>
     <c:pageMargins b="0.75" l="0.7" r="0.7" t="0.75" header="0.3" footer="0.3"/>
     <c:pageSetup/>
   </c:printSettings>
 </c:chartSpace>
@@ -9535,50 +9535,10420 @@
           <a:noFill/>
         </a:ln>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="92" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1307CA9B-6DB3-4B6B-9FD2-B802277F150E}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="93" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ECD04185-69D6-48EB-B74B-AB91678AB79A}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="94" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ABF9A8E1-2FD8-4DCB-8A40-A5582105EE30}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="95" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CC6C531B-5448-4706-B506-E433158AC286}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="96" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5BD96352-7690-4224-81A8-55508DCBE9CE}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="97" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{22E4347A-1201-4558-80CD-10909CCB120B}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="98" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F2094BCA-40E5-4ED4-9EA5-E18239933F4B}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>419100</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="99" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FEC0BD68-D255-498A-B925-190BDA271687}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="419100" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>419100</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="100" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C52DC423-D57E-4B36-A3E9-02D67EDFB354}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="419100" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>419100</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="101" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ECCA9654-BF0F-455C-A489-66FF5CDE2B8E}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="419100" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="102" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B17A4959-4150-4209-8285-6F0B3DF7E924}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="103" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BACC2AAD-27D5-4991-B1DC-7C053282A8CC}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="104" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{93E0D773-505E-4011-A49A-2029ABE3A513}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="105" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1D44388C-2CC2-4A6C-B8E9-F2907C3E6810}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="106" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{73B65192-8AA2-4FA7-ABB6-292D27811468}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="107" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F808BB02-69E2-4D25-8BDF-318F6E9C5CD8}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="108" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9F88A1B5-4783-444E-8B6C-01796878DDCD}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>419100</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="109" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7C4F0731-9C13-4A6C-AA0D-BF6EF1CDF937}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="419100" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>419100</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="110" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8418C435-AE0B-4071-B32F-EC372CEC45DE}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="419100" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>419100</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="111" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{11839170-4738-4BCD-B7F3-7DCBD41D2382}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="419100" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="112" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{266CEBCB-8EE3-40BF-8854-56252B48DB03}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="113" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{294E8286-07D3-48C9-ACB7-4F8688E52898}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="114" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E3AD6132-30E6-4C80-AF59-D2AD7984ADB2}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="115" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{66E531F2-DBE4-4331-90FD-36A5BBE1F080}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="116" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1BBB6ABB-97B5-4029-ABCA-7C20B67FB6D4}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="117" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C34743B5-4573-44CB-8B79-A701B49AB132}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="118" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{393C7E04-2EC1-43AD-8FC3-421EEB94761C}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>419100</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="119" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6ED69D58-6C5B-45C5-92A9-6BC54638525D}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="419100" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>419100</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="120" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BDE44DD0-2F4F-4D14-B83E-600BD6588532}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="419100" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>419100</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="121" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B7940CE0-96D9-42B5-88A0-42DC30EBFBDB}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="419100" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="122" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0BB353E1-5AC1-416E-BAD5-57CAC6097859}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="123" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FAFC87C3-45A4-4361-B035-C6A0A727CF3B}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="124" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6327D977-8DFE-47DB-A768-D64165C78D2C}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="125" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DCF44879-EF58-4089-901B-D5A48AFC7FD0}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="126" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E32B6979-259D-4E94-BFE2-C809B3D9A3E9}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="127" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E1FDABCF-4387-49DF-A6B1-1119496D2138}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="128" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{29D38D55-BF83-4553-9EBA-C3EC70FE32C0}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>419100</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="129" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{21F8D960-2F8B-4AB2-B2AF-2FF524A5048B}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="419100" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>419100</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="130" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B3F3AA64-6535-422E-913A-245C9971D073}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="419100" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>419100</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="131" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B7F75147-50EA-419F-B0EB-A0A3A9B238A2}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="419100" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="132" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{05016821-A40D-46AB-8775-0E694FA1837D}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="133" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{58C8AF59-A754-4A49-B85B-D7867A15D607}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="134" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{674A4C4F-692D-474C-BF9C-1DE291450445}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="135" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2DC3C9CE-CA58-46DF-AD22-BB01A7108986}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="136" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6C24948D-8D69-4FFA-ABFB-E16C9752FB3F}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="137" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2AE0FB5C-6EB7-4696-9F6B-9A65EE9BD0C7}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="138" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9142C69A-1458-4452-A78F-B71B126C5D90}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>419100</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="139" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AFAD49DE-1046-4FDA-8078-952E87B50E7C}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="419100" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>419100</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="140" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0A136EF7-ECB8-4995-9217-73BBA36C35DC}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="419100" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>419100</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="141" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{576A98C5-0929-49C3-B5B5-D9A6C0425FB3}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="419100" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="142" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B958EA12-F2B9-4E4E-9666-8B3D3D737DDD}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="143" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F0843C42-03B5-4992-86F4-08F234965067}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="144" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D0BAB542-AAF5-4CB7-9A4E-A2BACBAE6722}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="145" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EE940523-3C54-4830-BCBB-DEE1EF5723E5}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="146" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B3370E54-9E7C-4AE0-94D8-5DEC36F24B48}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="147" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D0EBF1F9-A836-42FB-BAFB-F5DB1879BE74}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="148" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{16C07F41-571A-42BD-B9D3-ADE6749D8DF0}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>419100</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="149" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F02A971F-3E24-4666-BF46-2F49F1EB76A4}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="419100" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>419100</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="150" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FFD432DE-28F1-4B73-94E8-148B93F26BAA}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="419100" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>419100</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="151" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7B1B69F1-0E59-494E-9882-11F207CA00F6}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="419100" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="152" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F2EA61C3-6E34-4F4C-9531-502A0836CD36}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="153" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{238B6BF7-F125-429E-8E97-AFD885BD7EFB}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="154" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DA2B08D3-2BC8-4CAD-B5B8-06DD7FE906AB}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="155" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{634464A8-8933-49AF-9820-6CEB92AB5301}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="156" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{20761CDE-35A1-41C5-9127-3D30E7411582}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="157" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{52E36CD4-B080-4003-9399-3C70D2B5C8C9}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="158" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8464E6BE-18C6-4C88-84BE-03ED4370394C}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>419100</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="159" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{45060C1B-D60F-44A2-94D5-C47A4E2CA26C}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="419100" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>419100</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="160" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{28AEBFDD-8415-4ED5-B712-247E617A00BF}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="419100" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>419100</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="161" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2286B43F-11D0-4B43-A5FD-7FB27FB8F78D}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="419100" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="162" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0F019629-4E42-41E3-9A4E-01B8D58CF298}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="163" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{76DF942A-E86F-4286-9100-D4B18769044A}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="164" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5D84D747-45A5-4ECB-90D4-718EDAC54933}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="165" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7BB0BC36-FE8A-4360-AF92-51ACF8DDD34B}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="166" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D77CE54B-77E4-4230-A1F1-F66B74BDBBAC}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="167" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EBC5F172-BC39-4AFD-9D1B-4EDA77FB7E8B}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="168" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CC90A9A8-C071-4860-8331-9D071D405685}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>419100</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="169" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{47A9E589-B392-44F2-B12A-6AC93A56EE88}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="419100" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>419100</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="170" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{69828D0A-51A2-4E1A-A56D-8F6B3BCFEB61}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="419100" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>419100</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="171" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5FE198A7-FC00-492A-A90E-3A487C94DE89}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="419100" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="172" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AAE5C549-7D1F-47CD-8446-E7100DC7DE4C}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="173" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{03A7A6FD-A7A3-43FD-8949-434C1E21D439}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="174" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7253C7A7-231F-455A-9EE3-A49D8B5A31EC}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="175" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9C08DA0F-C60E-4421-91CA-70656A744858}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="176" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{76580B80-0E67-45C6-A9EF-E4F030A90BBF}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="177" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BEE12353-0938-4283-8B22-B4B87337862F}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="178" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{63DC7B93-2188-4F0E-B5A8-DA8BAD832661}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>419100</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="179" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{637A4939-A81F-4E85-ADD8-90114767DC89}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="419100" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>419100</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="180" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{79741EDB-B683-4CEE-8E03-8C994E4ADD9D}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="419100" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>419100</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="181" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F9B9BECC-EFFB-4B90-A901-61909FC44538}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="419100" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="182" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9FFA57B5-BCBF-4E99-9C2C-F111CB2CE31F}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="183" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AB27B2BC-3351-4CE6-A632-C101F29BE272}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="184" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DAF406B1-472E-437E-BB57-EAAE5D745779}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="185" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3B8A9A7A-A4A2-4386-91F3-3B1DF2B75365}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="186" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{979FF83E-21FC-40E3-B7BB-3FEF072CC864}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="187" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{70623868-7A8F-4565-8DED-DCDA035E414B}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="188" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5869EF9C-9D2C-4D8E-9C31-E8A09C017D0D}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>419100</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="189" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C72FDDA2-E283-46B7-90C7-BB2D1A135FEB}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="419100" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>419100</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="190" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{970C3974-2411-4072-9846-95525A0F3403}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="419100" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>419100</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="191" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3D7A0733-D98F-464D-A7EA-7399B4225399}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="419100" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="192" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8C61AD9E-A372-4183-9B17-42E2733F684B}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="193" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AFD0311D-6362-45AB-9CCC-7EFF71D421EF}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="194" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{48A76D10-DF07-4370-AE5D-A72947159AFF}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="195" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{83E9AAE4-CCD3-4AF4-AFE6-0150D64FA3B4}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="196" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E331BAC5-B9E7-4EF1-99D1-731C2938C3AB}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="197" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E1730A97-6060-4CEA-A7AF-5C4D42032BEC}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="198" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6A956AA5-4CC7-4EC6-A7AD-BB82CDB31330}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>419100</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="199" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B7243820-E810-42B6-88B8-1F26C122DEE4}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="419100" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>419100</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="200" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2E8ACCB0-F4F3-471A-BE57-6D71185D2E29}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="419100" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>419100</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="201" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{534F06E6-904C-473E-A9C2-3B4DC64E8B7A}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="419100" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="202" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{680A69D8-AF50-42DE-80DD-A21DD73F67F4}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="203" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6DEA3CA2-5F5E-4269-8127-BDC4C0BD8A36}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="204" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DCCBB103-817F-4AEA-A5D4-3476C116090D}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="205" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C85AED69-675D-4BEE-852B-EC056621E4C8}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="206" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{680E95CB-EAA5-4892-917D-29A949BD7C0C}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="207" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{48B13ECD-1628-437A-A3C4-EF2D4EA1F638}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="208" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{927ACBEE-A8DC-44FD-8439-F14557B315F6}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>419100</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="209" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B755A8A8-42E6-4594-806D-FADE260FCD8B}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="419100" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>419100</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="210" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8700B8ED-AFC3-4EEE-8580-6B1543765B13}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="419100" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>419100</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="211" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B2C4E6BD-0A5D-45AC-9140-38B07C51C02A}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="419100" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="212" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{78EBF793-1F40-4AD8-9A29-3A35FD2486E7}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="213" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F6C93098-502E-40F0-A31C-879C86CF1138}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="214" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E552F181-335B-40D6-81EB-0B029A615EC6}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="215" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E50A94A2-4670-4FD8-8AC2-CB3447965441}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="216" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9395AB54-FB78-4212-9CB3-A90E47EEEF4C}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="217" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C306365E-0D9B-4AA9-AB3A-0AD6F7C19E37}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="218" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F6250F52-7E40-4E07-8E6C-92D5DDFE969C}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>419100</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="219" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{929959C0-E55C-479E-9653-D898B3528FDB}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="419100" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>419100</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="220" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AF3DFE3C-3E46-4FD5-8771-FB7D189AA6B7}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="419100" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>419100</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="221" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2D45A984-BE42-47BA-8D12-19D871FCA393}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="419100" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="222" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C62366C9-0FAB-44C9-8235-6D1CCA0D68CA}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="223" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{23832721-D5AE-42C6-ADCF-957D9FF3C57E}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="224" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{94256599-0275-47A6-A26B-B26FC9C79E38}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="225" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E747508B-FFF8-4E22-ACB1-B24539BC3E07}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="226" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FD4A4BFB-A670-4051-BA1A-4DD342042CE7}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="227" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E0D2C847-94DB-4306-AD3A-E1A8E01EBC0E}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="228" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2902D149-CCB7-4D41-B620-09813ED93179}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>419100</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="229" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{44983793-8D39-4AC5-BCB0-AFF782DEC798}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="419100" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>419100</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="230" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4F9354F0-71CC-408E-B6F3-7201D4C7C13E}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="419100" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>419100</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="231" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{81FF5EC7-1686-4EF3-BE74-601F13D5FD17}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="419100" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="232" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{11D80B3B-F087-4408-BDDB-D0E7398DDF25}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="233" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{128C5712-16BD-4757-BB68-06957285754A}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="234" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FD3ACA02-5878-4D50-9637-DBFB4370A004}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="235" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{127435C4-6E30-41AF-B0F4-04432002B22D}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="236" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3D9E6933-F04D-47B1-B152-3EB575918D14}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="237" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2E393E16-31BC-44A1-AE01-FF9133D810AD}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="238" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5A9DDC2B-17F5-46B5-9FAF-BA856A69B757}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>419100</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="239" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6B205050-EC8C-4403-B11C-711E27CDD1F8}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="419100" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>419100</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="240" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{212C6060-EF84-47AB-A1FA-AF9853067F33}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="419100" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>419100</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="241" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6CEB37C4-A707-47AD-9BED-D30983051008}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="419100" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="242" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EAD81F69-41FA-4B7F-8575-297F2CAAEA64}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="243" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5528EBAE-3212-4B24-BB2A-3C5114C54009}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="244" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A478F83A-83AE-433C-92C3-7A26BC7EFCD4}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="245" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{50787C5B-1148-4377-9C98-614B05380CB7}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="246" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9A503ABD-5C0C-4C68-8130-5FB6B28D7EB3}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="247" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CFEE7609-733F-450D-90F8-A422B1911E0F}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="248" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6A071A88-D390-4A63-A2D3-AAE90C8EB3AA}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>419100</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="249" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{65A42B0F-2422-4BB5-935F-CCAB4118BF23}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="419100" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>419100</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="250" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{57C4CD5A-E1E5-4ABD-ABA5-4301FD113BD7}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="419100" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>419100</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="251" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B4EB1B43-B95A-4DBA-9331-408E5A9BFABC}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="419100" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="252" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{29878565-F8B5-430C-B268-BA0318633926}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="253" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C86BCA9A-6515-4730-97D1-C4FD0020DD62}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="254" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B331F19C-1707-4A15-9B9A-B5A1F885AD01}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="255" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9F6773EB-1D80-43DA-B59B-5D4025C9E2C0}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="256" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E85186EF-96D9-4E2B-B992-619200BDD75C}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="257" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BC540D11-9310-4911-B148-61C683F4A8A4}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="258" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C55ACA9F-6F99-456C-AEC0-A5F9989A642B}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>419100</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="259" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{79D6D1B4-4EE2-459A-AB9A-0F63BFBD9DBD}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="419100" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>419100</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="260" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{424C7727-3546-4ABA-ACD7-2FEE259B2BA1}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="419100" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>419100</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="261" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FDDCC41C-392D-4258-81CE-5D1E703CF6BE}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="419100" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>4562485</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
       <xdr:colOff>1054653</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>352575</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Picture 3">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2766BA01-B04F-4BCD-85E3-2EDAD59E7506}"/>
             </a:ext>
@@ -9951,51 +20321,51 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/pub/irs-pdf/fw4.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spreadsheet123.com/calculators/net-paycheck-calculator?utm_source=paycheck-calculator&amp;utm_medium=title&amp;utm_campaign=templates" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spreadsheet123.com/ExcelTemplates/work-shift-schedule?utm_source=paycheck-calculator&amp;utm_medium=related&amp;utm_campaign=templates" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/pub/irs-pdf/p15t.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/newsroom/new-downloadable-assistant-helps-small-businesses-withhold-the-right-amount-of-income-tax" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spreadsheet123.com/ExcelTemplates/staff-rotation-schedule?utm_source=paycheck-calculator&amp;utm_medium=related&amp;utm_campaign=templates" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spreadsheet123.com/calculators/payroll-calculator?utm_source=paycheck-calculator&amp;utm_medium=related&amp;utm_campaign=templates" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spreadsheet123.com/ExcelTemplates/timesheets?utm_source=paycheck-calculator&amp;utm_medium=related&amp;utm_campaign=templates" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/pub/irs-pdf/fw4.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/pub/irs-pdf/p15t.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/pub/irs-pdf/fw4.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spreadsheet123.com/calculators/net-paycheck-calculator.html" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spreadsheet123.com/EULA/privateuse-EULA.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9816630F-B639-497C-98A6-8B6C7C70D172}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:S98"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
-      <selection activeCell="I31" sqref="I31"/>
+      <selection activeCell="O22" sqref="O22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="35.7109375" customWidth="1"/>
     <col min="2" max="2" width="25.7109375" style="2" customWidth="1"/>
     <col min="3" max="3" width="2.28515625" customWidth="1"/>
     <col min="4" max="4" width="0.85546875" customWidth="1"/>
     <col min="5" max="5" width="35.7109375" customWidth="1"/>
     <col min="6" max="6" width="25.7109375" customWidth="1"/>
     <col min="7" max="7" width="2.28515625" customWidth="1"/>
     <col min="9" max="9" width="31" style="109" customWidth="1"/>
     <col min="10" max="11" width="9.140625" style="109"/>
     <col min="16" max="16" width="29.85546875" hidden="1" customWidth="1"/>
     <col min="17" max="19" width="23.42578125" hidden="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="113" t="s">
         <v>24</v>
       </c>
       <c r="B1" s="9"/>
       <c r="C1" s="8"/>
       <c r="D1" s="8"/>
       <c r="E1" s="8"/>
@@ -10014,51 +20384,51 @@
       <c r="D2" s="116"/>
       <c r="E2" s="116"/>
       <c r="F2" s="116"/>
       <c r="G2" s="117"/>
       <c r="I2" s="106" t="str">
         <f ca="1">"© 2013-"&amp;YEAR(TODAY())&amp;" Spreadsheet123 LTD"</f>
         <v>© 2013-2025 Spreadsheet123 LTD</v>
       </c>
       <c r="J2" s="108"/>
       <c r="K2" s="108"/>
     </row>
     <row r="3" spans="1:11" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="59"/>
       <c r="G3" s="60"/>
       <c r="I3" s="106"/>
       <c r="J3" s="108"/>
       <c r="K3" s="108"/>
     </row>
     <row r="4" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="13" t="s">
         <v>0</v>
       </c>
       <c r="B4" s="63"/>
       <c r="C4" s="64"/>
       <c r="E4" s="14" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="F4" s="15"/>
       <c r="G4" s="15"/>
       <c r="I4" s="107" t="s">
         <v>24</v>
       </c>
       <c r="J4" s="108"/>
       <c r="K4" s="108"/>
     </row>
     <row r="5" spans="1:11" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="16"/>
       <c r="B5" s="20"/>
       <c r="C5" s="16"/>
       <c r="E5" s="65"/>
       <c r="F5" s="65"/>
       <c r="G5" s="65"/>
       <c r="I5" s="108"/>
       <c r="J5" s="108"/>
       <c r="K5" s="108"/>
     </row>
     <row r="6" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="55" t="s">
         <v>0</v>
       </c>
       <c r="B6" s="41">
@@ -10077,330 +20447,330 @@
       <c r="J6" s="108"/>
       <c r="K6" s="108"/>
     </row>
     <row r="7" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="55" t="s">
         <v>17</v>
       </c>
       <c r="B7" s="26" t="s">
         <v>4</v>
       </c>
       <c r="C7" s="16"/>
       <c r="E7" s="68" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="69">
         <f>B6-F12-F13-F14</f>
         <v>3500</v>
       </c>
       <c r="G7" s="65"/>
       <c r="I7" s="108"/>
       <c r="J7" s="108"/>
       <c r="K7" s="108"/>
     </row>
     <row r="8" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="55" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="B8" s="26" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="C8" s="16"/>
       <c r="E8" s="68" t="s">
         <v>36</v>
       </c>
       <c r="F8" s="69">
         <f>(B6-F14)*6.2%</f>
         <v>217</v>
       </c>
       <c r="G8" s="65"/>
       <c r="I8" s="108"/>
       <c r="J8" s="108"/>
       <c r="K8" s="108"/>
     </row>
     <row r="9" spans="1:11" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="21"/>
       <c r="B9" s="20"/>
       <c r="C9" s="16"/>
       <c r="E9" s="66"/>
       <c r="F9" s="69"/>
       <c r="G9" s="65"/>
       <c r="I9" s="108"/>
       <c r="J9" s="108"/>
       <c r="K9" s="108"/>
     </row>
     <row r="10" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="13" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="B10" s="9"/>
       <c r="C10" s="8"/>
       <c r="E10" s="68" t="s">
         <v>37</v>
       </c>
       <c r="F10" s="67">
         <f>(B6-F14)*1.45%</f>
         <v>50.75</v>
       </c>
       <c r="G10" s="65"/>
       <c r="I10" s="108"/>
       <c r="J10" s="108"/>
       <c r="K10" s="108"/>
     </row>
     <row r="11" spans="1:11" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="19"/>
       <c r="B11" s="20"/>
       <c r="C11" s="16"/>
       <c r="E11" s="66"/>
       <c r="F11" s="69"/>
       <c r="G11" s="65"/>
       <c r="I11" s="108"/>
       <c r="J11" s="108"/>
       <c r="K11" s="108"/>
     </row>
     <row r="12" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="18" t="s">
         <v>16</v>
       </c>
       <c r="B12" s="103" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="C12" s="16"/>
       <c r="E12" s="68" t="s">
         <v>25</v>
       </c>
       <c r="F12" s="67">
         <f>B6*B31</f>
         <v>0</v>
       </c>
       <c r="G12" s="65"/>
       <c r="I12" s="108"/>
       <c r="J12" s="108"/>
       <c r="K12" s="108"/>
     </row>
     <row r="13" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="18" t="s">
         <v>19</v>
       </c>
       <c r="B13" s="26">
         <v>2</v>
       </c>
       <c r="C13" s="16"/>
       <c r="E13" s="68" t="s">
         <v>38</v>
       </c>
       <c r="F13" s="69">
         <f>$B$32</f>
         <v>0</v>
       </c>
       <c r="G13" s="65"/>
     </row>
     <row r="14" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="19" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="B14" s="24">
         <v>0</v>
       </c>
       <c r="C14" s="16"/>
       <c r="E14" s="66" t="s">
         <v>33</v>
       </c>
       <c r="F14" s="69">
         <f>$B$33</f>
         <v>0</v>
       </c>
       <c r="G14" s="65"/>
     </row>
     <row r="15" spans="1:11" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="21"/>
       <c r="B15" s="20"/>
       <c r="C15" s="16"/>
       <c r="E15" s="68"/>
       <c r="F15" s="69"/>
       <c r="G15" s="65"/>
     </row>
     <row r="16" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="13" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="B16" s="9"/>
       <c r="C16" s="8"/>
       <c r="E16" s="68" t="s">
         <v>11</v>
       </c>
       <c r="F16" s="67">
         <f>IF('Paycheck Calculator'!$R$81=1,IF($B$22="No",'Paycheck Calculator'!$Q$97,'Paycheck Calculator'!$R$97),'Paycheck Calculator'!$S$97)</f>
-        <v>250.12333333333333</v>
+        <v>238.33333333333334</v>
       </c>
       <c r="G16" s="65"/>
     </row>
     <row r="17" spans="1:19" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="19"/>
       <c r="B17" s="20"/>
       <c r="C17" s="16"/>
       <c r="E17" s="68"/>
       <c r="F17" s="69"/>
       <c r="G17" s="65"/>
     </row>
     <row r="18" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="18" t="s">
         <v>16</v>
       </c>
       <c r="B18" s="103" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="C18" s="16"/>
       <c r="E18" s="68" t="s">
         <v>20</v>
       </c>
       <c r="F18" s="69">
         <f>$F$7*$B$37</f>
         <v>0</v>
       </c>
       <c r="G18" s="65"/>
     </row>
     <row r="19" spans="1:19" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="21"/>
       <c r="B19" s="20"/>
       <c r="C19" s="16"/>
       <c r="E19" s="68"/>
       <c r="F19" s="67"/>
       <c r="G19" s="65"/>
     </row>
     <row r="20" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="10" t="s">
         <v>28</v>
       </c>
       <c r="B20" s="11"/>
       <c r="C20" s="12"/>
       <c r="E20" s="68" t="s">
         <v>15</v>
       </c>
       <c r="F20" s="69">
         <f>$F$7*$B$38</f>
         <v>0</v>
       </c>
       <c r="G20" s="65"/>
     </row>
     <row r="21" spans="1:19" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="19"/>
       <c r="B21" s="20"/>
       <c r="C21" s="16"/>
       <c r="E21" s="68"/>
       <c r="F21" s="67"/>
       <c r="G21" s="65"/>
     </row>
     <row r="22" spans="1:19" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A22" s="18" t="s">
         <v>29</v>
       </c>
       <c r="B22" s="26" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="C22" s="16"/>
       <c r="E22" s="68" t="s">
         <v>12</v>
       </c>
       <c r="F22" s="67">
         <f>$B$42</f>
         <v>0</v>
       </c>
       <c r="G22" s="65"/>
       <c r="I22" s="110" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
     </row>
     <row r="23" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="19" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="B23" s="44"/>
       <c r="C23" s="16"/>
       <c r="E23" s="68" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="F23" s="69">
         <f>$B$43</f>
         <v>0</v>
       </c>
       <c r="G23" s="65"/>
       <c r="I23" s="111" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
     </row>
     <row r="24" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="19" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="B24" s="44"/>
       <c r="C24" s="16"/>
       <c r="E24" s="68" t="s">
         <v>22</v>
       </c>
       <c r="F24" s="69">
         <f>$B$47</f>
         <v>0</v>
       </c>
       <c r="G24" s="65"/>
       <c r="I24" s="111" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
     </row>
     <row r="25" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="18" t="s">
         <v>32</v>
       </c>
       <c r="B25" s="24">
         <v>0</v>
       </c>
       <c r="C25" s="16"/>
       <c r="E25" s="65"/>
       <c r="F25" s="65"/>
       <c r="G25" s="65"/>
       <c r="I25" s="111" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
     </row>
     <row r="26" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="18" t="s">
         <v>31</v>
       </c>
       <c r="B26" s="24">
         <v>0</v>
       </c>
       <c r="C26" s="16"/>
       <c r="E26" s="70" t="s">
         <v>23</v>
       </c>
       <c r="F26" s="71">
         <f>$B$6-$F$8-$F$10-$F$12-$F$13-$F$14-$F$16-$F$18-$F$20-$F$22-$F$23+$F$24</f>
-        <v>2982.1266666666666</v>
+        <v>2993.9166666666665</v>
       </c>
       <c r="G26" s="65"/>
       <c r="I26" s="111" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
     </row>
     <row r="27" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="18" t="s">
         <v>30</v>
       </c>
       <c r="B27" s="24">
         <v>0</v>
       </c>
       <c r="C27" s="16"/>
       <c r="E27" s="65"/>
       <c r="F27" s="65"/>
       <c r="G27" s="65"/>
       <c r="I27" s="112"/>
       <c r="P27" s="2"/>
       <c r="Q27" s="2"/>
       <c r="R27" s="2"/>
       <c r="S27" s="2"/>
     </row>
     <row r="28" spans="1:19" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="21"/>
       <c r="B28" s="20"/>
       <c r="C28" s="16"/>
       <c r="E28" s="65"/>
       <c r="F28" s="65"/>
@@ -10503,229 +20873,229 @@
       </c>
       <c r="B35" s="11"/>
       <c r="C35" s="12"/>
       <c r="E35" s="65"/>
       <c r="F35" s="65"/>
       <c r="G35" s="65"/>
       <c r="P35" s="2"/>
       <c r="Q35" s="49"/>
       <c r="R35" s="49"/>
       <c r="S35" s="49"/>
     </row>
     <row r="36" spans="1:19" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="19"/>
       <c r="B36" s="20"/>
       <c r="C36" s="16"/>
       <c r="E36" s="65"/>
       <c r="F36" s="65"/>
       <c r="G36" s="65"/>
       <c r="P36" s="2"/>
       <c r="Q36" s="49"/>
       <c r="R36" s="48"/>
       <c r="S36" s="49"/>
     </row>
     <row r="37" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A37" s="19" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="B37" s="25">
         <v>0</v>
       </c>
       <c r="C37" s="16"/>
       <c r="E37" s="65"/>
       <c r="F37" s="65"/>
       <c r="G37" s="65"/>
       <c r="P37" s="2"/>
       <c r="Q37" s="2"/>
       <c r="R37" s="2"/>
       <c r="S37" s="2"/>
     </row>
     <row r="38" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A38" s="19" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="B38" s="25">
         <v>0</v>
       </c>
       <c r="C38" s="16"/>
       <c r="E38" s="65"/>
       <c r="F38" s="65"/>
       <c r="G38" s="65"/>
       <c r="P38" s="2"/>
       <c r="Q38" s="2"/>
       <c r="R38" s="49"/>
       <c r="S38" s="49"/>
     </row>
     <row r="39" spans="1:19" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A39" s="21"/>
       <c r="B39" s="20"/>
       <c r="C39" s="16"/>
       <c r="E39" s="65"/>
       <c r="F39" s="65"/>
       <c r="G39" s="65"/>
       <c r="P39" s="2"/>
       <c r="Q39" s="2"/>
       <c r="R39" s="2"/>
       <c r="S39" s="49"/>
     </row>
     <row r="40" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A40" s="10" t="s">
         <v>14</v>
       </c>
       <c r="B40" s="11"/>
       <c r="C40" s="12"/>
-      <c r="E40" s="140"/>
-[...1 lines deleted...]
-      <c r="G40" s="140"/>
+      <c r="E40" s="141"/>
+      <c r="F40" s="141"/>
+      <c r="G40" s="141"/>
       <c r="P40" s="2"/>
       <c r="Q40" s="2"/>
       <c r="R40" s="2"/>
       <c r="S40" s="2"/>
     </row>
     <row r="41" spans="1:19" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A41" s="18"/>
       <c r="B41" s="22"/>
       <c r="C41" s="16"/>
-      <c r="E41" s="140"/>
-[...1 lines deleted...]
-      <c r="G41" s="140"/>
+      <c r="E41" s="141"/>
+      <c r="F41" s="141"/>
+      <c r="G41" s="141"/>
       <c r="P41" s="5"/>
       <c r="Q41" s="5"/>
       <c r="R41" s="5"/>
       <c r="S41" s="5"/>
     </row>
     <row r="42" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A42" s="18" t="s">
         <v>12</v>
       </c>
       <c r="B42" s="24">
         <v>0</v>
       </c>
       <c r="C42" s="16"/>
-      <c r="E42" s="140"/>
-[...1 lines deleted...]
-      <c r="G42" s="140"/>
+      <c r="E42" s="141"/>
+      <c r="F42" s="141"/>
+      <c r="G42" s="141"/>
       <c r="P42" s="2"/>
       <c r="Q42" s="2"/>
       <c r="R42" s="2"/>
       <c r="S42" s="2"/>
     </row>
     <row r="43" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A43" s="18" t="s">
         <v>21</v>
       </c>
       <c r="B43" s="24">
         <v>0</v>
       </c>
       <c r="C43" s="16"/>
-      <c r="E43" s="141"/>
-[...1 lines deleted...]
-      <c r="G43" s="141"/>
+      <c r="E43" s="142"/>
+      <c r="F43" s="142"/>
+      <c r="G43" s="142"/>
       <c r="P43" s="2"/>
       <c r="Q43" s="2"/>
       <c r="R43" s="2"/>
       <c r="S43" s="2"/>
     </row>
     <row r="44" spans="1:19" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A44" s="21"/>
       <c r="B44" s="20"/>
       <c r="C44" s="16"/>
-      <c r="E44" s="141"/>
-[...1 lines deleted...]
-      <c r="G44" s="141"/>
+      <c r="E44" s="142"/>
+      <c r="F44" s="142"/>
+      <c r="G44" s="142"/>
       <c r="P44" s="2"/>
       <c r="Q44" s="2"/>
       <c r="R44" s="2"/>
       <c r="S44" s="2"/>
     </row>
     <row r="45" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A45" s="10" t="s">
         <v>26</v>
       </c>
       <c r="B45" s="11"/>
       <c r="C45" s="12"/>
-      <c r="E45" s="141"/>
-[...1 lines deleted...]
-      <c r="G45" s="141"/>
+      <c r="E45" s="142"/>
+      <c r="F45" s="142"/>
+      <c r="G45" s="142"/>
       <c r="P45" s="2"/>
       <c r="Q45" s="2"/>
       <c r="R45" s="2"/>
       <c r="S45" s="2"/>
     </row>
     <row r="46" spans="1:19" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A46" s="18"/>
       <c r="B46" s="22"/>
       <c r="C46" s="16"/>
-      <c r="E46" s="141"/>
-[...1 lines deleted...]
-      <c r="G46" s="141"/>
+      <c r="E46" s="142"/>
+      <c r="F46" s="142"/>
+      <c r="G46" s="142"/>
       <c r="P46" s="2"/>
       <c r="Q46" s="2"/>
       <c r="R46" s="2"/>
       <c r="S46" s="2"/>
     </row>
     <row r="47" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A47" s="18" t="s">
         <v>22</v>
       </c>
       <c r="B47" s="24">
         <v>0</v>
       </c>
       <c r="C47" s="16"/>
       <c r="E47" s="65"/>
       <c r="F47" s="65"/>
       <c r="G47" s="65"/>
       <c r="P47" s="2"/>
       <c r="Q47" s="2"/>
       <c r="R47" s="2"/>
       <c r="S47" s="2"/>
     </row>
     <row r="48" spans="1:19" ht="6.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A48" s="18"/>
       <c r="B48" s="23"/>
       <c r="C48" s="16"/>
       <c r="E48" s="65"/>
       <c r="F48" s="65"/>
       <c r="G48" s="65"/>
       <c r="P48" s="2"/>
       <c r="Q48" s="2"/>
       <c r="R48" s="2"/>
       <c r="S48" s="2"/>
     </row>
     <row r="49" spans="1:19" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="P49" s="2"/>
       <c r="Q49" s="2"/>
       <c r="R49" s="2"/>
       <c r="S49" s="2"/>
     </row>
     <row r="50" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A50" s="61" t="s">
         <v>23</v>
       </c>
       <c r="B50" s="17">
         <f>$B$6-$F$8-$F$10-$F$12-$F$13-$F$14-$F$16-$F$18-$F$20-$F$22-$F$23+$F$24</f>
-        <v>2982.1266666666666</v>
+        <v>2993.9166666666665</v>
       </c>
       <c r="P50" s="2"/>
       <c r="Q50" s="2"/>
       <c r="R50" s="2"/>
       <c r="S50" s="2"/>
     </row>
     <row r="51" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A51" s="62" t="str">
         <f>E8</f>
         <v>FICA Social Security (6.2%)</v>
       </c>
       <c r="B51" s="45">
         <f>F8</f>
         <v>217</v>
       </c>
       <c r="P51" s="2"/>
       <c r="Q51" s="2"/>
       <c r="R51" s="2"/>
       <c r="S51" s="2"/>
     </row>
     <row r="52" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A52" s="62" t="str">
         <f>E10</f>
         <v>FICA Medicare 1.45%</v>
       </c>
@@ -10749,51 +21119,51 @@
         <f t="shared" si="0"/>
         <v>Other Pre-Tax withholdings</v>
       </c>
       <c r="B54" s="45">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A55" s="62" t="str">
         <f t="shared" si="0"/>
         <v>Health Insurance Premiums</v>
       </c>
       <c r="B55" s="45">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A56" s="62" t="str">
         <f>E16</f>
         <v>Federal Tax</v>
       </c>
       <c r="B56" s="45">
         <f>F16</f>
-        <v>250.12333333333333</v>
+        <v>238.33333333333334</v>
       </c>
     </row>
     <row r="57" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A57" s="62" t="str">
         <f>E18</f>
         <v>State Tax</v>
       </c>
       <c r="B57" s="45">
         <f>F18</f>
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A58" s="62" t="str">
         <f>E20</f>
         <v>Local Tax</v>
       </c>
       <c r="B58" s="45">
         <f>F20</f>
         <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A59" s="62" t="str">
         <f t="shared" ref="A59:B61" si="1">E22</f>
@@ -10808,1001 +21178,1507 @@
       <c r="A60" s="62" t="str">
         <f t="shared" si="1"/>
         <v>Other Post-Tax deductions</v>
       </c>
       <c r="B60" s="45">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A61" s="62" t="str">
         <f t="shared" si="1"/>
         <v>Post-Tax Reimbursements</v>
       </c>
       <c r="B61" s="45">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:19" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A62" s="40"/>
       <c r="B62" s="45"/>
     </row>
     <row r="63" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A63" s="125" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="B63" s="119"/>
       <c r="C63" s="120"/>
       <c r="D63" s="120"/>
       <c r="E63" s="120"/>
       <c r="F63" s="120"/>
       <c r="G63" s="120"/>
     </row>
     <row r="64" spans="1:19" s="2" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A64" s="126" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="B64" s="118"/>
       <c r="C64" s="118"/>
       <c r="D64" s="118"/>
       <c r="E64" s="118"/>
       <c r="F64" s="118"/>
       <c r="G64" s="118"/>
       <c r="I64" s="109"/>
       <c r="J64" s="109"/>
       <c r="K64" s="109"/>
       <c r="P64"/>
       <c r="Q64"/>
       <c r="R64"/>
       <c r="S64"/>
     </row>
     <row r="65" spans="1:19" s="2" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A65" s="126" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="B65" s="118"/>
       <c r="C65" s="118"/>
       <c r="D65" s="118"/>
       <c r="E65" s="118"/>
       <c r="F65" s="118"/>
       <c r="G65" s="118"/>
       <c r="I65" s="109"/>
       <c r="J65" s="109"/>
       <c r="K65" s="109"/>
       <c r="P65"/>
       <c r="Q65"/>
       <c r="R65"/>
       <c r="S65"/>
     </row>
     <row r="66" spans="1:19" s="2" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A66" s="126" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="B66" s="118"/>
       <c r="C66" s="118"/>
       <c r="D66" s="118"/>
       <c r="E66" s="118"/>
       <c r="F66" s="118"/>
       <c r="G66" s="118"/>
       <c r="I66" s="109"/>
       <c r="J66" s="109"/>
       <c r="K66" s="109"/>
       <c r="P66"/>
       <c r="Q66"/>
       <c r="R66"/>
       <c r="S66"/>
     </row>
     <row r="67" spans="1:19" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A67" s="127"/>
     </row>
     <row r="68" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A68" s="125" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="B68" s="123"/>
       <c r="C68" s="124"/>
       <c r="D68" s="124"/>
       <c r="E68" s="124"/>
       <c r="F68" s="124"/>
       <c r="G68" s="124"/>
     </row>
     <row r="69" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A69" s="128" t="s">
         <v>120</v>
       </c>
       <c r="B69" s="121"/>
       <c r="C69" s="122"/>
       <c r="D69" s="122"/>
       <c r="E69" s="122"/>
       <c r="F69" s="122"/>
       <c r="G69" s="122"/>
     </row>
     <row r="70" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A70" s="129" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="B70" s="121"/>
       <c r="C70" s="122"/>
       <c r="D70" s="122"/>
       <c r="E70" s="122"/>
       <c r="F70" s="122"/>
       <c r="G70" s="122"/>
     </row>
     <row r="71" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A71" s="129" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="B71" s="121"/>
       <c r="C71" s="122"/>
       <c r="D71" s="122"/>
       <c r="E71" s="122"/>
       <c r="F71" s="122"/>
       <c r="G71" s="122"/>
     </row>
     <row r="75" spans="1:19" ht="15.75" x14ac:dyDescent="0.2">
       <c r="P75" s="33"/>
       <c r="Q75" s="33"/>
       <c r="R75" s="33"/>
       <c r="S75" s="33"/>
     </row>
     <row r="76" spans="1:19" ht="15" x14ac:dyDescent="0.2">
       <c r="P76" s="2"/>
       <c r="Q76" s="51" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="R76" s="54">
         <f>IF($R$81=1,MATCH('Paycheck Calculator'!$B$18,$Q$77:$Q$79,0),MATCH('Paycheck Calculator'!$B$12,$S$77:$S$79,0))</f>
         <v>1</v>
       </c>
       <c r="S76" s="52" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
     </row>
     <row r="77" spans="1:19" x14ac:dyDescent="0.2">
       <c r="P77" s="2"/>
       <c r="Q77" s="50" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="R77" s="2"/>
       <c r="S77" s="50" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
     </row>
     <row r="78" spans="1:19" x14ac:dyDescent="0.2">
       <c r="P78" s="2"/>
       <c r="Q78" s="50" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="R78" s="2"/>
       <c r="S78" s="50" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="79" spans="1:19" x14ac:dyDescent="0.2">
       <c r="P79" s="2"/>
       <c r="Q79" s="50" t="s">
         <v>41</v>
       </c>
       <c r="R79" s="2"/>
       <c r="S79" s="50" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
     </row>
     <row r="80" spans="1:19" x14ac:dyDescent="0.2">
       <c r="P80" s="2"/>
       <c r="R80" s="2"/>
       <c r="S80" s="2"/>
     </row>
     <row r="81" spans="16:19" ht="15" x14ac:dyDescent="0.2">
       <c r="P81" s="2"/>
       <c r="Q81" s="51" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="R81" s="54">
         <f>MATCH('Paycheck Calculator'!$B$8,$Q$82:$Q$83,0)</f>
         <v>1</v>
       </c>
       <c r="S81" s="2"/>
     </row>
     <row r="82" spans="16:19" ht="15.75" x14ac:dyDescent="0.25">
       <c r="P82" s="5"/>
       <c r="Q82" s="53" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="R82" s="5"/>
       <c r="S82" s="5"/>
     </row>
     <row r="83" spans="16:19" ht="15.75" x14ac:dyDescent="0.2">
       <c r="P83" s="33"/>
       <c r="Q83" s="53" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="R83" s="33"/>
       <c r="S83" s="33"/>
     </row>
     <row r="84" spans="16:19" ht="15.75" x14ac:dyDescent="0.2">
       <c r="P84" s="33"/>
       <c r="Q84" s="33"/>
       <c r="R84" s="33"/>
       <c r="S84" s="33"/>
     </row>
     <row r="85" spans="16:19" ht="15.75" x14ac:dyDescent="0.2">
       <c r="P85" s="33"/>
       <c r="Q85" s="33"/>
       <c r="R85" s="33"/>
       <c r="S85" s="33"/>
     </row>
     <row r="86" spans="16:19" x14ac:dyDescent="0.2">
       <c r="P86" s="62" t="s">
         <v>13</v>
       </c>
       <c r="Q86" s="17">
         <f>IF($R$81=1,'Paycheck Calculator'!$B$6-'Paycheck Calculator'!$F$12-'Paycheck Calculator'!$F$13-'Paycheck Calculator'!$F$14,0)</f>
         <v>3500</v>
       </c>
       <c r="R86" s="56"/>
       <c r="S86" s="17">
         <f>IF($R$81=2,'Paycheck Calculator'!$B$6-'Paycheck Calculator'!$F$12-'Paycheck Calculator'!$F$13-'Paycheck Calculator'!$F$14,0)</f>
         <v>0</v>
       </c>
     </row>
     <row r="87" spans="16:19" x14ac:dyDescent="0.2">
       <c r="P87" s="62" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="Q87" s="57">
         <v>0</v>
       </c>
       <c r="R87" s="57"/>
       <c r="S87" s="57">
         <f>'Paycheck Calculator'!B13</f>
         <v>2</v>
       </c>
     </row>
     <row r="88" spans="16:19" x14ac:dyDescent="0.2">
       <c r="P88" s="62" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="Q88" s="57">
         <v>0</v>
       </c>
       <c r="R88" s="57"/>
       <c r="S88" s="57">
         <f>S87*INDEX('Federal Tax Tables NEW'!$B$56:$B$63,MATCH('Paycheck Calculator'!B7,'Federal Tax Tables NEW'!$A$56:$A$63,0))</f>
         <v>716.66666666666663</v>
       </c>
     </row>
     <row r="89" spans="16:19" x14ac:dyDescent="0.2">
       <c r="P89" s="62" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="Q89" s="57">
         <f>MAX(Q86-Q88,0)</f>
         <v>3500</v>
       </c>
       <c r="R89" s="57"/>
       <c r="S89" s="57">
         <f>MAX(S86-S88,0)</f>
         <v>0</v>
       </c>
     </row>
     <row r="90" spans="16:19" x14ac:dyDescent="0.2">
       <c r="P90" s="62" t="s">
         <v>52</v>
       </c>
       <c r="Q90" s="17">
         <f>IF($R$81=1,$Q$89*INDEX('Federal Tax Tables NEW'!$B$5:$B$9,MATCH('Paycheck Calculator'!$B$7,'Federal Tax Tables NEW'!$A$5:$A$9,0))+'Paycheck Calculator'!$B$25-'Paycheck Calculator'!$B$26,0)</f>
         <v>42000</v>
       </c>
       <c r="R90" s="56"/>
       <c r="S90" s="17">
         <f>IF($R$81=2,$S$89*INDEX('Federal Tax Tables NEW'!$C$56:$C$63,MATCH('Paycheck Calculator'!B7,'Federal Tax Tables NEW'!$A$56:$A$63,0)),0)</f>
         <v>0</v>
       </c>
     </row>
     <row r="91" spans="16:19" x14ac:dyDescent="0.2">
       <c r="P91" s="62" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="Q91" s="17">
         <f>IF($R$81=1,IF($R$76=1,INDEX('Federal Tax Tables NEW'!K33:N40,MATCH(Q90,'Federal Tax Tables NEW'!K33:K40,1),1),IF($R$76=2,INDEX('Federal Tax Tables NEW'!K22:N29,MATCH(Q90,'Federal Tax Tables NEW'!K22:K29,1),1),INDEX('Federal Tax Tables NEW'!K44:N51,MATCH(Q90,'Federal Tax Tables NEW'!K44:K51,1),1))),0)</f>
-        <v>26926</v>
+        <v>28500</v>
       </c>
       <c r="R91" s="17">
         <f>IF($R$81=1,IF($R$76=1,INDEX('Federal Tax Tables NEW'!F33:I40,MATCH(Q90,'Federal Tax Tables NEW'!F33:F40,1),1),IF($R$76=2,INDEX('Federal Tax Tables NEW'!F22:I29,MATCH(Q90,'Federal Tax Tables NEW'!F22:F29,1),1),INDEX('Federal Tax Tables NEW'!F44:I51,MATCH('Federal Tax Tables NEW'!F21,'Federal Tax Tables NEW'!F44:F51,1),1))),0)</f>
-        <v>31738</v>
+        <v>33250</v>
       </c>
       <c r="S91" s="17">
         <f>IF($R$81=2,IF($R$76=1,INDEX('Federal Tax Tables NEW'!A33:D40,MATCH(S90,'Federal Tax Tables NEW'!A33:A40,1),1),IF($R$76=2,INDEX('Federal Tax Tables NEW'!A22:D29,MATCH(S90,'Federal Tax Tables NEW'!A22:A29,1),1),INDEX('Federal Tax Tables NEW'!A33:D40,MATCH(S90,'Federal Tax Tables NEW'!A33:A40,1),1))),0)</f>
         <v>0</v>
       </c>
     </row>
     <row r="92" spans="16:19" x14ac:dyDescent="0.2">
       <c r="P92" s="62" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="Q92" s="17">
         <f>IF($R$81=1,IF($R$76=1,INDEX('Federal Tax Tables NEW'!K33:N40,MATCH(Q90,'Federal Tax Tables NEW'!K33:K40,1),3),IF($R$76=2,INDEX('Federal Tax Tables NEW'!K22:N29,MATCH(Q90,'Federal Tax Tables NEW'!K22:K29,1),3),INDEX('Federal Tax Tables NEW'!K44:N51,MATCH(Q90,'Federal Tax Tables NEW'!K44:K51,1),3))),0)</f>
-        <v>1192.6000000000001</v>
+        <v>1240</v>
       </c>
       <c r="R92" s="17">
         <f>IF($R$81=1,IF($R$76=1,INDEX('Federal Tax Tables NEW'!F33:I40,MATCH(Q90,'Federal Tax Tables NEW'!F33:F40,1),3),IF($R$76=2,INDEX('Federal Tax Tables NEW'!F22:I29,MATCH(Q90,'Federal Tax Tables NEW'!F22:F29,1),3),INDEX('Federal Tax Tables NEW'!F44:I51,MATCH('Federal Tax Tables NEW'!F21,'Federal Tax Tables NEW'!F44:F51,1),3))),0)</f>
-        <v>2789.3</v>
+        <v>2900</v>
       </c>
       <c r="S92" s="17">
         <f>IF($R$81=2,IF($R$76=1,INDEX('Federal Tax Tables NEW'!A33:D40,MATCH(S90,'Federal Tax Tables NEW'!A33:A40,1),3),IF($R$76=2,INDEX('Federal Tax Tables NEW'!A22:D29,MATCH(S90,'Federal Tax Tables NEW'!A22:A29,1),3),INDEX('Federal Tax Tables NEW'!A33:D40,MATCH(S90,'Federal Tax Tables NEW'!A33:A40,1),3))),0)</f>
         <v>0</v>
       </c>
     </row>
     <row r="93" spans="16:19" x14ac:dyDescent="0.2">
       <c r="P93" s="62" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="Q93" s="58">
         <f>IF($R$81=1,IF($R$76=1,INDEX('Federal Tax Tables NEW'!K33:N40,MATCH(Q90,'Federal Tax Tables NEW'!K33:K40,1),4),IF($R$76=2,INDEX('Federal Tax Tables NEW'!K22:N29,MATCH(Q90,'Federal Tax Tables NEW'!K22:K29,1),4),INDEX('Federal Tax Tables NEW'!K44:N51,MATCH(Q90,'Federal Tax Tables NEW'!K44:K51,1),4))),0)</f>
         <v>0.12</v>
       </c>
       <c r="R93" s="58">
         <f>IF($R$81=1,IF($R$76=1,INDEX('Federal Tax Tables NEW'!F33:I40,MATCH(Q90,'Federal Tax Tables NEW'!F33:F40,1),4),IF($R$76=2,INDEX('Federal Tax Tables NEW'!F22:I29,MATCH(Q90,'Federal Tax Tables NEW'!F22:F29,1),4),INDEX('Federal Tax Tables NEW'!F44:I51,MATCH('Federal Tax Tables NEW'!F21,'Federal Tax Tables NEW'!F44:F51,1),4))),0)</f>
         <v>0.22</v>
       </c>
       <c r="S93" s="58">
         <f>IF($R$81=2,IF($R$76=1,INDEX('Federal Tax Tables NEW'!A33:D40,MATCH(S90,'Federal Tax Tables NEW'!A33:A40,1),4),IF($R$76=2,INDEX('Federal Tax Tables NEW'!A22:D29,MATCH(S90,'Federal Tax Tables NEW'!A22:A29,1),4),INDEX('Federal Tax Tables NEW'!A33:D40,MATCH(S90,'Federal Tax Tables NEW'!A33:A40,1),4))),0)</f>
         <v>0</v>
       </c>
     </row>
     <row r="94" spans="16:19" x14ac:dyDescent="0.2">
       <c r="P94" s="62" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="Q94" s="17">
         <f>IF($R$81=1,(Q90-Q91)*Q93+Q92,0)</f>
-        <v>3001.48</v>
+        <v>2860</v>
       </c>
       <c r="R94" s="17">
         <f>IF($R$81=1,(Q90-R91)*R93+R92,0)</f>
-        <v>5046.9400000000005</v>
+        <v>4825</v>
       </c>
       <c r="S94" s="17">
         <f>IF($R$81=2,(S90-S91)*S93+S92,0)</f>
         <v>0</v>
       </c>
     </row>
     <row r="95" spans="16:19" x14ac:dyDescent="0.2">
       <c r="P95" s="104" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="Q95" s="17">
         <f>IF($R$81=1,'Paycheck Calculator'!$B$23*'Federal Tax Tables NEW'!$H$5+'Paycheck Calculator'!$B$24*'Federal Tax Tables NEW'!$H$6,0)</f>
         <v>0</v>
       </c>
       <c r="R95" s="17">
         <f>IF($R$81=1,'Paycheck Calculator'!$B$23*'Federal Tax Tables NEW'!$H$5+'Paycheck Calculator'!$B$24*'Federal Tax Tables NEW'!$H$6,0)</f>
         <v>0</v>
       </c>
       <c r="S95" s="17">
         <v>0</v>
       </c>
     </row>
     <row r="96" spans="16:19" x14ac:dyDescent="0.2">
       <c r="P96" s="62" t="s">
         <v>53</v>
       </c>
       <c r="Q96" s="17">
         <f>IF($R$81=1,MAX(Q94-Q95,0),0)</f>
-        <v>3001.48</v>
+        <v>2860</v>
       </c>
       <c r="R96" s="17">
         <f>IF($R$81=1,MAX(R94-R95,0),0)</f>
-        <v>5046.9400000000005</v>
+        <v>4825</v>
       </c>
       <c r="S96" s="17">
         <v>0</v>
       </c>
     </row>
     <row r="97" spans="16:19" x14ac:dyDescent="0.2">
       <c r="P97" s="62" t="s">
         <v>11</v>
       </c>
       <c r="Q97" s="17">
         <f>IF($R$81=1,Q96/INDEX('Federal Tax Tables NEW'!$B$5:$B$9,MATCH('Paycheck Calculator'!$B$7,'Federal Tax Tables NEW'!$A$5:$A$9,0))+'Paycheck Calculator'!$B$27/INDEX('Federal Tax Tables NEW'!$B$5:$B$9,MATCH('Paycheck Calculator'!$B$7,'Federal Tax Tables NEW'!$A$5:$A$9,0)),0)</f>
-        <v>250.12333333333333</v>
+        <v>238.33333333333334</v>
       </c>
       <c r="R97" s="17">
         <f>IF($R$81=1,R96/INDEX('Federal Tax Tables NEW'!$B$5:$B$9,MATCH('Paycheck Calculator'!$B$7,'Federal Tax Tables NEW'!$A$5:$A$9,0))+'Paycheck Calculator'!$B$27/INDEX('Federal Tax Tables NEW'!$B$5:$B$9,MATCH('Paycheck Calculator'!$B$7,'Federal Tax Tables NEW'!$A$5:$A$9,0)),0)</f>
-        <v>420.57833333333338</v>
+        <v>402.08333333333331</v>
       </c>
       <c r="S97" s="17">
         <f>IF($R$81=2,S94/INDEX('Federal Tax Tables NEW'!$B$5:$B$9,MATCH('Paycheck Calculator'!$B$7,'Federal Tax Tables NEW'!$A$5:$A$9,0))+'Paycheck Calculator'!$B$14/INDEX('Federal Tax Tables NEW'!$B$5:$B$9,MATCH('Paycheck Calculator'!$B$7,'Federal Tax Tables NEW'!$A$5:$A$9,0)),0)</f>
         <v>0</v>
       </c>
     </row>
     <row r="98" spans="16:19" x14ac:dyDescent="0.2">
       <c r="P98" s="2"/>
       <c r="Q98" s="2"/>
       <c r="R98" s="2"/>
       <c r="S98" s="2"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="E40:G42"/>
     <mergeCell ref="E43:G46"/>
   </mergeCells>
   <conditionalFormatting sqref="A10:C15">
     <cfRule type="expression" dxfId="1" priority="7">
       <formula>$R$81=1</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="A16:C28">
     <cfRule type="expression" dxfId="0" priority="6">
       <formula>$R$81=2</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="4">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B22" xr:uid="{AB2DD29B-5CAE-40E7-B9B9-F1B222C7C332}">
       <formula1>"Yes, No"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B18" xr:uid="{541A12BA-32CC-4F0C-AD3F-41DEE705F143}">
       <formula1>$Q$77:$Q$79</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B8" xr:uid="{398B445F-0507-4E3B-8D41-2EA52C5CFE74}">
       <formula1>$Q$82:$Q$83</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B12" xr:uid="{33C90A27-A81A-4F12-A604-5DA362A2FEF1}">
       <formula1>$S$77:$S$79</formula1>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
     <hyperlink ref="A70" r:id="rId1" xr:uid="{584BE47C-A3EE-4DD5-BAA9-F93F232FAEC1}"/>
     <hyperlink ref="A71" r:id="rId2" display="Publication 15 (IRS)" xr:uid="{DB0EA92F-0C3E-4622-9B05-2A418AED1612}"/>
     <hyperlink ref="I4" r:id="rId3" xr:uid="{B42B3ADE-371D-4B7F-A39D-3C802F8CE5D3}"/>
     <hyperlink ref="I24" r:id="rId4" tooltip="Timesheet Templates" xr:uid="{38A99BB7-9370-418A-A97E-F8AD4B020E13}"/>
     <hyperlink ref="I23" r:id="rId5" tooltip="Payroll Calculator" xr:uid="{1AEBF4BF-143D-4CE9-B507-3A400E9E66CC}"/>
     <hyperlink ref="I26" r:id="rId6" tooltip="Staff Rotation Schedule" xr:uid="{9A745C3A-E89D-49C2-A3EA-A7DF04633621}"/>
     <hyperlink ref="I25" r:id="rId7" tooltip="Weekly Shift Schedule" xr:uid="{3F6A50B3-2B99-4A73-918E-393685845F85}"/>
-    <hyperlink ref="A69" r:id="rId8" xr:uid="{9A2A957E-9CA8-4226-84A2-2B02751CFEB3}"/>
+    <hyperlink ref="A69" r:id="rId8" display="New (2025) W-4 Employee's Withholding Certificate, https://www.irs.gov/pub/irs-pdf/fw4.pdf" xr:uid="{9A2A957E-9CA8-4226-84A2-2B02751CFEB3}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.51181102362204722" right="0.51181102362204722" top="0.35433070866141736" bottom="0.35433070866141736" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup scale="74" orientation="portrait" r:id="rId9"/>
   <drawing r:id="rId10"/>
   <legacyDrawing r:id="rId11"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="1">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{F8FA8D4A-7927-4B13-8D80-7729DCE08EDA}">
           <x14:formula1>
             <xm:f>'Federal Tax Tables NEW'!$A$5:$A$9</xm:f>
           </x14:formula1>
           <xm:sqref>B7</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{97281EB1-B306-454E-B47F-44BC26C6443D}">
   <dimension ref="A1:N63"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
-      <selection activeCell="O10" sqref="O10"/>
+      <selection activeCell="L8" sqref="L8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="3" width="19.5703125" customWidth="1"/>
     <col min="4" max="4" width="12.5703125" style="3" customWidth="1"/>
     <col min="5" max="5" width="2.7109375" style="3" customWidth="1"/>
     <col min="6" max="8" width="19.5703125" customWidth="1"/>
     <col min="9" max="9" width="12.5703125" customWidth="1"/>
     <col min="10" max="10" width="2.7109375" customWidth="1"/>
     <col min="11" max="13" width="19.5703125" customWidth="1"/>
     <col min="14" max="14" width="12.5703125" customWidth="1"/>
     <col min="15" max="15" width="12" customWidth="1"/>
     <col min="248" max="250" width="15.7109375" customWidth="1"/>
     <col min="252" max="252" width="2.7109375" customWidth="1"/>
     <col min="253" max="255" width="15.7109375" customWidth="1"/>
-    <col min="259" max="262" width="14.28515625" customWidth="1"/>
+    <col min="257" max="259" width="19.5703125" customWidth="1"/>
+    <col min="260" max="260" width="12.5703125" customWidth="1"/>
+    <col min="261" max="261" width="2.7109375" customWidth="1"/>
+    <col min="262" max="264" width="19.5703125" customWidth="1"/>
+    <col min="265" max="265" width="12.5703125" customWidth="1"/>
+    <col min="266" max="266" width="2.7109375" customWidth="1"/>
+    <col min="267" max="269" width="19.5703125" customWidth="1"/>
+    <col min="270" max="270" width="12.5703125" customWidth="1"/>
+    <col min="271" max="271" width="12" customWidth="1"/>
     <col min="504" max="506" width="15.7109375" customWidth="1"/>
     <col min="508" max="508" width="2.7109375" customWidth="1"/>
     <col min="509" max="511" width="15.7109375" customWidth="1"/>
-    <col min="515" max="518" width="14.28515625" customWidth="1"/>
+    <col min="513" max="515" width="19.5703125" customWidth="1"/>
+    <col min="516" max="516" width="12.5703125" customWidth="1"/>
+    <col min="517" max="517" width="2.7109375" customWidth="1"/>
+    <col min="518" max="520" width="19.5703125" customWidth="1"/>
+    <col min="521" max="521" width="12.5703125" customWidth="1"/>
+    <col min="522" max="522" width="2.7109375" customWidth="1"/>
+    <col min="523" max="525" width="19.5703125" customWidth="1"/>
+    <col min="526" max="526" width="12.5703125" customWidth="1"/>
+    <col min="527" max="527" width="12" customWidth="1"/>
     <col min="760" max="762" width="15.7109375" customWidth="1"/>
     <col min="764" max="764" width="2.7109375" customWidth="1"/>
     <col min="765" max="767" width="15.7109375" customWidth="1"/>
-    <col min="771" max="774" width="14.28515625" customWidth="1"/>
+    <col min="769" max="771" width="19.5703125" customWidth="1"/>
+    <col min="772" max="772" width="12.5703125" customWidth="1"/>
+    <col min="773" max="773" width="2.7109375" customWidth="1"/>
+    <col min="774" max="776" width="19.5703125" customWidth="1"/>
+    <col min="777" max="777" width="12.5703125" customWidth="1"/>
+    <col min="778" max="778" width="2.7109375" customWidth="1"/>
+    <col min="779" max="781" width="19.5703125" customWidth="1"/>
+    <col min="782" max="782" width="12.5703125" customWidth="1"/>
+    <col min="783" max="783" width="12" customWidth="1"/>
     <col min="1016" max="1018" width="15.7109375" customWidth="1"/>
     <col min="1020" max="1020" width="2.7109375" customWidth="1"/>
     <col min="1021" max="1023" width="15.7109375" customWidth="1"/>
-    <col min="1027" max="1030" width="14.28515625" customWidth="1"/>
+    <col min="1025" max="1027" width="19.5703125" customWidth="1"/>
+    <col min="1028" max="1028" width="12.5703125" customWidth="1"/>
+    <col min="1029" max="1029" width="2.7109375" customWidth="1"/>
+    <col min="1030" max="1032" width="19.5703125" customWidth="1"/>
+    <col min="1033" max="1033" width="12.5703125" customWidth="1"/>
+    <col min="1034" max="1034" width="2.7109375" customWidth="1"/>
+    <col min="1035" max="1037" width="19.5703125" customWidth="1"/>
+    <col min="1038" max="1038" width="12.5703125" customWidth="1"/>
+    <col min="1039" max="1039" width="12" customWidth="1"/>
     <col min="1272" max="1274" width="15.7109375" customWidth="1"/>
     <col min="1276" max="1276" width="2.7109375" customWidth="1"/>
     <col min="1277" max="1279" width="15.7109375" customWidth="1"/>
-    <col min="1283" max="1286" width="14.28515625" customWidth="1"/>
+    <col min="1281" max="1283" width="19.5703125" customWidth="1"/>
+    <col min="1284" max="1284" width="12.5703125" customWidth="1"/>
+    <col min="1285" max="1285" width="2.7109375" customWidth="1"/>
+    <col min="1286" max="1288" width="19.5703125" customWidth="1"/>
+    <col min="1289" max="1289" width="12.5703125" customWidth="1"/>
+    <col min="1290" max="1290" width="2.7109375" customWidth="1"/>
+    <col min="1291" max="1293" width="19.5703125" customWidth="1"/>
+    <col min="1294" max="1294" width="12.5703125" customWidth="1"/>
+    <col min="1295" max="1295" width="12" customWidth="1"/>
     <col min="1528" max="1530" width="15.7109375" customWidth="1"/>
     <col min="1532" max="1532" width="2.7109375" customWidth="1"/>
     <col min="1533" max="1535" width="15.7109375" customWidth="1"/>
-    <col min="1539" max="1542" width="14.28515625" customWidth="1"/>
+    <col min="1537" max="1539" width="19.5703125" customWidth="1"/>
+    <col min="1540" max="1540" width="12.5703125" customWidth="1"/>
+    <col min="1541" max="1541" width="2.7109375" customWidth="1"/>
+    <col min="1542" max="1544" width="19.5703125" customWidth="1"/>
+    <col min="1545" max="1545" width="12.5703125" customWidth="1"/>
+    <col min="1546" max="1546" width="2.7109375" customWidth="1"/>
+    <col min="1547" max="1549" width="19.5703125" customWidth="1"/>
+    <col min="1550" max="1550" width="12.5703125" customWidth="1"/>
+    <col min="1551" max="1551" width="12" customWidth="1"/>
     <col min="1784" max="1786" width="15.7109375" customWidth="1"/>
     <col min="1788" max="1788" width="2.7109375" customWidth="1"/>
     <col min="1789" max="1791" width="15.7109375" customWidth="1"/>
-    <col min="1795" max="1798" width="14.28515625" customWidth="1"/>
+    <col min="1793" max="1795" width="19.5703125" customWidth="1"/>
+    <col min="1796" max="1796" width="12.5703125" customWidth="1"/>
+    <col min="1797" max="1797" width="2.7109375" customWidth="1"/>
+    <col min="1798" max="1800" width="19.5703125" customWidth="1"/>
+    <col min="1801" max="1801" width="12.5703125" customWidth="1"/>
+    <col min="1802" max="1802" width="2.7109375" customWidth="1"/>
+    <col min="1803" max="1805" width="19.5703125" customWidth="1"/>
+    <col min="1806" max="1806" width="12.5703125" customWidth="1"/>
+    <col min="1807" max="1807" width="12" customWidth="1"/>
     <col min="2040" max="2042" width="15.7109375" customWidth="1"/>
     <col min="2044" max="2044" width="2.7109375" customWidth="1"/>
     <col min="2045" max="2047" width="15.7109375" customWidth="1"/>
-    <col min="2051" max="2054" width="14.28515625" customWidth="1"/>
+    <col min="2049" max="2051" width="19.5703125" customWidth="1"/>
+    <col min="2052" max="2052" width="12.5703125" customWidth="1"/>
+    <col min="2053" max="2053" width="2.7109375" customWidth="1"/>
+    <col min="2054" max="2056" width="19.5703125" customWidth="1"/>
+    <col min="2057" max="2057" width="12.5703125" customWidth="1"/>
+    <col min="2058" max="2058" width="2.7109375" customWidth="1"/>
+    <col min="2059" max="2061" width="19.5703125" customWidth="1"/>
+    <col min="2062" max="2062" width="12.5703125" customWidth="1"/>
+    <col min="2063" max="2063" width="12" customWidth="1"/>
     <col min="2296" max="2298" width="15.7109375" customWidth="1"/>
     <col min="2300" max="2300" width="2.7109375" customWidth="1"/>
     <col min="2301" max="2303" width="15.7109375" customWidth="1"/>
-    <col min="2307" max="2310" width="14.28515625" customWidth="1"/>
+    <col min="2305" max="2307" width="19.5703125" customWidth="1"/>
+    <col min="2308" max="2308" width="12.5703125" customWidth="1"/>
+    <col min="2309" max="2309" width="2.7109375" customWidth="1"/>
+    <col min="2310" max="2312" width="19.5703125" customWidth="1"/>
+    <col min="2313" max="2313" width="12.5703125" customWidth="1"/>
+    <col min="2314" max="2314" width="2.7109375" customWidth="1"/>
+    <col min="2315" max="2317" width="19.5703125" customWidth="1"/>
+    <col min="2318" max="2318" width="12.5703125" customWidth="1"/>
+    <col min="2319" max="2319" width="12" customWidth="1"/>
     <col min="2552" max="2554" width="15.7109375" customWidth="1"/>
     <col min="2556" max="2556" width="2.7109375" customWidth="1"/>
     <col min="2557" max="2559" width="15.7109375" customWidth="1"/>
-    <col min="2563" max="2566" width="14.28515625" customWidth="1"/>
+    <col min="2561" max="2563" width="19.5703125" customWidth="1"/>
+    <col min="2564" max="2564" width="12.5703125" customWidth="1"/>
+    <col min="2565" max="2565" width="2.7109375" customWidth="1"/>
+    <col min="2566" max="2568" width="19.5703125" customWidth="1"/>
+    <col min="2569" max="2569" width="12.5703125" customWidth="1"/>
+    <col min="2570" max="2570" width="2.7109375" customWidth="1"/>
+    <col min="2571" max="2573" width="19.5703125" customWidth="1"/>
+    <col min="2574" max="2574" width="12.5703125" customWidth="1"/>
+    <col min="2575" max="2575" width="12" customWidth="1"/>
     <col min="2808" max="2810" width="15.7109375" customWidth="1"/>
     <col min="2812" max="2812" width="2.7109375" customWidth="1"/>
     <col min="2813" max="2815" width="15.7109375" customWidth="1"/>
-    <col min="2819" max="2822" width="14.28515625" customWidth="1"/>
+    <col min="2817" max="2819" width="19.5703125" customWidth="1"/>
+    <col min="2820" max="2820" width="12.5703125" customWidth="1"/>
+    <col min="2821" max="2821" width="2.7109375" customWidth="1"/>
+    <col min="2822" max="2824" width="19.5703125" customWidth="1"/>
+    <col min="2825" max="2825" width="12.5703125" customWidth="1"/>
+    <col min="2826" max="2826" width="2.7109375" customWidth="1"/>
+    <col min="2827" max="2829" width="19.5703125" customWidth="1"/>
+    <col min="2830" max="2830" width="12.5703125" customWidth="1"/>
+    <col min="2831" max="2831" width="12" customWidth="1"/>
     <col min="3064" max="3066" width="15.7109375" customWidth="1"/>
     <col min="3068" max="3068" width="2.7109375" customWidth="1"/>
     <col min="3069" max="3071" width="15.7109375" customWidth="1"/>
-    <col min="3075" max="3078" width="14.28515625" customWidth="1"/>
+    <col min="3073" max="3075" width="19.5703125" customWidth="1"/>
+    <col min="3076" max="3076" width="12.5703125" customWidth="1"/>
+    <col min="3077" max="3077" width="2.7109375" customWidth="1"/>
+    <col min="3078" max="3080" width="19.5703125" customWidth="1"/>
+    <col min="3081" max="3081" width="12.5703125" customWidth="1"/>
+    <col min="3082" max="3082" width="2.7109375" customWidth="1"/>
+    <col min="3083" max="3085" width="19.5703125" customWidth="1"/>
+    <col min="3086" max="3086" width="12.5703125" customWidth="1"/>
+    <col min="3087" max="3087" width="12" customWidth="1"/>
     <col min="3320" max="3322" width="15.7109375" customWidth="1"/>
     <col min="3324" max="3324" width="2.7109375" customWidth="1"/>
     <col min="3325" max="3327" width="15.7109375" customWidth="1"/>
-    <col min="3331" max="3334" width="14.28515625" customWidth="1"/>
+    <col min="3329" max="3331" width="19.5703125" customWidth="1"/>
+    <col min="3332" max="3332" width="12.5703125" customWidth="1"/>
+    <col min="3333" max="3333" width="2.7109375" customWidth="1"/>
+    <col min="3334" max="3336" width="19.5703125" customWidth="1"/>
+    <col min="3337" max="3337" width="12.5703125" customWidth="1"/>
+    <col min="3338" max="3338" width="2.7109375" customWidth="1"/>
+    <col min="3339" max="3341" width="19.5703125" customWidth="1"/>
+    <col min="3342" max="3342" width="12.5703125" customWidth="1"/>
+    <col min="3343" max="3343" width="12" customWidth="1"/>
     <col min="3576" max="3578" width="15.7109375" customWidth="1"/>
     <col min="3580" max="3580" width="2.7109375" customWidth="1"/>
     <col min="3581" max="3583" width="15.7109375" customWidth="1"/>
-    <col min="3587" max="3590" width="14.28515625" customWidth="1"/>
+    <col min="3585" max="3587" width="19.5703125" customWidth="1"/>
+    <col min="3588" max="3588" width="12.5703125" customWidth="1"/>
+    <col min="3589" max="3589" width="2.7109375" customWidth="1"/>
+    <col min="3590" max="3592" width="19.5703125" customWidth="1"/>
+    <col min="3593" max="3593" width="12.5703125" customWidth="1"/>
+    <col min="3594" max="3594" width="2.7109375" customWidth="1"/>
+    <col min="3595" max="3597" width="19.5703125" customWidth="1"/>
+    <col min="3598" max="3598" width="12.5703125" customWidth="1"/>
+    <col min="3599" max="3599" width="12" customWidth="1"/>
     <col min="3832" max="3834" width="15.7109375" customWidth="1"/>
     <col min="3836" max="3836" width="2.7109375" customWidth="1"/>
     <col min="3837" max="3839" width="15.7109375" customWidth="1"/>
-    <col min="3843" max="3846" width="14.28515625" customWidth="1"/>
+    <col min="3841" max="3843" width="19.5703125" customWidth="1"/>
+    <col min="3844" max="3844" width="12.5703125" customWidth="1"/>
+    <col min="3845" max="3845" width="2.7109375" customWidth="1"/>
+    <col min="3846" max="3848" width="19.5703125" customWidth="1"/>
+    <col min="3849" max="3849" width="12.5703125" customWidth="1"/>
+    <col min="3850" max="3850" width="2.7109375" customWidth="1"/>
+    <col min="3851" max="3853" width="19.5703125" customWidth="1"/>
+    <col min="3854" max="3854" width="12.5703125" customWidth="1"/>
+    <col min="3855" max="3855" width="12" customWidth="1"/>
     <col min="4088" max="4090" width="15.7109375" customWidth="1"/>
     <col min="4092" max="4092" width="2.7109375" customWidth="1"/>
     <col min="4093" max="4095" width="15.7109375" customWidth="1"/>
-    <col min="4099" max="4102" width="14.28515625" customWidth="1"/>
+    <col min="4097" max="4099" width="19.5703125" customWidth="1"/>
+    <col min="4100" max="4100" width="12.5703125" customWidth="1"/>
+    <col min="4101" max="4101" width="2.7109375" customWidth="1"/>
+    <col min="4102" max="4104" width="19.5703125" customWidth="1"/>
+    <col min="4105" max="4105" width="12.5703125" customWidth="1"/>
+    <col min="4106" max="4106" width="2.7109375" customWidth="1"/>
+    <col min="4107" max="4109" width="19.5703125" customWidth="1"/>
+    <col min="4110" max="4110" width="12.5703125" customWidth="1"/>
+    <col min="4111" max="4111" width="12" customWidth="1"/>
     <col min="4344" max="4346" width="15.7109375" customWidth="1"/>
     <col min="4348" max="4348" width="2.7109375" customWidth="1"/>
     <col min="4349" max="4351" width="15.7109375" customWidth="1"/>
-    <col min="4355" max="4358" width="14.28515625" customWidth="1"/>
+    <col min="4353" max="4355" width="19.5703125" customWidth="1"/>
+    <col min="4356" max="4356" width="12.5703125" customWidth="1"/>
+    <col min="4357" max="4357" width="2.7109375" customWidth="1"/>
+    <col min="4358" max="4360" width="19.5703125" customWidth="1"/>
+    <col min="4361" max="4361" width="12.5703125" customWidth="1"/>
+    <col min="4362" max="4362" width="2.7109375" customWidth="1"/>
+    <col min="4363" max="4365" width="19.5703125" customWidth="1"/>
+    <col min="4366" max="4366" width="12.5703125" customWidth="1"/>
+    <col min="4367" max="4367" width="12" customWidth="1"/>
     <col min="4600" max="4602" width="15.7109375" customWidth="1"/>
     <col min="4604" max="4604" width="2.7109375" customWidth="1"/>
     <col min="4605" max="4607" width="15.7109375" customWidth="1"/>
-    <col min="4611" max="4614" width="14.28515625" customWidth="1"/>
+    <col min="4609" max="4611" width="19.5703125" customWidth="1"/>
+    <col min="4612" max="4612" width="12.5703125" customWidth="1"/>
+    <col min="4613" max="4613" width="2.7109375" customWidth="1"/>
+    <col min="4614" max="4616" width="19.5703125" customWidth="1"/>
+    <col min="4617" max="4617" width="12.5703125" customWidth="1"/>
+    <col min="4618" max="4618" width="2.7109375" customWidth="1"/>
+    <col min="4619" max="4621" width="19.5703125" customWidth="1"/>
+    <col min="4622" max="4622" width="12.5703125" customWidth="1"/>
+    <col min="4623" max="4623" width="12" customWidth="1"/>
     <col min="4856" max="4858" width="15.7109375" customWidth="1"/>
     <col min="4860" max="4860" width="2.7109375" customWidth="1"/>
     <col min="4861" max="4863" width="15.7109375" customWidth="1"/>
-    <col min="4867" max="4870" width="14.28515625" customWidth="1"/>
+    <col min="4865" max="4867" width="19.5703125" customWidth="1"/>
+    <col min="4868" max="4868" width="12.5703125" customWidth="1"/>
+    <col min="4869" max="4869" width="2.7109375" customWidth="1"/>
+    <col min="4870" max="4872" width="19.5703125" customWidth="1"/>
+    <col min="4873" max="4873" width="12.5703125" customWidth="1"/>
+    <col min="4874" max="4874" width="2.7109375" customWidth="1"/>
+    <col min="4875" max="4877" width="19.5703125" customWidth="1"/>
+    <col min="4878" max="4878" width="12.5703125" customWidth="1"/>
+    <col min="4879" max="4879" width="12" customWidth="1"/>
     <col min="5112" max="5114" width="15.7109375" customWidth="1"/>
     <col min="5116" max="5116" width="2.7109375" customWidth="1"/>
     <col min="5117" max="5119" width="15.7109375" customWidth="1"/>
-    <col min="5123" max="5126" width="14.28515625" customWidth="1"/>
+    <col min="5121" max="5123" width="19.5703125" customWidth="1"/>
+    <col min="5124" max="5124" width="12.5703125" customWidth="1"/>
+    <col min="5125" max="5125" width="2.7109375" customWidth="1"/>
+    <col min="5126" max="5128" width="19.5703125" customWidth="1"/>
+    <col min="5129" max="5129" width="12.5703125" customWidth="1"/>
+    <col min="5130" max="5130" width="2.7109375" customWidth="1"/>
+    <col min="5131" max="5133" width="19.5703125" customWidth="1"/>
+    <col min="5134" max="5134" width="12.5703125" customWidth="1"/>
+    <col min="5135" max="5135" width="12" customWidth="1"/>
     <col min="5368" max="5370" width="15.7109375" customWidth="1"/>
     <col min="5372" max="5372" width="2.7109375" customWidth="1"/>
     <col min="5373" max="5375" width="15.7109375" customWidth="1"/>
-    <col min="5379" max="5382" width="14.28515625" customWidth="1"/>
+    <col min="5377" max="5379" width="19.5703125" customWidth="1"/>
+    <col min="5380" max="5380" width="12.5703125" customWidth="1"/>
+    <col min="5381" max="5381" width="2.7109375" customWidth="1"/>
+    <col min="5382" max="5384" width="19.5703125" customWidth="1"/>
+    <col min="5385" max="5385" width="12.5703125" customWidth="1"/>
+    <col min="5386" max="5386" width="2.7109375" customWidth="1"/>
+    <col min="5387" max="5389" width="19.5703125" customWidth="1"/>
+    <col min="5390" max="5390" width="12.5703125" customWidth="1"/>
+    <col min="5391" max="5391" width="12" customWidth="1"/>
     <col min="5624" max="5626" width="15.7109375" customWidth="1"/>
     <col min="5628" max="5628" width="2.7109375" customWidth="1"/>
     <col min="5629" max="5631" width="15.7109375" customWidth="1"/>
-    <col min="5635" max="5638" width="14.28515625" customWidth="1"/>
+    <col min="5633" max="5635" width="19.5703125" customWidth="1"/>
+    <col min="5636" max="5636" width="12.5703125" customWidth="1"/>
+    <col min="5637" max="5637" width="2.7109375" customWidth="1"/>
+    <col min="5638" max="5640" width="19.5703125" customWidth="1"/>
+    <col min="5641" max="5641" width="12.5703125" customWidth="1"/>
+    <col min="5642" max="5642" width="2.7109375" customWidth="1"/>
+    <col min="5643" max="5645" width="19.5703125" customWidth="1"/>
+    <col min="5646" max="5646" width="12.5703125" customWidth="1"/>
+    <col min="5647" max="5647" width="12" customWidth="1"/>
     <col min="5880" max="5882" width="15.7109375" customWidth="1"/>
     <col min="5884" max="5884" width="2.7109375" customWidth="1"/>
     <col min="5885" max="5887" width="15.7109375" customWidth="1"/>
-    <col min="5891" max="5894" width="14.28515625" customWidth="1"/>
+    <col min="5889" max="5891" width="19.5703125" customWidth="1"/>
+    <col min="5892" max="5892" width="12.5703125" customWidth="1"/>
+    <col min="5893" max="5893" width="2.7109375" customWidth="1"/>
+    <col min="5894" max="5896" width="19.5703125" customWidth="1"/>
+    <col min="5897" max="5897" width="12.5703125" customWidth="1"/>
+    <col min="5898" max="5898" width="2.7109375" customWidth="1"/>
+    <col min="5899" max="5901" width="19.5703125" customWidth="1"/>
+    <col min="5902" max="5902" width="12.5703125" customWidth="1"/>
+    <col min="5903" max="5903" width="12" customWidth="1"/>
     <col min="6136" max="6138" width="15.7109375" customWidth="1"/>
     <col min="6140" max="6140" width="2.7109375" customWidth="1"/>
     <col min="6141" max="6143" width="15.7109375" customWidth="1"/>
-    <col min="6147" max="6150" width="14.28515625" customWidth="1"/>
+    <col min="6145" max="6147" width="19.5703125" customWidth="1"/>
+    <col min="6148" max="6148" width="12.5703125" customWidth="1"/>
+    <col min="6149" max="6149" width="2.7109375" customWidth="1"/>
+    <col min="6150" max="6152" width="19.5703125" customWidth="1"/>
+    <col min="6153" max="6153" width="12.5703125" customWidth="1"/>
+    <col min="6154" max="6154" width="2.7109375" customWidth="1"/>
+    <col min="6155" max="6157" width="19.5703125" customWidth="1"/>
+    <col min="6158" max="6158" width="12.5703125" customWidth="1"/>
+    <col min="6159" max="6159" width="12" customWidth="1"/>
     <col min="6392" max="6394" width="15.7109375" customWidth="1"/>
     <col min="6396" max="6396" width="2.7109375" customWidth="1"/>
     <col min="6397" max="6399" width="15.7109375" customWidth="1"/>
-    <col min="6403" max="6406" width="14.28515625" customWidth="1"/>
+    <col min="6401" max="6403" width="19.5703125" customWidth="1"/>
+    <col min="6404" max="6404" width="12.5703125" customWidth="1"/>
+    <col min="6405" max="6405" width="2.7109375" customWidth="1"/>
+    <col min="6406" max="6408" width="19.5703125" customWidth="1"/>
+    <col min="6409" max="6409" width="12.5703125" customWidth="1"/>
+    <col min="6410" max="6410" width="2.7109375" customWidth="1"/>
+    <col min="6411" max="6413" width="19.5703125" customWidth="1"/>
+    <col min="6414" max="6414" width="12.5703125" customWidth="1"/>
+    <col min="6415" max="6415" width="12" customWidth="1"/>
     <col min="6648" max="6650" width="15.7109375" customWidth="1"/>
     <col min="6652" max="6652" width="2.7109375" customWidth="1"/>
     <col min="6653" max="6655" width="15.7109375" customWidth="1"/>
-    <col min="6659" max="6662" width="14.28515625" customWidth="1"/>
+    <col min="6657" max="6659" width="19.5703125" customWidth="1"/>
+    <col min="6660" max="6660" width="12.5703125" customWidth="1"/>
+    <col min="6661" max="6661" width="2.7109375" customWidth="1"/>
+    <col min="6662" max="6664" width="19.5703125" customWidth="1"/>
+    <col min="6665" max="6665" width="12.5703125" customWidth="1"/>
+    <col min="6666" max="6666" width="2.7109375" customWidth="1"/>
+    <col min="6667" max="6669" width="19.5703125" customWidth="1"/>
+    <col min="6670" max="6670" width="12.5703125" customWidth="1"/>
+    <col min="6671" max="6671" width="12" customWidth="1"/>
     <col min="6904" max="6906" width="15.7109375" customWidth="1"/>
     <col min="6908" max="6908" width="2.7109375" customWidth="1"/>
     <col min="6909" max="6911" width="15.7109375" customWidth="1"/>
-    <col min="6915" max="6918" width="14.28515625" customWidth="1"/>
+    <col min="6913" max="6915" width="19.5703125" customWidth="1"/>
+    <col min="6916" max="6916" width="12.5703125" customWidth="1"/>
+    <col min="6917" max="6917" width="2.7109375" customWidth="1"/>
+    <col min="6918" max="6920" width="19.5703125" customWidth="1"/>
+    <col min="6921" max="6921" width="12.5703125" customWidth="1"/>
+    <col min="6922" max="6922" width="2.7109375" customWidth="1"/>
+    <col min="6923" max="6925" width="19.5703125" customWidth="1"/>
+    <col min="6926" max="6926" width="12.5703125" customWidth="1"/>
+    <col min="6927" max="6927" width="12" customWidth="1"/>
     <col min="7160" max="7162" width="15.7109375" customWidth="1"/>
     <col min="7164" max="7164" width="2.7109375" customWidth="1"/>
     <col min="7165" max="7167" width="15.7109375" customWidth="1"/>
-    <col min="7171" max="7174" width="14.28515625" customWidth="1"/>
+    <col min="7169" max="7171" width="19.5703125" customWidth="1"/>
+    <col min="7172" max="7172" width="12.5703125" customWidth="1"/>
+    <col min="7173" max="7173" width="2.7109375" customWidth="1"/>
+    <col min="7174" max="7176" width="19.5703125" customWidth="1"/>
+    <col min="7177" max="7177" width="12.5703125" customWidth="1"/>
+    <col min="7178" max="7178" width="2.7109375" customWidth="1"/>
+    <col min="7179" max="7181" width="19.5703125" customWidth="1"/>
+    <col min="7182" max="7182" width="12.5703125" customWidth="1"/>
+    <col min="7183" max="7183" width="12" customWidth="1"/>
     <col min="7416" max="7418" width="15.7109375" customWidth="1"/>
     <col min="7420" max="7420" width="2.7109375" customWidth="1"/>
     <col min="7421" max="7423" width="15.7109375" customWidth="1"/>
-    <col min="7427" max="7430" width="14.28515625" customWidth="1"/>
+    <col min="7425" max="7427" width="19.5703125" customWidth="1"/>
+    <col min="7428" max="7428" width="12.5703125" customWidth="1"/>
+    <col min="7429" max="7429" width="2.7109375" customWidth="1"/>
+    <col min="7430" max="7432" width="19.5703125" customWidth="1"/>
+    <col min="7433" max="7433" width="12.5703125" customWidth="1"/>
+    <col min="7434" max="7434" width="2.7109375" customWidth="1"/>
+    <col min="7435" max="7437" width="19.5703125" customWidth="1"/>
+    <col min="7438" max="7438" width="12.5703125" customWidth="1"/>
+    <col min="7439" max="7439" width="12" customWidth="1"/>
     <col min="7672" max="7674" width="15.7109375" customWidth="1"/>
     <col min="7676" max="7676" width="2.7109375" customWidth="1"/>
     <col min="7677" max="7679" width="15.7109375" customWidth="1"/>
-    <col min="7683" max="7686" width="14.28515625" customWidth="1"/>
+    <col min="7681" max="7683" width="19.5703125" customWidth="1"/>
+    <col min="7684" max="7684" width="12.5703125" customWidth="1"/>
+    <col min="7685" max="7685" width="2.7109375" customWidth="1"/>
+    <col min="7686" max="7688" width="19.5703125" customWidth="1"/>
+    <col min="7689" max="7689" width="12.5703125" customWidth="1"/>
+    <col min="7690" max="7690" width="2.7109375" customWidth="1"/>
+    <col min="7691" max="7693" width="19.5703125" customWidth="1"/>
+    <col min="7694" max="7694" width="12.5703125" customWidth="1"/>
+    <col min="7695" max="7695" width="12" customWidth="1"/>
     <col min="7928" max="7930" width="15.7109375" customWidth="1"/>
     <col min="7932" max="7932" width="2.7109375" customWidth="1"/>
     <col min="7933" max="7935" width="15.7109375" customWidth="1"/>
-    <col min="7939" max="7942" width="14.28515625" customWidth="1"/>
+    <col min="7937" max="7939" width="19.5703125" customWidth="1"/>
+    <col min="7940" max="7940" width="12.5703125" customWidth="1"/>
+    <col min="7941" max="7941" width="2.7109375" customWidth="1"/>
+    <col min="7942" max="7944" width="19.5703125" customWidth="1"/>
+    <col min="7945" max="7945" width="12.5703125" customWidth="1"/>
+    <col min="7946" max="7946" width="2.7109375" customWidth="1"/>
+    <col min="7947" max="7949" width="19.5703125" customWidth="1"/>
+    <col min="7950" max="7950" width="12.5703125" customWidth="1"/>
+    <col min="7951" max="7951" width="12" customWidth="1"/>
     <col min="8184" max="8186" width="15.7109375" customWidth="1"/>
     <col min="8188" max="8188" width="2.7109375" customWidth="1"/>
     <col min="8189" max="8191" width="15.7109375" customWidth="1"/>
-    <col min="8195" max="8198" width="14.28515625" customWidth="1"/>
+    <col min="8193" max="8195" width="19.5703125" customWidth="1"/>
+    <col min="8196" max="8196" width="12.5703125" customWidth="1"/>
+    <col min="8197" max="8197" width="2.7109375" customWidth="1"/>
+    <col min="8198" max="8200" width="19.5703125" customWidth="1"/>
+    <col min="8201" max="8201" width="12.5703125" customWidth="1"/>
+    <col min="8202" max="8202" width="2.7109375" customWidth="1"/>
+    <col min="8203" max="8205" width="19.5703125" customWidth="1"/>
+    <col min="8206" max="8206" width="12.5703125" customWidth="1"/>
+    <col min="8207" max="8207" width="12" customWidth="1"/>
     <col min="8440" max="8442" width="15.7109375" customWidth="1"/>
     <col min="8444" max="8444" width="2.7109375" customWidth="1"/>
     <col min="8445" max="8447" width="15.7109375" customWidth="1"/>
-    <col min="8451" max="8454" width="14.28515625" customWidth="1"/>
+    <col min="8449" max="8451" width="19.5703125" customWidth="1"/>
+    <col min="8452" max="8452" width="12.5703125" customWidth="1"/>
+    <col min="8453" max="8453" width="2.7109375" customWidth="1"/>
+    <col min="8454" max="8456" width="19.5703125" customWidth="1"/>
+    <col min="8457" max="8457" width="12.5703125" customWidth="1"/>
+    <col min="8458" max="8458" width="2.7109375" customWidth="1"/>
+    <col min="8459" max="8461" width="19.5703125" customWidth="1"/>
+    <col min="8462" max="8462" width="12.5703125" customWidth="1"/>
+    <col min="8463" max="8463" width="12" customWidth="1"/>
     <col min="8696" max="8698" width="15.7109375" customWidth="1"/>
     <col min="8700" max="8700" width="2.7109375" customWidth="1"/>
     <col min="8701" max="8703" width="15.7109375" customWidth="1"/>
-    <col min="8707" max="8710" width="14.28515625" customWidth="1"/>
+    <col min="8705" max="8707" width="19.5703125" customWidth="1"/>
+    <col min="8708" max="8708" width="12.5703125" customWidth="1"/>
+    <col min="8709" max="8709" width="2.7109375" customWidth="1"/>
+    <col min="8710" max="8712" width="19.5703125" customWidth="1"/>
+    <col min="8713" max="8713" width="12.5703125" customWidth="1"/>
+    <col min="8714" max="8714" width="2.7109375" customWidth="1"/>
+    <col min="8715" max="8717" width="19.5703125" customWidth="1"/>
+    <col min="8718" max="8718" width="12.5703125" customWidth="1"/>
+    <col min="8719" max="8719" width="12" customWidth="1"/>
     <col min="8952" max="8954" width="15.7109375" customWidth="1"/>
     <col min="8956" max="8956" width="2.7109375" customWidth="1"/>
     <col min="8957" max="8959" width="15.7109375" customWidth="1"/>
-    <col min="8963" max="8966" width="14.28515625" customWidth="1"/>
+    <col min="8961" max="8963" width="19.5703125" customWidth="1"/>
+    <col min="8964" max="8964" width="12.5703125" customWidth="1"/>
+    <col min="8965" max="8965" width="2.7109375" customWidth="1"/>
+    <col min="8966" max="8968" width="19.5703125" customWidth="1"/>
+    <col min="8969" max="8969" width="12.5703125" customWidth="1"/>
+    <col min="8970" max="8970" width="2.7109375" customWidth="1"/>
+    <col min="8971" max="8973" width="19.5703125" customWidth="1"/>
+    <col min="8974" max="8974" width="12.5703125" customWidth="1"/>
+    <col min="8975" max="8975" width="12" customWidth="1"/>
     <col min="9208" max="9210" width="15.7109375" customWidth="1"/>
     <col min="9212" max="9212" width="2.7109375" customWidth="1"/>
     <col min="9213" max="9215" width="15.7109375" customWidth="1"/>
-    <col min="9219" max="9222" width="14.28515625" customWidth="1"/>
+    <col min="9217" max="9219" width="19.5703125" customWidth="1"/>
+    <col min="9220" max="9220" width="12.5703125" customWidth="1"/>
+    <col min="9221" max="9221" width="2.7109375" customWidth="1"/>
+    <col min="9222" max="9224" width="19.5703125" customWidth="1"/>
+    <col min="9225" max="9225" width="12.5703125" customWidth="1"/>
+    <col min="9226" max="9226" width="2.7109375" customWidth="1"/>
+    <col min="9227" max="9229" width="19.5703125" customWidth="1"/>
+    <col min="9230" max="9230" width="12.5703125" customWidth="1"/>
+    <col min="9231" max="9231" width="12" customWidth="1"/>
     <col min="9464" max="9466" width="15.7109375" customWidth="1"/>
     <col min="9468" max="9468" width="2.7109375" customWidth="1"/>
     <col min="9469" max="9471" width="15.7109375" customWidth="1"/>
-    <col min="9475" max="9478" width="14.28515625" customWidth="1"/>
+    <col min="9473" max="9475" width="19.5703125" customWidth="1"/>
+    <col min="9476" max="9476" width="12.5703125" customWidth="1"/>
+    <col min="9477" max="9477" width="2.7109375" customWidth="1"/>
+    <col min="9478" max="9480" width="19.5703125" customWidth="1"/>
+    <col min="9481" max="9481" width="12.5703125" customWidth="1"/>
+    <col min="9482" max="9482" width="2.7109375" customWidth="1"/>
+    <col min="9483" max="9485" width="19.5703125" customWidth="1"/>
+    <col min="9486" max="9486" width="12.5703125" customWidth="1"/>
+    <col min="9487" max="9487" width="12" customWidth="1"/>
     <col min="9720" max="9722" width="15.7109375" customWidth="1"/>
     <col min="9724" max="9724" width="2.7109375" customWidth="1"/>
     <col min="9725" max="9727" width="15.7109375" customWidth="1"/>
-    <col min="9731" max="9734" width="14.28515625" customWidth="1"/>
+    <col min="9729" max="9731" width="19.5703125" customWidth="1"/>
+    <col min="9732" max="9732" width="12.5703125" customWidth="1"/>
+    <col min="9733" max="9733" width="2.7109375" customWidth="1"/>
+    <col min="9734" max="9736" width="19.5703125" customWidth="1"/>
+    <col min="9737" max="9737" width="12.5703125" customWidth="1"/>
+    <col min="9738" max="9738" width="2.7109375" customWidth="1"/>
+    <col min="9739" max="9741" width="19.5703125" customWidth="1"/>
+    <col min="9742" max="9742" width="12.5703125" customWidth="1"/>
+    <col min="9743" max="9743" width="12" customWidth="1"/>
     <col min="9976" max="9978" width="15.7109375" customWidth="1"/>
     <col min="9980" max="9980" width="2.7109375" customWidth="1"/>
     <col min="9981" max="9983" width="15.7109375" customWidth="1"/>
-    <col min="9987" max="9990" width="14.28515625" customWidth="1"/>
+    <col min="9985" max="9987" width="19.5703125" customWidth="1"/>
+    <col min="9988" max="9988" width="12.5703125" customWidth="1"/>
+    <col min="9989" max="9989" width="2.7109375" customWidth="1"/>
+    <col min="9990" max="9992" width="19.5703125" customWidth="1"/>
+    <col min="9993" max="9993" width="12.5703125" customWidth="1"/>
+    <col min="9994" max="9994" width="2.7109375" customWidth="1"/>
+    <col min="9995" max="9997" width="19.5703125" customWidth="1"/>
+    <col min="9998" max="9998" width="12.5703125" customWidth="1"/>
+    <col min="9999" max="9999" width="12" customWidth="1"/>
     <col min="10232" max="10234" width="15.7109375" customWidth="1"/>
     <col min="10236" max="10236" width="2.7109375" customWidth="1"/>
     <col min="10237" max="10239" width="15.7109375" customWidth="1"/>
-    <col min="10243" max="10246" width="14.28515625" customWidth="1"/>
+    <col min="10241" max="10243" width="19.5703125" customWidth="1"/>
+    <col min="10244" max="10244" width="12.5703125" customWidth="1"/>
+    <col min="10245" max="10245" width="2.7109375" customWidth="1"/>
+    <col min="10246" max="10248" width="19.5703125" customWidth="1"/>
+    <col min="10249" max="10249" width="12.5703125" customWidth="1"/>
+    <col min="10250" max="10250" width="2.7109375" customWidth="1"/>
+    <col min="10251" max="10253" width="19.5703125" customWidth="1"/>
+    <col min="10254" max="10254" width="12.5703125" customWidth="1"/>
+    <col min="10255" max="10255" width="12" customWidth="1"/>
     <col min="10488" max="10490" width="15.7109375" customWidth="1"/>
     <col min="10492" max="10492" width="2.7109375" customWidth="1"/>
     <col min="10493" max="10495" width="15.7109375" customWidth="1"/>
-    <col min="10499" max="10502" width="14.28515625" customWidth="1"/>
+    <col min="10497" max="10499" width="19.5703125" customWidth="1"/>
+    <col min="10500" max="10500" width="12.5703125" customWidth="1"/>
+    <col min="10501" max="10501" width="2.7109375" customWidth="1"/>
+    <col min="10502" max="10504" width="19.5703125" customWidth="1"/>
+    <col min="10505" max="10505" width="12.5703125" customWidth="1"/>
+    <col min="10506" max="10506" width="2.7109375" customWidth="1"/>
+    <col min="10507" max="10509" width="19.5703125" customWidth="1"/>
+    <col min="10510" max="10510" width="12.5703125" customWidth="1"/>
+    <col min="10511" max="10511" width="12" customWidth="1"/>
     <col min="10744" max="10746" width="15.7109375" customWidth="1"/>
     <col min="10748" max="10748" width="2.7109375" customWidth="1"/>
     <col min="10749" max="10751" width="15.7109375" customWidth="1"/>
-    <col min="10755" max="10758" width="14.28515625" customWidth="1"/>
+    <col min="10753" max="10755" width="19.5703125" customWidth="1"/>
+    <col min="10756" max="10756" width="12.5703125" customWidth="1"/>
+    <col min="10757" max="10757" width="2.7109375" customWidth="1"/>
+    <col min="10758" max="10760" width="19.5703125" customWidth="1"/>
+    <col min="10761" max="10761" width="12.5703125" customWidth="1"/>
+    <col min="10762" max="10762" width="2.7109375" customWidth="1"/>
+    <col min="10763" max="10765" width="19.5703125" customWidth="1"/>
+    <col min="10766" max="10766" width="12.5703125" customWidth="1"/>
+    <col min="10767" max="10767" width="12" customWidth="1"/>
     <col min="11000" max="11002" width="15.7109375" customWidth="1"/>
     <col min="11004" max="11004" width="2.7109375" customWidth="1"/>
     <col min="11005" max="11007" width="15.7109375" customWidth="1"/>
-    <col min="11011" max="11014" width="14.28515625" customWidth="1"/>
+    <col min="11009" max="11011" width="19.5703125" customWidth="1"/>
+    <col min="11012" max="11012" width="12.5703125" customWidth="1"/>
+    <col min="11013" max="11013" width="2.7109375" customWidth="1"/>
+    <col min="11014" max="11016" width="19.5703125" customWidth="1"/>
+    <col min="11017" max="11017" width="12.5703125" customWidth="1"/>
+    <col min="11018" max="11018" width="2.7109375" customWidth="1"/>
+    <col min="11019" max="11021" width="19.5703125" customWidth="1"/>
+    <col min="11022" max="11022" width="12.5703125" customWidth="1"/>
+    <col min="11023" max="11023" width="12" customWidth="1"/>
     <col min="11256" max="11258" width="15.7109375" customWidth="1"/>
     <col min="11260" max="11260" width="2.7109375" customWidth="1"/>
     <col min="11261" max="11263" width="15.7109375" customWidth="1"/>
-    <col min="11267" max="11270" width="14.28515625" customWidth="1"/>
+    <col min="11265" max="11267" width="19.5703125" customWidth="1"/>
+    <col min="11268" max="11268" width="12.5703125" customWidth="1"/>
+    <col min="11269" max="11269" width="2.7109375" customWidth="1"/>
+    <col min="11270" max="11272" width="19.5703125" customWidth="1"/>
+    <col min="11273" max="11273" width="12.5703125" customWidth="1"/>
+    <col min="11274" max="11274" width="2.7109375" customWidth="1"/>
+    <col min="11275" max="11277" width="19.5703125" customWidth="1"/>
+    <col min="11278" max="11278" width="12.5703125" customWidth="1"/>
+    <col min="11279" max="11279" width="12" customWidth="1"/>
     <col min="11512" max="11514" width="15.7109375" customWidth="1"/>
     <col min="11516" max="11516" width="2.7109375" customWidth="1"/>
     <col min="11517" max="11519" width="15.7109375" customWidth="1"/>
-    <col min="11523" max="11526" width="14.28515625" customWidth="1"/>
+    <col min="11521" max="11523" width="19.5703125" customWidth="1"/>
+    <col min="11524" max="11524" width="12.5703125" customWidth="1"/>
+    <col min="11525" max="11525" width="2.7109375" customWidth="1"/>
+    <col min="11526" max="11528" width="19.5703125" customWidth="1"/>
+    <col min="11529" max="11529" width="12.5703125" customWidth="1"/>
+    <col min="11530" max="11530" width="2.7109375" customWidth="1"/>
+    <col min="11531" max="11533" width="19.5703125" customWidth="1"/>
+    <col min="11534" max="11534" width="12.5703125" customWidth="1"/>
+    <col min="11535" max="11535" width="12" customWidth="1"/>
     <col min="11768" max="11770" width="15.7109375" customWidth="1"/>
     <col min="11772" max="11772" width="2.7109375" customWidth="1"/>
     <col min="11773" max="11775" width="15.7109375" customWidth="1"/>
-    <col min="11779" max="11782" width="14.28515625" customWidth="1"/>
+    <col min="11777" max="11779" width="19.5703125" customWidth="1"/>
+    <col min="11780" max="11780" width="12.5703125" customWidth="1"/>
+    <col min="11781" max="11781" width="2.7109375" customWidth="1"/>
+    <col min="11782" max="11784" width="19.5703125" customWidth="1"/>
+    <col min="11785" max="11785" width="12.5703125" customWidth="1"/>
+    <col min="11786" max="11786" width="2.7109375" customWidth="1"/>
+    <col min="11787" max="11789" width="19.5703125" customWidth="1"/>
+    <col min="11790" max="11790" width="12.5703125" customWidth="1"/>
+    <col min="11791" max="11791" width="12" customWidth="1"/>
     <col min="12024" max="12026" width="15.7109375" customWidth="1"/>
     <col min="12028" max="12028" width="2.7109375" customWidth="1"/>
     <col min="12029" max="12031" width="15.7109375" customWidth="1"/>
-    <col min="12035" max="12038" width="14.28515625" customWidth="1"/>
+    <col min="12033" max="12035" width="19.5703125" customWidth="1"/>
+    <col min="12036" max="12036" width="12.5703125" customWidth="1"/>
+    <col min="12037" max="12037" width="2.7109375" customWidth="1"/>
+    <col min="12038" max="12040" width="19.5703125" customWidth="1"/>
+    <col min="12041" max="12041" width="12.5703125" customWidth="1"/>
+    <col min="12042" max="12042" width="2.7109375" customWidth="1"/>
+    <col min="12043" max="12045" width="19.5703125" customWidth="1"/>
+    <col min="12046" max="12046" width="12.5703125" customWidth="1"/>
+    <col min="12047" max="12047" width="12" customWidth="1"/>
     <col min="12280" max="12282" width="15.7109375" customWidth="1"/>
     <col min="12284" max="12284" width="2.7109375" customWidth="1"/>
     <col min="12285" max="12287" width="15.7109375" customWidth="1"/>
-    <col min="12291" max="12294" width="14.28515625" customWidth="1"/>
+    <col min="12289" max="12291" width="19.5703125" customWidth="1"/>
+    <col min="12292" max="12292" width="12.5703125" customWidth="1"/>
+    <col min="12293" max="12293" width="2.7109375" customWidth="1"/>
+    <col min="12294" max="12296" width="19.5703125" customWidth="1"/>
+    <col min="12297" max="12297" width="12.5703125" customWidth="1"/>
+    <col min="12298" max="12298" width="2.7109375" customWidth="1"/>
+    <col min="12299" max="12301" width="19.5703125" customWidth="1"/>
+    <col min="12302" max="12302" width="12.5703125" customWidth="1"/>
+    <col min="12303" max="12303" width="12" customWidth="1"/>
     <col min="12536" max="12538" width="15.7109375" customWidth="1"/>
     <col min="12540" max="12540" width="2.7109375" customWidth="1"/>
     <col min="12541" max="12543" width="15.7109375" customWidth="1"/>
-    <col min="12547" max="12550" width="14.28515625" customWidth="1"/>
+    <col min="12545" max="12547" width="19.5703125" customWidth="1"/>
+    <col min="12548" max="12548" width="12.5703125" customWidth="1"/>
+    <col min="12549" max="12549" width="2.7109375" customWidth="1"/>
+    <col min="12550" max="12552" width="19.5703125" customWidth="1"/>
+    <col min="12553" max="12553" width="12.5703125" customWidth="1"/>
+    <col min="12554" max="12554" width="2.7109375" customWidth="1"/>
+    <col min="12555" max="12557" width="19.5703125" customWidth="1"/>
+    <col min="12558" max="12558" width="12.5703125" customWidth="1"/>
+    <col min="12559" max="12559" width="12" customWidth="1"/>
     <col min="12792" max="12794" width="15.7109375" customWidth="1"/>
     <col min="12796" max="12796" width="2.7109375" customWidth="1"/>
     <col min="12797" max="12799" width="15.7109375" customWidth="1"/>
-    <col min="12803" max="12806" width="14.28515625" customWidth="1"/>
+    <col min="12801" max="12803" width="19.5703125" customWidth="1"/>
+    <col min="12804" max="12804" width="12.5703125" customWidth="1"/>
+    <col min="12805" max="12805" width="2.7109375" customWidth="1"/>
+    <col min="12806" max="12808" width="19.5703125" customWidth="1"/>
+    <col min="12809" max="12809" width="12.5703125" customWidth="1"/>
+    <col min="12810" max="12810" width="2.7109375" customWidth="1"/>
+    <col min="12811" max="12813" width="19.5703125" customWidth="1"/>
+    <col min="12814" max="12814" width="12.5703125" customWidth="1"/>
+    <col min="12815" max="12815" width="12" customWidth="1"/>
     <col min="13048" max="13050" width="15.7109375" customWidth="1"/>
     <col min="13052" max="13052" width="2.7109375" customWidth="1"/>
     <col min="13053" max="13055" width="15.7109375" customWidth="1"/>
-    <col min="13059" max="13062" width="14.28515625" customWidth="1"/>
+    <col min="13057" max="13059" width="19.5703125" customWidth="1"/>
+    <col min="13060" max="13060" width="12.5703125" customWidth="1"/>
+    <col min="13061" max="13061" width="2.7109375" customWidth="1"/>
+    <col min="13062" max="13064" width="19.5703125" customWidth="1"/>
+    <col min="13065" max="13065" width="12.5703125" customWidth="1"/>
+    <col min="13066" max="13066" width="2.7109375" customWidth="1"/>
+    <col min="13067" max="13069" width="19.5703125" customWidth="1"/>
+    <col min="13070" max="13070" width="12.5703125" customWidth="1"/>
+    <col min="13071" max="13071" width="12" customWidth="1"/>
     <col min="13304" max="13306" width="15.7109375" customWidth="1"/>
     <col min="13308" max="13308" width="2.7109375" customWidth="1"/>
     <col min="13309" max="13311" width="15.7109375" customWidth="1"/>
-    <col min="13315" max="13318" width="14.28515625" customWidth="1"/>
+    <col min="13313" max="13315" width="19.5703125" customWidth="1"/>
+    <col min="13316" max="13316" width="12.5703125" customWidth="1"/>
+    <col min="13317" max="13317" width="2.7109375" customWidth="1"/>
+    <col min="13318" max="13320" width="19.5703125" customWidth="1"/>
+    <col min="13321" max="13321" width="12.5703125" customWidth="1"/>
+    <col min="13322" max="13322" width="2.7109375" customWidth="1"/>
+    <col min="13323" max="13325" width="19.5703125" customWidth="1"/>
+    <col min="13326" max="13326" width="12.5703125" customWidth="1"/>
+    <col min="13327" max="13327" width="12" customWidth="1"/>
     <col min="13560" max="13562" width="15.7109375" customWidth="1"/>
     <col min="13564" max="13564" width="2.7109375" customWidth="1"/>
     <col min="13565" max="13567" width="15.7109375" customWidth="1"/>
-    <col min="13571" max="13574" width="14.28515625" customWidth="1"/>
+    <col min="13569" max="13571" width="19.5703125" customWidth="1"/>
+    <col min="13572" max="13572" width="12.5703125" customWidth="1"/>
+    <col min="13573" max="13573" width="2.7109375" customWidth="1"/>
+    <col min="13574" max="13576" width="19.5703125" customWidth="1"/>
+    <col min="13577" max="13577" width="12.5703125" customWidth="1"/>
+    <col min="13578" max="13578" width="2.7109375" customWidth="1"/>
+    <col min="13579" max="13581" width="19.5703125" customWidth="1"/>
+    <col min="13582" max="13582" width="12.5703125" customWidth="1"/>
+    <col min="13583" max="13583" width="12" customWidth="1"/>
     <col min="13816" max="13818" width="15.7109375" customWidth="1"/>
     <col min="13820" max="13820" width="2.7109375" customWidth="1"/>
     <col min="13821" max="13823" width="15.7109375" customWidth="1"/>
-    <col min="13827" max="13830" width="14.28515625" customWidth="1"/>
+    <col min="13825" max="13827" width="19.5703125" customWidth="1"/>
+    <col min="13828" max="13828" width="12.5703125" customWidth="1"/>
+    <col min="13829" max="13829" width="2.7109375" customWidth="1"/>
+    <col min="13830" max="13832" width="19.5703125" customWidth="1"/>
+    <col min="13833" max="13833" width="12.5703125" customWidth="1"/>
+    <col min="13834" max="13834" width="2.7109375" customWidth="1"/>
+    <col min="13835" max="13837" width="19.5703125" customWidth="1"/>
+    <col min="13838" max="13838" width="12.5703125" customWidth="1"/>
+    <col min="13839" max="13839" width="12" customWidth="1"/>
     <col min="14072" max="14074" width="15.7109375" customWidth="1"/>
     <col min="14076" max="14076" width="2.7109375" customWidth="1"/>
     <col min="14077" max="14079" width="15.7109375" customWidth="1"/>
-    <col min="14083" max="14086" width="14.28515625" customWidth="1"/>
+    <col min="14081" max="14083" width="19.5703125" customWidth="1"/>
+    <col min="14084" max="14084" width="12.5703125" customWidth="1"/>
+    <col min="14085" max="14085" width="2.7109375" customWidth="1"/>
+    <col min="14086" max="14088" width="19.5703125" customWidth="1"/>
+    <col min="14089" max="14089" width="12.5703125" customWidth="1"/>
+    <col min="14090" max="14090" width="2.7109375" customWidth="1"/>
+    <col min="14091" max="14093" width="19.5703125" customWidth="1"/>
+    <col min="14094" max="14094" width="12.5703125" customWidth="1"/>
+    <col min="14095" max="14095" width="12" customWidth="1"/>
     <col min="14328" max="14330" width="15.7109375" customWidth="1"/>
     <col min="14332" max="14332" width="2.7109375" customWidth="1"/>
     <col min="14333" max="14335" width="15.7109375" customWidth="1"/>
-    <col min="14339" max="14342" width="14.28515625" customWidth="1"/>
+    <col min="14337" max="14339" width="19.5703125" customWidth="1"/>
+    <col min="14340" max="14340" width="12.5703125" customWidth="1"/>
+    <col min="14341" max="14341" width="2.7109375" customWidth="1"/>
+    <col min="14342" max="14344" width="19.5703125" customWidth="1"/>
+    <col min="14345" max="14345" width="12.5703125" customWidth="1"/>
+    <col min="14346" max="14346" width="2.7109375" customWidth="1"/>
+    <col min="14347" max="14349" width="19.5703125" customWidth="1"/>
+    <col min="14350" max="14350" width="12.5703125" customWidth="1"/>
+    <col min="14351" max="14351" width="12" customWidth="1"/>
     <col min="14584" max="14586" width="15.7109375" customWidth="1"/>
     <col min="14588" max="14588" width="2.7109375" customWidth="1"/>
     <col min="14589" max="14591" width="15.7109375" customWidth="1"/>
-    <col min="14595" max="14598" width="14.28515625" customWidth="1"/>
+    <col min="14593" max="14595" width="19.5703125" customWidth="1"/>
+    <col min="14596" max="14596" width="12.5703125" customWidth="1"/>
+    <col min="14597" max="14597" width="2.7109375" customWidth="1"/>
+    <col min="14598" max="14600" width="19.5703125" customWidth="1"/>
+    <col min="14601" max="14601" width="12.5703125" customWidth="1"/>
+    <col min="14602" max="14602" width="2.7109375" customWidth="1"/>
+    <col min="14603" max="14605" width="19.5703125" customWidth="1"/>
+    <col min="14606" max="14606" width="12.5703125" customWidth="1"/>
+    <col min="14607" max="14607" width="12" customWidth="1"/>
     <col min="14840" max="14842" width="15.7109375" customWidth="1"/>
     <col min="14844" max="14844" width="2.7109375" customWidth="1"/>
     <col min="14845" max="14847" width="15.7109375" customWidth="1"/>
-    <col min="14851" max="14854" width="14.28515625" customWidth="1"/>
+    <col min="14849" max="14851" width="19.5703125" customWidth="1"/>
+    <col min="14852" max="14852" width="12.5703125" customWidth="1"/>
+    <col min="14853" max="14853" width="2.7109375" customWidth="1"/>
+    <col min="14854" max="14856" width="19.5703125" customWidth="1"/>
+    <col min="14857" max="14857" width="12.5703125" customWidth="1"/>
+    <col min="14858" max="14858" width="2.7109375" customWidth="1"/>
+    <col min="14859" max="14861" width="19.5703125" customWidth="1"/>
+    <col min="14862" max="14862" width="12.5703125" customWidth="1"/>
+    <col min="14863" max="14863" width="12" customWidth="1"/>
     <col min="15096" max="15098" width="15.7109375" customWidth="1"/>
     <col min="15100" max="15100" width="2.7109375" customWidth="1"/>
     <col min="15101" max="15103" width="15.7109375" customWidth="1"/>
-    <col min="15107" max="15110" width="14.28515625" customWidth="1"/>
+    <col min="15105" max="15107" width="19.5703125" customWidth="1"/>
+    <col min="15108" max="15108" width="12.5703125" customWidth="1"/>
+    <col min="15109" max="15109" width="2.7109375" customWidth="1"/>
+    <col min="15110" max="15112" width="19.5703125" customWidth="1"/>
+    <col min="15113" max="15113" width="12.5703125" customWidth="1"/>
+    <col min="15114" max="15114" width="2.7109375" customWidth="1"/>
+    <col min="15115" max="15117" width="19.5703125" customWidth="1"/>
+    <col min="15118" max="15118" width="12.5703125" customWidth="1"/>
+    <col min="15119" max="15119" width="12" customWidth="1"/>
     <col min="15352" max="15354" width="15.7109375" customWidth="1"/>
     <col min="15356" max="15356" width="2.7109375" customWidth="1"/>
     <col min="15357" max="15359" width="15.7109375" customWidth="1"/>
-    <col min="15363" max="15366" width="14.28515625" customWidth="1"/>
+    <col min="15361" max="15363" width="19.5703125" customWidth="1"/>
+    <col min="15364" max="15364" width="12.5703125" customWidth="1"/>
+    <col min="15365" max="15365" width="2.7109375" customWidth="1"/>
+    <col min="15366" max="15368" width="19.5703125" customWidth="1"/>
+    <col min="15369" max="15369" width="12.5703125" customWidth="1"/>
+    <col min="15370" max="15370" width="2.7109375" customWidth="1"/>
+    <col min="15371" max="15373" width="19.5703125" customWidth="1"/>
+    <col min="15374" max="15374" width="12.5703125" customWidth="1"/>
+    <col min="15375" max="15375" width="12" customWidth="1"/>
     <col min="15608" max="15610" width="15.7109375" customWidth="1"/>
     <col min="15612" max="15612" width="2.7109375" customWidth="1"/>
     <col min="15613" max="15615" width="15.7109375" customWidth="1"/>
-    <col min="15619" max="15622" width="14.28515625" customWidth="1"/>
+    <col min="15617" max="15619" width="19.5703125" customWidth="1"/>
+    <col min="15620" max="15620" width="12.5703125" customWidth="1"/>
+    <col min="15621" max="15621" width="2.7109375" customWidth="1"/>
+    <col min="15622" max="15624" width="19.5703125" customWidth="1"/>
+    <col min="15625" max="15625" width="12.5703125" customWidth="1"/>
+    <col min="15626" max="15626" width="2.7109375" customWidth="1"/>
+    <col min="15627" max="15629" width="19.5703125" customWidth="1"/>
+    <col min="15630" max="15630" width="12.5703125" customWidth="1"/>
+    <col min="15631" max="15631" width="12" customWidth="1"/>
     <col min="15864" max="15866" width="15.7109375" customWidth="1"/>
     <col min="15868" max="15868" width="2.7109375" customWidth="1"/>
     <col min="15869" max="15871" width="15.7109375" customWidth="1"/>
-    <col min="15875" max="15878" width="14.28515625" customWidth="1"/>
+    <col min="15873" max="15875" width="19.5703125" customWidth="1"/>
+    <col min="15876" max="15876" width="12.5703125" customWidth="1"/>
+    <col min="15877" max="15877" width="2.7109375" customWidth="1"/>
+    <col min="15878" max="15880" width="19.5703125" customWidth="1"/>
+    <col min="15881" max="15881" width="12.5703125" customWidth="1"/>
+    <col min="15882" max="15882" width="2.7109375" customWidth="1"/>
+    <col min="15883" max="15885" width="19.5703125" customWidth="1"/>
+    <col min="15886" max="15886" width="12.5703125" customWidth="1"/>
+    <col min="15887" max="15887" width="12" customWidth="1"/>
     <col min="16120" max="16122" width="15.7109375" customWidth="1"/>
     <col min="16124" max="16124" width="2.7109375" customWidth="1"/>
     <col min="16125" max="16127" width="15.7109375" customWidth="1"/>
-    <col min="16131" max="16134" width="14.28515625" customWidth="1"/>
+    <col min="16129" max="16131" width="19.5703125" customWidth="1"/>
+    <col min="16132" max="16132" width="12.5703125" customWidth="1"/>
+    <col min="16133" max="16133" width="2.7109375" customWidth="1"/>
+    <col min="16134" max="16136" width="19.5703125" customWidth="1"/>
+    <col min="16137" max="16137" width="12.5703125" customWidth="1"/>
+    <col min="16138" max="16138" width="2.7109375" customWidth="1"/>
+    <col min="16139" max="16141" width="19.5703125" customWidth="1"/>
+    <col min="16142" max="16142" width="12.5703125" customWidth="1"/>
+    <col min="16143" max="16143" width="12" customWidth="1"/>
+    <col min="16376" max="16378" width="15.7109375" customWidth="1"/>
+    <col min="16380" max="16380" width="2.7109375" customWidth="1"/>
+    <col min="16381" max="16383" width="15.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14" ht="34.5" x14ac:dyDescent="0.45">
       <c r="A1" s="1" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
     </row>
     <row r="3" spans="1:14" s="33" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="33" t="s">
         <v>39</v>
       </c>
       <c r="D3" s="34"/>
       <c r="E3" s="34"/>
       <c r="F3" s="33" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="K3" s="2"/>
       <c r="L3" s="2"/>
       <c r="M3" s="2"/>
       <c r="N3" s="2"/>
     </row>
     <row r="4" spans="1:14" s="2" customFormat="1" ht="27.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="130" t="s">
         <v>40</v>
       </c>
       <c r="B4" s="131" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="27"/>
       <c r="D4" s="27"/>
       <c r="E4" s="4"/>
-      <c r="F4" s="148" t="s">
-[...2 lines deleted...]
-      <c r="G4" s="148"/>
+      <c r="F4" s="143" t="s">
+        <v>54</v>
+      </c>
+      <c r="G4" s="143"/>
       <c r="I4" s="27"/>
     </row>
     <row r="5" spans="1:14" s="2" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="28" t="s">
         <v>1</v>
       </c>
       <c r="B5" s="29">
         <v>52</v>
       </c>
       <c r="C5" s="37"/>
       <c r="D5" s="30"/>
       <c r="E5" s="4"/>
-      <c r="F5" s="145" t="s">
-[...2 lines deleted...]
-      <c r="G5" s="146"/>
+      <c r="F5" s="148" t="s">
+        <v>56</v>
+      </c>
+      <c r="G5" s="149"/>
       <c r="H5" s="43">
-        <v>2000</v>
+        <v>2200</v>
       </c>
       <c r="I5" s="30"/>
-      <c r="K5" s="150"/>
+      <c r="K5" s="140"/>
       <c r="L5" s="5"/>
       <c r="M5" s="5"/>
       <c r="N5" s="5"/>
     </row>
     <row r="6" spans="1:14" s="2" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="28" t="s">
         <v>2</v>
       </c>
       <c r="B6" s="29">
         <v>26</v>
       </c>
       <c r="C6" s="37"/>
       <c r="D6" s="30"/>
       <c r="E6" s="4"/>
-      <c r="F6" s="145" t="s">
-[...2 lines deleted...]
-      <c r="G6" s="146"/>
+      <c r="F6" s="148" t="s">
+        <v>55</v>
+      </c>
+      <c r="G6" s="149"/>
       <c r="H6" s="43">
         <v>500</v>
       </c>
       <c r="I6" s="30"/>
     </row>
     <row r="7" spans="1:14" s="2" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="28" t="s">
         <v>3</v>
       </c>
       <c r="B7" s="29">
         <v>24</v>
       </c>
       <c r="C7" s="37"/>
       <c r="D7" s="30"/>
       <c r="E7" s="4"/>
       <c r="I7" s="30"/>
     </row>
     <row r="8" spans="1:14" s="2" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="28" t="s">
         <v>4</v>
       </c>
       <c r="B8" s="29">
         <v>12</v>
       </c>
       <c r="C8" s="37"/>
       <c r="E8" s="4"/>
       <c r="F8" s="33" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="G8" s="33"/>
       <c r="I8" s="31"/>
     </row>
     <row r="9" spans="1:14" s="2" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="28" t="s">
         <v>27</v>
       </c>
       <c r="B9" s="29">
         <v>260</v>
       </c>
       <c r="C9" s="37"/>
       <c r="D9" s="32"/>
       <c r="E9" s="4"/>
-      <c r="F9" s="149" t="s">
-[...2 lines deleted...]
-      <c r="G9" s="149"/>
+      <c r="F9" s="144" t="s">
+        <v>115</v>
+      </c>
+      <c r="G9" s="144"/>
       <c r="H9" s="30"/>
       <c r="I9" s="31"/>
     </row>
     <row r="10" spans="1:14" s="5" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D10" s="6"/>
       <c r="E10" s="6"/>
-      <c r="F10" s="147" t="s">
+      <c r="F10" s="150" t="s">
         <v>49</v>
       </c>
-      <c r="G10" s="147"/>
+      <c r="G10" s="150"/>
       <c r="H10" s="46">
-        <v>15000</v>
-[...1 lines deleted...]
-      <c r="K10" s="150"/>
+        <v>16100</v>
+      </c>
     </row>
     <row r="11" spans="1:14" s="33" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D11" s="34"/>
       <c r="E11" s="34"/>
-      <c r="F11" s="147" t="s">
+      <c r="F11" s="150" t="s">
         <v>50</v>
       </c>
-      <c r="G11" s="147"/>
+      <c r="G11" s="150"/>
       <c r="H11" s="46">
-        <v>30000</v>
+        <v>32200</v>
       </c>
     </row>
     <row r="12" spans="1:14" s="33" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D12" s="34"/>
       <c r="E12" s="34"/>
-      <c r="F12" s="147" t="s">
+      <c r="F12" s="150" t="s">
         <v>41</v>
       </c>
-      <c r="G12" s="147"/>
+      <c r="G12" s="150"/>
       <c r="H12" s="46">
-        <v>22500</v>
+        <v>24150</v>
       </c>
     </row>
     <row r="13" spans="1:14" s="33" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D13" s="34"/>
       <c r="E13" s="34"/>
     </row>
     <row r="14" spans="1:14" s="5" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="5" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="D14" s="6"/>
       <c r="E14" s="6"/>
     </row>
     <row r="15" spans="1:14" s="5" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A15" s="144" t="s">
+      <c r="A15" s="147" t="s">
         <v>51</v>
       </c>
-      <c r="B15" s="144"/>
+      <c r="B15" s="147"/>
       <c r="D15" s="6"/>
       <c r="E15" s="6"/>
     </row>
     <row r="16" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="42" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="F16" s="7"/>
     </row>
     <row r="17" spans="1:14" s="5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="D17" s="6"/>
       <c r="E17" s="6"/>
     </row>
     <row r="18" spans="1:14" s="5" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A18" s="142" t="s">
+      <c r="A18" s="145" t="s">
+        <v>71</v>
+      </c>
+      <c r="B18" s="145"/>
+      <c r="C18" s="145"/>
+      <c r="D18" s="145"/>
+      <c r="E18" s="6"/>
+      <c r="F18" s="145" t="s">
+        <v>73</v>
+      </c>
+      <c r="G18" s="145"/>
+      <c r="H18" s="145"/>
+      <c r="I18" s="145"/>
+      <c r="K18" s="145" t="s">
         <v>72</v>
       </c>
-      <c r="B18" s="142"/>
-[...14 lines deleted...]
-      <c r="N18" s="142"/>
+      <c r="L18" s="145"/>
+      <c r="M18" s="145"/>
+      <c r="N18" s="145"/>
     </row>
     <row r="19" spans="1:14" s="5" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A19" s="143" t="s">
-[...4 lines deleted...]
-      <c r="D19" s="143"/>
+      <c r="A19" s="146" t="s">
+        <v>70</v>
+      </c>
+      <c r="B19" s="146"/>
+      <c r="C19" s="146"/>
+      <c r="D19" s="146"/>
       <c r="E19" s="6"/>
-      <c r="F19" s="143" t="s">
+      <c r="F19" s="146" t="s">
+        <v>74</v>
+      </c>
+      <c r="G19" s="146"/>
+      <c r="H19" s="146"/>
+      <c r="I19" s="146"/>
+      <c r="K19" s="146" t="s">
         <v>75</v>
       </c>
-      <c r="G19" s="143"/>
-[...7 lines deleted...]
-      <c r="N19" s="143"/>
+      <c r="L19" s="146"/>
+      <c r="M19" s="146"/>
+      <c r="N19" s="146"/>
     </row>
     <row r="20" spans="1:14" s="2" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="38" t="s">
         <v>43</v>
       </c>
       <c r="B20" s="38"/>
       <c r="C20" s="38"/>
       <c r="D20" s="39"/>
       <c r="E20" s="39"/>
       <c r="F20" s="38" t="s">
         <v>43</v>
       </c>
       <c r="G20" s="38"/>
       <c r="H20" s="38"/>
       <c r="I20" s="38"/>
       <c r="K20" s="38" t="s">
         <v>43</v>
       </c>
       <c r="L20" s="38"/>
       <c r="M20" s="38"/>
       <c r="N20" s="38"/>
     </row>
     <row r="21" spans="1:14" s="2" customFormat="1" ht="31.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="132" t="s">
         <v>45</v>
@@ -11825,402 +22701,402 @@
       </c>
       <c r="H21" s="130" t="s">
         <v>48</v>
       </c>
       <c r="I21" s="133" t="s">
         <v>47</v>
       </c>
       <c r="K21" s="132" t="s">
         <v>45</v>
       </c>
       <c r="L21" s="130" t="s">
         <v>46</v>
       </c>
       <c r="M21" s="130" t="s">
         <v>48</v>
       </c>
       <c r="N21" s="133" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="22" spans="1:14" s="2" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="135">
         <v>0</v>
       </c>
       <c r="B22" s="136">
-        <v>17100</v>
+        <v>19300</v>
       </c>
       <c r="C22" s="137">
         <v>0</v>
       </c>
       <c r="D22" s="35">
         <v>0</v>
       </c>
       <c r="E22" s="36"/>
       <c r="F22" s="135">
         <v>0</v>
       </c>
       <c r="G22" s="136">
-        <v>15000</v>
+        <v>16100</v>
       </c>
       <c r="H22" s="137">
         <v>0</v>
       </c>
       <c r="I22" s="35">
         <v>0</v>
       </c>
       <c r="K22" s="135">
         <v>0</v>
       </c>
       <c r="L22" s="136">
         <f>G22*2</f>
-        <v>30000</v>
+        <v>32200</v>
       </c>
       <c r="M22" s="137">
         <v>0</v>
       </c>
       <c r="N22" s="35">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:14" s="2" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="135">
-        <f>B22</f>
-        <v>17100</v>
+        <f t="shared" ref="A23:A29" si="0">B22</f>
+        <v>19300</v>
       </c>
       <c r="B23" s="136">
-        <v>40950</v>
+        <v>44100</v>
       </c>
       <c r="C23" s="137">
-        <f>(B22-A22)*D22+C22</f>
+        <f t="shared" ref="C23:C29" si="1">(B22-A22)*D22+C22</f>
         <v>0</v>
       </c>
       <c r="D23" s="35">
         <v>0.1</v>
       </c>
       <c r="E23" s="36"/>
       <c r="F23" s="135">
-        <f>G22</f>
-        <v>15000</v>
+        <f t="shared" ref="F23:F29" si="2">G22</f>
+        <v>16100</v>
       </c>
       <c r="G23" s="136">
-        <v>26925</v>
+        <v>28500</v>
       </c>
       <c r="H23" s="137">
         <f>(G22-F22)*I22+H22</f>
         <v>0</v>
       </c>
       <c r="I23" s="35">
         <v>0.1</v>
       </c>
       <c r="K23" s="135">
-        <f>L22</f>
-        <v>30000</v>
+        <f t="shared" ref="K23:K29" si="3">L22</f>
+        <v>32200</v>
       </c>
       <c r="L23" s="136">
-        <f t="shared" ref="L23:L29" si="0">G23*2</f>
-        <v>53850</v>
+        <f t="shared" ref="L23:L29" si="4">G23*2</f>
+        <v>57000</v>
       </c>
       <c r="M23" s="137">
-        <f>(L22-K22)*N22+M22</f>
+        <f t="shared" ref="M23:M29" si="5">(L22-K22)*N22+M22</f>
         <v>0</v>
       </c>
       <c r="N23" s="35">
         <v>0.1</v>
       </c>
     </row>
     <row r="24" spans="1:14" s="2" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="135">
-        <f>B23</f>
-        <v>40950</v>
+        <f t="shared" si="0"/>
+        <v>44100</v>
       </c>
       <c r="B24" s="136">
-        <v>114050</v>
+        <v>120100</v>
       </c>
       <c r="C24" s="137">
-        <f>(B23-A23)*D23+C23</f>
-        <v>2385</v>
+        <f t="shared" si="1"/>
+        <v>2480</v>
       </c>
       <c r="D24" s="35">
         <v>0.12</v>
       </c>
       <c r="E24" s="36"/>
       <c r="F24" s="135">
-        <f>G23</f>
-        <v>26925</v>
+        <f t="shared" si="2"/>
+        <v>28500</v>
       </c>
       <c r="G24" s="136">
-        <v>63475</v>
+        <v>66500</v>
       </c>
       <c r="H24" s="137">
-        <f t="shared" ref="H24:H29" si="1">(G23-F23)*I23+H23</f>
-        <v>1192.5</v>
+        <f t="shared" ref="H24:H29" si="6">(G23-F23)*I23+H23</f>
+        <v>1240</v>
       </c>
       <c r="I24" s="35">
         <v>0.12</v>
       </c>
       <c r="K24" s="135">
-        <f>L23</f>
-        <v>53850</v>
+        <f t="shared" si="3"/>
+        <v>57000</v>
       </c>
       <c r="L24" s="136">
-        <f t="shared" si="0"/>
-        <v>126950</v>
+        <f t="shared" si="4"/>
+        <v>133000</v>
       </c>
       <c r="M24" s="137">
-        <f>(L23-K23)*N23+M23</f>
-        <v>2385</v>
+        <f t="shared" si="5"/>
+        <v>2480</v>
       </c>
       <c r="N24" s="35">
         <v>0.12</v>
       </c>
     </row>
     <row r="25" spans="1:14" s="2" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="135">
-        <f t="shared" ref="A25:A29" si="2">B24</f>
-        <v>114050</v>
+        <f t="shared" si="0"/>
+        <v>120100</v>
       </c>
       <c r="B25" s="136">
-        <v>223800</v>
+        <v>230700</v>
       </c>
       <c r="C25" s="137">
-        <f t="shared" ref="C25:C29" si="3">(B24-A24)*D24+C24</f>
-        <v>11157</v>
+        <f t="shared" si="1"/>
+        <v>11600</v>
       </c>
       <c r="D25" s="35">
         <v>0.22</v>
       </c>
       <c r="E25" s="36"/>
       <c r="F25" s="135">
-        <f t="shared" ref="F25:F29" si="4">G24</f>
-        <v>63475</v>
+        <f t="shared" si="2"/>
+        <v>66500</v>
       </c>
       <c r="G25" s="136">
-        <v>118350</v>
+        <v>121800</v>
       </c>
       <c r="H25" s="137">
-        <f t="shared" si="1"/>
-        <v>5578.5</v>
+        <f t="shared" si="6"/>
+        <v>5800</v>
       </c>
       <c r="I25" s="35">
         <v>0.22</v>
       </c>
       <c r="K25" s="135">
-        <f t="shared" ref="K25:K29" si="5">L24</f>
-        <v>126950</v>
+        <f t="shared" si="3"/>
+        <v>133000</v>
       </c>
       <c r="L25" s="136">
-        <f t="shared" si="0"/>
-        <v>236700</v>
+        <f t="shared" si="4"/>
+        <v>243600</v>
       </c>
       <c r="M25" s="137">
-        <f t="shared" ref="M25:M29" si="6">(L24-K24)*N24+M24</f>
-        <v>11157</v>
+        <f t="shared" si="5"/>
+        <v>11600</v>
       </c>
       <c r="N25" s="35">
         <v>0.22</v>
       </c>
     </row>
     <row r="26" spans="1:14" s="2" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="135">
-        <f t="shared" si="2"/>
-        <v>223800</v>
+        <f t="shared" si="0"/>
+        <v>230700</v>
       </c>
       <c r="B26" s="136">
-        <v>411700</v>
+        <v>422850</v>
       </c>
       <c r="C26" s="137">
-        <f t="shared" si="3"/>
-        <v>35302</v>
+        <f t="shared" si="1"/>
+        <v>35932</v>
       </c>
       <c r="D26" s="35">
         <v>0.24</v>
       </c>
       <c r="E26" s="36"/>
       <c r="F26" s="135">
-        <f t="shared" si="4"/>
-        <v>118350</v>
+        <f t="shared" si="2"/>
+        <v>121800</v>
       </c>
       <c r="G26" s="136">
-        <v>212300</v>
+        <v>217875</v>
       </c>
       <c r="H26" s="137">
-        <f t="shared" si="1"/>
-        <v>17651</v>
+        <f t="shared" si="6"/>
+        <v>17966</v>
       </c>
       <c r="I26" s="35">
         <v>0.24</v>
       </c>
       <c r="K26" s="135">
+        <f t="shared" si="3"/>
+        <v>243600</v>
+      </c>
+      <c r="L26" s="136">
+        <f t="shared" si="4"/>
+        <v>435750</v>
+      </c>
+      <c r="M26" s="137">
         <f t="shared" si="5"/>
-        <v>236700</v>
-[...7 lines deleted...]
-        <v>35302</v>
+        <v>35932</v>
       </c>
       <c r="N26" s="35">
         <v>0.24</v>
       </c>
     </row>
     <row r="27" spans="1:14" s="2" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="135">
-        <f t="shared" si="2"/>
-        <v>411700</v>
+        <f t="shared" si="0"/>
+        <v>422850</v>
       </c>
       <c r="B27" s="136">
-        <v>518150</v>
+        <v>531750</v>
       </c>
       <c r="C27" s="137">
-        <f t="shared" si="3"/>
-        <v>80398</v>
+        <f t="shared" si="1"/>
+        <v>82048</v>
       </c>
       <c r="D27" s="35">
         <v>0.32</v>
       </c>
       <c r="E27" s="36"/>
       <c r="F27" s="135">
-        <f t="shared" si="4"/>
-        <v>212300</v>
+        <f t="shared" si="2"/>
+        <v>217875</v>
       </c>
       <c r="G27" s="136">
-        <v>265525</v>
+        <v>272325</v>
       </c>
       <c r="H27" s="137">
-        <f t="shared" si="1"/>
-        <v>40199</v>
+        <f t="shared" si="6"/>
+        <v>41024</v>
       </c>
       <c r="I27" s="35">
         <v>0.32</v>
       </c>
       <c r="K27" s="135">
+        <f t="shared" si="3"/>
+        <v>435750</v>
+      </c>
+      <c r="L27" s="136">
+        <f t="shared" si="4"/>
+        <v>544650</v>
+      </c>
+      <c r="M27" s="137">
         <f t="shared" si="5"/>
-        <v>424600</v>
-[...7 lines deleted...]
-        <v>80398</v>
+        <v>82048</v>
       </c>
       <c r="N27" s="35">
         <v>0.32</v>
       </c>
     </row>
     <row r="28" spans="1:14" s="2" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="135">
-        <f t="shared" si="2"/>
-        <v>518150</v>
+        <f t="shared" si="0"/>
+        <v>531750</v>
       </c>
       <c r="B28" s="136">
-        <v>768700</v>
+        <v>788000</v>
       </c>
       <c r="C28" s="137">
-        <f t="shared" si="3"/>
-        <v>114462</v>
+        <f t="shared" si="1"/>
+        <v>116896</v>
       </c>
       <c r="D28" s="35">
         <v>0.35</v>
       </c>
       <c r="E28" s="36"/>
       <c r="F28" s="135">
-        <f t="shared" si="4"/>
-        <v>265525</v>
+        <f t="shared" si="2"/>
+        <v>272325</v>
       </c>
       <c r="G28" s="136">
-        <v>390800</v>
+        <v>400450</v>
       </c>
       <c r="H28" s="137">
-        <f t="shared" si="1"/>
-        <v>57231</v>
+        <f t="shared" si="6"/>
+        <v>58448</v>
       </c>
       <c r="I28" s="35">
         <v>0.35</v>
       </c>
       <c r="K28" s="135">
+        <f t="shared" si="3"/>
+        <v>544650</v>
+      </c>
+      <c r="L28" s="136">
+        <f t="shared" si="4"/>
+        <v>800900</v>
+      </c>
+      <c r="M28" s="137">
         <f t="shared" si="5"/>
-        <v>531050</v>
-[...7 lines deleted...]
-        <v>114462</v>
+        <v>116896</v>
       </c>
       <c r="N28" s="35">
         <v>0.35</v>
       </c>
     </row>
     <row r="29" spans="1:14" s="2" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="135">
-        <f t="shared" si="2"/>
-        <v>768700</v>
+        <f t="shared" si="0"/>
+        <v>788000</v>
       </c>
       <c r="B29" s="136">
         <v>0</v>
       </c>
       <c r="C29" s="137">
-        <f t="shared" si="3"/>
-        <v>202154.5</v>
+        <f t="shared" si="1"/>
+        <v>206583.5</v>
       </c>
       <c r="D29" s="35">
         <v>0.37</v>
       </c>
       <c r="E29" s="36"/>
       <c r="F29" s="135">
-        <f t="shared" si="4"/>
-        <v>390800</v>
+        <f t="shared" si="2"/>
+        <v>400450</v>
       </c>
       <c r="G29" s="136">
         <v>0</v>
       </c>
       <c r="H29" s="137">
-        <f t="shared" si="1"/>
-        <v>101077.25</v>
+        <f t="shared" si="6"/>
+        <v>103291.75</v>
       </c>
       <c r="I29" s="35">
         <v>0.37</v>
       </c>
       <c r="K29" s="135">
+        <f t="shared" si="3"/>
+        <v>800900</v>
+      </c>
+      <c r="L29" s="136">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+      <c r="M29" s="137">
         <f t="shared" si="5"/>
-        <v>781600</v>
-[...7 lines deleted...]
-        <v>202154.5</v>
+        <v>206583.5</v>
       </c>
       <c r="N29" s="35">
         <v>0.37</v>
       </c>
     </row>
     <row r="30" spans="1:14" s="5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="D30" s="6"/>
       <c r="E30" s="6"/>
     </row>
     <row r="31" spans="1:14" s="2" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="38" t="s">
         <v>44</v>
       </c>
       <c r="B31" s="38"/>
       <c r="C31" s="38"/>
       <c r="D31" s="39"/>
       <c r="E31" s="39"/>
       <c r="F31" s="38" t="s">
         <v>44</v>
       </c>
       <c r="G31" s="38"/>
       <c r="H31" s="38"/>
       <c r="I31" s="38"/>
       <c r="K31" s="38" t="s">
         <v>44</v>
@@ -12251,402 +23127,402 @@
       </c>
       <c r="H32" s="130" t="s">
         <v>48</v>
       </c>
       <c r="I32" s="133" t="s">
         <v>47</v>
       </c>
       <c r="K32" s="132" t="s">
         <v>45</v>
       </c>
       <c r="L32" s="130" t="s">
         <v>46</v>
       </c>
       <c r="M32" s="130" t="s">
         <v>48</v>
       </c>
       <c r="N32" s="133" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="33" spans="1:14" s="2" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="135">
         <v>0</v>
       </c>
       <c r="B33" s="136">
-        <v>6400</v>
+        <v>7500</v>
       </c>
       <c r="C33" s="137">
         <v>0</v>
       </c>
       <c r="D33" s="35">
         <v>0</v>
       </c>
       <c r="E33" s="36"/>
       <c r="F33" s="135">
         <v>0</v>
       </c>
       <c r="G33" s="136">
-        <v>7500</v>
+        <v>8050</v>
       </c>
       <c r="H33" s="137">
         <v>0</v>
       </c>
       <c r="I33" s="35">
         <v>0</v>
       </c>
       <c r="K33" s="135">
         <v>0</v>
       </c>
       <c r="L33" s="136">
         <f>G33*2</f>
-        <v>15000</v>
+        <v>16100</v>
       </c>
       <c r="M33" s="137">
         <v>0</v>
       </c>
       <c r="N33" s="35">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:14" s="2" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="135">
-        <f>B33</f>
-        <v>6400</v>
+        <f t="shared" ref="A34:A40" si="7">B33</f>
+        <v>7500</v>
       </c>
       <c r="B34" s="136">
-        <v>18325</v>
+        <v>19900</v>
       </c>
       <c r="C34" s="137">
         <f>(B33-A33)*D33+C33</f>
         <v>0</v>
       </c>
       <c r="D34" s="35">
         <v>0.1</v>
       </c>
       <c r="E34" s="36"/>
       <c r="F34" s="135">
-        <f>G33</f>
-        <v>7500</v>
+        <f t="shared" ref="F34:F40" si="8">G33</f>
+        <v>8050</v>
       </c>
       <c r="G34" s="136">
-        <v>13463</v>
+        <v>14250</v>
       </c>
       <c r="H34" s="137">
-        <f>(G33-F33)*I33+H33</f>
+        <f t="shared" ref="H34:H40" si="9">(G33-F33)*I33+H33</f>
         <v>0</v>
       </c>
       <c r="I34" s="35">
         <v>0.1</v>
       </c>
       <c r="K34" s="135">
-        <f>L33</f>
-        <v>15000</v>
+        <f t="shared" ref="K34:K40" si="10">L33</f>
+        <v>16100</v>
       </c>
       <c r="L34" s="136">
-        <f t="shared" ref="L34:L40" si="7">G34*2</f>
-        <v>26926</v>
+        <f t="shared" ref="L34:L40" si="11">G34*2</f>
+        <v>28500</v>
       </c>
       <c r="M34" s="137">
-        <f>(L33-K33)*N33+M33</f>
+        <f t="shared" ref="M34:M40" si="12">(L33-K33)*N33+M33</f>
         <v>0</v>
       </c>
       <c r="N34" s="35">
         <v>0.1</v>
       </c>
     </row>
     <row r="35" spans="1:14" s="2" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="135">
-        <f>B34</f>
-        <v>18325</v>
+        <f t="shared" si="7"/>
+        <v>19900</v>
       </c>
       <c r="B35" s="136">
-        <v>54875</v>
+        <v>57900</v>
       </c>
       <c r="C35" s="137">
-        <f t="shared" ref="C35:C40" si="8">(B34-A34)*D34+C34</f>
-        <v>1192.5</v>
+        <f t="shared" ref="C35:C40" si="13">(B34-A34)*D34+C34</f>
+        <v>1240</v>
       </c>
       <c r="D35" s="35">
         <v>0.12</v>
       </c>
       <c r="E35" s="36"/>
       <c r="F35" s="135">
-        <f>G34</f>
-        <v>13463</v>
+        <f t="shared" si="8"/>
+        <v>14250</v>
       </c>
       <c r="G35" s="136">
-        <v>31738</v>
+        <v>33250</v>
       </c>
       <c r="H35" s="137">
-        <f>(G34-F34)*I34+H34</f>
-        <v>596.30000000000007</v>
+        <f t="shared" si="9"/>
+        <v>620</v>
       </c>
       <c r="I35" s="35">
         <v>0.12</v>
       </c>
       <c r="K35" s="135">
-        <f>L34</f>
-        <v>26926</v>
+        <f t="shared" si="10"/>
+        <v>28500</v>
       </c>
       <c r="L35" s="136">
-        <f t="shared" si="7"/>
-        <v>63476</v>
+        <f t="shared" si="11"/>
+        <v>66500</v>
       </c>
       <c r="M35" s="137">
-        <f>(L34-K34)*N34+M34</f>
-        <v>1192.6000000000001</v>
+        <f t="shared" si="12"/>
+        <v>1240</v>
       </c>
       <c r="N35" s="35">
         <v>0.12</v>
       </c>
     </row>
     <row r="36" spans="1:14" s="2" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="135">
-        <f t="shared" ref="A36:A40" si="9">B35</f>
-        <v>54875</v>
+        <f t="shared" si="7"/>
+        <v>57900</v>
       </c>
       <c r="B36" s="136">
-        <v>109750</v>
+        <v>113200</v>
       </c>
       <c r="C36" s="137">
-        <f t="shared" si="8"/>
-        <v>5578.5</v>
+        <f t="shared" si="13"/>
+        <v>5800</v>
       </c>
       <c r="D36" s="35">
         <v>0.22</v>
       </c>
       <c r="E36" s="36"/>
       <c r="F36" s="135">
-        <f t="shared" ref="F36:F40" si="10">G35</f>
-        <v>31738</v>
+        <f t="shared" si="8"/>
+        <v>33250</v>
       </c>
       <c r="G36" s="136">
-        <v>59175</v>
+        <v>60900</v>
       </c>
       <c r="H36" s="137">
-        <f>(G35-F35)*I35+H35</f>
-        <v>2789.3</v>
+        <f t="shared" si="9"/>
+        <v>2900</v>
       </c>
       <c r="I36" s="35">
         <v>0.22</v>
       </c>
       <c r="K36" s="135">
-        <f t="shared" ref="K36:K40" si="11">L35</f>
-        <v>63476</v>
+        <f t="shared" si="10"/>
+        <v>66500</v>
       </c>
       <c r="L36" s="136">
-        <f t="shared" si="7"/>
-        <v>118350</v>
+        <f t="shared" si="11"/>
+        <v>121800</v>
       </c>
       <c r="M36" s="137">
-        <f t="shared" ref="M36:M40" si="12">(L35-K35)*N35+M35</f>
-        <v>5578.6</v>
+        <f t="shared" si="12"/>
+        <v>5800</v>
       </c>
       <c r="N36" s="35">
         <v>0.22</v>
       </c>
     </row>
     <row r="37" spans="1:14" s="2" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A37" s="135">
-        <f t="shared" si="9"/>
-        <v>109750</v>
+        <f t="shared" si="7"/>
+        <v>113200</v>
       </c>
       <c r="B37" s="136">
-        <v>203700</v>
+        <v>209275</v>
       </c>
       <c r="C37" s="137">
-        <f t="shared" si="8"/>
-        <v>17651</v>
+        <f t="shared" si="13"/>
+        <v>17966</v>
       </c>
       <c r="D37" s="35">
         <v>0.24</v>
       </c>
       <c r="E37" s="36"/>
       <c r="F37" s="135">
-        <f t="shared" si="10"/>
-        <v>59175</v>
+        <f t="shared" si="8"/>
+        <v>60900</v>
       </c>
       <c r="G37" s="136">
-        <v>106150</v>
+        <v>108938</v>
       </c>
       <c r="H37" s="137">
-        <f t="shared" ref="H37:H39" si="13">(G36-F36)*I36+H36</f>
-        <v>8825.44</v>
+        <f t="shared" si="9"/>
+        <v>8983</v>
       </c>
       <c r="I37" s="35">
         <v>0.24</v>
       </c>
       <c r="K37" s="135">
+        <f t="shared" si="10"/>
+        <v>121800</v>
+      </c>
+      <c r="L37" s="136">
         <f t="shared" si="11"/>
-        <v>118350</v>
-[...3 lines deleted...]
-        <v>212300</v>
+        <v>217876</v>
       </c>
       <c r="M37" s="137">
         <f t="shared" si="12"/>
-        <v>17650.88</v>
+        <v>17966</v>
       </c>
       <c r="N37" s="35">
         <v>0.24</v>
       </c>
     </row>
     <row r="38" spans="1:14" s="2" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A38" s="135">
-        <f t="shared" si="9"/>
-        <v>203700</v>
+        <f t="shared" si="7"/>
+        <v>209275</v>
       </c>
       <c r="B38" s="136">
-        <v>256925</v>
+        <v>263725</v>
       </c>
       <c r="C38" s="137">
-        <f t="shared" si="8"/>
-        <v>40199</v>
+        <f t="shared" si="13"/>
+        <v>41024</v>
       </c>
       <c r="D38" s="35">
         <v>0.32</v>
       </c>
       <c r="E38" s="36"/>
       <c r="F38" s="135">
-        <f t="shared" si="10"/>
-        <v>106150</v>
+        <f t="shared" si="8"/>
+        <v>108938</v>
       </c>
       <c r="G38" s="136">
-        <v>132763</v>
+        <v>136163</v>
       </c>
       <c r="H38" s="137">
-        <f t="shared" si="13"/>
-        <v>20099.440000000002</v>
+        <f t="shared" si="9"/>
+        <v>20512.12</v>
       </c>
       <c r="I38" s="35">
         <v>0.32</v>
       </c>
       <c r="K38" s="135">
+        <f t="shared" si="10"/>
+        <v>217876</v>
+      </c>
+      <c r="L38" s="136">
         <f t="shared" si="11"/>
-        <v>212300</v>
-[...3 lines deleted...]
-        <v>265526</v>
+        <v>272326</v>
       </c>
       <c r="M38" s="137">
         <f t="shared" si="12"/>
-        <v>40198.880000000005</v>
+        <v>41024.239999999998</v>
       </c>
       <c r="N38" s="35">
         <v>0.32</v>
       </c>
     </row>
     <row r="39" spans="1:14" s="2" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A39" s="135">
-        <f t="shared" si="9"/>
-        <v>256925</v>
+        <f t="shared" si="7"/>
+        <v>263725</v>
       </c>
       <c r="B39" s="136">
-        <v>632750</v>
+        <v>648100</v>
       </c>
       <c r="C39" s="137">
-        <f t="shared" si="8"/>
-        <v>57231</v>
+        <f t="shared" si="13"/>
+        <v>58448</v>
       </c>
       <c r="D39" s="35">
         <v>0.35</v>
       </c>
       <c r="E39" s="36"/>
       <c r="F39" s="135">
-        <f t="shared" si="10"/>
-        <v>132763</v>
+        <f t="shared" si="8"/>
+        <v>136163</v>
       </c>
       <c r="G39" s="136">
-        <v>320675</v>
+        <v>328350</v>
       </c>
       <c r="H39" s="137">
-        <f t="shared" si="13"/>
-        <v>28615.600000000002</v>
+        <f t="shared" si="9"/>
+        <v>29224.12</v>
       </c>
       <c r="I39" s="35">
         <v>0.35</v>
       </c>
       <c r="K39" s="135">
+        <f t="shared" si="10"/>
+        <v>272326</v>
+      </c>
+      <c r="L39" s="136">
         <f t="shared" si="11"/>
-        <v>265526</v>
-[...3 lines deleted...]
-        <v>641350</v>
+        <v>656700</v>
       </c>
       <c r="M39" s="137">
         <f t="shared" si="12"/>
-        <v>57231.200000000004</v>
+        <v>58448.24</v>
       </c>
       <c r="N39" s="35">
         <v>0.35</v>
       </c>
     </row>
     <row r="40" spans="1:14" s="2" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A40" s="135">
-        <f t="shared" si="9"/>
-        <v>632750</v>
+        <f t="shared" si="7"/>
+        <v>648100</v>
       </c>
       <c r="B40" s="136">
         <v>0</v>
       </c>
       <c r="C40" s="137">
-        <f t="shared" si="8"/>
-        <v>188769.75</v>
+        <f t="shared" si="13"/>
+        <v>192979.25</v>
       </c>
       <c r="D40" s="35">
         <v>0.37</v>
       </c>
       <c r="E40" s="36"/>
       <c r="F40" s="135">
-        <f t="shared" si="10"/>
-        <v>320675</v>
+        <f t="shared" si="8"/>
+        <v>328350</v>
       </c>
       <c r="G40" s="136">
         <v>0</v>
       </c>
       <c r="H40" s="137">
-        <f>(G39-F39)*I39+H39</f>
-        <v>94384.8</v>
+        <f t="shared" si="9"/>
+        <v>96489.569999999992</v>
       </c>
       <c r="I40" s="35">
         <v>0.37</v>
       </c>
       <c r="K40" s="135">
+        <f t="shared" si="10"/>
+        <v>656700</v>
+      </c>
+      <c r="L40" s="136">
         <f t="shared" si="11"/>
-        <v>641350</v>
-[...2 lines deleted...]
-        <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="M40" s="137">
         <f t="shared" si="12"/>
-        <v>188769.6</v>
+        <v>192979.13999999998</v>
       </c>
       <c r="N40" s="35">
         <v>0.37</v>
       </c>
     </row>
     <row r="41" spans="1:14" s="5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="D41" s="6"/>
       <c r="E41" s="6"/>
     </row>
     <row r="42" spans="1:14" s="2" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A42" s="38" t="s">
         <v>42</v>
       </c>
       <c r="B42" s="38"/>
       <c r="C42" s="38"/>
       <c r="D42" s="39"/>
       <c r="E42" s="39"/>
       <c r="F42" s="38" t="s">
         <v>42</v>
       </c>
       <c r="G42" s="38"/>
       <c r="H42" s="38"/>
       <c r="I42" s="38"/>
       <c r="K42" s="38" t="s">
         <v>42</v>
@@ -12677,418 +23553,418 @@
       </c>
       <c r="H43" s="130" t="s">
         <v>48</v>
       </c>
       <c r="I43" s="133" t="s">
         <v>47</v>
       </c>
       <c r="K43" s="132" t="s">
         <v>45</v>
       </c>
       <c r="L43" s="130" t="s">
         <v>46</v>
       </c>
       <c r="M43" s="130" t="s">
         <v>48</v>
       </c>
       <c r="N43" s="133" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="44" spans="1:14" s="2" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A44" s="135">
         <v>0</v>
       </c>
       <c r="B44" s="136">
-        <v>13900</v>
+        <v>15550</v>
       </c>
       <c r="C44" s="137">
         <v>0</v>
       </c>
       <c r="D44" s="35">
         <v>0</v>
       </c>
       <c r="E44" s="36"/>
       <c r="F44" s="135">
         <v>0</v>
       </c>
       <c r="G44" s="136">
-        <v>11250</v>
+        <v>12075</v>
       </c>
       <c r="H44" s="137">
         <v>0</v>
       </c>
       <c r="I44" s="35">
         <v>0</v>
       </c>
       <c r="K44" s="135">
         <v>0</v>
       </c>
       <c r="L44" s="136">
         <f>G44*2</f>
-        <v>22500</v>
+        <v>24150</v>
       </c>
       <c r="M44" s="137">
         <v>0</v>
       </c>
       <c r="N44" s="35">
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:14" s="2" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A45" s="135">
-        <f>B44</f>
-        <v>13900</v>
+        <f t="shared" ref="A45:A51" si="14">B44</f>
+        <v>15550</v>
       </c>
       <c r="B45" s="136">
-        <v>30900</v>
+        <v>33250</v>
       </c>
       <c r="C45" s="137">
         <f>(B44-A44)*D44+C44</f>
         <v>0</v>
       </c>
       <c r="D45" s="35">
         <v>0.1</v>
       </c>
       <c r="E45" s="36"/>
       <c r="F45" s="135">
-        <f>G44</f>
-        <v>11250</v>
+        <f t="shared" ref="F45:F51" si="15">G44</f>
+        <v>12075</v>
       </c>
       <c r="G45" s="136">
-        <v>19750</v>
+        <v>20925</v>
       </c>
       <c r="H45" s="137">
         <f>(G44-F44)*I44+H44</f>
         <v>0</v>
       </c>
       <c r="I45" s="35">
         <v>0.1</v>
       </c>
       <c r="K45" s="135">
-        <f>L44</f>
-        <v>22500</v>
+        <f t="shared" ref="K45:K51" si="16">L44</f>
+        <v>24150</v>
       </c>
       <c r="L45" s="136">
-        <f t="shared" ref="L45:L51" si="14">G45*2</f>
-        <v>39500</v>
+        <f t="shared" ref="L45:L51" si="17">G45*2</f>
+        <v>41850</v>
       </c>
       <c r="M45" s="137">
         <f>(L44-K44)*N44+M44</f>
         <v>0</v>
       </c>
       <c r="N45" s="35">
         <v>0.1</v>
       </c>
     </row>
     <row r="46" spans="1:14" s="2" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A46" s="135">
-        <f>B45</f>
-        <v>30900</v>
+        <f t="shared" si="14"/>
+        <v>33250</v>
       </c>
       <c r="B46" s="136">
-        <v>78750</v>
+        <v>83000</v>
       </c>
       <c r="C46" s="137">
-        <f t="shared" ref="C46:C51" si="15">(B45-A45)*D45+C45</f>
-        <v>1700</v>
+        <f t="shared" ref="C46:C51" si="18">(B45-A45)*D45+C45</f>
+        <v>1770</v>
       </c>
       <c r="D46" s="35">
         <v>0.12</v>
       </c>
       <c r="E46" s="36"/>
       <c r="F46" s="135">
-        <f>G45</f>
-        <v>19750</v>
+        <f t="shared" si="15"/>
+        <v>20925</v>
       </c>
       <c r="G46" s="136">
-        <v>43675</v>
+        <v>45800</v>
       </c>
       <c r="H46" s="137">
-        <f t="shared" ref="H46:H51" si="16">(G45-F45)*I45+H45</f>
-        <v>850</v>
+        <f t="shared" ref="H46:H51" si="19">(G45-F45)*I45+H45</f>
+        <v>885</v>
       </c>
       <c r="I46" s="35">
         <v>0.12</v>
       </c>
       <c r="K46" s="135">
-        <f>L45</f>
-        <v>39500</v>
+        <f t="shared" si="16"/>
+        <v>41850</v>
       </c>
       <c r="L46" s="136">
-        <f t="shared" si="14"/>
-        <v>87350</v>
+        <f t="shared" si="17"/>
+        <v>91600</v>
       </c>
       <c r="M46" s="137">
-        <f t="shared" ref="M46:M51" si="17">(L45-K45)*N45+M45</f>
-        <v>1700</v>
+        <f t="shared" ref="M46:M51" si="20">(L45-K45)*N45+M45</f>
+        <v>1770</v>
       </c>
       <c r="N46" s="35">
         <v>0.12</v>
       </c>
     </row>
     <row r="47" spans="1:14" s="2" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A47" s="135">
-        <f t="shared" ref="A47:A51" si="18">B46</f>
-        <v>78750</v>
+        <f t="shared" si="14"/>
+        <v>83000</v>
       </c>
       <c r="B47" s="136">
-        <v>117250</v>
+        <v>121250</v>
       </c>
       <c r="C47" s="137">
-        <f t="shared" si="15"/>
-        <v>7442</v>
+        <f t="shared" si="18"/>
+        <v>7740</v>
       </c>
       <c r="D47" s="35">
         <v>0.22</v>
       </c>
       <c r="E47" s="36"/>
       <c r="F47" s="135">
-        <f t="shared" ref="F47:F51" si="19">G46</f>
-        <v>43675</v>
+        <f t="shared" si="15"/>
+        <v>45800</v>
       </c>
       <c r="G47" s="136">
-        <v>62925</v>
+        <v>64925</v>
       </c>
       <c r="H47" s="137">
-        <f t="shared" si="16"/>
-        <v>3721</v>
+        <f t="shared" si="19"/>
+        <v>3870</v>
       </c>
       <c r="I47" s="35">
         <v>0.22</v>
       </c>
       <c r="K47" s="135">
-        <f t="shared" ref="K47:K51" si="20">L46</f>
-        <v>87350</v>
+        <f t="shared" si="16"/>
+        <v>91600</v>
       </c>
       <c r="L47" s="136">
-        <f t="shared" si="14"/>
-        <v>125850</v>
+        <f t="shared" si="17"/>
+        <v>129850</v>
       </c>
       <c r="M47" s="137">
-        <f t="shared" si="17"/>
-        <v>7442</v>
+        <f t="shared" si="20"/>
+        <v>7740</v>
       </c>
       <c r="N47" s="35">
         <v>0.22</v>
       </c>
     </row>
     <row r="48" spans="1:14" s="2" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A48" s="135">
+        <f t="shared" si="14"/>
+        <v>121250</v>
+      </c>
+      <c r="B48" s="136">
+        <v>217300</v>
+      </c>
+      <c r="C48" s="137">
         <f t="shared" si="18"/>
-        <v>117250</v>
-[...6 lines deleted...]
-        <v>15912</v>
+        <v>16155</v>
       </c>
       <c r="D48" s="35">
         <v>0.24</v>
       </c>
       <c r="E48" s="36"/>
       <c r="F48" s="135">
+        <f t="shared" si="15"/>
+        <v>64925</v>
+      </c>
+      <c r="G48" s="136">
+        <v>112950</v>
+      </c>
+      <c r="H48" s="137">
         <f t="shared" si="19"/>
-        <v>62925</v>
-[...6 lines deleted...]
-        <v>7956</v>
+        <v>8077.5</v>
       </c>
       <c r="I48" s="35">
         <v>0.24</v>
       </c>
       <c r="K48" s="135">
+        <f t="shared" si="16"/>
+        <v>129850</v>
+      </c>
+      <c r="L48" s="136">
+        <f t="shared" si="17"/>
+        <v>225900</v>
+      </c>
+      <c r="M48" s="137">
         <f t="shared" si="20"/>
-        <v>125850</v>
-[...7 lines deleted...]
-        <v>15912</v>
+        <v>16155</v>
       </c>
       <c r="N48" s="35">
         <v>0.24</v>
       </c>
     </row>
     <row r="49" spans="1:14" s="2" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A49" s="135">
+        <f t="shared" si="14"/>
+        <v>217300</v>
+      </c>
+      <c r="B49" s="136">
+        <v>271750</v>
+      </c>
+      <c r="C49" s="137">
         <f t="shared" si="18"/>
-        <v>211200</v>
-[...6 lines deleted...]
-        <v>38460</v>
+        <v>39207</v>
       </c>
       <c r="D49" s="35">
         <v>0.32</v>
       </c>
       <c r="E49" s="36"/>
       <c r="F49" s="135">
+        <f t="shared" si="15"/>
+        <v>112950</v>
+      </c>
+      <c r="G49" s="136">
+        <v>140175</v>
+      </c>
+      <c r="H49" s="137">
         <f t="shared" si="19"/>
-        <v>109900</v>
-[...6 lines deleted...]
-        <v>19230</v>
+        <v>19603.5</v>
       </c>
       <c r="I49" s="35">
         <v>0.32</v>
       </c>
       <c r="K49" s="135">
+        <f t="shared" si="16"/>
+        <v>225900</v>
+      </c>
+      <c r="L49" s="136">
+        <f t="shared" si="17"/>
+        <v>280350</v>
+      </c>
+      <c r="M49" s="137">
         <f t="shared" si="20"/>
-        <v>219800</v>
-[...7 lines deleted...]
-        <v>38460</v>
+        <v>39207</v>
       </c>
       <c r="N49" s="35">
         <v>0.32</v>
       </c>
     </row>
     <row r="50" spans="1:14" s="2" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A50" s="135">
+        <f t="shared" si="14"/>
+        <v>271750</v>
+      </c>
+      <c r="B50" s="136">
+        <v>656150</v>
+      </c>
+      <c r="C50" s="137">
         <f t="shared" si="18"/>
-        <v>264400</v>
-[...6 lines deleted...]
-        <v>55484</v>
+        <v>56631</v>
       </c>
       <c r="D50" s="35">
         <v>0.35</v>
       </c>
       <c r="E50" s="36"/>
       <c r="F50" s="135">
+        <f t="shared" si="15"/>
+        <v>140175</v>
+      </c>
+      <c r="G50" s="136">
+        <v>332375</v>
+      </c>
+      <c r="H50" s="137">
         <f t="shared" si="19"/>
-        <v>136500</v>
-[...6 lines deleted...]
-        <v>27742</v>
+        <v>28315.5</v>
       </c>
       <c r="I50" s="35">
         <v>0.35</v>
       </c>
       <c r="K50" s="135">
+        <f t="shared" si="16"/>
+        <v>280350</v>
+      </c>
+      <c r="L50" s="136">
+        <f t="shared" si="17"/>
+        <v>664750</v>
+      </c>
+      <c r="M50" s="137">
         <f t="shared" si="20"/>
-        <v>273000</v>
-[...7 lines deleted...]
-        <v>55484</v>
+        <v>56631</v>
       </c>
       <c r="N50" s="35">
         <v>0.35</v>
       </c>
     </row>
     <row r="51" spans="1:14" s="2" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A51" s="135">
-        <f t="shared" si="18"/>
-        <v>640250</v>
+        <f t="shared" si="14"/>
+        <v>656150</v>
       </c>
       <c r="B51" s="136">
         <v>0</v>
       </c>
       <c r="C51" s="137">
-        <f t="shared" si="15"/>
-        <v>187031.5</v>
+        <f t="shared" si="18"/>
+        <v>191171</v>
       </c>
       <c r="D51" s="35">
         <v>0.37</v>
       </c>
       <c r="E51" s="36"/>
       <c r="F51" s="135">
-        <f t="shared" si="19"/>
-        <v>324425</v>
+        <f t="shared" si="15"/>
+        <v>332375</v>
       </c>
       <c r="G51" s="136">
         <v>0</v>
       </c>
       <c r="H51" s="137">
-        <f t="shared" si="16"/>
-        <v>93515.75</v>
+        <f t="shared" si="19"/>
+        <v>95585.5</v>
       </c>
       <c r="I51" s="35">
         <v>0.37</v>
       </c>
       <c r="K51" s="135">
+        <f t="shared" si="16"/>
+        <v>664750</v>
+      </c>
+      <c r="L51" s="136">
+        <f t="shared" si="17"/>
+        <v>0</v>
+      </c>
+      <c r="M51" s="137">
         <f t="shared" si="20"/>
-        <v>648850</v>
-[...7 lines deleted...]
-        <v>187031.5</v>
+        <v>191171</v>
       </c>
       <c r="N51" s="35">
         <v>0.37</v>
       </c>
     </row>
     <row r="53" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A53" s="5" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="B53" s="5"/>
       <c r="C53" s="5"/>
       <c r="D53" s="6"/>
     </row>
     <row r="54" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A54" s="5" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="B54" s="5"/>
       <c r="C54" s="5"/>
       <c r="D54" s="6"/>
     </row>
     <row r="55" spans="1:14" ht="31.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A55" s="130" t="s">
         <v>8</v>
       </c>
       <c r="B55" s="131" t="s">
         <v>10</v>
       </c>
       <c r="C55" s="131" t="s">
         <v>9</v>
       </c>
       <c r="D55" s="138"/>
     </row>
     <row r="56" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A56" s="28" t="s">
         <v>27</v>
       </c>
       <c r="B56" s="137">
         <f t="shared" ref="B56:B61" si="21">$B$63/C56</f>
         <v>16.53846153846154</v>
       </c>
@@ -13185,205 +24061,205 @@
       <c r="C63" s="29">
         <v>1</v>
       </c>
       <c r="D63" s="139" t="s">
         <v>118</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="14">
     <mergeCell ref="F4:G4"/>
     <mergeCell ref="F9:G9"/>
     <mergeCell ref="K18:N18"/>
     <mergeCell ref="K19:N19"/>
     <mergeCell ref="A15:B15"/>
     <mergeCell ref="F5:G5"/>
     <mergeCell ref="F6:G6"/>
     <mergeCell ref="F10:G10"/>
     <mergeCell ref="F11:G11"/>
     <mergeCell ref="F12:G12"/>
     <mergeCell ref="A18:D18"/>
     <mergeCell ref="F18:I18"/>
     <mergeCell ref="A19:D19"/>
     <mergeCell ref="F19:I19"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="F9" r:id="rId1" display="Source: irs.gov/pub/irs-pdf/fw4.pdf" xr:uid="{0D9E73EB-67C7-4720-8168-A8632AAA1A09}"/>
-[...1 lines deleted...]
-    <hyperlink ref="F4" r:id="rId3" display="Source: irs.gov/pub/irs-pdf/fw4.pdf" xr:uid="{BEFD3AA5-ECA0-4B80-ABED-33E687DE5D25}"/>
+    <hyperlink ref="F9" r:id="rId1" display="Source: irs.gov/pub/irs-pdf/fw4.pdf" xr:uid="{027F9001-CD2B-45D9-B02B-304726C510E9}"/>
+    <hyperlink ref="A15:B15" r:id="rId2" display="Source: irs.gov/pub/irs-pdf/p15t.pdf" xr:uid="{874BCF6E-64B3-43DE-AAD9-A0D7A2A6E38B}"/>
+    <hyperlink ref="F4" r:id="rId3" display="Source: irs.gov/pub/irs-pdf/fw4.pdf" xr:uid="{AA1182A6-87B1-46F0-ACD1-5E44B3DDBFE0}"/>
   </hyperlinks>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId4"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr codeName="Sheet5"/>
   <dimension ref="A1:I58"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <selection sqref="A1:XFD1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.7109375" style="92" customWidth="1"/>
     <col min="2" max="2" width="74.42578125" style="92" customWidth="1"/>
     <col min="3" max="3" width="16.85546875" style="92" customWidth="1"/>
     <col min="4" max="16384" width="9.140625" style="92"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" s="76" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="72"/>
       <c r="B1" s="73" t="s">
         <v>24</v>
       </c>
       <c r="C1" s="74"/>
       <c r="D1" s="75"/>
       <c r="E1" s="75"/>
       <c r="F1" s="75"/>
       <c r="G1" s="75"/>
       <c r="H1" s="75"/>
     </row>
     <row r="2" spans="1:9" s="77" customFormat="1" ht="14.25" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:9" s="77" customFormat="1" ht="15" x14ac:dyDescent="0.2">
       <c r="B3" s="78" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
     </row>
     <row r="4" spans="1:9" s="77" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
       <c r="B4" s="47" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
     </row>
     <row r="5" spans="1:9" s="77" customFormat="1" ht="14.25" x14ac:dyDescent="0.2"/>
     <row r="6" spans="1:9" s="77" customFormat="1" ht="16.5" x14ac:dyDescent="0.2">
       <c r="B6" s="79" t="str">
         <f ca="1">"© 2013 - "&amp;YEAR(TODAY())&amp;" Spreadsheet123 LTD"</f>
         <v>© 2013 - 2025 Spreadsheet123 LTD</v>
       </c>
     </row>
     <row r="7" spans="1:9" s="77" customFormat="1" ht="14.25" x14ac:dyDescent="0.2"/>
     <row r="8" spans="1:9" s="77" customFormat="1" ht="16.5" x14ac:dyDescent="0.2">
       <c r="B8" s="79" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="C8" s="80"/>
       <c r="D8" s="80"/>
       <c r="E8" s="80"/>
       <c r="F8" s="80"/>
       <c r="G8" s="80"/>
       <c r="H8" s="80"/>
     </row>
     <row r="9" spans="1:9" s="77" customFormat="1" ht="16.5" x14ac:dyDescent="0.2">
       <c r="B9" s="79"/>
       <c r="C9" s="80"/>
       <c r="D9" s="80"/>
       <c r="E9" s="80"/>
       <c r="F9" s="80"/>
       <c r="G9" s="80"/>
       <c r="H9" s="80"/>
     </row>
     <row r="10" spans="1:9" s="77" customFormat="1" ht="33" x14ac:dyDescent="0.2">
       <c r="B10" s="81" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="C10" s="82"/>
       <c r="D10" s="82"/>
       <c r="E10" s="82"/>
       <c r="F10" s="82"/>
       <c r="G10" s="82"/>
       <c r="H10" s="82"/>
     </row>
     <row r="11" spans="1:9" s="77" customFormat="1" ht="16.5" x14ac:dyDescent="0.2">
       <c r="B11" s="83"/>
       <c r="C11" s="80"/>
       <c r="D11" s="80"/>
       <c r="E11" s="80"/>
       <c r="F11" s="80"/>
       <c r="G11" s="80"/>
       <c r="H11" s="80"/>
     </row>
     <row r="12" spans="1:9" s="77" customFormat="1" ht="66" x14ac:dyDescent="0.2">
       <c r="B12" s="84" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="C12" s="85"/>
       <c r="D12" s="85"/>
       <c r="E12" s="85"/>
       <c r="F12" s="85"/>
       <c r="G12" s="85"/>
       <c r="H12" s="85"/>
       <c r="I12" s="86"/>
     </row>
     <row r="13" spans="1:9" s="77" customFormat="1" ht="16.5" x14ac:dyDescent="0.2">
       <c r="B13" s="87"/>
       <c r="C13" s="88"/>
       <c r="D13" s="88"/>
       <c r="E13" s="88"/>
       <c r="F13" s="88"/>
       <c r="G13" s="88"/>
       <c r="H13" s="88"/>
       <c r="I13" s="89"/>
     </row>
     <row r="14" spans="1:9" s="77" customFormat="1" ht="49.5" x14ac:dyDescent="0.2">
       <c r="B14" s="81" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="C14" s="82"/>
       <c r="D14" s="82"/>
       <c r="E14" s="82"/>
       <c r="F14" s="82"/>
       <c r="G14" s="82"/>
       <c r="H14" s="82"/>
     </row>
     <row r="15" spans="1:9" s="77" customFormat="1" ht="16.5" x14ac:dyDescent="0.2">
       <c r="B15" s="80"/>
       <c r="C15" s="80"/>
       <c r="D15" s="80"/>
       <c r="E15" s="80"/>
       <c r="F15" s="80"/>
       <c r="G15" s="80"/>
       <c r="H15" s="80"/>
     </row>
     <row r="16" spans="1:9" s="77" customFormat="1" ht="16.5" x14ac:dyDescent="0.2">
       <c r="B16" s="90" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="C16" s="91"/>
       <c r="D16" s="80"/>
       <c r="E16" s="80"/>
       <c r="F16" s="80"/>
       <c r="G16" s="80"/>
       <c r="H16" s="80"/>
     </row>
     <row r="17" spans="2:9" s="77" customFormat="1" ht="16.5" x14ac:dyDescent="0.2">
       <c r="B17" s="47" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="C17" s="80"/>
       <c r="D17" s="80"/>
       <c r="E17" s="80"/>
       <c r="F17" s="80"/>
       <c r="G17" s="80"/>
       <c r="H17" s="80"/>
     </row>
     <row r="18" spans="2:9" x14ac:dyDescent="0.2">
       <c r="B18" s="93"/>
       <c r="C18" s="93"/>
       <c r="D18" s="93"/>
       <c r="E18" s="93"/>
       <c r="F18" s="93"/>
       <c r="G18" s="93"/>
       <c r="H18" s="93"/>
       <c r="I18" s="93"/>
     </row>
     <row r="19" spans="2:9" s="94" customFormat="1" ht="15" x14ac:dyDescent="0.2">
       <c r="B19" s="95"/>
       <c r="C19" s="95"/>
       <c r="D19" s="95"/>
       <c r="E19" s="95"/>
       <c r="F19" s="95"/>
       <c r="G19" s="95"/>
@@ -13673,49 +24549,49 @@
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="4" baseType="lpstr">
       <vt:lpstr>Paycheck Calculator</vt:lpstr>
       <vt:lpstr>Federal Tax Tables NEW</vt:lpstr>
       <vt:lpstr>©</vt:lpstr>
       <vt:lpstr>'Paycheck Calculator'!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Spreadsheet123 LTD</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Paycheck Calculator</dc:title>
   <dc:creator>Spreadsheet123.com</dc:creator>
-  <dc:description>© 2013 - 2025 Spreadsheet123 LTD. All rights reserved</dc:description>
+  <dc:description>© 2013 - 2026 Spreadsheet123 LTD. All rights reserved</dc:description>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Copyright">
-    <vt:lpwstr>© 2013 - 2025 Spreadsheet123 LTD.</vt:lpwstr>
+    <vt:lpwstr>© 2013 - 2026 Spreadsheet123 LTD.</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Version">
     <vt:lpwstr>1.0.4</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Source">
     <vt:lpwstr>https://www.spreadsheet123.com/calculators/net-paycheck-calculator</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Year">
-    <vt:lpwstr>2025</vt:lpwstr>
+    <vt:lpwstr>2026</vt:lpwstr>
   </property>
 </Properties>
 </file>