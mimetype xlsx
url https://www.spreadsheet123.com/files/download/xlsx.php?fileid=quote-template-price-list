--- v0 (2025-10-30)
+++ v1 (2025-12-16)
@@ -1,198 +1,316 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29426"/>
   <workbookPr/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice Requires="x15">
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\xampp\htdocs\spreadsheet123\files\free-templates\"/>
+    </mc:Choice>
+  </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{4E71EC8B-05A6-4EEE-9477-4E3B71CD9605}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="240" yWindow="15" windowWidth="15060" windowHeight="8160" activeTab="1"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Settings" sheetId="4" r:id="rId1"/>
     <sheet name="Price Quote 1" sheetId="1" r:id="rId2"/>
     <sheet name="Price Quote 2" sheetId="7" r:id="rId3"/>
-    <sheet name="Price List" sheetId="5" r:id="rId4"/>
-    <sheet name="EULA" sheetId="2" r:id="rId5"/>
+    <sheet name="Price Quote 3" sheetId="8" r:id="rId4"/>
+    <sheet name="Price List" sheetId="5" r:id="rId5"/>
+    <sheet name="EULA" sheetId="2" r:id="rId6"/>
   </sheets>
   <definedNames>
     <definedName name="code">'Price List'!$A:$A</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="4">EULA!#REF!</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="5">EULA!#REF!</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'Price Quote 1'!$A$1:$L$52</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="2">'Price Quote 2'!$A$1:$L$52</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="3">'Price Quote 3'!$A$1:$L$52</definedName>
     <definedName name="product">'Price List'!$B:$B</definedName>
     <definedName name="unit_price">'Price List'!$C:$C</definedName>
   </definedNames>
-  <calcPr calcId="145621" fullCalcOnLoad="1"/>
+  <calcPr calcId="191029"/>
+  <extLst>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="K33" i="1" l="1"/>
+  <c r="K37" i="8" l="1"/>
+  <c r="K37" i="7"/>
+  <c r="K37" i="1"/>
+  <c r="A29" i="4"/>
+  <c r="B17" i="8"/>
+  <c r="I3" i="2"/>
+  <c r="O3" i="1" s="1"/>
+  <c r="K31" i="8"/>
+  <c r="I33" i="8"/>
+  <c r="K33" i="8" s="1"/>
+  <c r="I32" i="8"/>
+  <c r="K32" i="8" s="1"/>
+  <c r="I18" i="8"/>
+  <c r="K18" i="8" s="1"/>
+  <c r="I19" i="8"/>
+  <c r="K19" i="8" s="1"/>
+  <c r="I20" i="8"/>
+  <c r="K20" i="8" s="1"/>
+  <c r="I21" i="8"/>
+  <c r="K21" i="8" s="1"/>
+  <c r="I22" i="8"/>
+  <c r="K22" i="8" s="1"/>
+  <c r="I23" i="8"/>
+  <c r="K23" i="8" s="1"/>
+  <c r="I24" i="8"/>
+  <c r="K24" i="8" s="1"/>
+  <c r="I25" i="8"/>
+  <c r="K25" i="8" s="1"/>
+  <c r="I26" i="8"/>
+  <c r="K26" i="8" s="1"/>
+  <c r="I27" i="8"/>
+  <c r="K27" i="8" s="1"/>
+  <c r="I28" i="8"/>
+  <c r="K28" i="8" s="1"/>
+  <c r="I29" i="8"/>
+  <c r="K29" i="8" s="1"/>
+  <c r="I30" i="8"/>
+  <c r="K30" i="8" s="1"/>
+  <c r="I31" i="8"/>
+  <c r="I17" i="8"/>
+  <c r="K17" i="8" s="1"/>
+  <c r="B33" i="8"/>
+  <c r="B32" i="8"/>
+  <c r="B18" i="8"/>
+  <c r="B19" i="8"/>
+  <c r="B20" i="8"/>
+  <c r="B21" i="8"/>
+  <c r="B22" i="8"/>
+  <c r="B23" i="8"/>
+  <c r="B24" i="8"/>
+  <c r="B25" i="8"/>
+  <c r="B26" i="8"/>
+  <c r="B27" i="8"/>
+  <c r="B28" i="8"/>
+  <c r="B29" i="8"/>
+  <c r="B30" i="8"/>
+  <c r="B31" i="8"/>
+  <c r="A52" i="8"/>
+  <c r="A51" i="8"/>
+  <c r="A50" i="8"/>
+  <c r="K40" i="8"/>
+  <c r="K39" i="8"/>
+  <c r="I38" i="8"/>
+  <c r="I37" i="8"/>
+  <c r="J16" i="8"/>
+  <c r="I4" i="8"/>
+  <c r="M2" i="8"/>
+  <c r="A2" i="8"/>
+  <c r="A1" i="8"/>
+  <c r="O3" i="8" l="1"/>
+  <c r="O3" i="7"/>
+  <c r="L35" i="8"/>
+  <c r="K35" i="8" s="1"/>
+  <c r="L36" i="8"/>
+  <c r="K36" i="8" s="1"/>
+  <c r="A33" i="1"/>
+  <c r="A32" i="1"/>
+  <c r="A18" i="1"/>
+  <c r="A19" i="1"/>
+  <c r="A20" i="1"/>
+  <c r="A21" i="1"/>
+  <c r="A22" i="1"/>
+  <c r="A23" i="1"/>
+  <c r="A24" i="1"/>
+  <c r="A25" i="1"/>
+  <c r="A26" i="1"/>
+  <c r="A27" i="1"/>
+  <c r="A28" i="1"/>
+  <c r="A29" i="1"/>
+  <c r="A30" i="1"/>
+  <c r="A31" i="1"/>
+  <c r="A17" i="1"/>
+  <c r="A17" i="7"/>
+  <c r="L38" i="8" l="1"/>
+  <c r="K38" i="8" s="1"/>
+  <c r="K33" i="1"/>
   <c r="K32" i="1"/>
   <c r="K31" i="1"/>
   <c r="K30" i="1"/>
   <c r="K29" i="1"/>
   <c r="K28" i="1"/>
   <c r="K27" i="1"/>
   <c r="K26" i="1"/>
   <c r="K25" i="1"/>
   <c r="K24" i="1"/>
   <c r="K23" i="1"/>
   <c r="K22" i="1"/>
   <c r="K21" i="1"/>
   <c r="K20" i="1"/>
   <c r="K19" i="1"/>
   <c r="K18" i="1"/>
-  <c r="L35" i="1" s="1"/>
   <c r="K17" i="1"/>
+  <c r="L36" i="1" s="1"/>
+  <c r="L38" i="1" s="1"/>
+  <c r="K38" i="1" s="1"/>
   <c r="K33" i="7"/>
   <c r="K32" i="7"/>
   <c r="K31" i="7"/>
   <c r="K30" i="7"/>
   <c r="K29" i="7"/>
   <c r="K28" i="7"/>
   <c r="K27" i="7"/>
   <c r="K26" i="7"/>
   <c r="K25" i="7"/>
   <c r="K24" i="7"/>
   <c r="K23" i="7"/>
   <c r="K22" i="7"/>
   <c r="K21" i="7"/>
   <c r="K20" i="7"/>
   <c r="K19" i="7"/>
-  <c r="K17" i="7"/>
   <c r="I33" i="7"/>
   <c r="I32" i="7"/>
   <c r="I31" i="7"/>
   <c r="I30" i="7"/>
   <c r="I29" i="7"/>
   <c r="I28" i="7"/>
   <c r="I27" i="7"/>
   <c r="I26" i="7"/>
   <c r="I25" i="7"/>
   <c r="I24" i="7"/>
   <c r="I23" i="7"/>
   <c r="I22" i="7"/>
   <c r="I21" i="7"/>
   <c r="I20" i="7"/>
   <c r="I19" i="7"/>
   <c r="I18" i="7"/>
   <c r="K18" i="7" s="1"/>
-  <c r="L35" i="7" s="1"/>
   <c r="A33" i="7"/>
   <c r="A32" i="7"/>
   <c r="A31" i="7"/>
   <c r="A30" i="7"/>
   <c r="A29" i="7"/>
   <c r="A28" i="7"/>
   <c r="A27" i="7"/>
   <c r="A26" i="7"/>
   <c r="A25" i="7"/>
   <c r="A24" i="7"/>
   <c r="A23" i="7"/>
   <c r="A22" i="7"/>
   <c r="A21" i="7"/>
   <c r="A20" i="7"/>
   <c r="A19" i="7"/>
   <c r="A18" i="7"/>
   <c r="I17" i="7"/>
-  <c r="A17" i="7"/>
-[...2 lines deleted...]
-  <c r="K38" i="1" s="1"/>
+  <c r="K17" i="7" s="1"/>
+  <c r="L36" i="7" s="1"/>
   <c r="A1" i="7"/>
   <c r="A2" i="7"/>
   <c r="M2" i="7"/>
   <c r="I4" i="7"/>
   <c r="J16" i="7"/>
-  <c r="L36" i="7"/>
-[...2 lines deleted...]
-  <c r="K36" i="7"/>
   <c r="I37" i="7"/>
   <c r="I38" i="7"/>
   <c r="K39" i="7"/>
   <c r="K40" i="7"/>
   <c r="A50" i="7"/>
   <c r="A51" i="7"/>
   <c r="A52" i="7"/>
   <c r="K39" i="1"/>
-  <c r="K36" i="1"/>
   <c r="J16" i="1"/>
   <c r="A50" i="1"/>
   <c r="I37" i="1"/>
   <c r="A52" i="1"/>
   <c r="A51" i="1"/>
   <c r="A2" i="1"/>
   <c r="I38" i="1"/>
   <c r="M2" i="1"/>
   <c r="K40" i="1"/>
   <c r="A1" i="1"/>
   <c r="I4" i="1"/>
-  <c r="K35" i="7" l="1"/>
-  <c r="L41" i="7"/>
+  <c r="L41" i="8" l="1"/>
+  <c r="K41" i="8" s="1"/>
+  <c r="L35" i="1"/>
+  <c r="L38" i="7"/>
+  <c r="K38" i="7" s="1"/>
+  <c r="K36" i="7"/>
+  <c r="K36" i="1"/>
+  <c r="L35" i="7"/>
+  <c r="L41" i="7" s="1"/>
   <c r="K41" i="7" s="1"/>
   <c r="K35" i="1"/>
   <c r="L41" i="1"/>
   <c r="K41" i="1" s="1"/>
+  <c r="K35" i="7" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="205" uniqueCount="144">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="243" uniqueCount="142">
   <si>
     <t>[Name]</t>
   </si>
   <si>
     <t>[Company Name]</t>
   </si>
   <si>
     <t>[Street Address]</t>
   </si>
   <si>
     <t>[City, ST  ZIP Code]</t>
   </si>
   <si>
     <t>[Phone]</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Line Total</t>
   </si>
   <si>
     <t>Subtotal</t>
   </si>
   <si>
@@ -201,92 +319,86 @@
   <si>
     <t>[100]</t>
   </si>
   <si>
     <t>[ABC12345]</t>
   </si>
   <si>
     <t>Thank you for your business!</t>
   </si>
   <si>
     <t>IMPORTANT—READ CAREFULLY:</t>
   </si>
   <si>
     <t>TEMPLATES LICENSE</t>
   </si>
   <si>
     <t>This TEMPLATE is protected by copyright laws and international copyright treaties, as well as other intellectual</t>
   </si>
   <si>
     <t>property laws and treaties. Each TEMPLATE is licensed, not sold.</t>
   </si>
   <si>
     <t>1. GRANT OF LICENSE.</t>
   </si>
   <si>
-    <t>Special Notes and Instructions</t>
-[...1 lines deleted...]
-  <si>
     <t>Blue</t>
   </si>
   <si>
     <t>Discount</t>
   </si>
   <si>
     <t>Valid Until</t>
   </si>
   <si>
     <t>[Date]</t>
   </si>
   <si>
     <t>Quote</t>
   </si>
   <si>
     <t>Customer:</t>
   </si>
   <si>
     <t>Quote/Project Description</t>
   </si>
   <si>
     <t>Above information is not an invoice and only an estimate of services/goods described above.</t>
   </si>
   <si>
     <t>Please confirm your acceptance of this quote by signing this document</t>
   </si>
   <si>
     <t>Signature</t>
   </si>
   <si>
     <t>Print Name</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
-    <t>Once signed, please Fax, mail or e-mail it to the provided address.</t>
-[...1 lines deleted...]
-  <si>
     <t>Payment will be collected in prior to provision of services/goods described in this quote.</t>
   </si>
   <si>
     <t>Settings</t>
   </si>
   <si>
     <t>Company Details</t>
   </si>
   <si>
     <t>Company Name</t>
   </si>
   <si>
     <t>My Company name</t>
   </si>
   <si>
     <t>Enable</t>
   </si>
   <si>
     <t>Company Slogan (Optional)</t>
   </si>
   <si>
     <t>My company slogan</t>
   </si>
   <si>
     <t>Company Address</t>
@@ -358,53 +470,50 @@
     <t>Select Relevant</t>
   </si>
   <si>
     <t>Currency Symbol</t>
   </si>
   <si>
     <t>$</t>
   </si>
   <si>
     <t>Color Scheme</t>
   </si>
   <si>
     <t>Design Picker</t>
   </si>
   <si>
     <t>Quote #</t>
   </si>
   <si>
     <t>Customer ID</t>
   </si>
   <si>
     <t>WAYS OF SENDING AN INVOICE TO A CLIENT</t>
   </si>
   <si>
     <t>Terms of Use - EULA</t>
-  </si>
-[...1 lines deleted...]
-    <t>© 2013 Spreadsheet123 LTD. All rights reserved</t>
   </si>
   <si>
     <t>This End-User License Agreement (”EULA”) is a legal agreement between you and Spreadsheet123.com that</t>
   </si>
   <si>
     <t>covers all Microsoft Excel and OpenOffice.org templates or spreadsheets (”TEMPLATES”) and software ("SOFTWARE") made</t>
   </si>
   <si>
     <t>by Spreadsheet123.com.</t>
   </si>
   <si>
     <t>By downloading, copying, accessing or otherwise using any TEMPLATES or/and SOFTWARE, you agree to be bound by the</t>
   </si>
   <si>
     <t>terms of this EULA.</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">This EULA grants you the right to download this TEMPLATE free of charge for </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color indexed="16"/>
@@ -507,50 +616,51 @@
   </si>
   <si>
     <t>other than expressly permitted in this EULA is prohibited, and may result in severe civil and criminal penalties.</t>
   </si>
   <si>
     <t>3. TERMINATION.</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Without prejudice to any other rights, </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>Spreadsheet123.com</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Arial"/>
+        <family val="2"/>
       </rPr>
       <t xml:space="preserve"> may terminate this EULA if you fail to comply with the</t>
     </r>
   </si>
   <si>
     <t>terms and conditions of this EULA. In such event, you must destroy all copies of any TEMPLATE.</t>
   </si>
   <si>
     <t>4. NOTICE SPECIFIC TO TEMPLATES.</t>
   </si>
   <si>
     <t xml:space="preserve">SPREADSHEET123.COM MAKE NO REPRESENTATIONS </t>
   </si>
   <si>
     <t>ABOUT THE SUITABILITY OF THE TEMPLATES FOR ANY PURPOSE. ALL TEMPLATES ARE PROVIDED</t>
   </si>
   <si>
     <t xml:space="preserve"> “AS IS” WITHOUT WARRANTY OF ANY KIND. SPREADSHEET123.COM HEREBY DISCLAIM ALL </t>
   </si>
   <si>
     <t>WARRANTIES AND CONDITIONS WITH REGARD TO THE TEMPLATES, INCLUDING ALL IMPLIED</t>
   </si>
   <si>
     <t>WARRANTIES AND CONDITIONS OF MERCHANTABILITY, FITNESS FOR A PARTICULAR PURPOSE, TITLE</t>
   </si>
@@ -569,53 +679,50 @@
   <si>
     <t>PERSON, PLACE, OR ENTITY. SPREADSHEET123.COM  DISCLAIMS ANY LIKENESS OR SIMILARITIES TO ACTUAL EVENTS, PEOPLE, PLACES, OR ENTITIES, AND</t>
   </si>
   <si>
     <t>ANY SUCH LIKENESS OR SIMILARITIES ARE UNINTENTIONAL AND PURELY COINCIDENTAL.</t>
   </si>
   <si>
     <t>5. MISCELLANEOUS.</t>
   </si>
   <si>
     <t>Some states do not allow the limitation or exclusion of liability for incidental or consequential</t>
   </si>
   <si>
     <t>damages, so the above limitation may not apply to you.</t>
   </si>
   <si>
     <t>Do not send an Excel Quote file to your clients, use PDF converter/printer to create a PDF file, that can be sent to clients via email, alternative method is to print it and send by mail service.</t>
   </si>
   <si>
     <t>Item #</t>
   </si>
   <si>
     <t>Qty.</t>
   </si>
   <si>
-    <t>Sales Tax</t>
-[...1 lines deleted...]
-  <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Taxable</t>
   </si>
   <si>
     <t>x</t>
   </si>
   <si>
     <t>S &amp; H</t>
   </si>
   <si>
     <t>Product 1</t>
   </si>
   <si>
     <t>Product 2</t>
   </si>
   <si>
     <t>Price List</t>
   </si>
   <si>
     <t>Catalog #</t>
   </si>
   <si>
     <t>Product 3</t>
@@ -656,67 +763,73 @@
   <si>
     <t>Product 15</t>
   </si>
   <si>
     <t>Product 16</t>
   </si>
   <si>
     <t>Product 17</t>
   </si>
   <si>
     <t>Product 18</t>
   </si>
   <si>
     <t>Product 19</t>
   </si>
   <si>
     <t>Product 20</t>
   </si>
   <si>
     <t>←</t>
   </si>
   <si>
     <t>Check this formula after adding or deleting rows</t>
   </si>
   <si>
-    <t>Enter the tax rate, if applicable</t>
-[...1 lines deleted...]
-  <si>
     <t>Enter the cost of Shipping &amp; Handling, if applicable</t>
   </si>
   <si>
     <t>Enter the amount of Discount, if applicable</t>
+  </si>
+  <si>
+    <t>Terms and Conditions</t>
+  </si>
+  <si>
+    <t>Price Quote Template</t>
+  </si>
+  <si>
+    <t>VAT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
-    <numFmt numFmtId="166" formatCode="[$-409]mmmm\ d\,\ yyyy;@"/>
-    <numFmt numFmtId="169" formatCode="%* #,##0.00_);"/>
+    <numFmt numFmtId="164" formatCode="[$-409]mmmm\ d\,\ yyyy;@"/>
+    <numFmt numFmtId="165" formatCode="%* #,##0.00_);"/>
   </numFmts>
   <fonts count="32" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="24"/>
       <color indexed="18"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color indexed="18"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
@@ -797,114 +910,119 @@
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color indexed="16"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="24"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="28"/>
       <color indexed="18"/>
       <name val="Arial"/>
+      <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color indexed="9"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="23"/>
       <name val="Arial"/>
+      <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
+      <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="22"/>
       <color indexed="18"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="18"/>
       <color indexed="18"/>
       <name val="Arial"/>
+      <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="24"/>
       <color indexed="9"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color indexed="16"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="7"/>
       <color indexed="8"/>
       <name val="Verdana"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="7"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="24"/>
       <name val="Arial"/>
+      <family val="2"/>
     </font>
   </fonts>
   <fills count="7">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="56"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="9"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="18"/>
         <bgColor indexed="64"/>
@@ -1156,705 +1274,763 @@
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="9"/>
       </right>
       <top style="thin">
         <color indexed="9"/>
       </top>
       <bottom style="thin">
         <color indexed="9"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="165">
+  <cellXfs count="158">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="21" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="21" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="2" fontId="10" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...15 lines deleted...]
-    <xf numFmtId="43" fontId="13" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="43" fontId="13" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="43" fontId="7" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" readingOrder="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
-    <xf numFmtId="2" fontId="13" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="2" fontId="13" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="2" fontId="13" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="2" fontId="13" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="43" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="43" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="2" fontId="13" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="2" fontId="13" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="2" fontId="13" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="2" fontId="13" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="1" fontId="13" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="13" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="1" fontId="13" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="13" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="49" fontId="13" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="2" fontId="1" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
-    <xf numFmtId="49" fontId="13" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="31" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="4" fontId="5" fillId="4" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="4" fontId="0" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="4" fontId="0" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
-    <xf numFmtId="4" fontId="0" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="4" fontId="0" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
-    <xf numFmtId="2" fontId="0" fillId="0" borderId="21" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="2" fontId="0" fillId="0" borderId="21" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="6" xfId="0" applyFill="1" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="49" fontId="8" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
+    <xf numFmtId="0" fontId="21" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...3 lines deleted...]
-      <alignment horizontal="right" vertical="center"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="5" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="43" fontId="13" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="166" fontId="7" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
-    <xf numFmtId="166" fontId="7" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
-    <xf numFmtId="166" fontId="7" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="7" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="7" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="7" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="2" fontId="13" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="13" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="13" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...40 lines deleted...]
-      <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
-    <xf numFmtId="2" fontId="13" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
-    <xf numFmtId="2" fontId="13" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
-    <xf numFmtId="2" fontId="13" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="2" fontId="13" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="2" fontId="13" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="2" fontId="13" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="31" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="31" fillId="0" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="31" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="6" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="justify"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" wrapText="1"/>
       <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="9" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
-  <dxfs count="21">
+  <dxfs count="31">
     <dxf>
       <fill>
         <patternFill>
           <bgColor indexed="22"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <condense val="0"/>
+        <extend val="0"/>
+        <color indexed="58"/>
+      </font>
+    </dxf>
+    <dxf>
+      <font>
+        <condense val="0"/>
+        <extend val="0"/>
+        <color indexed="16"/>
+      </font>
+    </dxf>
+    <dxf>
+      <font>
+        <condense val="0"/>
+        <extend val="0"/>
+        <color auto="1"/>
+      </font>
+    </dxf>
+    <dxf>
+      <border>
+        <bottom style="hair">
+          <color indexed="58"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <border>
+        <bottom style="hair">
+          <color indexed="16"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <border>
+        <bottom style="hair">
+          <color indexed="23"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor indexed="58"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor indexed="16"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <condense val="0"/>
+        <extend val="0"/>
+        <color auto="1"/>
+      </font>
+      <fill>
+        <patternFill patternType="solid">
+          <bgColor indexed="55"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor indexed="22"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <condense val="0"/>
         <extend val="0"/>
         <color indexed="58"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <condense val="0"/>
         <extend val="0"/>
         <color indexed="16"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <condense val="0"/>
         <extend val="0"/>
         <color auto="1"/>
       </font>
     </dxf>
     <dxf>
+      <border>
+        <bottom style="hair">
+          <color indexed="58"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <border>
+        <bottom style="hair">
+          <color indexed="16"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <border>
+        <bottom style="hair">
+          <color indexed="23"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
       <fill>
         <patternFill>
           <bgColor indexed="58"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor indexed="16"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <condense val="0"/>
         <extend val="0"/>
         <color auto="1"/>
       </font>
       <fill>
         <patternFill patternType="solid">
           <bgColor indexed="55"/>
         </patternFill>
       </fill>
-    </dxf>
-[...19 lines deleted...]
-      </border>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor indexed="22"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <condense val="0"/>
         <extend val="0"/>
         <color indexed="58"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <condense val="0"/>
         <extend val="0"/>
         <color indexed="16"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <condense val="0"/>
         <extend val="0"/>
         <color auto="1"/>
       </font>
     </dxf>
     <dxf>
+      <border>
+        <bottom style="hair">
+          <color indexed="58"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <border>
+        <bottom style="hair">
+          <color indexed="16"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <border>
+        <bottom style="hair">
+          <color indexed="23"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
       <fill>
         <patternFill>
           <bgColor indexed="58"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor indexed="16"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <condense val="0"/>
         <extend val="0"/>
         <color auto="1"/>
       </font>
       <fill>
         <patternFill patternType="solid">
           <bgColor indexed="55"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
-      <border>
-[...17 lines deleted...]
-      </border>
+      <fill>
+        <patternFill>
+          <bgColor indexed="22"/>
+        </patternFill>
+      </fill>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00DB8E84"/>
       <rgbColor rgb="00D9EDC1"/>
       <rgbColor rgb="00336887"/>
       <rgbColor rgb="00FFF3B9"/>
       <rgbColor rgb="00EFB6B1"/>
       <rgbColor rgb="00ACD8F1"/>
       <rgbColor rgb="00B3122D"/>
       <rgbColor rgb="007FA516"/>
       <rgbColor rgb="00004269"/>
       <rgbColor rgb="00FFE14F"/>
@@ -1886,88 +2062,101 @@
       <rgbColor rgb="00F8E8E6"/>
       <rgbColor rgb="00EBE4EB"/>
       <rgbColor rgb="00EED6AD"/>
       <rgbColor rgb="00668EA5"/>
       <rgbColor rgb="0083C4E9"/>
       <rgbColor rgb="00FFE772"/>
       <rgbColor rgb="00F4C80F"/>
       <rgbColor rgb="00CDAF71"/>
       <rgbColor rgb="00EFA143"/>
       <rgbColor rgb="0099779D"/>
       <rgbColor rgb="00B2B2B2"/>
       <rgbColor rgb="00309DDB"/>
       <rgbColor rgb="00B3DB84"/>
       <rgbColor rgb="00587F03"/>
       <rgbColor rgb="006D4129"/>
       <rgbColor rgb="00597A7B"/>
       <rgbColor rgb="00D6C9D8"/>
       <rgbColor rgb="0057445A"/>
       <rgbColor rgb="004D4D4D"/>
     </indexedColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
+      <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
+    </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.facebook.com/spreadsheet123" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://twitter.com/Spreadsheet123" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plus.google.com/u/0/b/117014028071621729542/117014028071621729542/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pinterest.com/spreadsheet123" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.linkedin.com/company/spreadsheet123-ltd" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.spreadsheet123.com/ExcelTemplates/quote-template.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.facebook.com/spreadsheet123" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://twitter.com/Spreadsheet123" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plus.google.com/u/0/b/117014028071621729542/117014028071621729542/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pinterest.com/spreadsheet123" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.linkedin.com/company/spreadsheet123-ltd" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.spreadsheet123.com/ExcelTemplates/quote-template.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>200025</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>209550</xdr:colOff>
       <xdr:row>5</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
-        <xdr:cNvPr id="30792" name="AutoShape 72"/>
+        <xdr:cNvPr id="30792" name="AutoShape 72">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000048780000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvSpPr>
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="66675" y="742950"/>
           <a:ext cx="2286000" cy="676275"/>
         </a:xfrm>
         <a:prstGeom prst="roundRect">
           <a:avLst>
             <a:gd name="adj" fmla="val 16667"/>
           </a:avLst>
         </a:prstGeom>
         <a:solidFill>
           <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="E6E6E6" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="22"/>
         </a:solidFill>
         <a:ln w="9525">
           <a:solidFill>
             <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="B2B2B2" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="55"/>
           </a:solidFill>
           <a:round/>
           <a:headEnd/>
           <a:tailEnd/>
         </a:ln>
@@ -1989,829 +2178,135 @@
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" wrap="square" lIns="36576" tIns="32004" rIns="36576" bIns="32004" anchor="ctr" upright="1"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="ctr" rtl="0">
             <a:defRPr sz="1000"/>
           </a:pPr>
           <a:r>
             <a:rPr lang="en-GB" sz="1600" b="0" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="808080"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:rPr>
             <a:t>Insert Your Logo</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>14</xdr:col>
-      <xdr:colOff>9525</xdr:colOff>
+      <xdr:colOff>28575</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>38100</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>19</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>219075</xdr:rowOff>
+      <xdr:col>17</xdr:col>
+      <xdr:colOff>219075</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>123825</xdr:rowOff>
     </xdr:to>
-    <xdr:grpSp>
-[...42 lines deleted...]
-          <a:noFill/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="1089" name="Picture 65">
           <a:extLst>
-            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
-[...4 lines deleted...]
-              </a14:hiddenFill>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000041040000}"/>
             </a:ext>
           </a:extLst>
-        </xdr:spPr>
-[...649 lines deleted...]
-          </a:ln>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
-            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
-[...14 lines deleted...]
-              </a14:hiddenLine>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
-        </xdr:spPr>
-[...21 lines deleted...]
-    </xdr:grpSp>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7391400" y="38100"/>
+          <a:ext cx="2019300" cy="466725"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>200025</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>209550</xdr:colOff>
       <xdr:row>5</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
-        <xdr:cNvPr id="30792" name="AutoShape 72"/>
+        <xdr:cNvPr id="30792" name="AutoShape 72">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000048780000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvSpPr>
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="66675" y="742950"/>
           <a:ext cx="2286000" cy="676275"/>
         </a:xfrm>
         <a:prstGeom prst="roundRect">
           <a:avLst>
             <a:gd name="adj" fmla="val 16667"/>
           </a:avLst>
         </a:prstGeom>
         <a:solidFill>
           <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="E6E6E6" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="22"/>
         </a:solidFill>
         <a:ln w="9525">
           <a:solidFill>
             <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="B2B2B2" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="55"/>
           </a:solidFill>
           <a:round/>
           <a:headEnd/>
           <a:tailEnd/>
         </a:ln>
@@ -2833,889 +2328,351 @@
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" wrap="square" lIns="36576" tIns="32004" rIns="36576" bIns="32004" anchor="ctr" upright="1"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="ctr" rtl="0">
             <a:defRPr sz="1000"/>
           </a:pPr>
           <a:r>
             <a:rPr lang="en-GB" sz="1600" b="0" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="808080"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:rPr>
             <a:t>Insert Your Logo</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>14</xdr:col>
-      <xdr:colOff>9525</xdr:colOff>
+      <xdr:colOff>28575</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>38100</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>19</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>219075</xdr:rowOff>
+      <xdr:col>17</xdr:col>
+      <xdr:colOff>219075</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>123825</xdr:rowOff>
     </xdr:to>
-    <xdr:grpSp>
-[...42 lines deleted...]
-          <a:noFill/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="5123" name="Picture 3">
           <a:extLst>
-            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
-[...4 lines deleted...]
-              </a14:hiddenFill>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000003140000}"/>
             </a:ext>
           </a:extLst>
-        </xdr:spPr>
-[...649 lines deleted...]
-          </a:ln>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
-            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
-[...14 lines deleted...]
-              </a14:hiddenLine>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
-        </xdr:spPr>
-[...21 lines deleted...]
-    </xdr:grpSp>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7400925" y="38100"/>
+          <a:ext cx="2019300" cy="466725"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>200025</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>209550</xdr:colOff>
+      <xdr:row>5</xdr:row>
+      <xdr:rowOff>190500</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="2" name="AutoShape 72">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr>
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="47625" y="809625"/>
+          <a:ext cx="2438400" cy="676275"/>
+        </a:xfrm>
+        <a:prstGeom prst="roundRect">
+          <a:avLst>
+            <a:gd name="adj" fmla="val 16667"/>
+          </a:avLst>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="E6E6E6" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="22"/>
+        </a:solidFill>
+        <a:ln w="9525">
+          <a:solidFill>
+            <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="B2B2B2" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="55"/>
+          </a:solidFill>
+          <a:round/>
+          <a:headEnd/>
+          <a:tailEnd/>
+        </a:ln>
+        <a:effectLst/>
+        <a:extLst>
+          <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
+            <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:effectLst>
+                <a:outerShdw dist="107763" dir="18900000" algn="ctr" rotWithShape="0">
+                  <a:srgbClr val="808080">
+                    <a:alpha val="50000"/>
+                  </a:srgbClr>
+                </a:outerShdw>
+              </a:effectLst>
+            </a14:hiddenEffects>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" wrap="square" lIns="36576" tIns="32004" rIns="36576" bIns="32004" anchor="ctr" upright="1"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr algn="ctr" rtl="0">
+            <a:defRPr sz="1000"/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="en-GB" sz="1600" b="0" i="0" u="none" strike="noStrike" baseline="0">
+              <a:solidFill>
+                <a:srgbClr val="808080"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+            </a:rPr>
+            <a:t>Insert Your Logo</a:t>
+          </a:r>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>14</xdr:col>
+      <xdr:colOff>28575</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>38100</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>17</xdr:col>
+      <xdr:colOff>219075</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>123825</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="4" name="Picture 65">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000004000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7391400" y="38100"/>
+          <a:ext cx="2019300" cy="466725"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>69</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>70</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
-        <xdr:cNvPr id="3090" name="Rectangle 18"/>
+        <xdr:cNvPr id="3090" name="Rectangle 18">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-0000120C0000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvSpPr>
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="8229600" y="12039600"/>
           <a:ext cx="609600" cy="161925"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="9525">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:miter lim="800000"/>
           <a:headEnd/>
           <a:tailEnd/>
         </a:ln>
         <a:effectLst>
           <a:outerShdw sy="50000" rotWithShape="0">
             <a:srgbClr val="808080">
               <a:alpha val="50000"/>
             </a:srgbClr>
           </a:outerShdw>
         </a:effectLst>
       </xdr:spPr>
       <xdr:txBody>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-GB"/>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing5.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>8</xdr:col>
       <xdr:colOff>323850</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>8</xdr:col>
       <xdr:colOff>2343150</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2096" name="Picture 48"/>
+        <xdr:cNvPr id="2096" name="Picture 48">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0500-000030080000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="5200650" y="28575"/>
           <a:ext cx="2019300" cy="466725"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
@@ -4077,3909 +3034,5157 @@
           <a:round/>
           <a:headEnd type="none" w="med" len="med"/>
           <a:tailEnd type="none" w="med" len="med"/>
         </a:ln>
         <a:effectLst>
           <a:outerShdw dist="107763" dir="2700000" algn="ctr" rotWithShape="0">
             <a:srgbClr val="808080">
               <a:alpha val="50000"/>
             </a:srgbClr>
           </a:outerShdw>
         </a:effectLst>
       </a:spPr>
       <a:bodyPr vertOverflow="clip" wrap="square" lIns="18288" tIns="0" rIns="0" bIns="0" upright="1"/>
       <a:lstStyle/>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.yourcompanysite.com/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@yourcompanysite.com" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spreadsheet123.com/ExcelTemplates/quote-template.html" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spreadsheet123.com/ExcelTemplates/quote-template.html" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spreadsheet123.com/ExcelTemplates/quote-template.html" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:E33"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+  <dimension ref="A1:E35"/>
   <sheetViews>
-    <sheetView showGridLines="0" workbookViewId="0">
-      <selection activeCell="B27" sqref="B27"/>
+    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
+      <selection activeCell="C29" sqref="C29"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="29.42578125" customWidth="1"/>
     <col min="2" max="2" width="15" customWidth="1"/>
     <col min="3" max="3" width="17.85546875" customWidth="1"/>
     <col min="4" max="4" width="3" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="34.5" x14ac:dyDescent="0.45">
-      <c r="A1" s="13" t="s">
+      <c r="A1" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="3" spans="1:5" s="13" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A3" s="12" t="s">
+        <v>31</v>
+      </c>
+      <c r="B3" s="12"/>
+      <c r="C3" s="12"/>
+      <c r="D3" s="12"/>
+      <c r="E3" s="12"/>
+    </row>
+    <row r="4" spans="1:5" ht="8.1" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="5" spans="1:5" s="16" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="13" t="s">
         <v>32</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A3" s="14" t="s">
+      <c r="B5" s="87" t="s">
         <v>33</v>
       </c>
-      <c r="B3" s="14"/>
-[...6 lines deleted...]
-      <c r="A5" s="15" t="s">
+      <c r="C5" s="88"/>
+      <c r="D5" s="14"/>
+      <c r="E5" s="15" t="s">
         <v>34</v>
       </c>
-      <c r="B5" s="95" t="s">
+    </row>
+    <row r="6" spans="1:5" s="16" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="13" t="s">
         <v>35</v>
       </c>
-      <c r="C5" s="96"/>
-[...1 lines deleted...]
-      <c r="E5" s="17" t="s">
+      <c r="B6" s="87" t="s">
         <v>36</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A6" s="15" t="s">
+      <c r="C6" s="88"/>
+      <c r="D6" s="14"/>
+      <c r="E6" s="15" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="7" spans="1:5" s="16" customFormat="1" ht="8.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="13"/>
+      <c r="B7" s="14"/>
+      <c r="C7" s="14"/>
+    </row>
+    <row r="8" spans="1:5" s="16" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="12" t="s">
         <v>37</v>
       </c>
-      <c r="B6" s="95" t="s">
+      <c r="B8" s="89"/>
+      <c r="C8" s="89"/>
+      <c r="D8" s="17"/>
+      <c r="E8" s="18"/>
+    </row>
+    <row r="9" spans="1:5" s="16" customFormat="1" ht="8.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="13"/>
+      <c r="B9" s="14"/>
+      <c r="C9" s="14"/>
+      <c r="D9" s="14"/>
+    </row>
+    <row r="10" spans="1:5" s="16" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="13" t="s">
         <v>38</v>
       </c>
-      <c r="C6" s="96"/>
-[...11 lines deleted...]
-      <c r="A8" s="14" t="s">
+      <c r="B10" s="87">
+        <v>111</v>
+      </c>
+      <c r="C10" s="88"/>
+      <c r="D10" s="14"/>
+    </row>
+    <row r="11" spans="1:5" s="16" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="13" t="s">
         <v>39</v>
       </c>
-      <c r="B8" s="99"/>
-[...11 lines deleted...]
-      <c r="A10" s="15" t="s">
+      <c r="B11" s="87" t="s">
+        <v>39</v>
+      </c>
+      <c r="C11" s="88"/>
+      <c r="D11" s="14"/>
+    </row>
+    <row r="12" spans="1:5" s="16" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="13" t="s">
         <v>40</v>
       </c>
-      <c r="B10" s="95">
-[...6 lines deleted...]
-      <c r="A11" s="15" t="s">
+      <c r="B12" s="87" t="s">
+        <v>40</v>
+      </c>
+      <c r="C12" s="88"/>
+      <c r="D12" s="14"/>
+    </row>
+    <row r="13" spans="1:5" s="16" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="13" t="s">
         <v>41</v>
       </c>
-      <c r="B11" s="95" t="s">
-[...6 lines deleted...]
-      <c r="A12" s="15" t="s">
+      <c r="B13" s="87" t="s">
         <v>42</v>
       </c>
-      <c r="B12" s="95" t="s">
-[...6 lines deleted...]
-      <c r="A13" s="15" t="s">
+      <c r="C13" s="88"/>
+      <c r="D13" s="90" t="s">
         <v>43</v>
       </c>
-      <c r="B13" s="95" t="s">
+      <c r="E13" s="91"/>
+    </row>
+    <row r="14" spans="1:5" s="16" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="13" t="s">
         <v>44</v>
       </c>
-      <c r="C13" s="96"/>
-      <c r="D13" s="97" t="s">
+      <c r="B14" s="87" t="s">
         <v>45</v>
       </c>
-      <c r="E13" s="98"/>
-[...2 lines deleted...]
-      <c r="A14" s="15" t="s">
+      <c r="C14" s="88"/>
+      <c r="D14" s="90" t="s">
+        <v>43</v>
+      </c>
+      <c r="E14" s="91"/>
+    </row>
+    <row r="15" spans="1:5" s="16" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="13" t="s">
         <v>46</v>
       </c>
-      <c r="B14" s="95" t="s">
+      <c r="B15" s="84" t="s">
         <v>47</v>
       </c>
-      <c r="C14" s="96"/>
-[...6 lines deleted...]
-      <c r="A15" s="15" t="s">
+      <c r="C15" s="85"/>
+      <c r="D15" s="19"/>
+    </row>
+    <row r="16" spans="1:5" s="16" customFormat="1" ht="8.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="13"/>
+      <c r="B16" s="14"/>
+      <c r="C16" s="14"/>
+    </row>
+    <row r="17" spans="1:5" s="16" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="13" t="s">
         <v>48</v>
       </c>
-      <c r="B15" s="92" t="s">
+      <c r="B17" s="84" t="s">
         <v>49</v>
       </c>
-      <c r="C15" s="93"/>
-[...8 lines deleted...]
-      <c r="A17" s="15" t="s">
+      <c r="C17" s="85"/>
+      <c r="D17" s="19"/>
+    </row>
+    <row r="18" spans="1:5" s="16" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="13" t="s">
         <v>50</v>
       </c>
-      <c r="B17" s="92" t="s">
+      <c r="B18" s="84" t="s">
+        <v>49</v>
+      </c>
+      <c r="C18" s="85"/>
+      <c r="D18" s="19"/>
+    </row>
+    <row r="19" spans="1:5" s="16" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A19" s="13" t="s">
         <v>51</v>
       </c>
-      <c r="C17" s="93"/>
-[...3 lines deleted...]
-      <c r="A18" s="15" t="s">
+      <c r="B19" s="86" t="s">
         <v>52</v>
       </c>
-      <c r="B18" s="92" t="s">
-[...6 lines deleted...]
-      <c r="A19" s="15" t="s">
+      <c r="C19" s="85"/>
+      <c r="D19" s="19"/>
+    </row>
+    <row r="20" spans="1:5" s="16" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="13" t="s">
         <v>53</v>
       </c>
-      <c r="B19" s="94" t="s">
+      <c r="B20" s="86" t="s">
         <v>54</v>
       </c>
-      <c r="C19" s="93"/>
-[...3 lines deleted...]
-      <c r="A20" s="15" t="s">
+      <c r="C20" s="85"/>
+      <c r="D20" s="19"/>
+    </row>
+    <row r="21" spans="1:5" s="16" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="13"/>
+      <c r="B21" s="14"/>
+      <c r="C21" s="14"/>
+    </row>
+    <row r="22" spans="1:5" s="16" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="13" t="s">
         <v>55</v>
       </c>
-      <c r="B20" s="94" t="s">
+      <c r="B22" s="87" t="s">
         <v>56</v>
       </c>
-      <c r="C20" s="93"/>
-[...8 lines deleted...]
-      <c r="A22" s="15" t="s">
+      <c r="C22" s="88"/>
+      <c r="D22" s="14"/>
+    </row>
+    <row r="23" spans="1:5" s="16" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="13" t="s">
         <v>57</v>
       </c>
-      <c r="B22" s="95" t="s">
+      <c r="B23" s="84" t="s">
+        <v>49</v>
+      </c>
+      <c r="C23" s="85"/>
+      <c r="D23" s="19"/>
+    </row>
+    <row r="24" spans="1:5" s="16" customFormat="1" ht="8.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="13"/>
+    </row>
+    <row r="25" spans="1:5" s="16" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A25" s="12" t="s">
         <v>58</v>
       </c>
-      <c r="C22" s="96"/>
-[...3 lines deleted...]
-      <c r="A23" s="15" t="s">
+      <c r="B25" s="18"/>
+      <c r="C25" s="18"/>
+      <c r="D25" s="18"/>
+      <c r="E25" s="18"/>
+    </row>
+    <row r="26" spans="1:5" s="16" customFormat="1" ht="8.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A26" s="13"/>
+    </row>
+    <row r="27" spans="1:5" s="16" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A27" s="13" t="s">
         <v>59</v>
       </c>
-      <c r="B23" s="92" t="s">
-[...9 lines deleted...]
-      <c r="A25" s="14" t="s">
+      <c r="B27" s="15" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="28" spans="1:5" s="16" customFormat="1" ht="8.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A28" s="13"/>
+      <c r="B28" s="20"/>
+    </row>
+    <row r="29" spans="1:5" s="16" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A29" s="13" t="str">
+        <f>B27&amp;" %"</f>
+        <v>VAT %</v>
+      </c>
+      <c r="B29" s="156">
+        <v>0.2</v>
+      </c>
+    </row>
+    <row r="30" spans="1:5" s="16" customFormat="1" ht="8.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A30" s="13"/>
+      <c r="B30" s="20"/>
+    </row>
+    <row r="31" spans="1:5" s="16" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A31" s="13" t="s">
         <v>60</v>
       </c>
-      <c r="B25" s="21"/>
-[...8 lines deleted...]
-      <c r="A27" s="15" t="s">
+      <c r="B31" s="15" t="s">
         <v>61</v>
       </c>
-      <c r="B27" s="17" t="s">
-[...8 lines deleted...]
-      <c r="A29" s="15" t="s">
+    </row>
+    <row r="32" spans="1:5" s="16" customFormat="1" ht="8.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A32" s="13"/>
+    </row>
+    <row r="33" spans="1:5" s="16" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A33" s="12" t="s">
         <v>62</v>
       </c>
-      <c r="B29" s="17" t="s">
+      <c r="B33" s="18"/>
+      <c r="C33" s="18"/>
+      <c r="D33" s="18"/>
+      <c r="E33" s="18"/>
+    </row>
+    <row r="34" spans="1:5" s="16" customFormat="1" ht="8.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A34" s="13"/>
+    </row>
+    <row r="35" spans="1:5" s="16" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A35" s="13" t="s">
         <v>63</v>
       </c>
-    </row>
-[...20 lines deleted...]
-        <v>18</v>
+      <c r="B35" s="15" t="s">
+        <v>17</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="17">
     <mergeCell ref="B5:C5"/>
     <mergeCell ref="B6:C6"/>
     <mergeCell ref="B8:C8"/>
     <mergeCell ref="B10:C10"/>
     <mergeCell ref="D14:E14"/>
+    <mergeCell ref="D13:E13"/>
     <mergeCell ref="B15:C15"/>
     <mergeCell ref="B17:C17"/>
     <mergeCell ref="B11:C11"/>
     <mergeCell ref="B12:C12"/>
     <mergeCell ref="B13:C13"/>
-    <mergeCell ref="D13:E13"/>
+    <mergeCell ref="B14:C14"/>
     <mergeCell ref="B23:C23"/>
     <mergeCell ref="B18:C18"/>
     <mergeCell ref="B19:C19"/>
     <mergeCell ref="B20:C20"/>
     <mergeCell ref="B22:C22"/>
-    <mergeCell ref="B14:C14"/>
   </mergeCells>
   <phoneticPr fontId="23" type="noConversion"/>
-  <dataValidations count="4">
-[...6 lines deleted...]
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="E5:E6">
+  <dataValidations count="2">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="E5:E6" xr:uid="{00000000-0002-0000-0000-000002000000}">
       <formula1>"Enable, Disable"</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Select your design from this drop down menu" sqref="B33">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Select your design from this drop down menu" sqref="B35" xr:uid="{00000000-0002-0000-0000-000003000000}">
       <formula1>"No Color, Blue, Red, Green"</formula1>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
-    <hyperlink ref="B19" r:id="rId1"/>
-    <hyperlink ref="B20" r:id="rId2"/>
+    <hyperlink ref="B19" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
+    <hyperlink ref="B20" r:id="rId2" xr:uid="{00000000-0004-0000-0000-000001000000}"/>
   </hyperlinks>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:S52"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A7" workbookViewId="0">
-      <selection activeCell="U40" sqref="U40"/>
+    <sheetView showGridLines="0" topLeftCell="A4" workbookViewId="0">
+      <selection activeCell="I37" sqref="I37"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="9.140625" style="1"/>
-[...12 lines deleted...]
-    <col min="14" max="16384" width="9.140625" style="1"/>
+    <col min="2" max="2" width="8.28515625" customWidth="1"/>
+    <col min="4" max="4" width="7.5703125" customWidth="1"/>
+    <col min="5" max="5" width="11.5703125" customWidth="1"/>
+    <col min="6" max="6" width="8.140625" customWidth="1"/>
+    <col min="7" max="7" width="11" customWidth="1"/>
+    <col min="8" max="8" width="5.5703125" customWidth="1"/>
+    <col min="9" max="9" width="9.85546875" customWidth="1"/>
+    <col min="10" max="10" width="4.140625" customWidth="1"/>
+    <col min="11" max="11" width="3" customWidth="1"/>
+    <col min="12" max="12" width="13.85546875" customWidth="1"/>
+    <col min="13" max="13" width="0" hidden="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:19" s="27" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="12" t="str">
+    <row r="1" spans="1:19" s="16" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1" s="10" t="str">
         <f>IF(Settings!$E$5="Enable",Settings!$B$5,"")</f>
         <v>My Company name</v>
       </c>
-      <c r="B1" s="3"/>
-[...14 lines deleted...]
-      <c r="A2" s="29" t="str">
+      <c r="B1" s="2"/>
+      <c r="C1" s="2"/>
+      <c r="D1" s="2"/>
+      <c r="E1" s="2"/>
+      <c r="F1" s="21"/>
+      <c r="G1" s="21"/>
+      <c r="H1" s="21"/>
+      <c r="I1" s="21"/>
+      <c r="J1" s="21"/>
+      <c r="K1" s="21"/>
+      <c r="L1" s="22" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="2" spans="1:19" s="16" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A2" s="24" t="str">
         <f>IF(Settings!$E$6="Enable",Settings!$B$6,"")</f>
         <v>My company slogan</v>
       </c>
-      <c r="B2" s="3"/>
-[...4 lines deleted...]
-        <f>Settings!$B$33</f>
+      <c r="B2" s="2"/>
+      <c r="C2" s="2"/>
+      <c r="D2" s="2"/>
+      <c r="E2" s="2"/>
+      <c r="M2" s="23" t="str">
+        <f>Settings!$B$35</f>
         <v>Blue</v>
       </c>
     </row>
-    <row r="3" spans="1:19" s="27" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-[...13 lines deleted...]
-        <v>29</v>
+    <row r="3" spans="1:19" s="16" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A3" s="24"/>
+      <c r="B3" s="2"/>
+      <c r="C3" s="2"/>
+      <c r="D3" s="2"/>
+      <c r="E3" s="2"/>
+      <c r="O3" s="16" t="str">
+        <f ca="1">EULA!I3</f>
+        <v>© 2013 - 2025 Spreadsheet123 LTD. All rights reserved</v>
+      </c>
+    </row>
+    <row r="4" spans="1:19" s="16" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="25"/>
+      <c r="B4" s="25"/>
+      <c r="C4" s="25"/>
+      <c r="D4" s="25"/>
+      <c r="E4" s="25"/>
+      <c r="H4" s="41" t="s">
+        <v>28</v>
       </c>
       <c r="I4" s="108">
         <f ca="1">TODAY()</f>
-        <v>41523</v>
+        <v>46005</v>
       </c>
       <c r="J4" s="109"/>
       <c r="K4" s="109"/>
       <c r="L4" s="110"/>
-    </row>
-[...5 lines deleted...]
-      <c r="H5" s="47" t="s">
+      <c r="O4" s="92" t="s">
+        <v>140</v>
+      </c>
+      <c r="P4" s="92"/>
+      <c r="Q4" s="92"/>
+      <c r="R4" s="92"/>
+    </row>
+    <row r="5" spans="1:19" s="16" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="26"/>
+      <c r="B5" s="26"/>
+      <c r="C5" s="26"/>
+      <c r="D5" s="26"/>
+      <c r="H5" s="41" t="s">
+        <v>19</v>
+      </c>
+      <c r="I5" s="108" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
       <c r="J5" s="109"/>
       <c r="K5" s="109"/>
       <c r="L5" s="110"/>
     </row>
-    <row r="6" spans="1:19" s="27" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-[...5 lines deleted...]
-        <v>66</v>
+    <row r="6" spans="1:19" s="16" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="27"/>
+      <c r="B6" s="27"/>
+      <c r="C6" s="27"/>
+      <c r="D6" s="27"/>
+      <c r="H6" s="41" t="s">
+        <v>64</v>
       </c>
       <c r="I6" s="111" t="s">
         <v>9</v>
       </c>
       <c r="J6" s="112"/>
       <c r="K6" s="112"/>
       <c r="L6" s="113"/>
     </row>
-    <row r="7" spans="1:19" s="27" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-[...5 lines deleted...]
-        <v>67</v>
+    <row r="7" spans="1:19" s="16" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="27"/>
+      <c r="B7" s="27"/>
+      <c r="C7" s="27"/>
+      <c r="D7" s="27"/>
+      <c r="H7" s="41" t="s">
+        <v>65</v>
       </c>
       <c r="I7" s="111" t="s">
         <v>10</v>
       </c>
       <c r="J7" s="112"/>
       <c r="K7" s="112"/>
       <c r="L7" s="113"/>
     </row>
     <row r="8" spans="1:19" ht="7.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A8" s="6"/>
-[...5 lines deleted...]
-      <c r="A9" s="115" t="s">
+      <c r="A8" s="4"/>
+      <c r="B8" s="4"/>
+      <c r="C8" s="4"/>
+      <c r="D8" s="4"/>
+    </row>
+    <row r="9" spans="1:19" s="13" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="114" t="s">
+        <v>22</v>
+      </c>
+      <c r="B9" s="114"/>
+      <c r="C9" s="114"/>
+      <c r="D9" s="115"/>
+      <c r="F9" s="116" t="s">
         <v>23</v>
       </c>
-      <c r="B9" s="115"/>
-[...13 lines deleted...]
-      <c r="A10" s="114" t="s">
+      <c r="G9" s="117"/>
+      <c r="H9" s="117"/>
+      <c r="I9" s="117"/>
+      <c r="J9" s="117"/>
+      <c r="K9" s="117"/>
+      <c r="L9" s="118"/>
+    </row>
+    <row r="10" spans="1:19" s="13" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="103" t="s">
         <v>0</v>
       </c>
-      <c r="B10" s="114"/>
-[...11 lines deleted...]
-      <c r="A11" s="114" t="s">
+      <c r="B10" s="103"/>
+      <c r="C10" s="103"/>
+      <c r="D10" s="103"/>
+      <c r="F10" s="119"/>
+      <c r="G10" s="120"/>
+      <c r="H10" s="120"/>
+      <c r="I10" s="120"/>
+      <c r="J10" s="120"/>
+      <c r="K10" s="120"/>
+      <c r="L10" s="121"/>
+    </row>
+    <row r="11" spans="1:19" s="13" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="103" t="s">
         <v>1</v>
       </c>
-      <c r="B11" s="114"/>
-[...11 lines deleted...]
-      <c r="A12" s="114" t="s">
+      <c r="B11" s="103"/>
+      <c r="C11" s="103"/>
+      <c r="D11" s="103"/>
+      <c r="F11" s="119"/>
+      <c r="G11" s="120"/>
+      <c r="H11" s="120"/>
+      <c r="I11" s="120"/>
+      <c r="J11" s="120"/>
+      <c r="K11" s="120"/>
+      <c r="L11" s="121"/>
+    </row>
+    <row r="12" spans="1:19" s="13" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="103" t="s">
         <v>2</v>
       </c>
-      <c r="B12" s="114"/>
-[...11 lines deleted...]
-      <c r="A13" s="114" t="s">
+      <c r="B12" s="103"/>
+      <c r="C12" s="103"/>
+      <c r="D12" s="103"/>
+      <c r="F12" s="119"/>
+      <c r="G12" s="120"/>
+      <c r="H12" s="120"/>
+      <c r="I12" s="120"/>
+      <c r="J12" s="120"/>
+      <c r="K12" s="120"/>
+      <c r="L12" s="121"/>
+    </row>
+    <row r="13" spans="1:19" s="13" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="103" t="s">
         <v>3</v>
       </c>
-      <c r="B13" s="114"/>
-[...11 lines deleted...]
-      <c r="A14" s="114" t="s">
+      <c r="B13" s="103"/>
+      <c r="C13" s="103"/>
+      <c r="D13" s="103"/>
+      <c r="F13" s="119"/>
+      <c r="G13" s="120"/>
+      <c r="H13" s="120"/>
+      <c r="I13" s="120"/>
+      <c r="J13" s="120"/>
+      <c r="K13" s="120"/>
+      <c r="L13" s="121"/>
+    </row>
+    <row r="14" spans="1:19" s="13" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="103" t="s">
         <v>4</v>
       </c>
-      <c r="B14" s="114"/>
-[...8 lines deleted...]
-      <c r="L14" s="129"/>
+      <c r="B14" s="103"/>
+      <c r="C14" s="103"/>
+      <c r="D14" s="103"/>
+      <c r="F14" s="133"/>
+      <c r="G14" s="134"/>
+      <c r="H14" s="134"/>
+      <c r="I14" s="134"/>
+      <c r="J14" s="134"/>
+      <c r="K14" s="134"/>
+      <c r="L14" s="135"/>
     </row>
     <row r="15" spans="1:19" ht="7.5" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="16" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A16" s="63" t="s">
-[...2 lines deleted...]
-      <c r="B16" s="142" t="s">
+      <c r="A16" s="56" t="s">
+        <v>107</v>
+      </c>
+      <c r="B16" s="130" t="s">
         <v>5</v>
       </c>
-      <c r="C16" s="143"/>
-[...4 lines deleted...]
-      <c r="H16" s="37" t="s">
+      <c r="C16" s="131"/>
+      <c r="D16" s="131"/>
+      <c r="E16" s="131"/>
+      <c r="F16" s="131"/>
+      <c r="G16" s="132"/>
+      <c r="H16" s="31" t="s">
+        <v>108</v>
+      </c>
+      <c r="I16" s="31" t="s">
+        <v>109</v>
+      </c>
+      <c r="J16" s="31" t="str">
+        <f>IF(Settings!B27="Sales Tax","Tax","VAT")</f>
+        <v>VAT</v>
+      </c>
+      <c r="K16" s="129" t="s">
+        <v>6</v>
+      </c>
+      <c r="L16" s="129"/>
+      <c r="O16" s="42" t="s">
+        <v>66</v>
+      </c>
+      <c r="P16" s="42"/>
+      <c r="Q16" s="42"/>
+      <c r="R16" s="42"/>
+      <c r="S16" s="42"/>
+    </row>
+    <row r="17" spans="1:19" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="81">
+        <f t="shared" ref="A17:A33" si="0">IF(ISBLANK(B17),"",INDEX(code,MATCH(B17,product,0)))</f>
+        <v>223311</v>
+      </c>
+      <c r="B17" s="125" t="s">
+        <v>113</v>
+      </c>
+      <c r="C17" s="126"/>
+      <c r="D17" s="126"/>
+      <c r="E17" s="126"/>
+      <c r="F17" s="126"/>
+      <c r="G17" s="127"/>
+      <c r="H17" s="62">
+        <v>12</v>
+      </c>
+      <c r="I17" s="57">
+        <v>5</v>
+      </c>
+      <c r="J17" s="60" t="s">
         <v>111</v>
       </c>
-      <c r="I16" s="37" t="s">
-[...33 lines deleted...]
-      <c r="I17" s="64">
+      <c r="K17" s="98">
+        <f t="shared" ref="K17:K33" si="1">IF(OR(ISBLANK(H17),H17=0),0,H17*I17)</f>
+        <v>60</v>
+      </c>
+      <c r="L17" s="98"/>
+      <c r="O17" s="93" t="s">
+        <v>106</v>
+      </c>
+      <c r="P17" s="93"/>
+      <c r="Q17" s="93"/>
+      <c r="R17" s="93"/>
+      <c r="S17" s="93"/>
+    </row>
+    <row r="18" spans="1:19" x14ac:dyDescent="0.2">
+      <c r="A18" s="81">
+        <f t="shared" si="0"/>
+        <v>112233</v>
+      </c>
+      <c r="B18" s="125" t="s">
+        <v>114</v>
+      </c>
+      <c r="C18" s="126"/>
+      <c r="D18" s="126"/>
+      <c r="E18" s="126"/>
+      <c r="F18" s="126"/>
+      <c r="G18" s="127"/>
+      <c r="H18" s="62">
         <v>5</v>
       </c>
-      <c r="J17" s="67" t="s">
-[...30 lines deleted...]
-      <c r="I18" s="64">
+      <c r="I18" s="57">
         <v>15</v>
       </c>
-      <c r="J18" s="67"/>
-      <c r="K18" s="100">
+      <c r="J18" s="60"/>
+      <c r="K18" s="98">
+        <f t="shared" si="1"/>
+        <v>75</v>
+      </c>
+      <c r="L18" s="98"/>
+      <c r="O18" s="94"/>
+      <c r="P18" s="94"/>
+      <c r="Q18" s="94"/>
+      <c r="R18" s="94"/>
+      <c r="S18" s="94"/>
+    </row>
+    <row r="19" spans="1:19" x14ac:dyDescent="0.2">
+      <c r="A19" s="81" t="str">
         <f t="shared" si="0"/>
-        <v>75</v>
-[...19 lines deleted...]
-      <c r="K19" s="100">
+        <v/>
+      </c>
+      <c r="B19" s="125"/>
+      <c r="C19" s="126"/>
+      <c r="D19" s="126"/>
+      <c r="E19" s="126"/>
+      <c r="F19" s="126"/>
+      <c r="G19" s="127"/>
+      <c r="H19" s="62"/>
+      <c r="I19" s="57"/>
+      <c r="J19" s="60"/>
+      <c r="K19" s="98">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="L19" s="98"/>
+      <c r="O19" s="94"/>
+      <c r="P19" s="94"/>
+      <c r="Q19" s="94"/>
+      <c r="R19" s="94"/>
+      <c r="S19" s="94"/>
+    </row>
+    <row r="20" spans="1:19" x14ac:dyDescent="0.2">
+      <c r="A20" s="81" t="str">
         <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="B20" s="125"/>
+      <c r="C20" s="126"/>
+      <c r="D20" s="126"/>
+      <c r="E20" s="126"/>
+      <c r="F20" s="126"/>
+      <c r="G20" s="127"/>
+      <c r="H20" s="62"/>
+      <c r="I20" s="57"/>
+      <c r="J20" s="60"/>
+      <c r="K20" s="98">
+        <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="L19" s="100"/>
-[...17 lines deleted...]
-      <c r="K20" s="100">
+      <c r="L20" s="98"/>
+      <c r="O20" s="94"/>
+      <c r="P20" s="94"/>
+      <c r="Q20" s="94"/>
+      <c r="R20" s="94"/>
+      <c r="S20" s="94"/>
+    </row>
+    <row r="21" spans="1:19" x14ac:dyDescent="0.2">
+      <c r="A21" s="81" t="str">
         <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="B21" s="125"/>
+      <c r="C21" s="126"/>
+      <c r="D21" s="126"/>
+      <c r="E21" s="126"/>
+      <c r="F21" s="126"/>
+      <c r="G21" s="127"/>
+      <c r="H21" s="62"/>
+      <c r="I21" s="57"/>
+      <c r="J21" s="60"/>
+      <c r="K21" s="98">
+        <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="L20" s="100"/>
-[...17 lines deleted...]
-      <c r="K21" s="100">
+      <c r="L21" s="98"/>
+      <c r="O21" s="94"/>
+      <c r="P21" s="94"/>
+      <c r="Q21" s="94"/>
+      <c r="R21" s="94"/>
+      <c r="S21" s="94"/>
+    </row>
+    <row r="22" spans="1:19" x14ac:dyDescent="0.2">
+      <c r="A22" s="81" t="str">
         <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="B22" s="125"/>
+      <c r="C22" s="126"/>
+      <c r="D22" s="126"/>
+      <c r="E22" s="126"/>
+      <c r="F22" s="126"/>
+      <c r="G22" s="127"/>
+      <c r="H22" s="62"/>
+      <c r="I22" s="57"/>
+      <c r="J22" s="60"/>
+      <c r="K22" s="98">
+        <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="L21" s="100"/>
-[...17 lines deleted...]
-      <c r="K22" s="100">
+      <c r="L22" s="98"/>
+    </row>
+    <row r="23" spans="1:19" x14ac:dyDescent="0.2">
+      <c r="A23" s="81" t="str">
         <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="B23" s="125"/>
+      <c r="C23" s="126"/>
+      <c r="D23" s="126"/>
+      <c r="E23" s="126"/>
+      <c r="F23" s="126"/>
+      <c r="G23" s="127"/>
+      <c r="H23" s="62"/>
+      <c r="I23" s="57"/>
+      <c r="J23" s="60"/>
+      <c r="K23" s="98">
+        <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="L22" s="100"/>
-[...12 lines deleted...]
-      <c r="K23" s="100">
+      <c r="L23" s="98"/>
+    </row>
+    <row r="24" spans="1:19" x14ac:dyDescent="0.2">
+      <c r="A24" s="81" t="str">
         <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="B24" s="125"/>
+      <c r="C24" s="126"/>
+      <c r="D24" s="126"/>
+      <c r="E24" s="126"/>
+      <c r="F24" s="126"/>
+      <c r="G24" s="127"/>
+      <c r="H24" s="62"/>
+      <c r="I24" s="57"/>
+      <c r="J24" s="60"/>
+      <c r="K24" s="98">
+        <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="L23" s="100"/>
-[...12 lines deleted...]
-      <c r="K24" s="100">
+      <c r="L24" s="98"/>
+    </row>
+    <row r="25" spans="1:19" x14ac:dyDescent="0.2">
+      <c r="A25" s="81" t="str">
         <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="B25" s="125"/>
+      <c r="C25" s="126"/>
+      <c r="D25" s="126"/>
+      <c r="E25" s="126"/>
+      <c r="F25" s="126"/>
+      <c r="G25" s="127"/>
+      <c r="H25" s="62"/>
+      <c r="I25" s="57"/>
+      <c r="J25" s="60"/>
+      <c r="K25" s="98">
+        <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="L24" s="100"/>
-[...12 lines deleted...]
-      <c r="K25" s="100">
+      <c r="L25" s="98"/>
+    </row>
+    <row r="26" spans="1:19" x14ac:dyDescent="0.2">
+      <c r="A26" s="81" t="str">
         <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="B26" s="125"/>
+      <c r="C26" s="126"/>
+      <c r="D26" s="126"/>
+      <c r="E26" s="126"/>
+      <c r="F26" s="126"/>
+      <c r="G26" s="127"/>
+      <c r="H26" s="62"/>
+      <c r="I26" s="57"/>
+      <c r="J26" s="60"/>
+      <c r="K26" s="98">
+        <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="L25" s="100"/>
-[...12 lines deleted...]
-      <c r="K26" s="100">
+      <c r="L26" s="98"/>
+    </row>
+    <row r="27" spans="1:19" x14ac:dyDescent="0.2">
+      <c r="A27" s="81" t="str">
         <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="B27" s="125"/>
+      <c r="C27" s="126"/>
+      <c r="D27" s="126"/>
+      <c r="E27" s="126"/>
+      <c r="F27" s="126"/>
+      <c r="G27" s="127"/>
+      <c r="H27" s="62"/>
+      <c r="I27" s="57"/>
+      <c r="J27" s="60"/>
+      <c r="K27" s="98">
+        <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="L26" s="100"/>
-[...12 lines deleted...]
-      <c r="K27" s="100">
+      <c r="L27" s="98"/>
+    </row>
+    <row r="28" spans="1:19" x14ac:dyDescent="0.2">
+      <c r="A28" s="81" t="str">
         <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="B28" s="125"/>
+      <c r="C28" s="126"/>
+      <c r="D28" s="126"/>
+      <c r="E28" s="126"/>
+      <c r="F28" s="126"/>
+      <c r="G28" s="127"/>
+      <c r="H28" s="62"/>
+      <c r="I28" s="57"/>
+      <c r="J28" s="60"/>
+      <c r="K28" s="98">
+        <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="L27" s="100"/>
-[...12 lines deleted...]
-      <c r="K28" s="100">
+      <c r="L28" s="98"/>
+    </row>
+    <row r="29" spans="1:19" x14ac:dyDescent="0.2">
+      <c r="A29" s="81" t="str">
         <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="B29" s="125"/>
+      <c r="C29" s="126"/>
+      <c r="D29" s="126"/>
+      <c r="E29" s="126"/>
+      <c r="F29" s="126"/>
+      <c r="G29" s="127"/>
+      <c r="H29" s="62"/>
+      <c r="I29" s="57"/>
+      <c r="J29" s="60"/>
+      <c r="K29" s="98">
+        <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="L28" s="100"/>
-[...12 lines deleted...]
-      <c r="K29" s="100">
+      <c r="L29" s="98"/>
+    </row>
+    <row r="30" spans="1:19" x14ac:dyDescent="0.2">
+      <c r="A30" s="81" t="str">
         <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="B30" s="125"/>
+      <c r="C30" s="126"/>
+      <c r="D30" s="126"/>
+      <c r="E30" s="126"/>
+      <c r="F30" s="126"/>
+      <c r="G30" s="127"/>
+      <c r="H30" s="62"/>
+      <c r="I30" s="57"/>
+      <c r="J30" s="60"/>
+      <c r="K30" s="98">
+        <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="L29" s="100"/>
-[...12 lines deleted...]
-      <c r="K30" s="100">
+      <c r="L30" s="98"/>
+    </row>
+    <row r="31" spans="1:19" x14ac:dyDescent="0.2">
+      <c r="A31" s="81" t="str">
         <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="B31" s="125"/>
+      <c r="C31" s="126"/>
+      <c r="D31" s="126"/>
+      <c r="E31" s="126"/>
+      <c r="F31" s="126"/>
+      <c r="G31" s="127"/>
+      <c r="H31" s="62"/>
+      <c r="I31" s="57"/>
+      <c r="J31" s="60"/>
+      <c r="K31" s="98">
+        <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="L30" s="100"/>
-[...12 lines deleted...]
-      <c r="K31" s="100">
+      <c r="L31" s="98"/>
+    </row>
+    <row r="32" spans="1:19" x14ac:dyDescent="0.2">
+      <c r="A32" s="81" t="str">
         <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="B32" s="125"/>
+      <c r="C32" s="126"/>
+      <c r="D32" s="126"/>
+      <c r="E32" s="126"/>
+      <c r="F32" s="126"/>
+      <c r="G32" s="127"/>
+      <c r="H32" s="62"/>
+      <c r="I32" s="57"/>
+      <c r="J32" s="60"/>
+      <c r="K32" s="98">
+        <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="L31" s="100"/>
-[...12 lines deleted...]
-      <c r="K32" s="100">
+      <c r="L32" s="98"/>
+    </row>
+    <row r="33" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A33" s="83" t="str">
         <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="B33" s="136"/>
+      <c r="C33" s="137"/>
+      <c r="D33" s="137"/>
+      <c r="E33" s="137"/>
+      <c r="F33" s="137"/>
+      <c r="G33" s="138"/>
+      <c r="H33" s="63"/>
+      <c r="I33" s="58"/>
+      <c r="J33" s="61"/>
+      <c r="K33" s="100">
+        <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="L32" s="100"/>
-[...16 lines deleted...]
-      <c r="L33" s="107"/>
+      <c r="L33" s="100"/>
     </row>
     <row r="34" spans="1:15" ht="7.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A34" s="35"/>
-[...10 lines deleted...]
-      <c r="L34" s="36"/>
+      <c r="A34" s="29"/>
+      <c r="B34" s="29"/>
+      <c r="C34" s="29"/>
+      <c r="D34" s="29"/>
+      <c r="E34" s="29"/>
+      <c r="F34" s="29"/>
+      <c r="G34" s="29"/>
+      <c r="H34" s="29"/>
+      <c r="I34" s="29"/>
+      <c r="J34" s="29"/>
+      <c r="K34" s="30"/>
+      <c r="L34" s="30"/>
     </row>
     <row r="35" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A35" s="117" t="s">
-[...9 lines deleted...]
-      <c r="I35" s="38" t="s">
+      <c r="A35" s="116" t="s">
+        <v>139</v>
+      </c>
+      <c r="B35" s="117"/>
+      <c r="C35" s="117"/>
+      <c r="D35" s="117"/>
+      <c r="E35" s="117"/>
+      <c r="F35" s="117"/>
+      <c r="G35" s="118"/>
+      <c r="H35" s="6"/>
+      <c r="I35" s="32" t="s">
         <v>7</v>
       </c>
-      <c r="J35" s="38"/>
-[...1 lines deleted...]
-        <f>IF($L35=0,"",Settings!$B$29)</f>
+      <c r="J35" s="32"/>
+      <c r="K35" s="32" t="str">
+        <f>IF($L35=0,"",Settings!$B$31)</f>
         <v>$</v>
       </c>
-      <c r="L35" s="39">
+      <c r="L35" s="33">
         <f>SUM(K17:K33)</f>
         <v>135</v>
       </c>
-      <c r="N35" s="87" t="s">
-[...3 lines deleted...]
-        <v>140</v>
+      <c r="N35" s="78" t="s">
+        <v>135</v>
+      </c>
+      <c r="O35" s="79" t="s">
+        <v>136</v>
       </c>
     </row>
     <row r="36" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A36" s="133" t="s">
-[...14 lines deleted...]
-        <f>IF($L36=0,"",Settings!$B$29)</f>
+      <c r="A36" s="102"/>
+      <c r="B36" s="103"/>
+      <c r="C36" s="103"/>
+      <c r="D36" s="103"/>
+      <c r="E36" s="103"/>
+      <c r="F36" s="103"/>
+      <c r="G36" s="104"/>
+      <c r="H36" s="38"/>
+      <c r="I36" s="16" t="s">
+        <v>110</v>
+      </c>
+      <c r="J36" s="16"/>
+      <c r="K36" s="32" t="str">
+        <f>IF($L36=0,"",Settings!$B$31)</f>
         <v>$</v>
       </c>
-      <c r="L36" s="66">
+      <c r="L36" s="59">
         <f>SUMIF(J17:J33,"x",K17:L33)</f>
         <v>60</v>
       </c>
     </row>
     <row r="37" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A37" s="133"/>
-[...7 lines deleted...]
-      <c r="I37" s="38" t="str">
+      <c r="A37" s="102"/>
+      <c r="B37" s="103"/>
+      <c r="C37" s="103"/>
+      <c r="D37" s="103"/>
+      <c r="E37" s="103"/>
+      <c r="F37" s="103"/>
+      <c r="G37" s="104"/>
+      <c r="H37" s="38"/>
+      <c r="I37" s="32" t="str">
         <f>Settings!$B$27&amp;" Rate"</f>
-        <v>Sales Tax Rate</v>
-[...11 lines deleted...]
-      </c>
+        <v>VAT Rate</v>
+      </c>
+      <c r="J37" s="32"/>
+      <c r="K37" s="157">
+        <f>Settings!$B$29</f>
+        <v>0.2</v>
+      </c>
+      <c r="L37" s="157"/>
+      <c r="N37" s="78"/>
+      <c r="O37" s="79"/>
     </row>
     <row r="38" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A38" s="133"/>
-[...7 lines deleted...]
-      <c r="I38" s="38" t="str">
+      <c r="A38" s="102"/>
+      <c r="B38" s="103"/>
+      <c r="C38" s="103"/>
+      <c r="D38" s="103"/>
+      <c r="E38" s="103"/>
+      <c r="F38" s="103"/>
+      <c r="G38" s="104"/>
+      <c r="H38" s="39"/>
+      <c r="I38" s="32" t="str">
         <f>Settings!$B$27</f>
-        <v>Sales Tax</v>
-[...3 lines deleted...]
-        <f>IF($L38=0,"",Settings!$B$29)</f>
+        <v>VAT</v>
+      </c>
+      <c r="J38" s="32"/>
+      <c r="K38" s="32" t="str">
+        <f>IF($L38=0,"",Settings!$B$31)</f>
         <v>$</v>
       </c>
-      <c r="L38" s="40">
+      <c r="L38" s="34">
         <f>L36*K37</f>
-        <v>6</v>
-[...2 lines deleted...]
-      <c r="O38" s="88"/>
+        <v>12</v>
+      </c>
+      <c r="N38" s="80"/>
+      <c r="O38" s="79"/>
     </row>
     <row r="39" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A39" s="133"/>
-[...15 lines deleted...]
-      <c r="L39" s="43">
+      <c r="A39" s="102"/>
+      <c r="B39" s="103"/>
+      <c r="C39" s="103"/>
+      <c r="D39" s="103"/>
+      <c r="E39" s="103"/>
+      <c r="F39" s="103"/>
+      <c r="G39" s="104"/>
+      <c r="H39" s="39"/>
+      <c r="I39" s="32" t="s">
+        <v>112</v>
+      </c>
+      <c r="J39" s="32"/>
+      <c r="K39" s="36" t="str">
+        <f>IF($L39=0,"",Settings!$B$31)</f>
+        <v/>
+      </c>
+      <c r="L39" s="37">
         <v>0</v>
       </c>
-      <c r="N39" s="87" t="s">
-[...3 lines deleted...]
-        <v>142</v>
+      <c r="N39" s="78" t="s">
+        <v>135</v>
+      </c>
+      <c r="O39" s="79" t="s">
+        <v>137</v>
       </c>
     </row>
     <row r="40" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A40" s="133"/>
-[...15 lines deleted...]
-      <c r="L40" s="43">
+      <c r="A40" s="102"/>
+      <c r="B40" s="103"/>
+      <c r="C40" s="103"/>
+      <c r="D40" s="103"/>
+      <c r="E40" s="103"/>
+      <c r="F40" s="103"/>
+      <c r="G40" s="104"/>
+      <c r="H40" s="39"/>
+      <c r="I40" s="32" t="s">
+        <v>18</v>
+      </c>
+      <c r="J40" s="32"/>
+      <c r="K40" s="36" t="str">
+        <f>IF($L40=0,"",Settings!$B$31)</f>
+        <v/>
+      </c>
+      <c r="L40" s="37">
         <v>0</v>
       </c>
-      <c r="N40" s="87" t="s">
-[...3 lines deleted...]
-        <v>143</v>
+      <c r="N40" s="78" t="s">
+        <v>135</v>
+      </c>
+      <c r="O40" s="79" t="s">
+        <v>138</v>
       </c>
     </row>
     <row r="41" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A41" s="135"/>
-[...7 lines deleted...]
-      <c r="I41" s="46" t="s">
+      <c r="A41" s="105"/>
+      <c r="B41" s="106"/>
+      <c r="C41" s="106"/>
+      <c r="D41" s="106"/>
+      <c r="E41" s="106"/>
+      <c r="F41" s="106"/>
+      <c r="G41" s="107"/>
+      <c r="H41" s="39"/>
+      <c r="I41" s="40" t="s">
         <v>8</v>
       </c>
-      <c r="J41" s="46"/>
-[...1 lines deleted...]
-        <f>IF($L41=0,"",Settings!$B$29)</f>
+      <c r="J41" s="40"/>
+      <c r="K41" s="40" t="str">
+        <f>IF($L41=0,"",Settings!$B$31)</f>
         <v>$</v>
       </c>
-      <c r="L41" s="41">
+      <c r="L41" s="35">
         <f>SUM(L35-L40,L39,L38)</f>
-        <v>141</v>
+        <v>147</v>
       </c>
     </row>
     <row r="42" spans="1:15" ht="7.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A42" s="6"/>
-[...3 lines deleted...]
-      <c r="F42" s="9"/>
+      <c r="A42" s="4"/>
+      <c r="B42" s="4"/>
+      <c r="C42" s="4"/>
+      <c r="D42" s="5"/>
+      <c r="F42" s="7"/>
     </row>
     <row r="43" spans="1:15" x14ac:dyDescent="0.2">
-      <c r="A43" s="130" t="s">
+      <c r="A43" s="101" t="s">
+        <v>24</v>
+      </c>
+      <c r="B43" s="101"/>
+      <c r="C43" s="101"/>
+      <c r="D43" s="101"/>
+      <c r="E43" s="101"/>
+      <c r="F43" s="101"/>
+      <c r="G43" s="101"/>
+      <c r="H43" s="101"/>
+      <c r="I43" s="101"/>
+      <c r="J43" s="101"/>
+      <c r="K43" s="101"/>
+      <c r="L43" s="101"/>
+    </row>
+    <row r="44" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A44" s="101" t="s">
+        <v>29</v>
+      </c>
+      <c r="B44" s="101"/>
+      <c r="C44" s="101"/>
+      <c r="D44" s="101"/>
+      <c r="E44" s="101"/>
+      <c r="F44" s="101"/>
+      <c r="G44" s="101"/>
+      <c r="H44" s="101"/>
+      <c r="I44" s="101"/>
+      <c r="J44" s="101"/>
+      <c r="K44" s="101"/>
+      <c r="L44" s="101"/>
+    </row>
+    <row r="45" spans="1:15" ht="7.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A45" s="8"/>
+      <c r="B45" s="8"/>
+      <c r="C45" s="8"/>
+      <c r="D45" s="3"/>
+      <c r="E45" s="1"/>
+      <c r="F45" s="9"/>
+      <c r="G45" s="1"/>
+      <c r="H45" s="1"/>
+      <c r="I45" s="1"/>
+      <c r="J45" s="1"/>
+      <c r="K45" s="1"/>
+      <c r="L45" s="1"/>
+    </row>
+    <row r="46" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A46" s="99" t="s">
         <v>25</v>
       </c>
-      <c r="B43" s="130"/>
-[...42 lines deleted...]
-      <c r="A46" s="106" t="s">
+      <c r="B46" s="99"/>
+      <c r="C46" s="99"/>
+      <c r="D46" s="99"/>
+      <c r="E46" s="99"/>
+      <c r="F46" s="99"/>
+      <c r="G46" s="99"/>
+      <c r="H46" s="99"/>
+      <c r="I46" s="99"/>
+      <c r="J46" s="99"/>
+      <c r="K46" s="99"/>
+      <c r="L46" s="99"/>
+    </row>
+    <row r="47" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A47" s="95" t="s">
         <v>26</v>
       </c>
-      <c r="B46" s="106"/>
-[...12 lines deleted...]
-      <c r="A47" s="103" t="s">
+      <c r="B47" s="96"/>
+      <c r="C47" s="97"/>
+      <c r="E47" s="95" t="s">
         <v>27</v>
       </c>
-      <c r="B47" s="104"/>
-[...1 lines deleted...]
-      <c r="E47" s="103" t="s">
+      <c r="F47" s="96"/>
+      <c r="G47" s="97"/>
+      <c r="I47" s="95" t="s">
         <v>28</v>
       </c>
-      <c r="F47" s="104"/>
-[...6 lines deleted...]
-      <c r="L47" s="105"/>
+      <c r="J47" s="96"/>
+      <c r="K47" s="96"/>
+      <c r="L47" s="97"/>
     </row>
     <row r="48" spans="1:15" ht="7.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A48" s="4"/>
-[...10 lines deleted...]
-      <c r="L48" s="4"/>
+      <c r="A48" s="1"/>
+      <c r="B48" s="1"/>
+      <c r="C48" s="1"/>
+      <c r="D48" s="1"/>
+      <c r="E48" s="1"/>
+      <c r="F48" s="1"/>
+      <c r="G48" s="28"/>
+      <c r="H48" s="28"/>
+      <c r="I48" s="28"/>
+      <c r="J48" s="28"/>
+      <c r="K48" s="28"/>
+      <c r="L48" s="1"/>
     </row>
     <row r="49" spans="1:12" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A49" s="124" t="s">
+      <c r="A49" s="123" t="s">
         <v>11</v>
       </c>
-      <c r="B49" s="124"/>
-[...12 lines deleted...]
-      <c r="A50" s="126" t="str">
+      <c r="B49" s="123"/>
+      <c r="C49" s="123"/>
+      <c r="D49" s="123"/>
+      <c r="E49" s="123"/>
+      <c r="F49" s="123"/>
+      <c r="G49" s="123"/>
+      <c r="H49" s="123"/>
+      <c r="I49" s="123"/>
+      <c r="J49" s="123"/>
+      <c r="K49" s="123"/>
+      <c r="L49" s="123"/>
+    </row>
+    <row r="50" spans="1:12" s="1" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A50" s="128" t="str">
         <f>"Should you have any enquiries concerning this quote, please contact "&amp;Settings!$B$22&amp;" on "&amp;Settings!$B$23</f>
         <v>Should you have any enquiries concerning this quote, please contact John Doe on 0-000-000-0000</v>
       </c>
-      <c r="B50" s="126"/>
-[...9 lines deleted...]
-      <c r="L50" s="126"/>
+      <c r="B50" s="128"/>
+      <c r="C50" s="128"/>
+      <c r="D50" s="128"/>
+      <c r="E50" s="128"/>
+      <c r="F50" s="128"/>
+      <c r="G50" s="128"/>
+      <c r="H50" s="128"/>
+      <c r="I50" s="128"/>
+      <c r="J50" s="128"/>
+      <c r="K50" s="128"/>
+      <c r="L50" s="128"/>
     </row>
     <row r="51" spans="1:12" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A51" s="125" t="str">
+      <c r="A51" s="124" t="str">
         <f>Settings!$B$10&amp;" "&amp;Settings!$B$11&amp;", "&amp;Settings!$B$12&amp;IF(ISBLANK(Settings!$B$13),", ",", "&amp;Settings!$B$13&amp;", ")&amp;IF(ISBLANK(Settings!$B$14),"",""&amp;Settings!$B$14&amp;", ")&amp;Settings!$B$15</f>
         <v>111 Street, Town/City, County, ST, 00000</v>
       </c>
-      <c r="B51" s="125"/>
-[...9 lines deleted...]
-      <c r="L51" s="125"/>
+      <c r="B51" s="124"/>
+      <c r="C51" s="124"/>
+      <c r="D51" s="124"/>
+      <c r="E51" s="124"/>
+      <c r="F51" s="124"/>
+      <c r="G51" s="124"/>
+      <c r="H51" s="124"/>
+      <c r="I51" s="124"/>
+      <c r="J51" s="124"/>
+      <c r="K51" s="124"/>
+      <c r="L51" s="124"/>
     </row>
     <row r="52" spans="1:12" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A52" s="123" t="str">
+      <c r="A52" s="122" t="str">
         <f>"Tel: "&amp;Settings!$B$17&amp;" Fax: "&amp;Settings!$B$18&amp;IF(ISBLANK(Settings!$B$19)," "," E-mail: "&amp;Settings!$B$19)&amp;IF(ISBLANK(Settings!$B$20)," "," Web: "&amp;Settings!$B$20)</f>
         <v>Tel: 0-000-000-0000 Fax: 0-000-000-0000 E-mail: info@yourcompanysite.com Web: www.yourcompanysite.com</v>
       </c>
-      <c r="B52" s="123"/>
-[...9 lines deleted...]
-      <c r="L52" s="123"/>
+      <c r="B52" s="122"/>
+      <c r="C52" s="122"/>
+      <c r="D52" s="122"/>
+      <c r="E52" s="122"/>
+      <c r="F52" s="122"/>
+      <c r="G52" s="122"/>
+      <c r="H52" s="122"/>
+      <c r="I52" s="122"/>
+      <c r="J52" s="122"/>
+      <c r="K52" s="122"/>
+      <c r="L52" s="122"/>
     </row>
   </sheetData>
-  <mergeCells count="71">
+  <mergeCells count="72">
     <mergeCell ref="B27:G27"/>
     <mergeCell ref="B28:G28"/>
     <mergeCell ref="B29:G29"/>
     <mergeCell ref="B30:G30"/>
     <mergeCell ref="A37:G37"/>
-    <mergeCell ref="A39:G39"/>
     <mergeCell ref="A35:G35"/>
     <mergeCell ref="B31:G31"/>
     <mergeCell ref="B32:G32"/>
     <mergeCell ref="B33:G33"/>
+    <mergeCell ref="A36:G36"/>
+    <mergeCell ref="K28:L28"/>
+    <mergeCell ref="B17:G17"/>
+    <mergeCell ref="B18:G18"/>
+    <mergeCell ref="A50:L50"/>
+    <mergeCell ref="K24:L24"/>
+    <mergeCell ref="B26:G26"/>
+    <mergeCell ref="B19:G19"/>
+    <mergeCell ref="B20:G20"/>
+    <mergeCell ref="K25:L25"/>
+    <mergeCell ref="K23:L23"/>
     <mergeCell ref="B21:G21"/>
     <mergeCell ref="B22:G22"/>
     <mergeCell ref="B23:G23"/>
     <mergeCell ref="B24:G24"/>
     <mergeCell ref="B25:G25"/>
-    <mergeCell ref="B26:G26"/>
-[...25 lines deleted...]
-    <mergeCell ref="K24:L24"/>
+    <mergeCell ref="A39:G39"/>
+    <mergeCell ref="A10:D10"/>
+    <mergeCell ref="A9:D9"/>
+    <mergeCell ref="F9:L9"/>
+    <mergeCell ref="F10:L10"/>
     <mergeCell ref="A52:L52"/>
     <mergeCell ref="A14:D14"/>
     <mergeCell ref="A49:L49"/>
     <mergeCell ref="A51:L51"/>
     <mergeCell ref="A47:C47"/>
     <mergeCell ref="K17:L17"/>
     <mergeCell ref="K18:L18"/>
     <mergeCell ref="K19:L19"/>
     <mergeCell ref="K20:L20"/>
     <mergeCell ref="K21:L21"/>
+    <mergeCell ref="K29:L29"/>
+    <mergeCell ref="K27:L27"/>
+    <mergeCell ref="K22:L22"/>
     <mergeCell ref="I4:L4"/>
     <mergeCell ref="I5:L5"/>
     <mergeCell ref="I6:L6"/>
     <mergeCell ref="I7:L7"/>
-    <mergeCell ref="A10:D10"/>
+    <mergeCell ref="K16:L16"/>
+    <mergeCell ref="F11:L11"/>
+    <mergeCell ref="F12:L12"/>
+    <mergeCell ref="B16:G16"/>
+    <mergeCell ref="F13:L13"/>
+    <mergeCell ref="A12:D12"/>
+    <mergeCell ref="A13:D13"/>
+    <mergeCell ref="F14:L14"/>
     <mergeCell ref="A11:D11"/>
-    <mergeCell ref="A9:D9"/>
-[...2 lines deleted...]
-    <mergeCell ref="K29:L29"/>
+    <mergeCell ref="O4:R4"/>
     <mergeCell ref="O17:S21"/>
     <mergeCell ref="E47:G47"/>
     <mergeCell ref="I47:L47"/>
     <mergeCell ref="K26:L26"/>
     <mergeCell ref="A46:L46"/>
     <mergeCell ref="K30:L30"/>
     <mergeCell ref="K31:L31"/>
     <mergeCell ref="K32:L32"/>
     <mergeCell ref="K33:L33"/>
+    <mergeCell ref="A43:L43"/>
+    <mergeCell ref="K37:L37"/>
+    <mergeCell ref="A40:G40"/>
+    <mergeCell ref="A41:G41"/>
+    <mergeCell ref="A38:G38"/>
+    <mergeCell ref="A44:L44"/>
   </mergeCells>
   <phoneticPr fontId="1" type="noConversion"/>
-  <conditionalFormatting sqref="A50:L50">
-    <cfRule type="expression" dxfId="20" priority="7" stopIfTrue="1">
+  <conditionalFormatting sqref="A17:B33 H17:L33">
+    <cfRule type="expression" dxfId="30" priority="16" stopIfTrue="1">
+      <formula>MOD(ROW(),2)=1</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="A9:D9 F9 A16:B16 H16:L16 A35">
+    <cfRule type="expression" dxfId="29" priority="4" stopIfTrue="1">
       <formula>IF($M$2="No Color",TRUE,FALSE)</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="19" priority="8" stopIfTrue="1">
+    <cfRule type="expression" dxfId="28" priority="5" stopIfTrue="1">
       <formula>IF($M$2="Red",TRUE,FALSE)</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="18" priority="9" stopIfTrue="1">
+    <cfRule type="expression" dxfId="27" priority="6" stopIfTrue="1">
       <formula>IF($M$2="Green",TRUE,FALSE)</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A35 F9 A9:D9 H16:L16 A16:B16">
-    <cfRule type="expression" dxfId="17" priority="4" stopIfTrue="1">
+  <conditionalFormatting sqref="A50:L50">
+    <cfRule type="expression" dxfId="26" priority="7" stopIfTrue="1">
       <formula>IF($M$2="No Color",TRUE,FALSE)</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="16" priority="5" stopIfTrue="1">
+    <cfRule type="expression" dxfId="25" priority="8" stopIfTrue="1">
       <formula>IF($M$2="Red",TRUE,FALSE)</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="15" priority="6" stopIfTrue="1">
+    <cfRule type="expression" dxfId="24" priority="9" stopIfTrue="1">
       <formula>IF($M$2="Green",TRUE,FALSE)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="L1">
-    <cfRule type="expression" dxfId="14" priority="1" stopIfTrue="1">
+    <cfRule type="expression" dxfId="23" priority="1" stopIfTrue="1">
       <formula>IF($M$2="No Color",TRUE,FALSE)</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="13" priority="2" stopIfTrue="1">
+    <cfRule type="expression" dxfId="22" priority="2" stopIfTrue="1">
       <formula>IF($M$2="Red",TRUE,FALSE)</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="12" priority="3" stopIfTrue="1">
+    <cfRule type="expression" dxfId="21" priority="3" stopIfTrue="1">
       <formula>IF($M$2="Green",TRUE,FALSE)</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A17:B33 H17:L33">
-[...3 lines deleted...]
-  </conditionalFormatting>
+  <dataValidations count="1">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" prompt="Select product from the drop-down list" sqref="B17:G33" xr:uid="{00000000-0002-0000-0100-000000000000}">
+      <formula1>product</formula1>
+    </dataValidation>
+  </dataValidations>
+  <hyperlinks>
+    <hyperlink ref="O4:R4" r:id="rId1" display="Price Quote Template" xr:uid="{6994CBD9-A7A3-4DCB-9261-18F396F403DC}"/>
+  </hyperlinks>
   <pageMargins left="0.35433070866141736" right="0.35433070866141736" top="0.19685039370078741" bottom="0.19685039370078741" header="0.51181102362204722" footer="0.51181102362204722"/>
-  <pageSetup orientation="portrait" r:id="rId1"/>
+  <pageSetup orientation="portrait" r:id="rId2"/>
   <headerFooter alignWithMargins="0"/>
-  <drawing r:id="rId2"/>
+  <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1:S52"/>
   <sheetViews>
-    <sheetView showGridLines="0" topLeftCell="A7" workbookViewId="0">
-      <selection activeCell="A36" sqref="A36:G36"/>
+    <sheetView showGridLines="0" workbookViewId="0">
+      <selection activeCell="U33" sqref="U33"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="9.28515625" style="1" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="14" max="16384" width="9.140625" style="1"/>
+    <col min="1" max="1" width="9.28515625" customWidth="1"/>
+    <col min="2" max="2" width="8.28515625" customWidth="1"/>
+    <col min="4" max="4" width="7.5703125" customWidth="1"/>
+    <col min="5" max="5" width="11.5703125" customWidth="1"/>
+    <col min="6" max="6" width="8.140625" customWidth="1"/>
+    <col min="7" max="7" width="11" customWidth="1"/>
+    <col min="8" max="8" width="5.5703125" customWidth="1"/>
+    <col min="9" max="9" width="9.85546875" customWidth="1"/>
+    <col min="10" max="10" width="4.140625" customWidth="1"/>
+    <col min="11" max="11" width="3" customWidth="1"/>
+    <col min="12" max="12" width="13.85546875" customWidth="1"/>
+    <col min="13" max="13" width="0" hidden="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:19" s="27" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="12" t="str">
+    <row r="1" spans="1:19" s="16" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1" s="10" t="str">
         <f>IF(Settings!$E$5="Enable",Settings!$B$5,"")</f>
         <v>My Company name</v>
       </c>
-      <c r="B1" s="3"/>
-[...14 lines deleted...]
-      <c r="A2" s="29" t="str">
+      <c r="B1" s="2"/>
+      <c r="C1" s="2"/>
+      <c r="D1" s="2"/>
+      <c r="E1" s="2"/>
+      <c r="F1" s="21"/>
+      <c r="G1" s="21"/>
+      <c r="H1" s="21"/>
+      <c r="I1" s="21"/>
+      <c r="J1" s="21"/>
+      <c r="K1" s="21"/>
+      <c r="L1" s="22" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="2" spans="1:19" s="16" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A2" s="24" t="str">
         <f>IF(Settings!$E$6="Enable",Settings!$B$6,"")</f>
         <v>My company slogan</v>
       </c>
-      <c r="B2" s="3"/>
-[...4 lines deleted...]
-        <f>Settings!$B$33</f>
+      <c r="B2" s="2"/>
+      <c r="C2" s="2"/>
+      <c r="D2" s="2"/>
+      <c r="E2" s="2"/>
+      <c r="M2" s="23" t="str">
+        <f>Settings!$B$35</f>
         <v>Blue</v>
       </c>
     </row>
-    <row r="3" spans="1:19" s="27" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-[...13 lines deleted...]
-        <v>29</v>
+    <row r="3" spans="1:19" s="16" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A3" s="24"/>
+      <c r="B3" s="2"/>
+      <c r="C3" s="2"/>
+      <c r="D3" s="2"/>
+      <c r="E3" s="2"/>
+      <c r="O3" s="16" t="str">
+        <f ca="1">EULA!I3</f>
+        <v>© 2013 - 2025 Spreadsheet123 LTD. All rights reserved</v>
+      </c>
+    </row>
+    <row r="4" spans="1:19" s="16" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="25"/>
+      <c r="B4" s="25"/>
+      <c r="C4" s="25"/>
+      <c r="D4" s="25"/>
+      <c r="E4" s="25"/>
+      <c r="H4" s="41" t="s">
+        <v>28</v>
       </c>
       <c r="I4" s="108">
         <f ca="1">TODAY()</f>
-        <v>41523</v>
+        <v>46005</v>
       </c>
       <c r="J4" s="109"/>
       <c r="K4" s="109"/>
       <c r="L4" s="110"/>
-    </row>
-[...5 lines deleted...]
-      <c r="H5" s="47" t="s">
+      <c r="O4" s="92" t="s">
+        <v>140</v>
+      </c>
+      <c r="P4" s="92"/>
+      <c r="Q4" s="92"/>
+      <c r="R4" s="92"/>
+    </row>
+    <row r="5" spans="1:19" s="16" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="26"/>
+      <c r="B5" s="26"/>
+      <c r="C5" s="26"/>
+      <c r="D5" s="26"/>
+      <c r="H5" s="41" t="s">
+        <v>19</v>
+      </c>
+      <c r="I5" s="108" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
       <c r="J5" s="109"/>
       <c r="K5" s="109"/>
       <c r="L5" s="110"/>
     </row>
-    <row r="6" spans="1:19" s="27" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-[...5 lines deleted...]
-        <v>66</v>
+    <row r="6" spans="1:19" s="16" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="27"/>
+      <c r="B6" s="27"/>
+      <c r="C6" s="27"/>
+      <c r="D6" s="27"/>
+      <c r="H6" s="41" t="s">
+        <v>64</v>
       </c>
       <c r="I6" s="111" t="s">
         <v>9</v>
       </c>
       <c r="J6" s="112"/>
       <c r="K6" s="112"/>
       <c r="L6" s="113"/>
     </row>
-    <row r="7" spans="1:19" s="27" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-[...5 lines deleted...]
-        <v>67</v>
+    <row r="7" spans="1:19" s="16" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="27"/>
+      <c r="B7" s="27"/>
+      <c r="C7" s="27"/>
+      <c r="D7" s="27"/>
+      <c r="H7" s="41" t="s">
+        <v>65</v>
       </c>
       <c r="I7" s="111" t="s">
         <v>10</v>
       </c>
       <c r="J7" s="112"/>
       <c r="K7" s="112"/>
       <c r="L7" s="113"/>
     </row>
     <row r="8" spans="1:19" ht="7.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A8" s="6"/>
-[...5 lines deleted...]
-      <c r="A9" s="115" t="s">
+      <c r="A8" s="4"/>
+      <c r="B8" s="4"/>
+      <c r="C8" s="4"/>
+      <c r="D8" s="4"/>
+    </row>
+    <row r="9" spans="1:19" s="13" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="114" t="s">
+        <v>22</v>
+      </c>
+      <c r="B9" s="114"/>
+      <c r="C9" s="114"/>
+      <c r="D9" s="115"/>
+      <c r="F9" s="116" t="s">
         <v>23</v>
       </c>
-      <c r="B9" s="115"/>
-[...13 lines deleted...]
-      <c r="A10" s="149" t="s">
+      <c r="G9" s="117"/>
+      <c r="H9" s="117"/>
+      <c r="I9" s="117"/>
+      <c r="J9" s="117"/>
+      <c r="K9" s="117"/>
+      <c r="L9" s="118"/>
+    </row>
+    <row r="10" spans="1:19" s="13" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="139" t="s">
         <v>0</v>
       </c>
-      <c r="B10" s="149"/>
-[...11 lines deleted...]
-      <c r="A11" s="149" t="s">
+      <c r="B10" s="139"/>
+      <c r="C10" s="139"/>
+      <c r="D10" s="139"/>
+      <c r="F10" s="119"/>
+      <c r="G10" s="120"/>
+      <c r="H10" s="120"/>
+      <c r="I10" s="120"/>
+      <c r="J10" s="120"/>
+      <c r="K10" s="120"/>
+      <c r="L10" s="121"/>
+    </row>
+    <row r="11" spans="1:19" s="13" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="139" t="s">
         <v>1</v>
       </c>
-      <c r="B11" s="149"/>
-[...11 lines deleted...]
-      <c r="A12" s="149" t="s">
+      <c r="B11" s="139"/>
+      <c r="C11" s="139"/>
+      <c r="D11" s="139"/>
+      <c r="F11" s="119"/>
+      <c r="G11" s="120"/>
+      <c r="H11" s="120"/>
+      <c r="I11" s="120"/>
+      <c r="J11" s="120"/>
+      <c r="K11" s="120"/>
+      <c r="L11" s="121"/>
+    </row>
+    <row r="12" spans="1:19" s="13" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="139" t="s">
         <v>2</v>
       </c>
-      <c r="B12" s="149"/>
-[...11 lines deleted...]
-      <c r="A13" s="149" t="s">
+      <c r="B12" s="139"/>
+      <c r="C12" s="139"/>
+      <c r="D12" s="139"/>
+      <c r="F12" s="119"/>
+      <c r="G12" s="120"/>
+      <c r="H12" s="120"/>
+      <c r="I12" s="120"/>
+      <c r="J12" s="120"/>
+      <c r="K12" s="120"/>
+      <c r="L12" s="121"/>
+    </row>
+    <row r="13" spans="1:19" s="13" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="139" t="s">
         <v>3</v>
       </c>
-      <c r="B13" s="149"/>
-[...11 lines deleted...]
-      <c r="A14" s="149" t="s">
+      <c r="B13" s="139"/>
+      <c r="C13" s="139"/>
+      <c r="D13" s="139"/>
+      <c r="F13" s="119"/>
+      <c r="G13" s="120"/>
+      <c r="H13" s="120"/>
+      <c r="I13" s="120"/>
+      <c r="J13" s="120"/>
+      <c r="K13" s="120"/>
+      <c r="L13" s="121"/>
+    </row>
+    <row r="14" spans="1:19" s="13" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="139" t="s">
         <v>4</v>
       </c>
-      <c r="B14" s="149"/>
-[...8 lines deleted...]
-      <c r="L14" s="129"/>
+      <c r="B14" s="139"/>
+      <c r="C14" s="139"/>
+      <c r="D14" s="139"/>
+      <c r="F14" s="133"/>
+      <c r="G14" s="134"/>
+      <c r="H14" s="134"/>
+      <c r="I14" s="134"/>
+      <c r="J14" s="134"/>
+      <c r="K14" s="134"/>
+      <c r="L14" s="135"/>
     </row>
     <row r="15" spans="1:19" ht="7.5" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="16" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A16" s="63" t="s">
-[...2 lines deleted...]
-      <c r="B16" s="142" t="s">
+      <c r="A16" s="56" t="s">
+        <v>107</v>
+      </c>
+      <c r="B16" s="130" t="s">
         <v>5</v>
       </c>
-      <c r="C16" s="143"/>
-[...10 lines deleted...]
-      <c r="J16" s="37" t="str">
+      <c r="C16" s="131"/>
+      <c r="D16" s="131"/>
+      <c r="E16" s="131"/>
+      <c r="F16" s="131"/>
+      <c r="G16" s="132"/>
+      <c r="H16" s="31" t="s">
+        <v>108</v>
+      </c>
+      <c r="I16" s="31" t="s">
+        <v>109</v>
+      </c>
+      <c r="J16" s="31" t="str">
         <f>IF(Settings!B27="Sales Tax","Tax","VAT")</f>
-        <v>Tax</v>
-[...1 lines deleted...]
-      <c r="K16" s="141" t="s">
+        <v>VAT</v>
+      </c>
+      <c r="K16" s="129" t="s">
         <v>6</v>
       </c>
-      <c r="L16" s="141"/>
-[...6 lines deleted...]
-      <c r="S16" s="48"/>
+      <c r="L16" s="129"/>
+      <c r="O16" s="42" t="s">
+        <v>66</v>
+      </c>
+      <c r="P16" s="42"/>
+      <c r="Q16" s="42"/>
+      <c r="R16" s="42"/>
+      <c r="S16" s="42"/>
     </row>
     <row r="17" spans="1:19" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A17" s="90">
+      <c r="A17" s="81">
         <f>IF(ISBLANK(B17),"",INDEX(code,MATCH(B17,product,0)))</f>
         <v>223311</v>
       </c>
-      <c r="B17" s="138" t="s">
+      <c r="B17" s="125" t="s">
+        <v>113</v>
+      </c>
+      <c r="C17" s="126"/>
+      <c r="D17" s="126"/>
+      <c r="E17" s="126"/>
+      <c r="F17" s="126"/>
+      <c r="G17" s="127"/>
+      <c r="H17" s="62">
+        <v>12</v>
+      </c>
+      <c r="I17" s="57">
+        <f t="shared" ref="I17:I33" si="0">IF(ISBLANK(B17),"",INDEX(unit_price,MATCH(B17,product,0)))</f>
+        <v>5</v>
+      </c>
+      <c r="J17" s="60" t="s">
+        <v>111</v>
+      </c>
+      <c r="K17" s="98">
+        <f t="shared" ref="K17:K33" si="1">IF(OR(ISBLANK(H17),H17=0),0,H17*I17)</f>
+        <v>60</v>
+      </c>
+      <c r="L17" s="98"/>
+      <c r="O17" s="93" t="s">
+        <v>106</v>
+      </c>
+      <c r="P17" s="93"/>
+      <c r="Q17" s="93"/>
+      <c r="R17" s="93"/>
+      <c r="S17" s="93"/>
+    </row>
+    <row r="18" spans="1:19" x14ac:dyDescent="0.2">
+      <c r="A18" s="81">
+        <f t="shared" ref="A18:A33" si="2">IF(ISBLANK(B18),"",INDEX(code,MATCH(B18,product,0)))</f>
+        <v>331122</v>
+      </c>
+      <c r="B18" s="125" t="s">
         <v>117</v>
       </c>
-      <c r="C17" s="139"/>
-[...8 lines deleted...]
-        <f>IF(ISBLANK(B17),"",INDEX(unit_price,MATCH(B17,product,0)))</f>
+      <c r="C18" s="126"/>
+      <c r="D18" s="126"/>
+      <c r="E18" s="126"/>
+      <c r="F18" s="126"/>
+      <c r="G18" s="127"/>
+      <c r="H18" s="62">
         <v>5</v>
       </c>
-      <c r="J17" s="67" t="s">
-[...32 lines deleted...]
-        <f>IF(ISBLANK(B18),"",INDEX(unit_price,MATCH(B18,product,0)))</f>
+      <c r="I18" s="57">
+        <f t="shared" si="0"/>
         <v>1.85</v>
       </c>
-      <c r="J18" s="67"/>
-      <c r="K18" s="100">
+      <c r="J18" s="60"/>
+      <c r="K18" s="98">
+        <f t="shared" si="1"/>
+        <v>9.25</v>
+      </c>
+      <c r="L18" s="98"/>
+      <c r="O18" s="94"/>
+      <c r="P18" s="94"/>
+      <c r="Q18" s="94"/>
+      <c r="R18" s="94"/>
+      <c r="S18" s="94"/>
+    </row>
+    <row r="19" spans="1:19" x14ac:dyDescent="0.2">
+      <c r="A19" s="81" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
+      <c r="B19" s="125"/>
+      <c r="C19" s="126"/>
+      <c r="D19" s="126"/>
+      <c r="E19" s="126"/>
+      <c r="F19" s="126"/>
+      <c r="G19" s="127"/>
+      <c r="H19" s="62"/>
+      <c r="I19" s="57" t="str">
         <f t="shared" si="0"/>
-        <v>9.25</v>
-[...25 lines deleted...]
-      <c r="K19" s="100">
+        <v/>
+      </c>
+      <c r="J19" s="60"/>
+      <c r="K19" s="98">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="L19" s="98"/>
+      <c r="O19" s="94"/>
+      <c r="P19" s="94"/>
+      <c r="Q19" s="94"/>
+      <c r="R19" s="94"/>
+      <c r="S19" s="94"/>
+    </row>
+    <row r="20" spans="1:19" x14ac:dyDescent="0.2">
+      <c r="A20" s="81" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
+      <c r="B20" s="125"/>
+      <c r="C20" s="126"/>
+      <c r="D20" s="126"/>
+      <c r="E20" s="126"/>
+      <c r="F20" s="126"/>
+      <c r="G20" s="127"/>
+      <c r="H20" s="62"/>
+      <c r="I20" s="57" t="str">
         <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="J20" s="60"/>
+      <c r="K20" s="98">
+        <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="L19" s="100"/>
-[...23 lines deleted...]
-      <c r="K20" s="100">
+      <c r="L20" s="98"/>
+      <c r="O20" s="94"/>
+      <c r="P20" s="94"/>
+      <c r="Q20" s="94"/>
+      <c r="R20" s="94"/>
+      <c r="S20" s="94"/>
+    </row>
+    <row r="21" spans="1:19" x14ac:dyDescent="0.2">
+      <c r="A21" s="81" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
+      <c r="B21" s="125"/>
+      <c r="C21" s="126"/>
+      <c r="D21" s="126"/>
+      <c r="E21" s="126"/>
+      <c r="F21" s="126"/>
+      <c r="G21" s="127"/>
+      <c r="H21" s="62"/>
+      <c r="I21" s="57" t="str">
         <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="J21" s="60"/>
+      <c r="K21" s="98">
+        <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="L20" s="100"/>
-[...23 lines deleted...]
-      <c r="K21" s="100">
+      <c r="L21" s="98"/>
+      <c r="O21" s="94"/>
+      <c r="P21" s="94"/>
+      <c r="Q21" s="94"/>
+      <c r="R21" s="94"/>
+      <c r="S21" s="94"/>
+    </row>
+    <row r="22" spans="1:19" x14ac:dyDescent="0.2">
+      <c r="A22" s="81" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
+      <c r="B22" s="125"/>
+      <c r="C22" s="126"/>
+      <c r="D22" s="126"/>
+      <c r="E22" s="126"/>
+      <c r="F22" s="126"/>
+      <c r="G22" s="127"/>
+      <c r="H22" s="62"/>
+      <c r="I22" s="57" t="str">
         <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="J22" s="60"/>
+      <c r="K22" s="98">
+        <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="L21" s="100"/>
-[...23 lines deleted...]
-      <c r="K22" s="100">
+      <c r="L22" s="98"/>
+    </row>
+    <row r="23" spans="1:19" x14ac:dyDescent="0.2">
+      <c r="A23" s="81" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
+      <c r="B23" s="125"/>
+      <c r="C23" s="126"/>
+      <c r="D23" s="126"/>
+      <c r="E23" s="126"/>
+      <c r="F23" s="126"/>
+      <c r="G23" s="127"/>
+      <c r="H23" s="62"/>
+      <c r="I23" s="57" t="str">
         <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="J23" s="60"/>
+      <c r="K23" s="98">
+        <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="L22" s="100"/>
-[...18 lines deleted...]
-      <c r="K23" s="100">
+      <c r="L23" s="98"/>
+    </row>
+    <row r="24" spans="1:19" x14ac:dyDescent="0.2">
+      <c r="A24" s="81" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
+      <c r="B24" s="125"/>
+      <c r="C24" s="126"/>
+      <c r="D24" s="126"/>
+      <c r="E24" s="126"/>
+      <c r="F24" s="126"/>
+      <c r="G24" s="127"/>
+      <c r="H24" s="62"/>
+      <c r="I24" s="57" t="str">
         <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="J24" s="60"/>
+      <c r="K24" s="98">
+        <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="L23" s="100"/>
-[...18 lines deleted...]
-      <c r="K24" s="100">
+      <c r="L24" s="98"/>
+    </row>
+    <row r="25" spans="1:19" x14ac:dyDescent="0.2">
+      <c r="A25" s="81" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
+      <c r="B25" s="125"/>
+      <c r="C25" s="126"/>
+      <c r="D25" s="126"/>
+      <c r="E25" s="126"/>
+      <c r="F25" s="126"/>
+      <c r="G25" s="127"/>
+      <c r="H25" s="62"/>
+      <c r="I25" s="57" t="str">
         <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="J25" s="60"/>
+      <c r="K25" s="98">
+        <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="L24" s="100"/>
-[...18 lines deleted...]
-      <c r="K25" s="100">
+      <c r="L25" s="98"/>
+    </row>
+    <row r="26" spans="1:19" x14ac:dyDescent="0.2">
+      <c r="A26" s="81" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
+      <c r="B26" s="125"/>
+      <c r="C26" s="126"/>
+      <c r="D26" s="126"/>
+      <c r="E26" s="126"/>
+      <c r="F26" s="126"/>
+      <c r="G26" s="127"/>
+      <c r="H26" s="62"/>
+      <c r="I26" s="57" t="str">
         <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="J26" s="60"/>
+      <c r="K26" s="98">
+        <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="L25" s="100"/>
-[...18 lines deleted...]
-      <c r="K26" s="100">
+      <c r="L26" s="98"/>
+    </row>
+    <row r="27" spans="1:19" x14ac:dyDescent="0.2">
+      <c r="A27" s="81" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
+      <c r="B27" s="125"/>
+      <c r="C27" s="126"/>
+      <c r="D27" s="126"/>
+      <c r="E27" s="126"/>
+      <c r="F27" s="126"/>
+      <c r="G27" s="127"/>
+      <c r="H27" s="62"/>
+      <c r="I27" s="57" t="str">
         <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="J27" s="60"/>
+      <c r="K27" s="98">
+        <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="L26" s="100"/>
-[...18 lines deleted...]
-      <c r="K27" s="100">
+      <c r="L27" s="98"/>
+    </row>
+    <row r="28" spans="1:19" x14ac:dyDescent="0.2">
+      <c r="A28" s="81" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
+      <c r="B28" s="125"/>
+      <c r="C28" s="126"/>
+      <c r="D28" s="126"/>
+      <c r="E28" s="126"/>
+      <c r="F28" s="126"/>
+      <c r="G28" s="127"/>
+      <c r="H28" s="62"/>
+      <c r="I28" s="57" t="str">
         <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="J28" s="60"/>
+      <c r="K28" s="98">
+        <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="L27" s="100"/>
-[...18 lines deleted...]
-      <c r="K28" s="100">
+      <c r="L28" s="98"/>
+    </row>
+    <row r="29" spans="1:19" x14ac:dyDescent="0.2">
+      <c r="A29" s="81" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
+      <c r="B29" s="125"/>
+      <c r="C29" s="126"/>
+      <c r="D29" s="126"/>
+      <c r="E29" s="126"/>
+      <c r="F29" s="126"/>
+      <c r="G29" s="127"/>
+      <c r="H29" s="62"/>
+      <c r="I29" s="57" t="str">
         <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="J29" s="60"/>
+      <c r="K29" s="98">
+        <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="L28" s="100"/>
-[...18 lines deleted...]
-      <c r="K29" s="100">
+      <c r="L29" s="98"/>
+    </row>
+    <row r="30" spans="1:19" x14ac:dyDescent="0.2">
+      <c r="A30" s="81" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
+      <c r="B30" s="125"/>
+      <c r="C30" s="126"/>
+      <c r="D30" s="126"/>
+      <c r="E30" s="126"/>
+      <c r="F30" s="126"/>
+      <c r="G30" s="127"/>
+      <c r="H30" s="62"/>
+      <c r="I30" s="57" t="str">
         <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="J30" s="60"/>
+      <c r="K30" s="98">
+        <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="L29" s="100"/>
-[...18 lines deleted...]
-      <c r="K30" s="100">
+      <c r="L30" s="98"/>
+    </row>
+    <row r="31" spans="1:19" x14ac:dyDescent="0.2">
+      <c r="A31" s="81" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
+      <c r="B31" s="125"/>
+      <c r="C31" s="126"/>
+      <c r="D31" s="126"/>
+      <c r="E31" s="126"/>
+      <c r="F31" s="126"/>
+      <c r="G31" s="127"/>
+      <c r="H31" s="62"/>
+      <c r="I31" s="57" t="str">
         <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="J31" s="60"/>
+      <c r="K31" s="98">
+        <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="L30" s="100"/>
-[...18 lines deleted...]
-      <c r="K31" s="100">
+      <c r="L31" s="98"/>
+    </row>
+    <row r="32" spans="1:19" x14ac:dyDescent="0.2">
+      <c r="A32" s="81" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
+      <c r="B32" s="125"/>
+      <c r="C32" s="126"/>
+      <c r="D32" s="126"/>
+      <c r="E32" s="126"/>
+      <c r="F32" s="126"/>
+      <c r="G32" s="127"/>
+      <c r="H32" s="62"/>
+      <c r="I32" s="57" t="str">
         <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="J32" s="60"/>
+      <c r="K32" s="98">
+        <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="L31" s="100"/>
-[...18 lines deleted...]
-      <c r="K32" s="100">
+      <c r="L32" s="98"/>
+    </row>
+    <row r="33" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A33" s="82" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
+      <c r="B33" s="136"/>
+      <c r="C33" s="137"/>
+      <c r="D33" s="137"/>
+      <c r="E33" s="137"/>
+      <c r="F33" s="137"/>
+      <c r="G33" s="138"/>
+      <c r="H33" s="63"/>
+      <c r="I33" s="58" t="str">
         <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="J33" s="61"/>
+      <c r="K33" s="100">
+        <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="L32" s="100"/>
-[...22 lines deleted...]
-      <c r="L33" s="107"/>
+      <c r="L33" s="100"/>
     </row>
     <row r="34" spans="1:15" ht="7.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A34" s="73"/>
-[...10 lines deleted...]
-      <c r="L34" s="36"/>
+      <c r="A34" s="64"/>
+      <c r="B34" s="64"/>
+      <c r="C34" s="64"/>
+      <c r="D34" s="64"/>
+      <c r="E34" s="64"/>
+      <c r="F34" s="64"/>
+      <c r="G34" s="64"/>
+      <c r="H34" s="64"/>
+      <c r="I34" s="64"/>
+      <c r="J34" s="64"/>
+      <c r="K34" s="30"/>
+      <c r="L34" s="30"/>
     </row>
     <row r="35" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A35" s="117" t="s">
-[...9 lines deleted...]
-      <c r="I35" s="38" t="s">
+      <c r="A35" s="116" t="s">
+        <v>139</v>
+      </c>
+      <c r="B35" s="117"/>
+      <c r="C35" s="117"/>
+      <c r="D35" s="117"/>
+      <c r="E35" s="117"/>
+      <c r="F35" s="117"/>
+      <c r="G35" s="118"/>
+      <c r="H35" s="6"/>
+      <c r="I35" s="32" t="s">
         <v>7</v>
       </c>
-      <c r="J35" s="38"/>
-[...1 lines deleted...]
-        <f>IF($L35=0,"",Settings!$B$29)</f>
+      <c r="J35" s="32"/>
+      <c r="K35" s="32" t="str">
+        <f>IF($L35=0,"",Settings!$B$31)</f>
         <v>$</v>
       </c>
-      <c r="L35" s="39">
+      <c r="L35" s="33">
         <f>SUM(K17:K33)</f>
         <v>69.25</v>
       </c>
-      <c r="N35" s="87" t="s">
-[...3 lines deleted...]
-        <v>140</v>
+      <c r="N35" s="78" t="s">
+        <v>135</v>
+      </c>
+      <c r="O35" s="79" t="s">
+        <v>136</v>
       </c>
     </row>
     <row r="36" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A36" s="148" t="s">
-[...14 lines deleted...]
-        <f>IF($L36=0,"",Settings!$B$29)</f>
+      <c r="A36" s="140"/>
+      <c r="B36" s="139"/>
+      <c r="C36" s="139"/>
+      <c r="D36" s="139"/>
+      <c r="E36" s="139"/>
+      <c r="F36" s="139"/>
+      <c r="G36" s="141"/>
+      <c r="H36" s="38"/>
+      <c r="I36" s="16" t="s">
+        <v>110</v>
+      </c>
+      <c r="J36" s="16"/>
+      <c r="K36" s="32" t="str">
+        <f>IF($L36=0,"",Settings!$B$31)</f>
         <v>$</v>
       </c>
-      <c r="L36" s="66">
+      <c r="L36" s="59">
         <f>SUMIF(J17:J33,"x",K17:L33)</f>
         <v>60</v>
       </c>
     </row>
     <row r="37" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A37" s="148"/>
-[...7 lines deleted...]
-      <c r="I37" s="38" t="str">
+      <c r="A37" s="140"/>
+      <c r="B37" s="139"/>
+      <c r="C37" s="139"/>
+      <c r="D37" s="139"/>
+      <c r="E37" s="139"/>
+      <c r="F37" s="139"/>
+      <c r="G37" s="141"/>
+      <c r="H37" s="38"/>
+      <c r="I37" s="32" t="str">
         <f>Settings!$B$27&amp;" Rate"</f>
-        <v>Sales Tax Rate</v>
-[...11 lines deleted...]
-      </c>
+        <v>VAT Rate</v>
+      </c>
+      <c r="J37" s="32"/>
+      <c r="K37" s="157">
+        <f>Settings!$B$29</f>
+        <v>0.2</v>
+      </c>
+      <c r="L37" s="157"/>
+      <c r="N37" s="78"/>
+      <c r="O37" s="79"/>
     </row>
     <row r="38" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A38" s="148"/>
-[...7 lines deleted...]
-      <c r="I38" s="38" t="str">
+      <c r="A38" s="140"/>
+      <c r="B38" s="139"/>
+      <c r="C38" s="139"/>
+      <c r="D38" s="139"/>
+      <c r="E38" s="139"/>
+      <c r="F38" s="139"/>
+      <c r="G38" s="141"/>
+      <c r="H38" s="65"/>
+      <c r="I38" s="32" t="str">
         <f>Settings!$B$27</f>
-        <v>Sales Tax</v>
-[...3 lines deleted...]
-        <f>IF($L38=0,"",Settings!$B$29)</f>
+        <v>VAT</v>
+      </c>
+      <c r="J38" s="32"/>
+      <c r="K38" s="32" t="str">
+        <f>IF($L38=0,"",Settings!$B$31)</f>
         <v>$</v>
       </c>
-      <c r="L38" s="40">
+      <c r="L38" s="34">
         <f>L36*K37</f>
-        <v>6</v>
-[...2 lines deleted...]
-      <c r="O38" s="88"/>
+        <v>12</v>
+      </c>
+      <c r="N38" s="80"/>
+      <c r="O38" s="79"/>
     </row>
     <row r="39" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A39" s="148"/>
-[...15 lines deleted...]
-      <c r="L39" s="43">
+      <c r="A39" s="140"/>
+      <c r="B39" s="139"/>
+      <c r="C39" s="139"/>
+      <c r="D39" s="139"/>
+      <c r="E39" s="139"/>
+      <c r="F39" s="139"/>
+      <c r="G39" s="141"/>
+      <c r="H39" s="65"/>
+      <c r="I39" s="32" t="s">
+        <v>112</v>
+      </c>
+      <c r="J39" s="32"/>
+      <c r="K39" s="36" t="str">
+        <f>IF($L39=0,"",Settings!$B$31)</f>
+        <v/>
+      </c>
+      <c r="L39" s="37">
         <v>0</v>
       </c>
-      <c r="N39" s="87" t="s">
-[...3 lines deleted...]
-        <v>142</v>
+      <c r="N39" s="78" t="s">
+        <v>135</v>
+      </c>
+      <c r="O39" s="79" t="s">
+        <v>137</v>
       </c>
     </row>
     <row r="40" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A40" s="148"/>
-[...15 lines deleted...]
-      <c r="L40" s="43">
+      <c r="A40" s="140"/>
+      <c r="B40" s="139"/>
+      <c r="C40" s="139"/>
+      <c r="D40" s="139"/>
+      <c r="E40" s="139"/>
+      <c r="F40" s="139"/>
+      <c r="G40" s="141"/>
+      <c r="H40" s="65"/>
+      <c r="I40" s="32" t="s">
+        <v>18</v>
+      </c>
+      <c r="J40" s="32"/>
+      <c r="K40" s="36" t="str">
+        <f>IF($L40=0,"",Settings!$B$31)</f>
+        <v/>
+      </c>
+      <c r="L40" s="37">
         <v>0</v>
       </c>
-      <c r="N40" s="87" t="s">
-[...3 lines deleted...]
-        <v>143</v>
+      <c r="N40" s="78" t="s">
+        <v>135</v>
+      </c>
+      <c r="O40" s="79" t="s">
+        <v>138</v>
       </c>
     </row>
     <row r="41" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A41" s="152"/>
-[...7 lines deleted...]
-      <c r="I41" s="46" t="s">
+      <c r="A41" s="144"/>
+      <c r="B41" s="145"/>
+      <c r="C41" s="145"/>
+      <c r="D41" s="145"/>
+      <c r="E41" s="145"/>
+      <c r="F41" s="145"/>
+      <c r="G41" s="146"/>
+      <c r="H41" s="65"/>
+      <c r="I41" s="40" t="s">
         <v>8</v>
       </c>
-      <c r="J41" s="46"/>
-[...1 lines deleted...]
-        <f>IF($L41=0,"",Settings!$B$29)</f>
+      <c r="J41" s="40"/>
+      <c r="K41" s="40" t="str">
+        <f>IF($L41=0,"",Settings!$B$31)</f>
         <v>$</v>
       </c>
-      <c r="L41" s="41">
+      <c r="L41" s="35">
         <f>SUM(L35-L40,L39,L38)</f>
-        <v>75.25</v>
+        <v>81.25</v>
       </c>
     </row>
     <row r="42" spans="1:15" ht="7.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A42" s="6"/>
-[...3 lines deleted...]
-      <c r="F42" s="9"/>
+      <c r="A42" s="4"/>
+      <c r="B42" s="4"/>
+      <c r="C42" s="4"/>
+      <c r="D42" s="5"/>
+      <c r="F42" s="7"/>
     </row>
     <row r="43" spans="1:15" x14ac:dyDescent="0.2">
-      <c r="A43" s="151" t="s">
+      <c r="A43" s="143" t="s">
+        <v>24</v>
+      </c>
+      <c r="B43" s="143"/>
+      <c r="C43" s="143"/>
+      <c r="D43" s="143"/>
+      <c r="E43" s="143"/>
+      <c r="F43" s="143"/>
+      <c r="G43" s="143"/>
+      <c r="H43" s="143"/>
+      <c r="I43" s="143"/>
+      <c r="J43" s="143"/>
+      <c r="K43" s="143"/>
+      <c r="L43" s="143"/>
+    </row>
+    <row r="44" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A44" s="143" t="s">
+        <v>29</v>
+      </c>
+      <c r="B44" s="143"/>
+      <c r="C44" s="143"/>
+      <c r="D44" s="143"/>
+      <c r="E44" s="143"/>
+      <c r="F44" s="143"/>
+      <c r="G44" s="143"/>
+      <c r="H44" s="143"/>
+      <c r="I44" s="143"/>
+      <c r="J44" s="143"/>
+      <c r="K44" s="143"/>
+      <c r="L44" s="143"/>
+    </row>
+    <row r="45" spans="1:15" ht="7.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A45" s="66"/>
+      <c r="B45" s="66"/>
+      <c r="C45" s="66"/>
+      <c r="D45" s="67"/>
+      <c r="E45" s="1"/>
+      <c r="F45" s="68"/>
+      <c r="G45" s="1"/>
+      <c r="H45" s="1"/>
+      <c r="I45" s="1"/>
+      <c r="J45" s="1"/>
+      <c r="K45" s="1"/>
+      <c r="L45" s="1"/>
+    </row>
+    <row r="46" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A46" s="142" t="s">
         <v>25</v>
       </c>
-      <c r="B43" s="151"/>
-[...42 lines deleted...]
-      <c r="A46" s="155" t="s">
+      <c r="B46" s="142"/>
+      <c r="C46" s="142"/>
+      <c r="D46" s="142"/>
+      <c r="E46" s="142"/>
+      <c r="F46" s="142"/>
+      <c r="G46" s="142"/>
+      <c r="H46" s="142"/>
+      <c r="I46" s="142"/>
+      <c r="J46" s="142"/>
+      <c r="K46" s="142"/>
+      <c r="L46" s="142"/>
+    </row>
+    <row r="47" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A47" s="95" t="s">
         <v>26</v>
       </c>
-      <c r="B46" s="155"/>
-[...12 lines deleted...]
-      <c r="A47" s="103" t="s">
+      <c r="B47" s="96"/>
+      <c r="C47" s="97"/>
+      <c r="E47" s="95" t="s">
         <v>27</v>
       </c>
-      <c r="B47" s="104"/>
-[...1 lines deleted...]
-      <c r="E47" s="103" t="s">
+      <c r="F47" s="96"/>
+      <c r="G47" s="97"/>
+      <c r="I47" s="95" t="s">
         <v>28</v>
       </c>
-      <c r="F47" s="104"/>
-[...6 lines deleted...]
-      <c r="L47" s="105"/>
+      <c r="J47" s="96"/>
+      <c r="K47" s="96"/>
+      <c r="L47" s="97"/>
     </row>
     <row r="48" spans="1:15" ht="7.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A48" s="4"/>
-[...10 lines deleted...]
-      <c r="L48" s="4"/>
+      <c r="A48" s="1"/>
+      <c r="B48" s="1"/>
+      <c r="C48" s="1"/>
+      <c r="D48" s="1"/>
+      <c r="E48" s="1"/>
+      <c r="F48" s="1"/>
+      <c r="G48" s="28"/>
+      <c r="H48" s="28"/>
+      <c r="I48" s="28"/>
+      <c r="J48" s="28"/>
+      <c r="K48" s="28"/>
+      <c r="L48" s="1"/>
     </row>
     <row r="49" spans="1:12" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A49" s="124" t="s">
+      <c r="A49" s="123" t="s">
         <v>11</v>
       </c>
-      <c r="B49" s="124"/>
-[...12 lines deleted...]
-      <c r="A50" s="126" t="str">
+      <c r="B49" s="123"/>
+      <c r="C49" s="123"/>
+      <c r="D49" s="123"/>
+      <c r="E49" s="123"/>
+      <c r="F49" s="123"/>
+      <c r="G49" s="123"/>
+      <c r="H49" s="123"/>
+      <c r="I49" s="123"/>
+      <c r="J49" s="123"/>
+      <c r="K49" s="123"/>
+      <c r="L49" s="123"/>
+    </row>
+    <row r="50" spans="1:12" s="1" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A50" s="128" t="str">
         <f>"Should you have any enquiries concerning this quote, please contact "&amp;Settings!$B$22&amp;" on "&amp;Settings!$B$23</f>
         <v>Should you have any enquiries concerning this quote, please contact John Doe on 0-000-000-0000</v>
       </c>
-      <c r="B50" s="126"/>
-[...9 lines deleted...]
-      <c r="L50" s="126"/>
+      <c r="B50" s="128"/>
+      <c r="C50" s="128"/>
+      <c r="D50" s="128"/>
+      <c r="E50" s="128"/>
+      <c r="F50" s="128"/>
+      <c r="G50" s="128"/>
+      <c r="H50" s="128"/>
+      <c r="I50" s="128"/>
+      <c r="J50" s="128"/>
+      <c r="K50" s="128"/>
+      <c r="L50" s="128"/>
     </row>
     <row r="51" spans="1:12" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A51" s="125" t="str">
+      <c r="A51" s="124" t="str">
         <f>Settings!$B$10&amp;" "&amp;Settings!$B$11&amp;", "&amp;Settings!$B$12&amp;IF(ISBLANK(Settings!$B$13),", ",", "&amp;Settings!$B$13&amp;", ")&amp;IF(ISBLANK(Settings!$B$14),"",""&amp;Settings!$B$14&amp;", ")&amp;Settings!$B$15</f>
         <v>111 Street, Town/City, County, ST, 00000</v>
       </c>
-      <c r="B51" s="125"/>
-[...9 lines deleted...]
-      <c r="L51" s="125"/>
+      <c r="B51" s="124"/>
+      <c r="C51" s="124"/>
+      <c r="D51" s="124"/>
+      <c r="E51" s="124"/>
+      <c r="F51" s="124"/>
+      <c r="G51" s="124"/>
+      <c r="H51" s="124"/>
+      <c r="I51" s="124"/>
+      <c r="J51" s="124"/>
+      <c r="K51" s="124"/>
+      <c r="L51" s="124"/>
     </row>
     <row r="52" spans="1:12" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A52" s="123" t="str">
+      <c r="A52" s="122" t="str">
         <f>"Tel: "&amp;Settings!$B$17&amp;" Fax: "&amp;Settings!$B$18&amp;IF(ISBLANK(Settings!$B$19)," "," E-mail: "&amp;Settings!$B$19)&amp;IF(ISBLANK(Settings!$B$20)," "," Web: "&amp;Settings!$B$20)</f>
         <v>Tel: 0-000-000-0000 Fax: 0-000-000-0000 E-mail: info@yourcompanysite.com Web: www.yourcompanysite.com</v>
       </c>
-      <c r="B52" s="123"/>
-[...9 lines deleted...]
-      <c r="L52" s="123"/>
+      <c r="B52" s="122"/>
+      <c r="C52" s="122"/>
+      <c r="D52" s="122"/>
+      <c r="E52" s="122"/>
+      <c r="F52" s="122"/>
+      <c r="G52" s="122"/>
+      <c r="H52" s="122"/>
+      <c r="I52" s="122"/>
+      <c r="J52" s="122"/>
+      <c r="K52" s="122"/>
+      <c r="L52" s="122"/>
     </row>
   </sheetData>
-  <mergeCells count="71">
-[...2 lines deleted...]
-    <mergeCell ref="K29:L29"/>
+  <mergeCells count="72">
     <mergeCell ref="O17:S21"/>
     <mergeCell ref="E47:G47"/>
     <mergeCell ref="I47:L47"/>
     <mergeCell ref="K26:L26"/>
     <mergeCell ref="A46:L46"/>
     <mergeCell ref="K30:L30"/>
     <mergeCell ref="K31:L31"/>
     <mergeCell ref="K32:L32"/>
     <mergeCell ref="K33:L33"/>
-    <mergeCell ref="A10:D10"/>
-[...7 lines deleted...]
-    <mergeCell ref="I7:L7"/>
+    <mergeCell ref="A43:L43"/>
+    <mergeCell ref="K37:L37"/>
+    <mergeCell ref="A40:G40"/>
+    <mergeCell ref="A41:G41"/>
+    <mergeCell ref="B24:G24"/>
+    <mergeCell ref="A38:G38"/>
+    <mergeCell ref="A44:L44"/>
     <mergeCell ref="A52:L52"/>
     <mergeCell ref="A14:D14"/>
     <mergeCell ref="A49:L49"/>
     <mergeCell ref="A51:L51"/>
     <mergeCell ref="A47:C47"/>
     <mergeCell ref="K17:L17"/>
     <mergeCell ref="K18:L18"/>
     <mergeCell ref="K19:L19"/>
     <mergeCell ref="K20:L20"/>
     <mergeCell ref="K21:L21"/>
     <mergeCell ref="A50:L50"/>
     <mergeCell ref="F14:L14"/>
-    <mergeCell ref="A43:L43"/>
-[...4 lines deleted...]
-    <mergeCell ref="A44:L44"/>
+    <mergeCell ref="A37:G37"/>
+    <mergeCell ref="A39:G39"/>
+    <mergeCell ref="K29:L29"/>
+    <mergeCell ref="B27:G27"/>
+    <mergeCell ref="I4:L4"/>
+    <mergeCell ref="I5:L5"/>
+    <mergeCell ref="I6:L6"/>
+    <mergeCell ref="I7:L7"/>
+    <mergeCell ref="A10:D10"/>
+    <mergeCell ref="A11:D11"/>
+    <mergeCell ref="A9:D9"/>
+    <mergeCell ref="F9:L9"/>
+    <mergeCell ref="F10:L10"/>
+    <mergeCell ref="F11:L11"/>
     <mergeCell ref="K22:L22"/>
     <mergeCell ref="K24:L24"/>
     <mergeCell ref="A36:G36"/>
-    <mergeCell ref="F13:L13"/>
-[...3 lines deleted...]
-    <mergeCell ref="K23:L23"/>
     <mergeCell ref="K27:L27"/>
     <mergeCell ref="K28:L28"/>
-    <mergeCell ref="B17:G17"/>
-[...10 lines deleted...]
-    <mergeCell ref="B24:G24"/>
     <mergeCell ref="A35:G35"/>
     <mergeCell ref="B31:G31"/>
     <mergeCell ref="B32:G32"/>
     <mergeCell ref="B33:G33"/>
     <mergeCell ref="B29:G29"/>
     <mergeCell ref="B30:G30"/>
     <mergeCell ref="B25:G25"/>
     <mergeCell ref="B26:G26"/>
-    <mergeCell ref="B27:G27"/>
     <mergeCell ref="B28:G28"/>
+    <mergeCell ref="O4:R4"/>
+    <mergeCell ref="F13:L13"/>
+    <mergeCell ref="A12:D12"/>
+    <mergeCell ref="A13:D13"/>
+    <mergeCell ref="K25:L25"/>
+    <mergeCell ref="K23:L23"/>
+    <mergeCell ref="B17:G17"/>
+    <mergeCell ref="B18:G18"/>
+    <mergeCell ref="B19:G19"/>
+    <mergeCell ref="B20:G20"/>
+    <mergeCell ref="K16:L16"/>
+    <mergeCell ref="F12:L12"/>
+    <mergeCell ref="B16:G16"/>
+    <mergeCell ref="B21:G21"/>
+    <mergeCell ref="B22:G22"/>
+    <mergeCell ref="B23:G23"/>
   </mergeCells>
   <phoneticPr fontId="1" type="noConversion"/>
-  <conditionalFormatting sqref="A50:L50">
-    <cfRule type="expression" dxfId="10" priority="1" stopIfTrue="1">
+  <conditionalFormatting sqref="A17:B33 H17:L33">
+    <cfRule type="expression" dxfId="20" priority="10" stopIfTrue="1">
+      <formula>MOD(ROW(),2)=1</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="A9:D9 F9 A16:B16 H16:L16 A35">
+    <cfRule type="expression" dxfId="19" priority="4" stopIfTrue="1">
       <formula>IF($M$2="No Color",TRUE,FALSE)</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="9" priority="2" stopIfTrue="1">
+    <cfRule type="expression" dxfId="18" priority="5" stopIfTrue="1">
       <formula>IF($M$2="Red",TRUE,FALSE)</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="8" priority="3" stopIfTrue="1">
+    <cfRule type="expression" dxfId="17" priority="6" stopIfTrue="1">
       <formula>IF($M$2="Green",TRUE,FALSE)</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A35 F9 A9:D9 H16:L16 A16:B16">
-    <cfRule type="expression" dxfId="7" priority="4" stopIfTrue="1">
+  <conditionalFormatting sqref="A50:L50">
+    <cfRule type="expression" dxfId="16" priority="1" stopIfTrue="1">
       <formula>IF($M$2="No Color",TRUE,FALSE)</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="6" priority="5" stopIfTrue="1">
+    <cfRule type="expression" dxfId="15" priority="2" stopIfTrue="1">
       <formula>IF($M$2="Red",TRUE,FALSE)</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="5" priority="6" stopIfTrue="1">
+    <cfRule type="expression" dxfId="14" priority="3" stopIfTrue="1">
       <formula>IF($M$2="Green",TRUE,FALSE)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="L1">
-    <cfRule type="expression" dxfId="4" priority="7" stopIfTrue="1">
+    <cfRule type="expression" dxfId="13" priority="7" stopIfTrue="1">
       <formula>IF($M$2="No Color",TRUE,FALSE)</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="3" priority="8" stopIfTrue="1">
+    <cfRule type="expression" dxfId="12" priority="8" stopIfTrue="1">
       <formula>IF($M$2="Red",TRUE,FALSE)</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="2" priority="9" stopIfTrue="1">
+    <cfRule type="expression" dxfId="11" priority="9" stopIfTrue="1">
       <formula>IF($M$2="Green",TRUE,FALSE)</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A17:B33 H17:L33">
-[...3 lines deleted...]
-  </conditionalFormatting>
   <dataValidations count="1">
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Select products from the drop-down list." sqref="B17:G33">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Select products from the drop-down list." sqref="B17:G33" xr:uid="{00000000-0002-0000-0200-000000000000}">
       <formula1>product</formula1>
     </dataValidation>
   </dataValidations>
+  <hyperlinks>
+    <hyperlink ref="O4:R4" r:id="rId1" display="Price Quote Template" xr:uid="{6A7EE42D-7ABE-490A-88ED-E36FC6A914F7}"/>
+  </hyperlinks>
   <pageMargins left="0.35433070866141736" right="0.35433070866141736" top="0.19685039370078741" bottom="0.19685039370078741" header="0.51181102362204722" footer="0.51181102362204722"/>
-  <pageSetup orientation="portrait" r:id="rId1"/>
+  <pageSetup orientation="portrait" r:id="rId2"/>
   <headerFooter alignWithMargins="0"/>
-  <drawing r:id="rId2"/>
+  <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:C62"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
+  <dimension ref="A1:S52"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
-      <selection activeCell="I31" sqref="I31"/>
+      <selection activeCell="N37" sqref="N37:Q37"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="13.85546875" style="85" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="16384" width="9.140625" style="1"/>
+    <col min="2" max="2" width="8.28515625" customWidth="1"/>
+    <col min="4" max="4" width="7.5703125" customWidth="1"/>
+    <col min="5" max="5" width="11.5703125" customWidth="1"/>
+    <col min="6" max="6" width="8.140625" customWidth="1"/>
+    <col min="7" max="7" width="11" customWidth="1"/>
+    <col min="8" max="8" width="5.5703125" customWidth="1"/>
+    <col min="9" max="9" width="9.85546875" customWidth="1"/>
+    <col min="10" max="10" width="4.140625" customWidth="1"/>
+    <col min="11" max="11" width="3" customWidth="1"/>
+    <col min="12" max="12" width="13.85546875" customWidth="1"/>
+    <col min="13" max="13" width="0" hidden="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:3" s="78" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A1" s="156" t="s">
+    <row r="1" spans="1:19" s="16" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1" s="10" t="str">
+        <f>IF(Settings!$E$5="Enable",Settings!$B$5,"")</f>
+        <v>My Company name</v>
+      </c>
+      <c r="B1" s="2"/>
+      <c r="C1" s="2"/>
+      <c r="D1" s="2"/>
+      <c r="E1" s="2"/>
+      <c r="F1" s="21"/>
+      <c r="G1" s="21"/>
+      <c r="H1" s="21"/>
+      <c r="I1" s="21"/>
+      <c r="J1" s="21"/>
+      <c r="K1" s="21"/>
+      <c r="L1" s="22" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="2" spans="1:19" s="16" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A2" s="24" t="str">
+        <f>IF(Settings!$E$6="Enable",Settings!$B$6,"")</f>
+        <v>My company slogan</v>
+      </c>
+      <c r="B2" s="2"/>
+      <c r="C2" s="2"/>
+      <c r="D2" s="2"/>
+      <c r="E2" s="2"/>
+      <c r="M2" s="23" t="str">
+        <f>Settings!$B$35</f>
+        <v>Blue</v>
+      </c>
+    </row>
+    <row r="3" spans="1:19" s="16" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A3" s="24"/>
+      <c r="B3" s="2"/>
+      <c r="C3" s="2"/>
+      <c r="D3" s="2"/>
+      <c r="E3" s="2"/>
+      <c r="O3" s="16" t="str">
+        <f ca="1">EULA!I3</f>
+        <v>© 2013 - 2025 Spreadsheet123 LTD. All rights reserved</v>
+      </c>
+    </row>
+    <row r="4" spans="1:19" s="16" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="25"/>
+      <c r="B4" s="25"/>
+      <c r="C4" s="25"/>
+      <c r="D4" s="25"/>
+      <c r="E4" s="25"/>
+      <c r="H4" s="41" t="s">
+        <v>28</v>
+      </c>
+      <c r="I4" s="108">
+        <f ca="1">TODAY()</f>
+        <v>46005</v>
+      </c>
+      <c r="J4" s="109"/>
+      <c r="K4" s="109"/>
+      <c r="L4" s="110"/>
+      <c r="O4" s="92" t="s">
+        <v>140</v>
+      </c>
+      <c r="P4" s="92"/>
+      <c r="Q4" s="92"/>
+      <c r="R4" s="92"/>
+    </row>
+    <row r="5" spans="1:19" s="16" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="26"/>
+      <c r="B5" s="26"/>
+      <c r="C5" s="26"/>
+      <c r="D5" s="26"/>
+      <c r="H5" s="41" t="s">
+        <v>19</v>
+      </c>
+      <c r="I5" s="108" t="s">
+        <v>20</v>
+      </c>
+      <c r="J5" s="109"/>
+      <c r="K5" s="109"/>
+      <c r="L5" s="110"/>
+    </row>
+    <row r="6" spans="1:19" s="16" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="27"/>
+      <c r="B6" s="27"/>
+      <c r="C6" s="27"/>
+      <c r="D6" s="27"/>
+      <c r="H6" s="41" t="s">
+        <v>64</v>
+      </c>
+      <c r="I6" s="111" t="s">
+        <v>9</v>
+      </c>
+      <c r="J6" s="112"/>
+      <c r="K6" s="112"/>
+      <c r="L6" s="113"/>
+    </row>
+    <row r="7" spans="1:19" s="16" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="27"/>
+      <c r="B7" s="27"/>
+      <c r="C7" s="27"/>
+      <c r="D7" s="27"/>
+      <c r="H7" s="41" t="s">
+        <v>65</v>
+      </c>
+      <c r="I7" s="111" t="s">
+        <v>10</v>
+      </c>
+      <c r="J7" s="112"/>
+      <c r="K7" s="112"/>
+      <c r="L7" s="113"/>
+    </row>
+    <row r="8" spans="1:19" ht="7.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="4"/>
+      <c r="B8" s="4"/>
+      <c r="C8" s="4"/>
+      <c r="D8" s="4"/>
+    </row>
+    <row r="9" spans="1:19" s="13" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="114" t="s">
+        <v>22</v>
+      </c>
+      <c r="B9" s="114"/>
+      <c r="C9" s="114"/>
+      <c r="D9" s="115"/>
+      <c r="F9" s="116" t="s">
+        <v>23</v>
+      </c>
+      <c r="G9" s="117"/>
+      <c r="H9" s="117"/>
+      <c r="I9" s="117"/>
+      <c r="J9" s="117"/>
+      <c r="K9" s="117"/>
+      <c r="L9" s="118"/>
+    </row>
+    <row r="10" spans="1:19" s="13" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="103" t="s">
+        <v>0</v>
+      </c>
+      <c r="B10" s="103"/>
+      <c r="C10" s="103"/>
+      <c r="D10" s="103"/>
+      <c r="F10" s="119"/>
+      <c r="G10" s="120"/>
+      <c r="H10" s="120"/>
+      <c r="I10" s="120"/>
+      <c r="J10" s="120"/>
+      <c r="K10" s="120"/>
+      <c r="L10" s="121"/>
+    </row>
+    <row r="11" spans="1:19" s="13" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="103" t="s">
+        <v>1</v>
+      </c>
+      <c r="B11" s="103"/>
+      <c r="C11" s="103"/>
+      <c r="D11" s="103"/>
+      <c r="F11" s="119"/>
+      <c r="G11" s="120"/>
+      <c r="H11" s="120"/>
+      <c r="I11" s="120"/>
+      <c r="J11" s="120"/>
+      <c r="K11" s="120"/>
+      <c r="L11" s="121"/>
+    </row>
+    <row r="12" spans="1:19" s="13" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="103" t="s">
+        <v>2</v>
+      </c>
+      <c r="B12" s="103"/>
+      <c r="C12" s="103"/>
+      <c r="D12" s="103"/>
+      <c r="F12" s="119"/>
+      <c r="G12" s="120"/>
+      <c r="H12" s="120"/>
+      <c r="I12" s="120"/>
+      <c r="J12" s="120"/>
+      <c r="K12" s="120"/>
+      <c r="L12" s="121"/>
+    </row>
+    <row r="13" spans="1:19" s="13" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="103" t="s">
+        <v>3</v>
+      </c>
+      <c r="B13" s="103"/>
+      <c r="C13" s="103"/>
+      <c r="D13" s="103"/>
+      <c r="F13" s="119"/>
+      <c r="G13" s="120"/>
+      <c r="H13" s="120"/>
+      <c r="I13" s="120"/>
+      <c r="J13" s="120"/>
+      <c r="K13" s="120"/>
+      <c r="L13" s="121"/>
+    </row>
+    <row r="14" spans="1:19" s="13" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="103" t="s">
+        <v>4</v>
+      </c>
+      <c r="B14" s="103"/>
+      <c r="C14" s="103"/>
+      <c r="D14" s="103"/>
+      <c r="F14" s="133"/>
+      <c r="G14" s="134"/>
+      <c r="H14" s="134"/>
+      <c r="I14" s="134"/>
+      <c r="J14" s="134"/>
+      <c r="K14" s="134"/>
+      <c r="L14" s="135"/>
+    </row>
+    <row r="15" spans="1:19" ht="7.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="16" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="56" t="s">
+        <v>107</v>
+      </c>
+      <c r="B16" s="130" t="s">
+        <v>5</v>
+      </c>
+      <c r="C16" s="131"/>
+      <c r="D16" s="131"/>
+      <c r="E16" s="131"/>
+      <c r="F16" s="131"/>
+      <c r="G16" s="132"/>
+      <c r="H16" s="31" t="s">
+        <v>108</v>
+      </c>
+      <c r="I16" s="31" t="s">
+        <v>109</v>
+      </c>
+      <c r="J16" s="31" t="str">
+        <f>IF(Settings!B27="Sales Tax","Tax","VAT")</f>
+        <v>VAT</v>
+      </c>
+      <c r="K16" s="129" t="s">
+        <v>6</v>
+      </c>
+      <c r="L16" s="129"/>
+      <c r="O16" s="42" t="s">
+        <v>66</v>
+      </c>
+      <c r="P16" s="42"/>
+      <c r="Q16" s="42"/>
+      <c r="R16" s="42"/>
+      <c r="S16" s="42"/>
+    </row>
+    <row r="17" spans="1:19" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="81">
+        <v>223311</v>
+      </c>
+      <c r="B17" s="125" t="str">
+        <f>IF(ISBLANK(A17),"",INDEX(product,MATCH(A17,code,0)))</f>
+        <v>Product 1</v>
+      </c>
+      <c r="C17" s="126"/>
+      <c r="D17" s="126"/>
+      <c r="E17" s="126"/>
+      <c r="F17" s="126"/>
+      <c r="G17" s="127"/>
+      <c r="H17" s="62">
+        <v>12</v>
+      </c>
+      <c r="I17" s="57">
+        <f t="shared" ref="I17:I33" si="0">IF(ISBLANK(A17),"",INDEX(unit_price,MATCH(A17,code,0)))</f>
+        <v>5</v>
+      </c>
+      <c r="J17" s="60" t="s">
+        <v>111</v>
+      </c>
+      <c r="K17" s="98">
+        <f>IF(OR(ISBLANK(H17),H17=0,I17=""),0,H17*I17)</f>
+        <v>60</v>
+      </c>
+      <c r="L17" s="98"/>
+      <c r="O17" s="93" t="s">
+        <v>106</v>
+      </c>
+      <c r="P17" s="93"/>
+      <c r="Q17" s="93"/>
+      <c r="R17" s="93"/>
+      <c r="S17" s="93"/>
+    </row>
+    <row r="18" spans="1:19" x14ac:dyDescent="0.2">
+      <c r="A18" s="81"/>
+      <c r="B18" s="125" t="str">
+        <f t="shared" ref="B18:B33" si="1">IF(ISBLANK(A18),"",INDEX(product,MATCH(A18,code,0)))</f>
+        <v/>
+      </c>
+      <c r="C18" s="126"/>
+      <c r="D18" s="126"/>
+      <c r="E18" s="126"/>
+      <c r="F18" s="126"/>
+      <c r="G18" s="127"/>
+      <c r="H18" s="62"/>
+      <c r="I18" s="57" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="J18" s="60"/>
+      <c r="K18" s="98">
+        <f>IF(OR(ISBLANK(H18),H18=0,I18=""),0,H18*I18)</f>
+        <v>0</v>
+      </c>
+      <c r="L18" s="98"/>
+      <c r="O18" s="94"/>
+      <c r="P18" s="94"/>
+      <c r="Q18" s="94"/>
+      <c r="R18" s="94"/>
+      <c r="S18" s="94"/>
+    </row>
+    <row r="19" spans="1:19" x14ac:dyDescent="0.2">
+      <c r="A19" s="81"/>
+      <c r="B19" s="125" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="C19" s="126"/>
+      <c r="D19" s="126"/>
+      <c r="E19" s="126"/>
+      <c r="F19" s="126"/>
+      <c r="G19" s="127"/>
+      <c r="H19" s="62"/>
+      <c r="I19" s="57" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="J19" s="60"/>
+      <c r="K19" s="98">
+        <f t="shared" ref="K19:K32" si="2">IF(OR(ISBLANK(H19),H19=0,I19=""),0,H19*I19)</f>
+        <v>0</v>
+      </c>
+      <c r="L19" s="98"/>
+      <c r="O19" s="94"/>
+      <c r="P19" s="94"/>
+      <c r="Q19" s="94"/>
+      <c r="R19" s="94"/>
+      <c r="S19" s="94"/>
+    </row>
+    <row r="20" spans="1:19" x14ac:dyDescent="0.2">
+      <c r="A20" s="81"/>
+      <c r="B20" s="125" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="C20" s="126"/>
+      <c r="D20" s="126"/>
+      <c r="E20" s="126"/>
+      <c r="F20" s="126"/>
+      <c r="G20" s="127"/>
+      <c r="H20" s="62"/>
+      <c r="I20" s="57" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="J20" s="60"/>
+      <c r="K20" s="98">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="L20" s="98"/>
+      <c r="O20" s="94"/>
+      <c r="P20" s="94"/>
+      <c r="Q20" s="94"/>
+      <c r="R20" s="94"/>
+      <c r="S20" s="94"/>
+    </row>
+    <row r="21" spans="1:19" x14ac:dyDescent="0.2">
+      <c r="A21" s="81"/>
+      <c r="B21" s="125" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="C21" s="126"/>
+      <c r="D21" s="126"/>
+      <c r="E21" s="126"/>
+      <c r="F21" s="126"/>
+      <c r="G21" s="127"/>
+      <c r="H21" s="62"/>
+      <c r="I21" s="57" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="J21" s="60"/>
+      <c r="K21" s="98">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="L21" s="98"/>
+      <c r="O21" s="94"/>
+      <c r="P21" s="94"/>
+      <c r="Q21" s="94"/>
+      <c r="R21" s="94"/>
+      <c r="S21" s="94"/>
+    </row>
+    <row r="22" spans="1:19" x14ac:dyDescent="0.2">
+      <c r="A22" s="81"/>
+      <c r="B22" s="125" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="C22" s="126"/>
+      <c r="D22" s="126"/>
+      <c r="E22" s="126"/>
+      <c r="F22" s="126"/>
+      <c r="G22" s="127"/>
+      <c r="H22" s="62"/>
+      <c r="I22" s="57" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="J22" s="60"/>
+      <c r="K22" s="98">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="L22" s="98"/>
+    </row>
+    <row r="23" spans="1:19" x14ac:dyDescent="0.2">
+      <c r="A23" s="81"/>
+      <c r="B23" s="125" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="C23" s="126"/>
+      <c r="D23" s="126"/>
+      <c r="E23" s="126"/>
+      <c r="F23" s="126"/>
+      <c r="G23" s="127"/>
+      <c r="H23" s="62"/>
+      <c r="I23" s="57" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="J23" s="60"/>
+      <c r="K23" s="98">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="L23" s="98"/>
+    </row>
+    <row r="24" spans="1:19" x14ac:dyDescent="0.2">
+      <c r="A24" s="81"/>
+      <c r="B24" s="125" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="C24" s="126"/>
+      <c r="D24" s="126"/>
+      <c r="E24" s="126"/>
+      <c r="F24" s="126"/>
+      <c r="G24" s="127"/>
+      <c r="H24" s="62"/>
+      <c r="I24" s="57" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="J24" s="60"/>
+      <c r="K24" s="98">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="L24" s="98"/>
+    </row>
+    <row r="25" spans="1:19" x14ac:dyDescent="0.2">
+      <c r="A25" s="81"/>
+      <c r="B25" s="125" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="C25" s="126"/>
+      <c r="D25" s="126"/>
+      <c r="E25" s="126"/>
+      <c r="F25" s="126"/>
+      <c r="G25" s="127"/>
+      <c r="H25" s="62"/>
+      <c r="I25" s="57" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="J25" s="60"/>
+      <c r="K25" s="98">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="L25" s="98"/>
+    </row>
+    <row r="26" spans="1:19" x14ac:dyDescent="0.2">
+      <c r="A26" s="81"/>
+      <c r="B26" s="125" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="C26" s="126"/>
+      <c r="D26" s="126"/>
+      <c r="E26" s="126"/>
+      <c r="F26" s="126"/>
+      <c r="G26" s="127"/>
+      <c r="H26" s="62"/>
+      <c r="I26" s="57" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="J26" s="60"/>
+      <c r="K26" s="98">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="L26" s="98"/>
+    </row>
+    <row r="27" spans="1:19" x14ac:dyDescent="0.2">
+      <c r="A27" s="81"/>
+      <c r="B27" s="125" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="C27" s="126"/>
+      <c r="D27" s="126"/>
+      <c r="E27" s="126"/>
+      <c r="F27" s="126"/>
+      <c r="G27" s="127"/>
+      <c r="H27" s="62"/>
+      <c r="I27" s="57" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="J27" s="60"/>
+      <c r="K27" s="98">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="L27" s="98"/>
+    </row>
+    <row r="28" spans="1:19" x14ac:dyDescent="0.2">
+      <c r="A28" s="81"/>
+      <c r="B28" s="125" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="C28" s="126"/>
+      <c r="D28" s="126"/>
+      <c r="E28" s="126"/>
+      <c r="F28" s="126"/>
+      <c r="G28" s="127"/>
+      <c r="H28" s="62"/>
+      <c r="I28" s="57" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="J28" s="60"/>
+      <c r="K28" s="98">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="L28" s="98"/>
+    </row>
+    <row r="29" spans="1:19" x14ac:dyDescent="0.2">
+      <c r="A29" s="81"/>
+      <c r="B29" s="125" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="C29" s="126"/>
+      <c r="D29" s="126"/>
+      <c r="E29" s="126"/>
+      <c r="F29" s="126"/>
+      <c r="G29" s="127"/>
+      <c r="H29" s="62"/>
+      <c r="I29" s="57" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="J29" s="60"/>
+      <c r="K29" s="98">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="L29" s="98"/>
+    </row>
+    <row r="30" spans="1:19" x14ac:dyDescent="0.2">
+      <c r="A30" s="81"/>
+      <c r="B30" s="125" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="C30" s="126"/>
+      <c r="D30" s="126"/>
+      <c r="E30" s="126"/>
+      <c r="F30" s="126"/>
+      <c r="G30" s="127"/>
+      <c r="H30" s="62"/>
+      <c r="I30" s="57" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="J30" s="60"/>
+      <c r="K30" s="98">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="L30" s="98"/>
+    </row>
+    <row r="31" spans="1:19" x14ac:dyDescent="0.2">
+      <c r="A31" s="81"/>
+      <c r="B31" s="125" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="C31" s="126"/>
+      <c r="D31" s="126"/>
+      <c r="E31" s="126"/>
+      <c r="F31" s="126"/>
+      <c r="G31" s="127"/>
+      <c r="H31" s="62"/>
+      <c r="I31" s="57" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="J31" s="60"/>
+      <c r="K31" s="98">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="L31" s="98"/>
+    </row>
+    <row r="32" spans="1:19" x14ac:dyDescent="0.2">
+      <c r="A32" s="81"/>
+      <c r="B32" s="125" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="C32" s="126"/>
+      <c r="D32" s="126"/>
+      <c r="E32" s="126"/>
+      <c r="F32" s="126"/>
+      <c r="G32" s="127"/>
+      <c r="H32" s="62"/>
+      <c r="I32" s="57" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="J32" s="60"/>
+      <c r="K32" s="98">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="L32" s="98"/>
+    </row>
+    <row r="33" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A33" s="83"/>
+      <c r="B33" s="136" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="C33" s="137"/>
+      <c r="D33" s="137"/>
+      <c r="E33" s="137"/>
+      <c r="F33" s="137"/>
+      <c r="G33" s="138"/>
+      <c r="H33" s="63"/>
+      <c r="I33" s="58" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="J33" s="61"/>
+      <c r="K33" s="100">
+        <f>IF(OR(ISBLANK(H33),H33=0,I33=""),0,H33*I33)</f>
+        <v>0</v>
+      </c>
+      <c r="L33" s="100"/>
+    </row>
+    <row r="34" spans="1:15" ht="7.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A34" s="29"/>
+      <c r="B34" s="29"/>
+      <c r="C34" s="29"/>
+      <c r="D34" s="29"/>
+      <c r="E34" s="29"/>
+      <c r="F34" s="29"/>
+      <c r="G34" s="29"/>
+      <c r="H34" s="29"/>
+      <c r="I34" s="29"/>
+      <c r="J34" s="29"/>
+      <c r="K34" s="30"/>
+      <c r="L34" s="30"/>
+    </row>
+    <row r="35" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A35" s="116" t="s">
+        <v>139</v>
+      </c>
+      <c r="B35" s="117"/>
+      <c r="C35" s="117"/>
+      <c r="D35" s="117"/>
+      <c r="E35" s="117"/>
+      <c r="F35" s="117"/>
+      <c r="G35" s="118"/>
+      <c r="H35" s="6"/>
+      <c r="I35" s="32" t="s">
+        <v>7</v>
+      </c>
+      <c r="J35" s="32"/>
+      <c r="K35" s="32" t="str">
+        <f>IF($L35=0,"",Settings!$B$31)</f>
+        <v>$</v>
+      </c>
+      <c r="L35" s="33">
+        <f>SUM(K17:K33)</f>
+        <v>60</v>
+      </c>
+      <c r="N35" s="78" t="s">
+        <v>135</v>
+      </c>
+      <c r="O35" s="79" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="36" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A36" s="102"/>
+      <c r="B36" s="103"/>
+      <c r="C36" s="103"/>
+      <c r="D36" s="103"/>
+      <c r="E36" s="103"/>
+      <c r="F36" s="103"/>
+      <c r="G36" s="104"/>
+      <c r="H36" s="38"/>
+      <c r="I36" s="16" t="s">
+        <v>110</v>
+      </c>
+      <c r="J36" s="16"/>
+      <c r="K36" s="32" t="str">
+        <f>IF($L36=0,"",Settings!$B$31)</f>
+        <v>$</v>
+      </c>
+      <c r="L36" s="59">
+        <f>SUMIF(J17:J33,"x",K17:L33)</f>
+        <v>60</v>
+      </c>
+    </row>
+    <row r="37" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A37" s="102"/>
+      <c r="B37" s="103"/>
+      <c r="C37" s="103"/>
+      <c r="D37" s="103"/>
+      <c r="E37" s="103"/>
+      <c r="F37" s="103"/>
+      <c r="G37" s="104"/>
+      <c r="H37" s="38"/>
+      <c r="I37" s="32" t="str">
+        <f>Settings!$B$27&amp;" Rate"</f>
+        <v>VAT Rate</v>
+      </c>
+      <c r="J37" s="32"/>
+      <c r="K37" s="157">
+        <f>Settings!$B$29</f>
+        <v>0.2</v>
+      </c>
+      <c r="L37" s="157"/>
+      <c r="N37" s="78"/>
+      <c r="O37" s="79"/>
+    </row>
+    <row r="38" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A38" s="102"/>
+      <c r="B38" s="103"/>
+      <c r="C38" s="103"/>
+      <c r="D38" s="103"/>
+      <c r="E38" s="103"/>
+      <c r="F38" s="103"/>
+      <c r="G38" s="104"/>
+      <c r="H38" s="39"/>
+      <c r="I38" s="32" t="str">
+        <f>Settings!$B$27</f>
+        <v>VAT</v>
+      </c>
+      <c r="J38" s="32"/>
+      <c r="K38" s="32" t="str">
+        <f>IF($L38=0,"",Settings!$B$31)</f>
+        <v>$</v>
+      </c>
+      <c r="L38" s="34">
+        <f>L36*K37</f>
+        <v>12</v>
+      </c>
+      <c r="N38" s="80"/>
+      <c r="O38" s="79"/>
+    </row>
+    <row r="39" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A39" s="102"/>
+      <c r="B39" s="103"/>
+      <c r="C39" s="103"/>
+      <c r="D39" s="103"/>
+      <c r="E39" s="103"/>
+      <c r="F39" s="103"/>
+      <c r="G39" s="104"/>
+      <c r="H39" s="39"/>
+      <c r="I39" s="32" t="s">
+        <v>112</v>
+      </c>
+      <c r="J39" s="32"/>
+      <c r="K39" s="36" t="str">
+        <f>IF($L39=0,"",Settings!$B$31)</f>
+        <v/>
+      </c>
+      <c r="L39" s="37">
+        <v>0</v>
+      </c>
+      <c r="N39" s="78" t="s">
+        <v>135</v>
+      </c>
+      <c r="O39" s="79" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="40" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A40" s="102"/>
+      <c r="B40" s="103"/>
+      <c r="C40" s="103"/>
+      <c r="D40" s="103"/>
+      <c r="E40" s="103"/>
+      <c r="F40" s="103"/>
+      <c r="G40" s="104"/>
+      <c r="H40" s="39"/>
+      <c r="I40" s="32" t="s">
+        <v>18</v>
+      </c>
+      <c r="J40" s="32"/>
+      <c r="K40" s="36" t="str">
+        <f>IF($L40=0,"",Settings!$B$31)</f>
+        <v/>
+      </c>
+      <c r="L40" s="37">
+        <v>0</v>
+      </c>
+      <c r="N40" s="78" t="s">
+        <v>135</v>
+      </c>
+      <c r="O40" s="79" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="41" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A41" s="105"/>
+      <c r="B41" s="106"/>
+      <c r="C41" s="106"/>
+      <c r="D41" s="106"/>
+      <c r="E41" s="106"/>
+      <c r="F41" s="106"/>
+      <c r="G41" s="107"/>
+      <c r="H41" s="39"/>
+      <c r="I41" s="40" t="s">
+        <v>8</v>
+      </c>
+      <c r="J41" s="40"/>
+      <c r="K41" s="40" t="str">
+        <f>IF($L41=0,"",Settings!$B$31)</f>
+        <v>$</v>
+      </c>
+      <c r="L41" s="35">
+        <f>SUM(L35-L40,L39,L38)</f>
+        <v>72</v>
+      </c>
+    </row>
+    <row r="42" spans="1:15" ht="7.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A42" s="4"/>
+      <c r="B42" s="4"/>
+      <c r="C42" s="4"/>
+      <c r="D42" s="5"/>
+      <c r="F42" s="7"/>
+    </row>
+    <row r="43" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A43" s="101" t="s">
+        <v>24</v>
+      </c>
+      <c r="B43" s="101"/>
+      <c r="C43" s="101"/>
+      <c r="D43" s="101"/>
+      <c r="E43" s="101"/>
+      <c r="F43" s="101"/>
+      <c r="G43" s="101"/>
+      <c r="H43" s="101"/>
+      <c r="I43" s="101"/>
+      <c r="J43" s="101"/>
+      <c r="K43" s="101"/>
+      <c r="L43" s="101"/>
+    </row>
+    <row r="44" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A44" s="101" t="s">
+        <v>29</v>
+      </c>
+      <c r="B44" s="101"/>
+      <c r="C44" s="101"/>
+      <c r="D44" s="101"/>
+      <c r="E44" s="101"/>
+      <c r="F44" s="101"/>
+      <c r="G44" s="101"/>
+      <c r="H44" s="101"/>
+      <c r="I44" s="101"/>
+      <c r="J44" s="101"/>
+      <c r="K44" s="101"/>
+      <c r="L44" s="101"/>
+    </row>
+    <row r="45" spans="1:15" ht="7.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A45" s="8"/>
+      <c r="B45" s="8"/>
+      <c r="C45" s="8"/>
+      <c r="D45" s="3"/>
+      <c r="E45" s="1"/>
+      <c r="F45" s="9"/>
+      <c r="G45" s="1"/>
+      <c r="H45" s="1"/>
+      <c r="I45" s="1"/>
+      <c r="J45" s="1"/>
+      <c r="K45" s="1"/>
+      <c r="L45" s="1"/>
+    </row>
+    <row r="46" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A46" s="99" t="s">
+        <v>25</v>
+      </c>
+      <c r="B46" s="99"/>
+      <c r="C46" s="99"/>
+      <c r="D46" s="99"/>
+      <c r="E46" s="99"/>
+      <c r="F46" s="99"/>
+      <c r="G46" s="99"/>
+      <c r="H46" s="99"/>
+      <c r="I46" s="99"/>
+      <c r="J46" s="99"/>
+      <c r="K46" s="99"/>
+      <c r="L46" s="99"/>
+    </row>
+    <row r="47" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A47" s="95" t="s">
+        <v>26</v>
+      </c>
+      <c r="B47" s="96"/>
+      <c r="C47" s="97"/>
+      <c r="E47" s="95" t="s">
+        <v>27</v>
+      </c>
+      <c r="F47" s="96"/>
+      <c r="G47" s="97"/>
+      <c r="I47" s="95" t="s">
+        <v>28</v>
+      </c>
+      <c r="J47" s="96"/>
+      <c r="K47" s="96"/>
+      <c r="L47" s="97"/>
+    </row>
+    <row r="48" spans="1:15" ht="7.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A48" s="1"/>
+      <c r="B48" s="1"/>
+      <c r="C48" s="1"/>
+      <c r="D48" s="1"/>
+      <c r="E48" s="1"/>
+      <c r="F48" s="1"/>
+      <c r="G48" s="28"/>
+      <c r="H48" s="28"/>
+      <c r="I48" s="28"/>
+      <c r="J48" s="28"/>
+      <c r="K48" s="28"/>
+      <c r="L48" s="1"/>
+    </row>
+    <row r="49" spans="1:12" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A49" s="123" t="s">
+        <v>11</v>
+      </c>
+      <c r="B49" s="123"/>
+      <c r="C49" s="123"/>
+      <c r="D49" s="123"/>
+      <c r="E49" s="123"/>
+      <c r="F49" s="123"/>
+      <c r="G49" s="123"/>
+      <c r="H49" s="123"/>
+      <c r="I49" s="123"/>
+      <c r="J49" s="123"/>
+      <c r="K49" s="123"/>
+      <c r="L49" s="123"/>
+    </row>
+    <row r="50" spans="1:12" s="1" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A50" s="128" t="str">
+        <f>"Should you have any enquiries concerning this quote, please contact "&amp;Settings!$B$22&amp;" on "&amp;Settings!$B$23</f>
+        <v>Should you have any enquiries concerning this quote, please contact John Doe on 0-000-000-0000</v>
+      </c>
+      <c r="B50" s="128"/>
+      <c r="C50" s="128"/>
+      <c r="D50" s="128"/>
+      <c r="E50" s="128"/>
+      <c r="F50" s="128"/>
+      <c r="G50" s="128"/>
+      <c r="H50" s="128"/>
+      <c r="I50" s="128"/>
+      <c r="J50" s="128"/>
+      <c r="K50" s="128"/>
+      <c r="L50" s="128"/>
+    </row>
+    <row r="51" spans="1:12" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A51" s="124" t="str">
+        <f>Settings!$B$10&amp;" "&amp;Settings!$B$11&amp;", "&amp;Settings!$B$12&amp;IF(ISBLANK(Settings!$B$13),", ",", "&amp;Settings!$B$13&amp;", ")&amp;IF(ISBLANK(Settings!$B$14),"",""&amp;Settings!$B$14&amp;", ")&amp;Settings!$B$15</f>
+        <v>111 Street, Town/City, County, ST, 00000</v>
+      </c>
+      <c r="B51" s="124"/>
+      <c r="C51" s="124"/>
+      <c r="D51" s="124"/>
+      <c r="E51" s="124"/>
+      <c r="F51" s="124"/>
+      <c r="G51" s="124"/>
+      <c r="H51" s="124"/>
+      <c r="I51" s="124"/>
+      <c r="J51" s="124"/>
+      <c r="K51" s="124"/>
+      <c r="L51" s="124"/>
+    </row>
+    <row r="52" spans="1:12" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A52" s="122" t="str">
+        <f>"Tel: "&amp;Settings!$B$17&amp;" Fax: "&amp;Settings!$B$18&amp;IF(ISBLANK(Settings!$B$19)," "," E-mail: "&amp;Settings!$B$19)&amp;IF(ISBLANK(Settings!$B$20)," "," Web: "&amp;Settings!$B$20)</f>
+        <v>Tel: 0-000-000-0000 Fax: 0-000-000-0000 E-mail: info@yourcompanysite.com Web: www.yourcompanysite.com</v>
+      </c>
+      <c r="B52" s="122"/>
+      <c r="C52" s="122"/>
+      <c r="D52" s="122"/>
+      <c r="E52" s="122"/>
+      <c r="F52" s="122"/>
+      <c r="G52" s="122"/>
+      <c r="H52" s="122"/>
+      <c r="I52" s="122"/>
+      <c r="J52" s="122"/>
+      <c r="K52" s="122"/>
+      <c r="L52" s="122"/>
+    </row>
+  </sheetData>
+  <mergeCells count="72">
+    <mergeCell ref="A49:L49"/>
+    <mergeCell ref="A50:L50"/>
+    <mergeCell ref="A51:L51"/>
+    <mergeCell ref="A52:L52"/>
+    <mergeCell ref="A40:G40"/>
+    <mergeCell ref="A41:G41"/>
+    <mergeCell ref="A43:L43"/>
+    <mergeCell ref="A44:L44"/>
+    <mergeCell ref="A46:L46"/>
+    <mergeCell ref="A47:C47"/>
+    <mergeCell ref="E47:G47"/>
+    <mergeCell ref="I47:L47"/>
+    <mergeCell ref="B30:G30"/>
+    <mergeCell ref="K30:L30"/>
+    <mergeCell ref="A39:G39"/>
+    <mergeCell ref="B31:G31"/>
+    <mergeCell ref="K31:L31"/>
+    <mergeCell ref="B32:G32"/>
+    <mergeCell ref="K32:L32"/>
+    <mergeCell ref="B33:G33"/>
+    <mergeCell ref="K33:L33"/>
+    <mergeCell ref="A35:G35"/>
+    <mergeCell ref="A36:G36"/>
+    <mergeCell ref="A37:G37"/>
+    <mergeCell ref="K37:L37"/>
+    <mergeCell ref="A38:G38"/>
+    <mergeCell ref="B27:G27"/>
+    <mergeCell ref="K27:L27"/>
+    <mergeCell ref="B28:G28"/>
+    <mergeCell ref="K28:L28"/>
+    <mergeCell ref="B29:G29"/>
+    <mergeCell ref="K29:L29"/>
+    <mergeCell ref="B25:G25"/>
+    <mergeCell ref="K25:L25"/>
+    <mergeCell ref="B26:G26"/>
+    <mergeCell ref="K26:L26"/>
+    <mergeCell ref="B24:G24"/>
+    <mergeCell ref="K24:L24"/>
+    <mergeCell ref="O17:S21"/>
+    <mergeCell ref="B18:G18"/>
+    <mergeCell ref="K18:L18"/>
+    <mergeCell ref="B19:G19"/>
+    <mergeCell ref="K19:L19"/>
+    <mergeCell ref="B20:G20"/>
+    <mergeCell ref="K20:L20"/>
+    <mergeCell ref="B21:G21"/>
+    <mergeCell ref="K21:L21"/>
+    <mergeCell ref="A12:D12"/>
+    <mergeCell ref="F12:L12"/>
+    <mergeCell ref="B22:G22"/>
+    <mergeCell ref="K22:L22"/>
+    <mergeCell ref="B23:G23"/>
+    <mergeCell ref="A13:D13"/>
+    <mergeCell ref="F13:L13"/>
+    <mergeCell ref="A14:D14"/>
+    <mergeCell ref="F14:L14"/>
+    <mergeCell ref="B16:G16"/>
+    <mergeCell ref="K16:L16"/>
+    <mergeCell ref="B17:G17"/>
+    <mergeCell ref="K17:L17"/>
+    <mergeCell ref="K23:L23"/>
+    <mergeCell ref="A9:D9"/>
+    <mergeCell ref="F9:L9"/>
+    <mergeCell ref="A10:D10"/>
+    <mergeCell ref="F10:L10"/>
+    <mergeCell ref="A11:D11"/>
+    <mergeCell ref="F11:L11"/>
+    <mergeCell ref="O4:R4"/>
+    <mergeCell ref="I4:L4"/>
+    <mergeCell ref="I5:L5"/>
+    <mergeCell ref="I6:L6"/>
+    <mergeCell ref="I7:L7"/>
+  </mergeCells>
+  <conditionalFormatting sqref="A17:B33 H17:L33">
+    <cfRule type="expression" dxfId="10" priority="10" stopIfTrue="1">
+      <formula>MOD(ROW(),2)=1</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="A9:D9 F9 A16:B16 H16:L16 A35">
+    <cfRule type="expression" dxfId="9" priority="4" stopIfTrue="1">
+      <formula>IF($M$2="No Color",TRUE,FALSE)</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="8" priority="5" stopIfTrue="1">
+      <formula>IF($M$2="Red",TRUE,FALSE)</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="7" priority="6" stopIfTrue="1">
+      <formula>IF($M$2="Green",TRUE,FALSE)</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="A50:L50">
+    <cfRule type="expression" dxfId="6" priority="7" stopIfTrue="1">
+      <formula>IF($M$2="No Color",TRUE,FALSE)</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="5" priority="8" stopIfTrue="1">
+      <formula>IF($M$2="Red",TRUE,FALSE)</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="4" priority="9" stopIfTrue="1">
+      <formula>IF($M$2="Green",TRUE,FALSE)</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="L1">
+    <cfRule type="expression" dxfId="3" priority="1" stopIfTrue="1">
+      <formula>IF($M$2="No Color",TRUE,FALSE)</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="2" priority="2" stopIfTrue="1">
+      <formula>IF($M$2="Red",TRUE,FALSE)</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="1" priority="3" stopIfTrue="1">
+      <formula>IF($M$2="Green",TRUE,FALSE)</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <dataValidations count="1">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="A17:A33" xr:uid="{00000000-0002-0000-0300-000000000000}">
+      <formula1>code</formula1>
+    </dataValidation>
+  </dataValidations>
+  <hyperlinks>
+    <hyperlink ref="O4:R4" r:id="rId1" display="Price Quote Template" xr:uid="{05B3FAC9-CA7A-4267-9ECE-E4815CE41F42}"/>
+  </hyperlinks>
+  <pageMargins left="0.35433070866141736" right="0.35433070866141736" top="0.19685039370078741" bottom="0.19685039370078741" header="0.51181102362204722" footer="0.51181102362204722"/>
+  <pageSetup orientation="portrait" r:id="rId2"/>
+  <headerFooter alignWithMargins="0"/>
+  <drawing r:id="rId3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
+  <dimension ref="A1:C62"/>
+  <sheetViews>
+    <sheetView showGridLines="0" workbookViewId="0">
+      <selection activeCell="B23" sqref="B23"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="1" width="13.85546875" style="76" customWidth="1"/>
+    <col min="2" max="2" width="62.5703125" style="76" customWidth="1"/>
+    <col min="3" max="3" width="12.42578125" style="77" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:3" s="69" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A1" s="147" t="s">
+        <v>115</v>
+      </c>
+      <c r="B1" s="148"/>
+      <c r="C1" s="149"/>
+    </row>
+    <row r="2" spans="1:3" s="73" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A2" s="70" t="s">
+        <v>116</v>
+      </c>
+      <c r="B2" s="71" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2" s="72" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="3" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A3" s="74">
+        <v>223311</v>
+      </c>
+      <c r="B3" s="74" t="s">
+        <v>113</v>
+      </c>
+      <c r="C3" s="75">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="4" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A4" s="74">
+        <v>112233</v>
+      </c>
+      <c r="B4" s="74" t="s">
+        <v>114</v>
+      </c>
+      <c r="C4" s="75">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="5" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A5" s="74">
+        <v>331122</v>
+      </c>
+      <c r="B5" s="74" t="s">
+        <v>117</v>
+      </c>
+      <c r="C5" s="75">
+        <v>1.85</v>
+      </c>
+    </row>
+    <row r="6" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A6" s="74">
+        <v>332211</v>
+      </c>
+      <c r="B6" s="74" t="s">
+        <v>118</v>
+      </c>
+      <c r="C6" s="75">
+        <v>2.25</v>
+      </c>
+    </row>
+    <row r="7" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A7" s="74">
+        <v>112233</v>
+      </c>
+      <c r="B7" s="74" t="s">
         <v>119</v>
       </c>
-      <c r="B1" s="157"/>
-[...3 lines deleted...]
-      <c r="A2" s="79" t="s">
+      <c r="C7" s="75">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="8" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A8" s="74">
+        <v>113322</v>
+      </c>
+      <c r="B8" s="74" t="s">
         <v>120</v>
       </c>
-      <c r="B2" s="80" t="s">
-[...32 lines deleted...]
-      <c r="B5" s="83" t="s">
+      <c r="C8" s="75">
+        <v>5.6</v>
+      </c>
+    </row>
+    <row r="9" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A9" s="74">
+        <v>221133</v>
+      </c>
+      <c r="B9" s="74" t="s">
         <v>121</v>
       </c>
-      <c r="C5" s="84">
-[...7 lines deleted...]
-      <c r="B6" s="83" t="s">
+      <c r="C9" s="75">
+        <v>5.7</v>
+      </c>
+    </row>
+    <row r="10" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A10" s="74">
+        <v>333333</v>
+      </c>
+      <c r="B10" s="74" t="s">
         <v>122</v>
       </c>
-      <c r="C6" s="84">
-[...7 lines deleted...]
-      <c r="B7" s="83" t="s">
+      <c r="C10" s="75">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="11" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A11" s="74">
+        <v>222222</v>
+      </c>
+      <c r="B11" s="74" t="s">
         <v>123</v>
       </c>
-      <c r="C7" s="84">
-[...7 lines deleted...]
-      <c r="B8" s="83" t="s">
+      <c r="C11" s="75">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="12" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A12" s="74">
+        <v>111111</v>
+      </c>
+      <c r="B12" s="74" t="s">
         <v>124</v>
       </c>
-      <c r="C8" s="84">
-[...7 lines deleted...]
-      <c r="B9" s="83" t="s">
+      <c r="C12" s="75">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="13" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A13" s="74">
+        <v>445566</v>
+      </c>
+      <c r="B13" s="74" t="s">
         <v>125</v>
       </c>
-      <c r="C9" s="84">
-[...7 lines deleted...]
-      <c r="B10" s="83" t="s">
+      <c r="C13" s="75">
+        <v>1.25</v>
+      </c>
+    </row>
+    <row r="14" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A14" s="74">
+        <v>554466</v>
+      </c>
+      <c r="B14" s="74" t="s">
         <v>126</v>
       </c>
-      <c r="C10" s="84">
+      <c r="C14" s="75">
+        <v>1.25</v>
+      </c>
+    </row>
+    <row r="15" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A15" s="74">
+        <v>664455</v>
+      </c>
+      <c r="B15" s="74" t="s">
+        <v>127</v>
+      </c>
+      <c r="C15" s="75">
+        <v>3.35</v>
+      </c>
+    </row>
+    <row r="16" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A16" s="74">
+        <v>665544</v>
+      </c>
+      <c r="B16" s="74" t="s">
+        <v>128</v>
+      </c>
+      <c r="C16" s="75">
+        <v>4.5</v>
+      </c>
+    </row>
+    <row r="17" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A17" s="74">
+        <v>446655</v>
+      </c>
+      <c r="B17" s="74" t="s">
+        <v>129</v>
+      </c>
+      <c r="C17" s="75">
+        <v>1.4</v>
+      </c>
+    </row>
+    <row r="18" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A18" s="74">
+        <v>556644</v>
+      </c>
+      <c r="B18" s="74" t="s">
+        <v>130</v>
+      </c>
+      <c r="C18" s="75">
+        <v>1.8</v>
+      </c>
+    </row>
+    <row r="19" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A19" s="74">
+        <v>444444</v>
+      </c>
+      <c r="B19" s="74" t="s">
+        <v>131</v>
+      </c>
+      <c r="C19" s="75">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="20" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A20" s="74">
+        <v>555555</v>
+      </c>
+      <c r="B20" s="74" t="s">
+        <v>132</v>
+      </c>
+      <c r="C20" s="75">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="21" spans="1:3" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="74">
+        <v>225544</v>
+      </c>
+      <c r="B21" s="74" t="s">
+        <v>133</v>
+      </c>
+      <c r="C21" s="75">
         <v>12</v>
       </c>
     </row>
-    <row r="11" spans="1:3" x14ac:dyDescent="0.2">
-[...80 lines deleted...]
-      <c r="B18" s="83" t="s">
+    <row r="22" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A22" s="74">
+        <v>551133</v>
+      </c>
+      <c r="B22" s="74" t="s">
         <v>134</v>
       </c>
-      <c r="C18" s="84">
-[...43 lines deleted...]
-      <c r="C22" s="84">
+      <c r="C22" s="75">
         <v>21</v>
       </c>
     </row>
     <row r="23" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="A23" s="83"/>
-[...1 lines deleted...]
-      <c r="C23" s="84"/>
+      <c r="A23" s="74"/>
+      <c r="B23" s="74"/>
+      <c r="C23" s="75"/>
     </row>
     <row r="24" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="A24" s="83"/>
-[...1 lines deleted...]
-      <c r="C24" s="84"/>
+      <c r="A24" s="74"/>
+      <c r="B24" s="74"/>
+      <c r="C24" s="75"/>
     </row>
     <row r="25" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="A25" s="83"/>
-[...1 lines deleted...]
-      <c r="C25" s="84"/>
+      <c r="A25" s="74"/>
+      <c r="B25" s="74"/>
+      <c r="C25" s="75"/>
     </row>
     <row r="26" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="A26" s="83"/>
-[...1 lines deleted...]
-      <c r="C26" s="84"/>
+      <c r="A26" s="74"/>
+      <c r="B26" s="74"/>
+      <c r="C26" s="75"/>
     </row>
     <row r="27" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="A27" s="83"/>
-[...1 lines deleted...]
-      <c r="C27" s="84"/>
+      <c r="A27" s="74"/>
+      <c r="B27" s="74"/>
+      <c r="C27" s="75"/>
     </row>
     <row r="28" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="A28" s="83"/>
-[...1 lines deleted...]
-      <c r="C28" s="84"/>
+      <c r="A28" s="74"/>
+      <c r="B28" s="74"/>
+      <c r="C28" s="75"/>
     </row>
     <row r="29" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="A29" s="83"/>
-[...1 lines deleted...]
-      <c r="C29" s="84"/>
+      <c r="A29" s="74"/>
+      <c r="B29" s="74"/>
+      <c r="C29" s="75"/>
     </row>
     <row r="30" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="A30" s="83"/>
-[...1 lines deleted...]
-      <c r="C30" s="84"/>
+      <c r="A30" s="74"/>
+      <c r="B30" s="74"/>
+      <c r="C30" s="75"/>
     </row>
     <row r="31" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="A31" s="83"/>
-[...1 lines deleted...]
-      <c r="C31" s="84"/>
+      <c r="A31" s="74"/>
+      <c r="B31" s="74"/>
+      <c r="C31" s="75"/>
     </row>
     <row r="32" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="A32" s="83"/>
-[...1 lines deleted...]
-      <c r="C32" s="84"/>
+      <c r="A32" s="74"/>
+      <c r="B32" s="74"/>
+      <c r="C32" s="75"/>
     </row>
     <row r="33" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="A33" s="83"/>
-[...1 lines deleted...]
-      <c r="C33" s="84"/>
+      <c r="A33" s="74"/>
+      <c r="B33" s="74"/>
+      <c r="C33" s="75"/>
     </row>
     <row r="34" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="A34" s="83"/>
-[...1 lines deleted...]
-      <c r="C34" s="84"/>
+      <c r="A34" s="74"/>
+      <c r="B34" s="74"/>
+      <c r="C34" s="75"/>
     </row>
     <row r="35" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="A35" s="83"/>
-[...1 lines deleted...]
-      <c r="C35" s="84"/>
+      <c r="A35" s="74"/>
+      <c r="B35" s="74"/>
+      <c r="C35" s="75"/>
     </row>
     <row r="36" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="A36" s="83"/>
-[...1 lines deleted...]
-      <c r="C36" s="84"/>
+      <c r="A36" s="74"/>
+      <c r="B36" s="74"/>
+      <c r="C36" s="75"/>
     </row>
     <row r="37" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="A37" s="83"/>
-[...1 lines deleted...]
-      <c r="C37" s="84"/>
+      <c r="A37" s="74"/>
+      <c r="B37" s="74"/>
+      <c r="C37" s="75"/>
     </row>
     <row r="38" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="A38" s="83"/>
-[...1 lines deleted...]
-      <c r="C38" s="84"/>
+      <c r="A38" s="74"/>
+      <c r="B38" s="74"/>
+      <c r="C38" s="75"/>
     </row>
     <row r="39" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="A39" s="83"/>
-[...1 lines deleted...]
-      <c r="C39" s="84"/>
+      <c r="A39" s="74"/>
+      <c r="B39" s="74"/>
+      <c r="C39" s="75"/>
     </row>
     <row r="40" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="A40" s="83"/>
-[...1 lines deleted...]
-      <c r="C40" s="84"/>
+      <c r="A40" s="74"/>
+      <c r="B40" s="74"/>
+      <c r="C40" s="75"/>
     </row>
     <row r="41" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="A41" s="83"/>
-[...1 lines deleted...]
-      <c r="C41" s="84"/>
+      <c r="A41" s="74"/>
+      <c r="B41" s="74"/>
+      <c r="C41" s="75"/>
     </row>
     <row r="42" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="A42" s="83"/>
-[...1 lines deleted...]
-      <c r="C42" s="84"/>
+      <c r="A42" s="74"/>
+      <c r="B42" s="74"/>
+      <c r="C42" s="75"/>
     </row>
     <row r="43" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="A43" s="83"/>
-[...1 lines deleted...]
-      <c r="C43" s="84"/>
+      <c r="A43" s="74"/>
+      <c r="B43" s="74"/>
+      <c r="C43" s="75"/>
     </row>
     <row r="44" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="A44" s="83"/>
-[...1 lines deleted...]
-      <c r="C44" s="84"/>
+      <c r="A44" s="74"/>
+      <c r="B44" s="74"/>
+      <c r="C44" s="75"/>
     </row>
     <row r="45" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="A45" s="83"/>
-[...1 lines deleted...]
-      <c r="C45" s="84"/>
+      <c r="A45" s="74"/>
+      <c r="B45" s="74"/>
+      <c r="C45" s="75"/>
     </row>
     <row r="46" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="A46" s="83"/>
-[...1 lines deleted...]
-      <c r="C46" s="84"/>
+      <c r="A46" s="74"/>
+      <c r="B46" s="74"/>
+      <c r="C46" s="75"/>
     </row>
     <row r="47" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="A47" s="83"/>
-[...1 lines deleted...]
-      <c r="C47" s="84"/>
+      <c r="A47" s="74"/>
+      <c r="B47" s="74"/>
+      <c r="C47" s="75"/>
     </row>
     <row r="48" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="A48" s="83"/>
-[...1 lines deleted...]
-      <c r="C48" s="84"/>
+      <c r="A48" s="74"/>
+      <c r="B48" s="74"/>
+      <c r="C48" s="75"/>
     </row>
     <row r="49" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="A49" s="83"/>
-[...1 lines deleted...]
-      <c r="C49" s="84"/>
+      <c r="A49" s="74"/>
+      <c r="B49" s="74"/>
+      <c r="C49" s="75"/>
     </row>
     <row r="50" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="A50" s="83"/>
-[...1 lines deleted...]
-      <c r="C50" s="84"/>
+      <c r="A50" s="74"/>
+      <c r="B50" s="74"/>
+      <c r="C50" s="75"/>
     </row>
     <row r="51" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="A51" s="83"/>
-[...1 lines deleted...]
-      <c r="C51" s="84"/>
+      <c r="A51" s="74"/>
+      <c r="B51" s="74"/>
+      <c r="C51" s="75"/>
     </row>
     <row r="52" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="A52" s="83"/>
-[...1 lines deleted...]
-      <c r="C52" s="84"/>
+      <c r="A52" s="74"/>
+      <c r="B52" s="74"/>
+      <c r="C52" s="75"/>
     </row>
     <row r="53" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="A53" s="83"/>
-[...1 lines deleted...]
-      <c r="C53" s="84"/>
+      <c r="A53" s="74"/>
+      <c r="B53" s="74"/>
+      <c r="C53" s="75"/>
     </row>
     <row r="54" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="A54" s="83"/>
-[...1 lines deleted...]
-      <c r="C54" s="84"/>
+      <c r="A54" s="74"/>
+      <c r="B54" s="74"/>
+      <c r="C54" s="75"/>
     </row>
     <row r="55" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="A55" s="83"/>
-[...1 lines deleted...]
-      <c r="C55" s="84"/>
+      <c r="A55" s="74"/>
+      <c r="B55" s="74"/>
+      <c r="C55" s="75"/>
     </row>
     <row r="56" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="A56" s="83"/>
-[...1 lines deleted...]
-      <c r="C56" s="84"/>
+      <c r="A56" s="74"/>
+      <c r="B56" s="74"/>
+      <c r="C56" s="75"/>
     </row>
     <row r="57" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="A57" s="83"/>
-[...1 lines deleted...]
-      <c r="C57" s="84"/>
+      <c r="A57" s="74"/>
+      <c r="B57" s="74"/>
+      <c r="C57" s="75"/>
     </row>
     <row r="58" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="A58" s="83"/>
-[...1 lines deleted...]
-      <c r="C58" s="84"/>
+      <c r="A58" s="74"/>
+      <c r="B58" s="74"/>
+      <c r="C58" s="75"/>
     </row>
     <row r="59" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="A59" s="83"/>
-[...1 lines deleted...]
-      <c r="C59" s="84"/>
+      <c r="A59" s="74"/>
+      <c r="B59" s="74"/>
+      <c r="C59" s="75"/>
     </row>
     <row r="60" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="A60" s="83"/>
-[...1 lines deleted...]
-      <c r="C60" s="84"/>
+      <c r="A60" s="74"/>
+      <c r="B60" s="74"/>
+      <c r="C60" s="75"/>
     </row>
     <row r="61" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="A61" s="83"/>
-[...1 lines deleted...]
-      <c r="C61" s="84"/>
+      <c r="A61" s="74"/>
+      <c r="B61" s="74"/>
+      <c r="C61" s="75"/>
     </row>
     <row r="62" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="A62" s="83"/>
-[...1 lines deleted...]
-      <c r="C62" s="84"/>
+      <c r="A62" s="74"/>
+      <c r="B62" s="74"/>
+      <c r="C62" s="75"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:C1"/>
   </mergeCells>
   <phoneticPr fontId="23" type="noConversion"/>
   <conditionalFormatting sqref="A3:C65536">
     <cfRule type="expression" dxfId="0" priority="1" stopIfTrue="1">
       <formula>MOD(ROW(),2)=1</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <dimension ref="A1:U56"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
-      <selection activeCell="N35" sqref="N35"/>
+      <selection activeCell="I3" sqref="I3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="8" width="9.140625" style="52"/>
-[...1 lines deleted...]
-    <col min="10" max="16384" width="9.140625" style="52"/>
+    <col min="1" max="8" width="9.140625" style="44"/>
+    <col min="9" max="9" width="35.42578125" style="44" customWidth="1"/>
+    <col min="10" max="16384" width="9.140625" style="44"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A1" s="161" t="s">
-[...19 lines deleted...]
-      <c r="U1" s="53"/>
+      <c r="A1" s="152" t="s">
+        <v>67</v>
+      </c>
+      <c r="B1" s="152"/>
+      <c r="C1" s="152"/>
+      <c r="D1" s="152"/>
+      <c r="E1" s="152"/>
+      <c r="F1" s="152"/>
+      <c r="G1" s="152"/>
+      <c r="H1" s="152"/>
+      <c r="I1" s="152"/>
+      <c r="J1" s="43"/>
+      <c r="K1" s="43"/>
+      <c r="L1" s="43"/>
+      <c r="M1" s="45"/>
+      <c r="N1" s="45"/>
+      <c r="O1" s="45"/>
+      <c r="P1" s="45"/>
+      <c r="Q1" s="45"/>
+      <c r="T1" s="46"/>
+      <c r="U1" s="46"/>
     </row>
     <row r="2" spans="1:21" x14ac:dyDescent="0.2">
-      <c r="A2" s="50"/>
-[...10 lines deleted...]
-      <c r="L2" s="50"/>
+      <c r="I2" s="47"/>
     </row>
     <row r="3" spans="1:21" x14ac:dyDescent="0.2">
-      <c r="A3" s="55"/>
-[...2 lines deleted...]
-        <v>70</v>
+      <c r="A3" s="48"/>
+      <c r="B3" s="48"/>
+      <c r="I3" s="49" t="str">
+        <f ca="1">"© 2013 - "&amp;YEAR(TODAY())&amp;" Spreadsheet123 LTD. All rights reserved"</f>
+        <v>© 2013 - 2025 Spreadsheet123 LTD. All rights reserved</v>
       </c>
     </row>
     <row r="4" spans="1:21" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="5" spans="1:21" ht="15" x14ac:dyDescent="0.25">
-      <c r="A5" s="160" t="s">
+      <c r="A5" s="151" t="s">
         <v>12</v>
       </c>
-      <c r="B5" s="160"/>
-[...6 lines deleted...]
-      <c r="I5" s="160"/>
+      <c r="B5" s="151"/>
+      <c r="C5" s="151"/>
+      <c r="D5" s="151"/>
+      <c r="E5" s="151"/>
+      <c r="F5" s="151"/>
+      <c r="G5" s="151"/>
+      <c r="H5" s="151"/>
+      <c r="I5" s="151"/>
     </row>
     <row r="6" spans="1:21" x14ac:dyDescent="0.2">
-      <c r="A6" s="162" t="s">
+      <c r="A6" s="153" t="s">
+        <v>68</v>
+      </c>
+      <c r="B6" s="153"/>
+      <c r="C6" s="153"/>
+      <c r="D6" s="153"/>
+      <c r="E6" s="153"/>
+      <c r="F6" s="153"/>
+      <c r="G6" s="153"/>
+      <c r="H6" s="153"/>
+      <c r="I6" s="153"/>
+    </row>
+    <row r="7" spans="1:21" x14ac:dyDescent="0.2">
+      <c r="A7" s="150" t="s">
+        <v>69</v>
+      </c>
+      <c r="B7" s="150"/>
+      <c r="C7" s="150"/>
+      <c r="D7" s="150"/>
+      <c r="E7" s="150"/>
+      <c r="F7" s="150"/>
+      <c r="G7" s="150"/>
+      <c r="H7" s="150"/>
+      <c r="I7" s="150"/>
+    </row>
+    <row r="8" spans="1:21" x14ac:dyDescent="0.2">
+      <c r="A8" s="50" t="s">
+        <v>70</v>
+      </c>
+      <c r="B8" s="50"/>
+      <c r="C8" s="50"/>
+      <c r="D8" s="50"/>
+      <c r="E8" s="50"/>
+      <c r="F8" s="50"/>
+      <c r="G8" s="50"/>
+      <c r="H8" s="50"/>
+      <c r="I8" s="50"/>
+    </row>
+    <row r="9" spans="1:21" x14ac:dyDescent="0.2">
+      <c r="A9" s="150"/>
+      <c r="B9" s="150"/>
+      <c r="C9" s="150"/>
+      <c r="D9" s="150"/>
+      <c r="E9" s="150"/>
+      <c r="F9" s="150"/>
+      <c r="G9" s="150"/>
+      <c r="H9" s="150"/>
+      <c r="I9" s="150"/>
+    </row>
+    <row r="10" spans="1:21" x14ac:dyDescent="0.2">
+      <c r="A10" s="150" t="s">
         <v>71</v>
       </c>
-      <c r="B6" s="162"/>
-[...9 lines deleted...]
-      <c r="A7" s="159" t="s">
+      <c r="B10" s="150"/>
+      <c r="C10" s="150"/>
+      <c r="D10" s="150"/>
+      <c r="E10" s="150"/>
+      <c r="F10" s="150"/>
+      <c r="G10" s="150"/>
+      <c r="H10" s="150"/>
+      <c r="I10" s="150"/>
+    </row>
+    <row r="11" spans="1:21" x14ac:dyDescent="0.2">
+      <c r="A11" s="150" t="s">
         <v>72</v>
       </c>
-      <c r="B7" s="159"/>
-[...9 lines deleted...]
-      <c r="A8" s="57" t="s">
+      <c r="B11" s="150"/>
+      <c r="C11" s="150"/>
+      <c r="D11" s="150"/>
+      <c r="E11" s="150"/>
+      <c r="F11" s="150"/>
+      <c r="G11" s="150"/>
+      <c r="H11" s="150"/>
+      <c r="I11" s="150"/>
+    </row>
+    <row r="12" spans="1:21" x14ac:dyDescent="0.2">
+      <c r="A12" s="50"/>
+      <c r="B12" s="50"/>
+      <c r="C12" s="50"/>
+      <c r="D12" s="50"/>
+      <c r="E12" s="50"/>
+      <c r="F12" s="50"/>
+      <c r="G12" s="50"/>
+      <c r="H12" s="50"/>
+      <c r="I12" s="50"/>
+    </row>
+    <row r="13" spans="1:21" ht="15" x14ac:dyDescent="0.25">
+      <c r="A13" s="151" t="s">
+        <v>13</v>
+      </c>
+      <c r="B13" s="151"/>
+      <c r="C13" s="151"/>
+      <c r="D13" s="151"/>
+      <c r="E13" s="151"/>
+      <c r="F13" s="151"/>
+      <c r="G13" s="151"/>
+      <c r="H13" s="151"/>
+      <c r="I13" s="151"/>
+    </row>
+    <row r="14" spans="1:21" x14ac:dyDescent="0.2">
+      <c r="A14" s="150" t="s">
+        <v>14</v>
+      </c>
+      <c r="B14" s="150"/>
+      <c r="C14" s="150"/>
+      <c r="D14" s="150"/>
+      <c r="E14" s="150"/>
+      <c r="F14" s="150"/>
+      <c r="G14" s="150"/>
+      <c r="H14" s="150"/>
+      <c r="I14" s="150"/>
+    </row>
+    <row r="15" spans="1:21" x14ac:dyDescent="0.2">
+      <c r="A15" s="150" t="s">
+        <v>15</v>
+      </c>
+      <c r="B15" s="150"/>
+      <c r="C15" s="150"/>
+      <c r="D15" s="150"/>
+      <c r="E15" s="150"/>
+      <c r="F15" s="150"/>
+      <c r="G15" s="150"/>
+      <c r="H15" s="150"/>
+      <c r="I15" s="150"/>
+    </row>
+    <row r="16" spans="1:21" x14ac:dyDescent="0.2">
+      <c r="A16" s="50"/>
+      <c r="B16" s="50"/>
+      <c r="C16" s="50"/>
+      <c r="D16" s="50"/>
+      <c r="E16" s="50"/>
+      <c r="F16" s="50"/>
+      <c r="G16" s="50"/>
+      <c r="H16" s="50"/>
+      <c r="I16" s="50"/>
+    </row>
+    <row r="17" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+      <c r="A17" s="151" t="s">
+        <v>16</v>
+      </c>
+      <c r="B17" s="151"/>
+      <c r="C17" s="151"/>
+      <c r="D17" s="151"/>
+      <c r="E17" s="151"/>
+      <c r="F17" s="151"/>
+      <c r="G17" s="151"/>
+      <c r="H17" s="151"/>
+      <c r="I17" s="151"/>
+    </row>
+    <row r="18" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A18" s="150" t="s">
         <v>73</v>
       </c>
-      <c r="B8" s="57"/>
-[...20 lines deleted...]
-      <c r="A10" s="159" t="s">
+      <c r="B18" s="150"/>
+      <c r="C18" s="150"/>
+      <c r="D18" s="150"/>
+      <c r="E18" s="150"/>
+      <c r="F18" s="150"/>
+      <c r="G18" s="150"/>
+      <c r="H18" s="150"/>
+      <c r="I18" s="150"/>
+    </row>
+    <row r="19" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A19" s="51" t="s">
         <v>74</v>
       </c>
-      <c r="B10" s="159"/>
-[...9 lines deleted...]
-      <c r="A11" s="159" t="s">
+      <c r="B19" s="50"/>
+      <c r="C19" s="50"/>
+      <c r="D19" s="50"/>
+      <c r="E19" s="50"/>
+      <c r="F19" s="50"/>
+      <c r="G19" s="50"/>
+      <c r="H19" s="50"/>
+      <c r="I19" s="50"/>
+    </row>
+    <row r="20" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A20" s="150" t="s">
         <v>75</v>
       </c>
-      <c r="B11" s="159"/>
-[...83 lines deleted...]
-      <c r="A18" s="159" t="s">
+      <c r="B20" s="150"/>
+      <c r="C20" s="150"/>
+      <c r="D20" s="150"/>
+      <c r="E20" s="150"/>
+      <c r="F20" s="150"/>
+      <c r="G20" s="150"/>
+      <c r="H20" s="150"/>
+      <c r="I20" s="150"/>
+    </row>
+    <row r="21" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A21" s="150" t="s">
         <v>76</v>
       </c>
-      <c r="B18" s="159"/>
-[...9 lines deleted...]
-      <c r="A19" s="58" t="s">
+      <c r="B21" s="150"/>
+      <c r="C21" s="150"/>
+      <c r="D21" s="150"/>
+      <c r="E21" s="150"/>
+      <c r="F21" s="150"/>
+      <c r="G21" s="150"/>
+      <c r="H21" s="150"/>
+      <c r="I21" s="150"/>
+    </row>
+    <row r="22" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A22" s="150" t="s">
         <v>77</v>
       </c>
-      <c r="B19" s="57"/>
-[...9 lines deleted...]
-      <c r="A20" s="159" t="s">
+      <c r="B22" s="150"/>
+      <c r="C22" s="150"/>
+      <c r="D22" s="150"/>
+      <c r="E22" s="150"/>
+      <c r="F22" s="150"/>
+      <c r="G22" s="150"/>
+      <c r="H22" s="150"/>
+      <c r="I22" s="150"/>
+    </row>
+    <row r="23" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+      <c r="A23" s="154" t="s">
         <v>78</v>
       </c>
-      <c r="B20" s="159"/>
-[...9 lines deleted...]
-      <c r="A21" s="159" t="s">
+      <c r="B23" s="154"/>
+      <c r="C23" s="154"/>
+      <c r="D23" s="154"/>
+      <c r="E23" s="154"/>
+      <c r="F23" s="154"/>
+      <c r="G23" s="154"/>
+      <c r="H23" s="154"/>
+      <c r="I23" s="154"/>
+    </row>
+    <row r="24" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+      <c r="A24" s="154" t="s">
         <v>79</v>
       </c>
-      <c r="B21" s="159"/>
-[...9 lines deleted...]
-      <c r="A22" s="159" t="s">
+      <c r="B24" s="154"/>
+      <c r="C24" s="154"/>
+      <c r="D24" s="154"/>
+      <c r="E24" s="154"/>
+      <c r="F24" s="154"/>
+      <c r="G24" s="154"/>
+      <c r="H24" s="154"/>
+      <c r="I24" s="154"/>
+    </row>
+    <row r="25" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+      <c r="A25" s="52" t="s">
         <v>80</v>
       </c>
-      <c r="B22" s="159"/>
-[...9 lines deleted...]
-      <c r="A23" s="163" t="s">
+      <c r="B25" s="52"/>
+      <c r="C25" s="52"/>
+      <c r="D25" s="52"/>
+      <c r="E25" s="52"/>
+      <c r="F25" s="52"/>
+      <c r="G25" s="52"/>
+      <c r="H25" s="52"/>
+      <c r="I25" s="52"/>
+    </row>
+    <row r="26" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+      <c r="A26" s="52" t="s">
         <v>81</v>
       </c>
-      <c r="B23" s="163"/>
-[...9 lines deleted...]
-      <c r="A24" s="163" t="s">
+      <c r="B26" s="52"/>
+      <c r="C26" s="52"/>
+      <c r="D26" s="52"/>
+      <c r="E26" s="52"/>
+      <c r="F26" s="52"/>
+      <c r="G26" s="52"/>
+      <c r="H26" s="52"/>
+      <c r="I26" s="52"/>
+    </row>
+    <row r="27" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+      <c r="A27" s="52" t="s">
         <v>82</v>
       </c>
-      <c r="B24" s="163"/>
-[...9 lines deleted...]
-      <c r="A25" s="59" t="s">
+      <c r="B27" s="52"/>
+      <c r="C27" s="52"/>
+      <c r="D27" s="52"/>
+      <c r="E27" s="52"/>
+      <c r="F27" s="52"/>
+      <c r="G27" s="52"/>
+      <c r="H27" s="52"/>
+      <c r="I27" s="52"/>
+    </row>
+    <row r="28" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A28" s="50"/>
+      <c r="B28" s="50"/>
+      <c r="C28" s="50"/>
+      <c r="D28" s="50"/>
+      <c r="E28" s="50"/>
+      <c r="F28" s="50"/>
+      <c r="G28" s="50"/>
+      <c r="H28" s="50"/>
+      <c r="I28" s="50"/>
+    </row>
+    <row r="29" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+      <c r="A29" s="151" t="s">
         <v>83</v>
       </c>
-      <c r="B25" s="59"/>
-[...9 lines deleted...]
-      <c r="A26" s="59" t="s">
+      <c r="B29" s="151"/>
+      <c r="C29" s="151"/>
+      <c r="D29" s="151"/>
+      <c r="E29" s="151"/>
+      <c r="F29" s="151"/>
+      <c r="G29" s="151"/>
+      <c r="H29" s="151"/>
+      <c r="I29" s="151"/>
+    </row>
+    <row r="30" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A30" s="155" t="s">
         <v>84</v>
       </c>
-      <c r="B26" s="59"/>
-[...9 lines deleted...]
-      <c r="A27" s="59" t="s">
+      <c r="B30" s="155"/>
+      <c r="C30" s="155"/>
+      <c r="D30" s="155"/>
+      <c r="E30" s="155"/>
+      <c r="F30" s="155"/>
+      <c r="G30" s="155"/>
+      <c r="H30" s="155"/>
+      <c r="I30" s="155"/>
+    </row>
+    <row r="31" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A31" s="155" t="s">
         <v>85</v>
       </c>
-      <c r="B27" s="59"/>
-[...20 lines deleted...]
-      <c r="A29" s="160" t="s">
+      <c r="B31" s="155"/>
+      <c r="C31" s="155"/>
+      <c r="D31" s="155"/>
+      <c r="E31" s="155"/>
+      <c r="F31" s="155"/>
+      <c r="G31" s="155"/>
+      <c r="H31" s="155"/>
+      <c r="I31" s="155"/>
+    </row>
+    <row r="32" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A32" s="155" t="s">
         <v>86</v>
       </c>
-      <c r="B29" s="160"/>
-[...9 lines deleted...]
-      <c r="A30" s="164" t="s">
+      <c r="B32" s="150"/>
+      <c r="C32" s="150"/>
+      <c r="D32" s="150"/>
+      <c r="E32" s="150"/>
+      <c r="F32" s="150"/>
+      <c r="G32" s="150"/>
+      <c r="H32" s="150"/>
+      <c r="I32" s="150"/>
+    </row>
+    <row r="33" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A33" s="155" t="s">
         <v>87</v>
       </c>
-      <c r="B30" s="164"/>
-[...9 lines deleted...]
-      <c r="A31" s="164" t="s">
+      <c r="B33" s="155"/>
+      <c r="C33" s="155"/>
+      <c r="D33" s="155"/>
+      <c r="E33" s="155"/>
+      <c r="F33" s="155"/>
+      <c r="G33" s="155"/>
+      <c r="H33" s="155"/>
+      <c r="I33" s="155"/>
+    </row>
+    <row r="34" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A34" s="50"/>
+      <c r="B34" s="50"/>
+      <c r="C34" s="50"/>
+      <c r="D34" s="50"/>
+      <c r="E34" s="50"/>
+      <c r="F34" s="50"/>
+      <c r="G34" s="50"/>
+      <c r="H34" s="50"/>
+      <c r="I34" s="50"/>
+    </row>
+    <row r="35" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+      <c r="A35" s="151" t="s">
         <v>88</v>
       </c>
-      <c r="B31" s="164"/>
-[...9 lines deleted...]
-      <c r="A32" s="164" t="s">
+      <c r="B35" s="151"/>
+      <c r="C35" s="151"/>
+      <c r="D35" s="151"/>
+      <c r="E35" s="151"/>
+      <c r="F35" s="151"/>
+      <c r="G35" s="151"/>
+      <c r="H35" s="151"/>
+      <c r="I35" s="151"/>
+    </row>
+    <row r="36" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+      <c r="A36" s="150" t="s">
         <v>89</v>
       </c>
-      <c r="B32" s="159"/>
-[...9 lines deleted...]
-      <c r="A33" s="164" t="s">
+      <c r="B36" s="150"/>
+      <c r="C36" s="150"/>
+      <c r="D36" s="150"/>
+      <c r="E36" s="150"/>
+      <c r="F36" s="150"/>
+      <c r="G36" s="150"/>
+      <c r="H36" s="150"/>
+      <c r="I36" s="150"/>
+    </row>
+    <row r="37" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A37" s="150" t="s">
         <v>90</v>
       </c>
-      <c r="B33" s="164"/>
-[...20 lines deleted...]
-      <c r="A35" s="160" t="s">
+      <c r="B37" s="150"/>
+      <c r="C37" s="150"/>
+      <c r="D37" s="150"/>
+      <c r="E37" s="150"/>
+      <c r="F37" s="150"/>
+      <c r="G37" s="150"/>
+      <c r="H37" s="150"/>
+      <c r="I37" s="150"/>
+    </row>
+    <row r="38" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A38" s="50"/>
+      <c r="B38" s="50"/>
+      <c r="C38" s="50"/>
+      <c r="D38" s="50"/>
+      <c r="E38" s="50"/>
+      <c r="F38" s="50"/>
+      <c r="G38" s="50"/>
+      <c r="H38" s="50"/>
+      <c r="I38" s="50"/>
+    </row>
+    <row r="39" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+      <c r="A39" s="151" t="s">
         <v>91</v>
       </c>
-      <c r="B35" s="160"/>
-[...9 lines deleted...]
-      <c r="A36" s="159" t="s">
+      <c r="B39" s="151"/>
+      <c r="C39" s="151"/>
+      <c r="D39" s="151"/>
+      <c r="E39" s="151"/>
+      <c r="F39" s="151"/>
+      <c r="G39" s="151"/>
+      <c r="H39" s="151"/>
+      <c r="I39" s="151"/>
+    </row>
+    <row r="40" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A40" s="150" t="s">
         <v>92</v>
       </c>
-      <c r="B36" s="159"/>
-[...9 lines deleted...]
-      <c r="A37" s="159" t="s">
+      <c r="B40" s="150"/>
+      <c r="C40" s="150"/>
+      <c r="D40" s="150"/>
+      <c r="E40" s="150"/>
+      <c r="F40" s="150"/>
+      <c r="G40" s="150"/>
+      <c r="H40" s="150"/>
+      <c r="I40" s="150"/>
+    </row>
+    <row r="41" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A41" s="150" t="s">
         <v>93</v>
       </c>
-      <c r="B37" s="159"/>
-[...20 lines deleted...]
-      <c r="A39" s="160" t="s">
+      <c r="B41" s="150"/>
+      <c r="C41" s="150"/>
+      <c r="D41" s="150"/>
+      <c r="E41" s="150"/>
+      <c r="F41" s="150"/>
+      <c r="G41" s="150"/>
+      <c r="H41" s="150"/>
+      <c r="I41" s="150"/>
+    </row>
+    <row r="42" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A42" s="150" t="s">
         <v>94</v>
       </c>
-      <c r="B39" s="160"/>
-[...9 lines deleted...]
-      <c r="A40" s="159" t="s">
+      <c r="B42" s="150"/>
+      <c r="C42" s="150"/>
+      <c r="D42" s="150"/>
+      <c r="E42" s="150"/>
+      <c r="F42" s="150"/>
+      <c r="G42" s="150"/>
+      <c r="H42" s="150"/>
+      <c r="I42" s="150"/>
+    </row>
+    <row r="43" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A43" s="150" t="s">
         <v>95</v>
       </c>
-      <c r="B40" s="159"/>
-[...9 lines deleted...]
-      <c r="A41" s="159" t="s">
+      <c r="B43" s="150"/>
+      <c r="C43" s="150"/>
+      <c r="D43" s="150"/>
+      <c r="E43" s="150"/>
+      <c r="F43" s="150"/>
+      <c r="G43" s="150"/>
+      <c r="H43" s="150"/>
+      <c r="I43" s="150"/>
+    </row>
+    <row r="44" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A44" s="150" t="s">
         <v>96</v>
       </c>
-      <c r="B41" s="159"/>
-[...9 lines deleted...]
-      <c r="A42" s="159" t="s">
+      <c r="B44" s="150"/>
+      <c r="C44" s="150"/>
+      <c r="D44" s="150"/>
+      <c r="E44" s="150"/>
+      <c r="F44" s="150"/>
+      <c r="G44" s="150"/>
+      <c r="H44" s="150"/>
+      <c r="I44" s="150"/>
+    </row>
+    <row r="45" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A45" s="150" t="s">
         <v>97</v>
       </c>
-      <c r="B42" s="159"/>
-[...9 lines deleted...]
-      <c r="A43" s="159" t="s">
+      <c r="B45" s="150"/>
+      <c r="C45" s="150"/>
+      <c r="D45" s="150"/>
+      <c r="E45" s="150"/>
+      <c r="F45" s="150"/>
+      <c r="G45" s="150"/>
+      <c r="H45" s="150"/>
+      <c r="I45" s="150"/>
+    </row>
+    <row r="46" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A46" s="150" t="s">
         <v>98</v>
       </c>
-      <c r="B43" s="159"/>
-[...9 lines deleted...]
-      <c r="A44" s="159" t="s">
+      <c r="B46" s="150"/>
+      <c r="C46" s="150"/>
+      <c r="D46" s="150"/>
+      <c r="E46" s="150"/>
+      <c r="F46" s="150"/>
+      <c r="G46" s="150"/>
+      <c r="H46" s="150"/>
+      <c r="I46" s="150"/>
+    </row>
+    <row r="47" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A47" s="150" t="s">
         <v>99</v>
       </c>
-      <c r="B44" s="159"/>
-[...9 lines deleted...]
-      <c r="A45" s="159" t="s">
+      <c r="B47" s="150"/>
+      <c r="C47" s="150"/>
+      <c r="D47" s="150"/>
+      <c r="E47" s="150"/>
+      <c r="F47" s="150"/>
+      <c r="G47" s="150"/>
+      <c r="H47" s="150"/>
+      <c r="I47" s="150"/>
+    </row>
+    <row r="48" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A48" s="50"/>
+      <c r="B48" s="50"/>
+      <c r="C48" s="50"/>
+      <c r="D48" s="50"/>
+      <c r="E48" s="50"/>
+      <c r="F48" s="50"/>
+      <c r="G48" s="50"/>
+      <c r="H48" s="50"/>
+      <c r="I48" s="50"/>
+    </row>
+    <row r="49" spans="1:9" s="55" customFormat="1" ht="9" x14ac:dyDescent="0.15">
+      <c r="A49" s="53" t="s">
         <v>100</v>
       </c>
-      <c r="B45" s="159"/>
-[...9 lines deleted...]
-      <c r="A46" s="159" t="s">
+      <c r="B49" s="54"/>
+      <c r="C49" s="54"/>
+      <c r="D49" s="54"/>
+      <c r="E49" s="54"/>
+      <c r="F49" s="54"/>
+      <c r="G49" s="54"/>
+      <c r="H49" s="54"/>
+      <c r="I49" s="54"/>
+    </row>
+    <row r="50" spans="1:9" s="55" customFormat="1" ht="9" x14ac:dyDescent="0.15">
+      <c r="A50" s="54" t="s">
         <v>101</v>
       </c>
-      <c r="B46" s="159"/>
-[...9 lines deleted...]
-      <c r="A47" s="159" t="s">
+      <c r="B50" s="54"/>
+      <c r="C50" s="54"/>
+      <c r="D50" s="54"/>
+      <c r="E50" s="54"/>
+      <c r="F50" s="54"/>
+      <c r="G50" s="54"/>
+      <c r="H50" s="54"/>
+      <c r="I50" s="54"/>
+    </row>
+    <row r="51" spans="1:9" s="55" customFormat="1" ht="9" x14ac:dyDescent="0.15">
+      <c r="A51" s="54" t="s">
         <v>102</v>
       </c>
-      <c r="B47" s="159"/>
-[...20 lines deleted...]
-      <c r="A49" s="60" t="s">
+      <c r="B51" s="54"/>
+      <c r="C51" s="54"/>
+      <c r="D51" s="54"/>
+      <c r="E51" s="54"/>
+      <c r="F51" s="54"/>
+      <c r="G51" s="54"/>
+      <c r="H51" s="54"/>
+      <c r="I51" s="54"/>
+    </row>
+    <row r="52" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A52" s="50"/>
+      <c r="B52" s="50"/>
+      <c r="C52" s="50"/>
+      <c r="D52" s="50"/>
+      <c r="E52" s="50"/>
+      <c r="F52" s="50"/>
+      <c r="G52" s="50"/>
+      <c r="H52" s="50"/>
+      <c r="I52" s="50"/>
+    </row>
+    <row r="53" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+      <c r="A53" s="151" t="s">
         <v>103</v>
       </c>
-      <c r="B49" s="61"/>
-[...9 lines deleted...]
-      <c r="A50" s="61" t="s">
+      <c r="B53" s="151"/>
+      <c r="C53" s="151"/>
+      <c r="D53" s="151"/>
+      <c r="E53" s="151"/>
+      <c r="F53" s="151"/>
+      <c r="G53" s="151"/>
+      <c r="H53" s="151"/>
+      <c r="I53" s="151"/>
+    </row>
+    <row r="54" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A54" s="150" t="s">
         <v>104</v>
       </c>
-      <c r="B50" s="61"/>
-[...9 lines deleted...]
-      <c r="A51" s="61" t="s">
+      <c r="B54" s="150"/>
+      <c r="C54" s="150"/>
+      <c r="D54" s="150"/>
+      <c r="E54" s="150"/>
+      <c r="F54" s="150"/>
+      <c r="G54" s="150"/>
+      <c r="H54" s="150"/>
+      <c r="I54" s="150"/>
+    </row>
+    <row r="55" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A55" s="50" t="s">
         <v>105</v>
       </c>
-      <c r="B51" s="61"/>
-[...56 lines deleted...]
-      <c r="I55" s="57"/>
+      <c r="B55" s="50"/>
+      <c r="C55" s="50"/>
+      <c r="D55" s="50"/>
+      <c r="E55" s="50"/>
+      <c r="F55" s="50"/>
+      <c r="G55" s="50"/>
+      <c r="H55" s="50"/>
+      <c r="I55" s="50"/>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.2">
-      <c r="A56" s="57"/>
-[...7 lines deleted...]
-      <c r="I56" s="57"/>
+      <c r="A56" s="50"/>
+      <c r="B56" s="50"/>
+      <c r="C56" s="50"/>
+      <c r="D56" s="50"/>
+      <c r="E56" s="50"/>
+      <c r="F56" s="50"/>
+      <c r="G56" s="50"/>
+      <c r="H56" s="50"/>
+      <c r="I56" s="50"/>
     </row>
   </sheetData>
   <sheetProtection selectLockedCells="1" selectUnlockedCells="1"/>
   <mergeCells count="36">
     <mergeCell ref="A54:I54"/>
     <mergeCell ref="A30:I30"/>
     <mergeCell ref="A31:I31"/>
     <mergeCell ref="A35:I35"/>
     <mergeCell ref="A32:I32"/>
     <mergeCell ref="A33:I33"/>
     <mergeCell ref="A37:I37"/>
     <mergeCell ref="A39:I39"/>
     <mergeCell ref="A40:I40"/>
     <mergeCell ref="A41:I41"/>
+    <mergeCell ref="A47:I47"/>
+    <mergeCell ref="A53:I53"/>
+    <mergeCell ref="A45:I45"/>
+    <mergeCell ref="A46:I46"/>
     <mergeCell ref="A17:I17"/>
     <mergeCell ref="A20:I20"/>
     <mergeCell ref="A44:I44"/>
     <mergeCell ref="A36:I36"/>
     <mergeCell ref="A18:I18"/>
     <mergeCell ref="A21:I21"/>
     <mergeCell ref="A22:I22"/>
     <mergeCell ref="A23:I23"/>
     <mergeCell ref="A24:I24"/>
     <mergeCell ref="A29:I29"/>
+    <mergeCell ref="A42:I42"/>
+    <mergeCell ref="A43:I43"/>
     <mergeCell ref="A11:I11"/>
     <mergeCell ref="A13:I13"/>
     <mergeCell ref="A14:I14"/>
     <mergeCell ref="A15:I15"/>
     <mergeCell ref="A1:I1"/>
     <mergeCell ref="A5:I5"/>
     <mergeCell ref="A7:I7"/>
     <mergeCell ref="A10:I10"/>
     <mergeCell ref="A9:I9"/>
     <mergeCell ref="A6:I6"/>
-    <mergeCell ref="A47:I47"/>
-[...4 lines deleted...]
-    <mergeCell ref="A46:I46"/>
   </mergeCells>
   <phoneticPr fontId="1" type="noConversion"/>
   <pageMargins left="0.55118110236220474" right="0.35433070866141736" top="0.98425196850393704" bottom="0.98425196850393704" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" scale="90" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>5</vt:i4>
+        <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>5</vt:i4>
+        <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="10" baseType="lpstr">
+    <vt:vector size="12" baseType="lpstr">
       <vt:lpstr>Settings</vt:lpstr>
       <vt:lpstr>Price Quote 1</vt:lpstr>
       <vt:lpstr>Price Quote 2</vt:lpstr>
+      <vt:lpstr>Price Quote 3</vt:lpstr>
       <vt:lpstr>Price List</vt:lpstr>
       <vt:lpstr>EULA</vt:lpstr>
       <vt:lpstr>code</vt:lpstr>
       <vt:lpstr>'Price Quote 1'!Print_Area</vt:lpstr>
       <vt:lpstr>'Price Quote 2'!Print_Area</vt:lpstr>
+      <vt:lpstr>'Price Quote 3'!Print_Area</vt:lpstr>
       <vt:lpstr>product</vt:lpstr>
       <vt:lpstr>unit_price</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Spreadsheet123 LTD</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Price Quote Template - Price List</dc:title>
   <dc:creator>Spreadsheet123.com</dc:creator>
   <dc:description>© 2013 Spreadsheet123.com. All rights reserved</dc:description>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Copyright">
     <vt:lpwstr>© 2013 Spreadsheet123 LTD</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Version">
-    <vt:lpwstr>1.0.2</vt:lpwstr>
+    <vt:lpwstr>1.0.3</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Source">
+    <vt:lpwstr>https://www.spreadsheet123.com/ExcelTemplates/quote-template.html</vt:lpwstr>
   </property>
 </Properties>
 </file>