--- v0 (2025-11-03)
+++ v1 (2026-02-12)
@@ -16,506 +16,506 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/metadata.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheetMetadata+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style1.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors1.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style2.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors2.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28227"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\xampp\htdocs\spreadsheet123\files\free-templates\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B235989F-1599-49B1-A558-56181C120B83}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B335D08C-647A-4A53-9F11-C05548F135A0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="640" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Paycheck Calculator" sheetId="16" r:id="rId1"/>
     <sheet name="Federal Tax Tables New" sheetId="17" r:id="rId2"/>
     <sheet name="California Tax Tables" sheetId="13" r:id="rId3"/>
     <sheet name="©" sheetId="4" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Paycheck Calculator'!$A$1:$G$78</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="A63" i="13" l="1"/>
+  <c r="A65" i="13" l="1"/>
+  <c r="A64" i="13"/>
+  <c r="A63" i="13"/>
   <c r="A62" i="13"/>
   <c r="A61" i="13"/>
   <c r="A60" i="13"/>
   <c r="A59" i="13"/>
   <c r="A58" i="13"/>
-  <c r="A57" i="13"/>
-[...3 lines deleted...]
-  <c r="D57" i="13" s="1"/>
+  <c r="D57" i="13"/>
   <c r="D58" i="13" s="1"/>
   <c r="D59" i="13" s="1"/>
   <c r="D60" i="13" s="1"/>
   <c r="D61" i="13" s="1"/>
   <c r="D62" i="13" s="1"/>
   <c r="D63" i="13" s="1"/>
-  <c r="A55" i="13"/>
+  <c r="D64" i="13" s="1"/>
+  <c r="D65" i="13" s="1"/>
+  <c r="A57" i="13"/>
+  <c r="A51" i="13"/>
+  <c r="H50" i="13"/>
+  <c r="N50" i="13" s="1"/>
   <c r="A50" i="13"/>
+  <c r="P49" i="13"/>
+  <c r="J49" i="13"/>
   <c r="H49" i="13"/>
-  <c r="P49" i="13" s="1"/>
+  <c r="O49" i="13" s="1"/>
   <c r="A49" i="13"/>
-  <c r="P48" i="13"/>
-[...1 lines deleted...]
-  <c r="N48" i="13"/>
   <c r="H48" i="13"/>
-  <c r="M48" i="13" s="1"/>
+  <c r="O48" i="13" s="1"/>
   <c r="A48" i="13"/>
   <c r="H47" i="13"/>
   <c r="O47" i="13" s="1"/>
   <c r="A47" i="13"/>
   <c r="H46" i="13"/>
-  <c r="O46" i="13" s="1"/>
+  <c r="P46" i="13" s="1"/>
   <c r="A46" i="13"/>
-  <c r="P45" i="13"/>
-  <c r="O45" i="13"/>
   <c r="H45" i="13"/>
-  <c r="N45" i="13" s="1"/>
+  <c r="J45" i="13" s="1"/>
   <c r="A45" i="13"/>
   <c r="H44" i="13"/>
   <c r="O44" i="13" s="1"/>
-  <c r="A44" i="13"/>
-[...3 lines deleted...]
-  <c r="D44" i="13" s="1"/>
+  <c r="D44" i="13"/>
   <c r="D45" i="13" s="1"/>
   <c r="D46" i="13" s="1"/>
   <c r="D47" i="13" s="1"/>
   <c r="D48" i="13" s="1"/>
   <c r="D49" i="13" s="1"/>
   <c r="D50" i="13" s="1"/>
+  <c r="D51" i="13" s="1"/>
+  <c r="A44" i="13"/>
+  <c r="H43" i="13"/>
+  <c r="P43" i="13" s="1"/>
+  <c r="D43" i="13"/>
   <c r="A43" i="13"/>
-  <c r="P42" i="13"/>
-[...3 lines deleted...]
-  <c r="A42" i="13"/>
   <c r="A37" i="13"/>
   <c r="J36" i="13"/>
-  <c r="J32" i="13" s="1"/>
+  <c r="J35" i="13" s="1"/>
   <c r="A36" i="13"/>
-  <c r="J35" i="13"/>
   <c r="I35" i="13"/>
   <c r="A35" i="13"/>
   <c r="I34" i="13"/>
   <c r="A34" i="13"/>
   <c r="J33" i="13"/>
   <c r="I33" i="13"/>
   <c r="A33" i="13"/>
   <c r="I32" i="13"/>
   <c r="A32" i="13"/>
   <c r="I31" i="13"/>
   <c r="A31" i="13"/>
   <c r="J30" i="13"/>
   <c r="I30" i="13"/>
   <c r="D30" i="13"/>
   <c r="D31" i="13" s="1"/>
   <c r="D32" i="13" s="1"/>
   <c r="D33" i="13" s="1"/>
   <c r="D34" i="13" s="1"/>
   <c r="D35" i="13" s="1"/>
   <c r="D36" i="13" s="1"/>
   <c r="D37" i="13" s="1"/>
   <c r="A30" i="13"/>
   <c r="I29" i="13"/>
   <c r="D29" i="13"/>
   <c r="A29" i="13"/>
   <c r="D17" i="13"/>
-  <c r="B62" i="17"/>
+  <c r="I44" i="13" l="1"/>
+  <c r="J47" i="13"/>
+  <c r="N44" i="13"/>
+  <c r="P47" i="13"/>
+  <c r="I48" i="13"/>
+  <c r="K48" i="13"/>
+  <c r="L48" i="13"/>
+  <c r="P48" i="13"/>
+  <c r="I43" i="13"/>
+  <c r="I46" i="13"/>
+  <c r="J31" i="13"/>
+  <c r="M45" i="13"/>
+  <c r="J43" i="13"/>
+  <c r="K43" i="13"/>
+  <c r="J46" i="13"/>
+  <c r="I49" i="13"/>
+  <c r="K47" i="13"/>
+  <c r="M47" i="13"/>
+  <c r="I47" i="13"/>
+  <c r="K44" i="13"/>
+  <c r="M44" i="13"/>
+  <c r="M50" i="13"/>
+  <c r="O50" i="13"/>
+  <c r="I45" i="13"/>
+  <c r="K45" i="13"/>
+  <c r="L45" i="13"/>
+  <c r="N45" i="13"/>
+  <c r="O45" i="13"/>
+  <c r="P45" i="13"/>
+  <c r="K46" i="13"/>
+  <c r="M43" i="13"/>
+  <c r="L46" i="13"/>
+  <c r="K49" i="13"/>
+  <c r="J50" i="13"/>
+  <c r="N47" i="13"/>
+  <c r="K36" i="13"/>
+  <c r="J29" i="13"/>
+  <c r="J32" i="13"/>
+  <c r="L43" i="13"/>
+  <c r="N43" i="13"/>
+  <c r="M46" i="13"/>
+  <c r="L49" i="13"/>
+  <c r="I50" i="13"/>
+  <c r="L47" i="13"/>
+  <c r="L50" i="13"/>
+  <c r="P44" i="13"/>
+  <c r="P50" i="13"/>
+  <c r="O43" i="13"/>
+  <c r="N46" i="13"/>
+  <c r="M49" i="13"/>
+  <c r="J34" i="13"/>
+  <c r="O46" i="13"/>
+  <c r="N49" i="13"/>
+  <c r="J44" i="13"/>
+  <c r="L44" i="13"/>
+  <c r="K50" i="13"/>
+  <c r="J48" i="13"/>
+  <c r="M48" i="13"/>
+  <c r="N48" i="13"/>
+  <c r="K35" i="13" l="1"/>
+  <c r="L36" i="13"/>
+  <c r="K30" i="13"/>
+  <c r="K29" i="13"/>
+  <c r="K34" i="13"/>
+  <c r="K32" i="13"/>
+  <c r="K33" i="13"/>
+  <c r="K31" i="13"/>
+  <c r="L30" i="13" l="1"/>
+  <c r="L33" i="13"/>
+  <c r="L32" i="13"/>
+  <c r="L35" i="13"/>
+  <c r="L31" i="13"/>
+  <c r="L29" i="13"/>
+  <c r="L34" i="13"/>
+  <c r="M36" i="13"/>
+  <c r="M35" i="13" l="1"/>
+  <c r="M32" i="13"/>
+  <c r="N36" i="13"/>
+  <c r="M33" i="13"/>
+  <c r="M29" i="13"/>
+  <c r="M31" i="13"/>
+  <c r="M34" i="13"/>
+  <c r="M30" i="13"/>
+  <c r="N32" i="13" l="1"/>
+  <c r="N30" i="13"/>
+  <c r="N33" i="13"/>
+  <c r="N29" i="13"/>
+  <c r="N34" i="13"/>
+  <c r="N31" i="13"/>
+  <c r="N35" i="13"/>
+  <c r="O36" i="13"/>
+  <c r="O32" i="13" l="1"/>
+  <c r="O34" i="13"/>
+  <c r="O30" i="13"/>
+  <c r="O29" i="13"/>
+  <c r="O31" i="13"/>
+  <c r="P36" i="13"/>
+  <c r="O33" i="13"/>
+  <c r="O35" i="13"/>
+  <c r="Q36" i="13" l="1"/>
+  <c r="P33" i="13"/>
+  <c r="P35" i="13"/>
+  <c r="P32" i="13"/>
+  <c r="P29" i="13"/>
+  <c r="P30" i="13"/>
+  <c r="P34" i="13"/>
+  <c r="P31" i="13"/>
+  <c r="Q33" i="13" l="1"/>
+  <c r="Q35" i="13"/>
+  <c r="Q29" i="13"/>
+  <c r="Q32" i="13"/>
+  <c r="R36" i="13"/>
+  <c r="Q34" i="13"/>
+  <c r="Q31" i="13"/>
+  <c r="Q30" i="13"/>
+  <c r="R29" i="13" l="1"/>
+  <c r="R30" i="13"/>
+  <c r="R32" i="13"/>
+  <c r="R31" i="13"/>
+  <c r="R34" i="13"/>
+  <c r="R33" i="13"/>
+  <c r="R35" i="13"/>
+  <c r="B62" i="17" l="1"/>
   <c r="B61" i="17"/>
   <c r="B60" i="17"/>
   <c r="B59" i="17"/>
   <c r="B58" i="17"/>
   <c r="B57" i="17"/>
   <c r="B56" i="17"/>
   <c r="L51" i="17"/>
   <c r="F51" i="17"/>
   <c r="A51" i="17"/>
   <c r="L50" i="17"/>
+  <c r="K51" i="17" s="1"/>
   <c r="F50" i="17"/>
   <c r="A50" i="17"/>
   <c r="L49" i="17"/>
   <c r="K50" i="17" s="1"/>
   <c r="F49" i="17"/>
   <c r="A49" i="17"/>
   <c r="L48" i="17"/>
   <c r="K48" i="17"/>
   <c r="F48" i="17"/>
   <c r="A48" i="17"/>
   <c r="L47" i="17"/>
   <c r="F47" i="17"/>
   <c r="A47" i="17"/>
   <c r="L46" i="17"/>
   <c r="K47" i="17" s="1"/>
   <c r="F46" i="17"/>
   <c r="A46" i="17"/>
   <c r="L45" i="17"/>
-  <c r="K46" i="17" s="1"/>
   <c r="H45" i="17"/>
   <c r="F45" i="17"/>
   <c r="H46" i="17" s="1"/>
   <c r="C45" i="17"/>
   <c r="A45" i="17"/>
   <c r="C46" i="17" s="1"/>
   <c r="L44" i="17"/>
-  <c r="M45" i="17" s="1"/>
+  <c r="K45" i="17" s="1"/>
   <c r="L40" i="17"/>
-  <c r="K40" i="17"/>
   <c r="F40" i="17"/>
   <c r="A40" i="17"/>
   <c r="L39" i="17"/>
   <c r="F39" i="17"/>
   <c r="A39" i="17"/>
   <c r="L38" i="17"/>
+  <c r="K39" i="17" s="1"/>
   <c r="F38" i="17"/>
   <c r="A38" i="17"/>
   <c r="L37" i="17"/>
+  <c r="K38" i="17" s="1"/>
   <c r="F37" i="17"/>
   <c r="A37" i="17"/>
   <c r="L36" i="17"/>
+  <c r="K37" i="17" s="1"/>
   <c r="F36" i="17"/>
   <c r="A36" i="17"/>
   <c r="L35" i="17"/>
+  <c r="K36" i="17" s="1"/>
   <c r="K35" i="17"/>
   <c r="H35" i="17"/>
+  <c r="F35" i="17"/>
   <c r="H36" i="17" s="1"/>
-  <c r="F35" i="17"/>
+  <c r="C35" i="17"/>
+  <c r="C36" i="17" s="1"/>
+  <c r="C37" i="17" s="1"/>
   <c r="A35" i="17"/>
   <c r="L34" i="17"/>
   <c r="H34" i="17"/>
   <c r="F34" i="17"/>
   <c r="C34" i="17"/>
   <c r="A34" i="17"/>
-  <c r="C35" i="17" s="1"/>
-  <c r="C36" i="17" s="1"/>
   <c r="L33" i="17"/>
-  <c r="K34" i="17" s="1"/>
+  <c r="M34" i="17" s="1"/>
   <c r="L29" i="17"/>
   <c r="F29" i="17"/>
   <c r="A29" i="17"/>
   <c r="L28" i="17"/>
-  <c r="K29" i="17" s="1"/>
   <c r="F28" i="17"/>
   <c r="A28" i="17"/>
   <c r="L27" i="17"/>
-  <c r="K27" i="17"/>
   <c r="F27" i="17"/>
   <c r="A27" i="17"/>
   <c r="L26" i="17"/>
+  <c r="K27" i="17" s="1"/>
   <c r="F26" i="17"/>
   <c r="A26" i="17"/>
   <c r="L25" i="17"/>
+  <c r="K26" i="17" s="1"/>
   <c r="F25" i="17"/>
   <c r="A25" i="17"/>
   <c r="L24" i="17"/>
-  <c r="K25" i="17" s="1"/>
   <c r="F24" i="17"/>
   <c r="A24" i="17"/>
   <c r="L23" i="17"/>
   <c r="H23" i="17"/>
   <c r="F23" i="17"/>
   <c r="H24" i="17" s="1"/>
   <c r="C23" i="17"/>
   <c r="A23" i="17"/>
   <c r="C24" i="17" s="1"/>
   <c r="L22" i="17"/>
   <c r="M23" i="17" s="1"/>
-  <c r="I43" i="13" l="1"/>
-[...64 lines deleted...]
-  <c r="C47" i="17"/>
+  <c r="C47" i="17" l="1"/>
   <c r="C48" i="17" s="1"/>
   <c r="C49" i="17" s="1"/>
   <c r="C50" i="17" s="1"/>
   <c r="C51" i="17" s="1"/>
-  <c r="C37" i="17"/>
-[...3 lines deleted...]
-  <c r="H37" i="17"/>
   <c r="C25" i="17"/>
-  <c r="C26" i="17" s="1"/>
-[...2 lines deleted...]
-  <c r="C29" i="17" s="1"/>
+  <c r="H47" i="17"/>
+  <c r="H48" i="17" s="1"/>
+  <c r="H49" i="17"/>
+  <c r="H50" i="17"/>
+  <c r="H51" i="17" s="1"/>
   <c r="H25" i="17"/>
-  <c r="H26" i="17" s="1"/>
+  <c r="H26" i="17"/>
   <c r="H27" i="17" s="1"/>
   <c r="H28" i="17" s="1"/>
   <c r="H29" i="17" s="1"/>
-  <c r="H38" i="17"/>
-  <c r="H39" i="17"/>
+  <c r="M46" i="17"/>
+  <c r="H37" i="17"/>
+  <c r="H38" i="17" s="1"/>
+  <c r="H39" i="17" s="1"/>
   <c r="H40" i="17" s="1"/>
+  <c r="C38" i="17"/>
+  <c r="C26" i="17"/>
+  <c r="C27" i="17" s="1"/>
+  <c r="C39" i="17"/>
+  <c r="C40" i="17" s="1"/>
+  <c r="C28" i="17"/>
+  <c r="C29" i="17"/>
   <c r="K23" i="17"/>
-  <c r="K36" i="17"/>
-[...1 lines deleted...]
-  <c r="M34" i="17"/>
+  <c r="M24" i="17" s="1"/>
+  <c r="M36" i="17"/>
+  <c r="M37" i="17" s="1"/>
+  <c r="M38" i="17" s="1"/>
+  <c r="M39" i="17" s="1"/>
+  <c r="M40" i="17" s="1"/>
+  <c r="K24" i="17"/>
+  <c r="M25" i="17" s="1"/>
   <c r="K49" i="17"/>
-  <c r="K45" i="17"/>
-  <c r="M46" i="17"/>
+  <c r="K28" i="17"/>
+  <c r="M45" i="17"/>
+  <c r="K29" i="17"/>
+  <c r="K34" i="17"/>
+  <c r="M35" i="17" s="1"/>
+  <c r="K40" i="17"/>
+  <c r="K46" i="17"/>
   <c r="M47" i="17" s="1"/>
   <c r="M48" i="17" s="1"/>
   <c r="M49" i="17" s="1"/>
   <c r="M50" i="17" s="1"/>
   <c r="M51" i="17" s="1"/>
-  <c r="K38" i="17"/>
-[...15 lines deleted...]
-  <c r="M27" i="17"/>
+  <c r="K25" i="17"/>
+  <c r="M26" i="17" l="1"/>
+  <c r="M27" i="17" s="1"/>
   <c r="M28" i="17" s="1"/>
   <c r="M29" i="17" s="1"/>
-  <c r="M40" i="17"/>
-[...9 lines deleted...]
-  <c r="P79" i="16" s="1"/>
+  <c r="U55" i="16" l="1"/>
   <c r="Q60" i="16"/>
   <c r="Q55" i="16" s="1"/>
   <c r="R66" i="16"/>
   <c r="R67" i="16" s="1"/>
   <c r="P80" i="16"/>
   <c r="P81" i="16"/>
-  <c r="P82" i="16"/>
+  <c r="P82" i="16" s="1"/>
   <c r="P89" i="16" a="1"/>
   <c r="P89" i="16" s="1"/>
   <c r="P90" i="16"/>
   <c r="P92" i="16"/>
-  <c r="M32" i="13" l="1"/>
-[...6 lines deleted...]
-  <c r="M34" i="13"/>
+  <c r="P79" i="16" l="1"/>
   <c r="R65" i="16"/>
   <c r="R68" i="16" s="1"/>
   <c r="R69" i="16" s="1"/>
   <c r="P74" i="16"/>
   <c r="Q74" i="16"/>
-  <c r="N32" i="13" l="1"/>
-[...7 lines deleted...]
-  <c r="R70" i="16"/>
+  <c r="R70" i="16" l="1"/>
   <c r="R72" i="16"/>
   <c r="R71" i="16"/>
   <c r="B6" i="4"/>
   <c r="A62" i="16"/>
-  <c r="O32" i="13" l="1"/>
-[...7 lines deleted...]
-  <c r="R73" i="16"/>
+  <c r="R73" i="16" l="1"/>
   <c r="R76" i="16" s="1"/>
-  <c r="P34" i="13" l="1"/>
-[...7 lines deleted...]
-  <c r="F6" i="16"/>
+  <c r="F6" i="16" l="1"/>
   <c r="A66" i="16"/>
   <c r="A65" i="16"/>
   <c r="A64" i="16"/>
   <c r="A63" i="16"/>
   <c r="A61" i="16"/>
   <c r="A60" i="16"/>
   <c r="A59" i="16"/>
   <c r="A58" i="16"/>
   <c r="A57" i="16"/>
   <c r="A56" i="16"/>
   <c r="A55" i="16"/>
   <c r="F25" i="16"/>
   <c r="B66" i="16" s="1"/>
   <c r="F24" i="16"/>
   <c r="B65" i="16" s="1"/>
   <c r="F23" i="16"/>
   <c r="B64" i="16" s="1"/>
   <c r="F14" i="16"/>
   <c r="F10" i="16" s="1"/>
   <c r="B56" i="16" s="1"/>
   <c r="F13" i="16"/>
   <c r="B58" i="16" s="1"/>
   <c r="F12" i="16"/>
   <c r="I2" i="16"/>
-  <c r="Q29" i="13" l="1"/>
-[...7 lines deleted...]
-  <c r="B57" i="16"/>
+  <c r="B57" i="16" l="1"/>
   <c r="P65" i="16"/>
   <c r="B59" i="16"/>
   <c r="F7" i="16"/>
   <c r="F8" i="16"/>
-  <c r="R29" i="13" l="1"/>
-[...6 lines deleted...]
-  <c r="P83" i="16"/>
+  <c r="P83" i="16" l="1"/>
   <c r="P84" i="16" s="1"/>
   <c r="P68" i="16"/>
   <c r="P69" i="16" s="1"/>
   <c r="F22" i="16"/>
   <c r="B63" i="16" s="1"/>
   <c r="B55" i="16"/>
   <c r="Q70" i="16" l="1"/>
   <c r="Q72" i="16"/>
   <c r="P72" i="16"/>
   <c r="P70" i="16"/>
   <c r="P71" i="16"/>
   <c r="Q71" i="16"/>
   <c r="P86" i="16"/>
   <c r="P85" i="16"/>
   <c r="P87" i="16"/>
   <c r="F20" i="16"/>
   <c r="B62" i="16" s="1"/>
   <c r="P73" i="16" l="1"/>
   <c r="P75" i="16" s="1"/>
   <c r="P76" i="16" s="1"/>
   <c r="F16" i="16" s="1"/>
   <c r="B60" i="16" s="1"/>
   <c r="P88" i="16"/>
   <c r="P91" i="16" s="1"/>
   <c r="Q73" i="16"/>
@@ -779,51 +779,51 @@
 </file>
 
 <file path=xl/metadata.xml><?xml version="1.0" encoding="utf-8"?>
 <metadata xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xda="http://schemas.microsoft.com/office/spreadsheetml/2017/dynamicarray">
   <metadataTypes count="1">
     <metadataType name="XLDAPR" minSupportedVersion="120000" copy="1" pasteAll="1" pasteValues="1" merge="1" splitFirst="1" rowColShift="1" clearFormats="1" clearComments="1" assign="1" coerce="1" cellMeta="1"/>
   </metadataTypes>
   <futureMetadata name="XLDAPR" count="1">
     <bk>
       <extLst>
         <ext uri="{bdbb8cdc-fa1e-496e-a857-3c3f30c029c3}">
           <xda:dynamicArrayProperties fDynamic="1" fCollapsed="0"/>
         </ext>
       </extLst>
     </bk>
   </futureMetadata>
   <cellMetadata count="1">
     <bk>
       <rc t="1" v="0"/>
     </bk>
   </cellMetadata>
 </metadata>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="281" uniqueCount="166">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="283" uniqueCount="168">
   <si>
     <t>Gross Pay</t>
   </si>
   <si>
     <t>Weekly</t>
   </si>
   <si>
     <t>Biweekly</t>
   </si>
   <si>
     <t>Semimonthly</t>
   </si>
   <si>
     <t>Monthly</t>
   </si>
   <si>
     <t>Quarterly</t>
   </si>
   <si>
     <t>Semiannually</t>
   </si>
   <si>
     <t>Annually</t>
   </si>
   <si>
@@ -1074,53 +1074,50 @@
   <si>
     <t>Old W-4</t>
   </si>
   <si>
     <t>Qualifying children under age 17</t>
   </si>
   <si>
     <t>Other Dependents</t>
   </si>
   <si>
     <t>Married Joint</t>
   </si>
   <si>
     <t>Married</t>
   </si>
   <si>
     <t>Head of Household</t>
   </si>
   <si>
     <t>Married but use Single rate</t>
   </si>
   <si>
     <t>Daily</t>
   </si>
   <si>
-    <t>Source: irs.gov/pub/irs-pdf/fw4.pdf (pg3)</t>
-[...1 lines deleted...]
-  <si>
     <t>Single or Married Filing Separately</t>
   </si>
   <si>
     <t>Married Filing Jointly</t>
   </si>
   <si>
     <t>Old W-4 (before 2020)</t>
   </si>
   <si>
     <t>Source: irs.gov/pub/irs-pdf/p15t.pdf</t>
   </si>
   <si>
     <t>Number of Allowances from W-4</t>
   </si>
   <si>
     <t>Amount of Allowance</t>
   </si>
   <si>
     <t>Adjusted Wage Amount</t>
   </si>
   <si>
     <t>STANDARD  - Old W-4</t>
   </si>
   <si>
     <t>HIGHER - New W-4</t>
@@ -1275,102 +1272,111 @@
       <t xml:space="preserve"> See Page 6 of EDD CA Publication</t>
     </r>
   </si>
   <si>
     <t>UNMARRIED/HEAD OF HOUSEHOLD</t>
   </si>
   <si>
     <t>MARRIED PERSONS</t>
   </si>
   <si>
     <t>SINGLE PERSONS, DUAL INCOME MARRIED,</t>
   </si>
   <si>
     <t>OR MARRIED WITH MULTIPLE EMPLOYERS</t>
   </si>
   <si>
     <t>TABLE 5 - TAX RATE TABLE</t>
   </si>
   <si>
     <t xml:space="preserve">California Employee's Withholding Allowance Certificate, https://www.edd.ca.gov/pdf_pub_ctr/de4.pdf </t>
   </si>
   <si>
     <t>Table 4. Exemption Allowance Table</t>
   </si>
   <si>
-    <t>Tables below are copied from Page 11 of IRS Publication 15-T and must be updated every year.</t>
-[...1 lines deleted...]
-  <si>
     <t>Source: https://edd.ca.gov/en/Payroll_Taxes/Rates_and_Withholding</t>
   </si>
   <si>
-    <t>Federal Tax Tables - 2025</t>
+    <t>Federal Tax Tables - 2026</t>
   </si>
   <si>
-    <t>Dependents - Step 3 W-4 Form (Page1) - 2025</t>
+    <t>Dependents - Step 3 W-4 Form (Page1) - 2026</t>
   </si>
   <si>
-    <t>Standard Deductions - Step 4(b) W-4 Form (Page 3) - 2025</t>
+    <t>Standard Deductions - Step 4(b) W-4 Form (Page 4) - 2026</t>
   </si>
   <si>
-    <t>Percentage Method Tables for Income Tax Withholding (For Wages Paid in 2025, using New W-4)</t>
+    <t>Source: irs.gov/pub/irs-pdf/fw4.pdf (pg4)</t>
   </si>
   <si>
-    <t>← See Page 62 of IRS 2025 Publication 15-T (Table 7)</t>
+    <t>Percentage Method Tables for Income Tax Withholding (For Wages Paid in 2026, using New W-4)</t>
   </si>
   <si>
-    <t>California Withholding Schedules - 2025</t>
+    <t>Tables below are copied from Page 12 of IRS Publication 15-T and must be updated every year.</t>
   </si>
   <si>
-    <t>Download California Withholding Schedules for 2025</t>
+    <t>← See Page 63 of IRS 2026 Publication 15-T (Table 7)</t>
   </si>
   <si>
-    <t>(SDI) State Disability Insurance withholding rate 2025</t>
+    <t>For Wages Paid in 2026 using both New and earlier W-4 Forms</t>
   </si>
   <si>
-    <t>(For Wages Paid in 2025, using both New and earlier W-4 Forms)</t>
+    <t>New (2026) W-4 Employee's Withholding Certificate, https://www.irs.gov/pub/irs-pdf/fw4.pdf</t>
   </si>
   <si>
-    <t>Source: EDD California Withholding Schedules for 2025</t>
+    <t>EDD California Withholding Schedules for 2026</t>
   </si>
   <si>
-    <t>Tables below are copied from Page 7 of California Withholding Schedules for 2025</t>
+    <t>California Withholding Schedules - 2026</t>
   </si>
   <si>
-    <t>TABLE 4 - EXEMPTION ALLOWANCE TABLE (For Wages Paid in 2025)</t>
+    <t>Download California Withholding Schedules for 2026</t>
   </si>
   <si>
-    <t>TABLE 2 - ESTIMATED DEDUCTION TABLE (For Wages Paid in 2025)</t>
+    <t>(SDI) State Disability Insurance withholding rate 2026</t>
   </si>
   <si>
-    <t>For Wages Paid in 2025 using both New and earlier W-4 Forms</t>
+    <t>(For Wages Paid in 2026, using both New and earlier W-4 Forms)</t>
   </si>
   <si>
-    <t>New (2025) W-4 Employee's Withholding Certificate, https://www.irs.gov/pub/irs-pdf/fw4.pdf</t>
+    <t>Source: EDD California Withholding Schedules for 2026</t>
   </si>
   <si>
-    <t>EDD California Withholding Schedules for 2025</t>
+    <t>Tables below are copied from Page 7 of California Withholding Schedules for 2026</t>
+  </si>
+  <si>
+    <t>TABLE 4 - EXEMPTION ALLOWANCE TABLE (For Wages Paid in 2026)</t>
+  </si>
+  <si>
+    <t>TABLE 6 - TAX RATE TABLE</t>
+  </si>
+  <si>
+    <t>TABLE 2 - ESTIMATED DEDUCTION TABLE (For Wages Paid in 2026)</t>
+  </si>
+  <si>
+    <t>TABLE 7 - TAX RATE TABLE</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="5">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="165" formatCode="0.0%"/>
     <numFmt numFmtId="166" formatCode="_(&quot;$&quot;* #,##0_);_(&quot;$&quot;* \(#,##0\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="167" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
   <fonts count="44" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
@@ -2273,99 +2279,99 @@
     </xf>
     <xf numFmtId="165" fontId="0" fillId="2" borderId="8" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="9" fillId="3" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="0" fillId="2" borderId="8" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="10" fontId="0" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="43" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1"/>
     <xf numFmtId="166" fontId="0" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyBorder="1"/>
+    <xf numFmtId="167" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="27" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="4" fontId="17" fillId="7" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...10 lines deleted...]
-      <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="167" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="2">
     <dxf>
       <fill>
         <patternFill patternType="gray125"/>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="gray125"/>
       </fill>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
@@ -2572,75 +2578,75 @@
                 <c:pt idx="8">
                   <c:v>(SDI) State Disability Insurance</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>Local Tax</c:v>
                 </c:pt>
                 <c:pt idx="10">
                   <c:v>Insurance</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>Other Post-Tax deductions</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>Post-Tax Reimbursements</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>'Paycheck Calculator'!$B$54:$B$66</c:f>
               <c:numCache>
                 <c:formatCode>_("$"* #,##0.00_);_("$"* \(#,##0.00\);_("$"* "-"??_);_(@_)</c:formatCode>
                 <c:ptCount val="13"/>
                 <c:pt idx="0">
-                  <c:v>2858.9266666666667</c:v>
+                  <c:v>2870.7166666666667</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>217</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>50.75</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>140</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>233.32333333333335</c:v>
+                  <c:v>221.5333333333333</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>42</c:v>
+                  <c:v>45.5</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="10">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>0</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-7C1B-44A6-8955-62FADE520C77}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:dLblPos val="outEnd"/>
           <c:showLegendKey val="0"/>
@@ -3130,75 +3136,75 @@
                 <c:pt idx="8">
                   <c:v>(SDI) State Disability Insurance</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>Local Tax</c:v>
                 </c:pt>
                 <c:pt idx="10">
                   <c:v>Insurance</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>Other Post-Tax deductions</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>Post-Tax Reimbursements</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>'Paycheck Calculator'!$B$54:$B$66</c:f>
               <c:numCache>
                 <c:formatCode>_("$"* #,##0.00_);_("$"* \(#,##0.00\);_("$"* "-"??_);_(@_)</c:formatCode>
                 <c:ptCount val="13"/>
                 <c:pt idx="0">
-                  <c:v>2858.9266666666667</c:v>
+                  <c:v>2870.7166666666667</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>217</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>50.75</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>140</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>233.32333333333335</c:v>
+                  <c:v>221.5333333333333</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>42</c:v>
+                  <c:v>45.5</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="10">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>0</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000018-770C-4824-B55C-0B0E32398930}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
@@ -3239,58 +3245,58 @@
         <a:effectLst/>
       </c:spPr>
       <c:txPr>
         <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr>
             <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="65000"/>
                   <a:lumOff val="35000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:defRPr>
           </a:pPr>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </c:txPr>
     </c:legend>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
     <c:extLst>
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
-    <c:showDLblsOverMax val="0"/>
   </c:chart>
   <c:spPr>
     <a:noFill/>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
       <a:noFill/>
       <a:round/>
     </a:ln>
     <a:effectLst/>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr/>
       </a:pPr>
       <a:endParaRPr lang="en-US"/>
     </a:p>
   </c:txPr>
   <c:printSettings>
     <c:headerFooter/>
     <c:pageMargins b="0.75" l="0.7" r="0.7" t="0.75" header="0.3" footer="0.3"/>
     <c:pageSetup/>
   </c:printSettings>
 </c:chartSpace>
@@ -12532,50 +12538,2490 @@
           <a:noFill/>
         </a:ln>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="72" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5B21DF7C-AE18-4CD6-8ADF-C81333F2FADF}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="73" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C6042128-0380-4ECF-9557-E9CE4A3E083B}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="74" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D490063B-C583-4249-97F8-C1DED126BD45}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="75" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A41BF9BB-0595-4654-8E5D-C274A9A6F759}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="76" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3B030E1C-681F-4C31-A7E2-C1F76C51527F}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="77" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{451A3C3B-DDAA-42D4-B877-68038FD0562C}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="78" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C38C9E14-36EB-4265-85D2-71602340FC29}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>419100</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="79" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9F8D755B-B61E-45A8-A925-3CA090C8A736}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="419100" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>419100</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="80" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{225D2608-2079-48DD-B2C9-35985EED3805}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="419100" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>419100</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="81" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F4AD19DD-80BE-4A12-BE2D-FC27975C0478}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="419100" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="82" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DBDF07E9-5C3B-4723-AD9E-9984C776559E}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="83" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7D6557CC-9F83-4561-B172-24F4221C6837}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="84" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F9A3007C-B8D7-448B-8A6F-0BB8EDB00210}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="85" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B185693E-C2E4-44F6-84B1-909F9CA67B1D}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="86" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{728287F2-A507-4727-B2AF-5772E3000F7C}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="87" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5AB3057C-38D8-4E66-8428-A1E8CFB97277}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="88" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{98A99955-7ADC-4BD7-B405-1E062AB2245B}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>419100</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="89" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8623043A-0B47-4361-BEBB-C39A9E6C7E94}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="419100" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>419100</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="90" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C5A3D413-8886-473D-A251-B5602E7A6854}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="419100" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>419100</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="91" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F54C06CA-4D02-4EB8-9D1D-8D7A145B5CD6}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="419100" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="92" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3CC7215D-10EB-4D42-AE29-381C64A4AD06}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="93" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{90528FE7-F2A1-410C-957F-3764B7D90D21}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="94" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4718169E-93AC-4E06-8F72-DD6246157854}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="95" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CE525081-FF70-4324-AE3E-51D82BB0E561}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="96" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2DD2C9F5-0F58-47E1-9758-97566663EB35}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="97" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ADD19970-EF59-4E10-AB5C-85BECDC9A067}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="98" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9C1A1F34-0AA9-43CB-B722-4CB82EE90CB9}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>419100</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="99" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{84792D0E-A5D5-431A-B083-85347887BF55}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="419100" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>419100</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="100" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{007471D8-30B1-4080-B913-89E942777277}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="419100" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>419100</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="101" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{143986E0-B213-4FFB-8D97-E06123F3EEA0}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="419100" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="102" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{03C63668-5E7A-4EFF-ACE9-AD717841870C}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="103" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DF8339DC-D487-49B8-A90A-C70A7B6074BF}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="104" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F1B60982-733F-43EE-B266-4E78D2C0BF4B}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="105" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D1615F1D-76B6-4777-AE61-743EBC36EFDA}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="106" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EA7AE0C0-9AF8-4EF2-A82B-F178A8298361}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="107" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CA68CB42-7F94-4343-A25C-25DE5C3FB6D3}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="108" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4D64D0A3-D5F6-4FA9-9F2A-E16E77EDF94E}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="76200" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>419100</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="109" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D390694A-7E70-4ACA-953B-8577C4FB340E}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="419100" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>419100</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="110" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AD43ABB2-8282-4CDA-AC4A-1633548420D2}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="419100" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>419100</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="111" name="Text Box 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7FA55059-D8B6-4ED7-A49A-4FD7A6F7B0BA}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9867900" y="13620750"/>
+          <a:ext cx="419100" cy="200025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>4562487</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
       <xdr:colOff>1054655</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>352575</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Picture 3">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5DB73688-03D0-4858-A1A6-C02B1C766507}"/>
             </a:ext>
@@ -12895,109 +15341,109 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.edd.ca.gov/pdf_pub_ctr/de4.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spreadsheet123.com/calculators/net-paycheck-calculator?utm_source=paycheck-calculator-CA&amp;utm_medium=title&amp;utm_campaign=templates" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spreadsheet123.com/ExcelTemplates/work-shift-schedule?utm_source=paycheck-calculator-CA&amp;utm_medium=related&amp;utm_campaign=templates" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/pub/irs-pdf/p15t.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/pub/irs-pdf/fw4.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spreadsheet123.com/ExcelTemplates/staff-rotation-schedule?utm_source=paycheck-calculator-CA&amp;utm_medium=related&amp;utm_campaign=templates" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spreadsheet123.com/calculators/payroll-calculator?utm_source=paycheck-calculator-CA&amp;utm_medium=related&amp;utm_campaign=templates" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/newsroom/new-downloadable-assistant-helps-small-businesses-withhold-the-right-amount-of-income-tax" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spreadsheet123.com/ExcelTemplates/timesheets?utm_source=paycheck-calculator-CA&amp;utm_medium=related&amp;utm_campaign=templates" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edd.ca.gov/siteassets/files/pdf_pub_ctr/25methb.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.edd.ca.gov/pdf_pub_ctr/de4.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spreadsheet123.com/calculators/net-paycheck-calculator?utm_source=paycheck-calculator-CA&amp;utm_medium=title&amp;utm_campaign=templates" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spreadsheet123.com/ExcelTemplates/work-shift-schedule?utm_source=paycheck-calculator-CA&amp;utm_medium=related&amp;utm_campaign=templates" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/pub/irs-pdf/p15t.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/pub/irs-pdf/fw4.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spreadsheet123.com/ExcelTemplates/staff-rotation-schedule?utm_source=paycheck-calculator-CA&amp;utm_medium=related&amp;utm_campaign=templates" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spreadsheet123.com/calculators/payroll-calculator?utm_source=paycheck-calculator-CA&amp;utm_medium=related&amp;utm_campaign=templates" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/newsroom/new-downloadable-assistant-helps-small-businesses-withhold-the-right-amount-of-income-tax" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spreadsheet123.com/ExcelTemplates/timesheets?utm_source=paycheck-calculator-CA&amp;utm_medium=related&amp;utm_campaign=templates" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edd.ca.gov/siteassets/files/pdf_pub_ctr/26methb.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/pub/irs-pdf/fw4.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/pub/irs-pdf/p15t.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/pub/irs-pdf/fw4.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edd.ca.gov/en/Payroll_Taxes/Rates_and_Withholding" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edd.ca.gov/siteassets/files/pdf_pub_ctr/25methb.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.edd.ca.gov/pdf_pub_ctr/21methb.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edd.ca.gov/siteassets/files/pdf_pub_ctr/25methb.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edd.ca.gov/en/Payroll_Taxes/Rates_and_Withholding" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edd.ca.gov/siteassets/files/pdf_pub_ctr/26methb.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.edd.ca.gov/pdf_pub_ctr/21methb.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edd.ca.gov/siteassets/files/pdf_pub_ctr/26methb.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spreadsheet123.com/calculators/net-paycheck-calculator.html" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spreadsheet123.com/EULA/privateuse-EULA.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DF19C1A5-FE14-4188-BEEC-C37160089B00}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:U92"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
-      <selection activeCell="I31" sqref="I31"/>
+      <selection activeCell="W25" sqref="W25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="40.42578125" customWidth="1"/>
     <col min="2" max="2" width="28.5703125" style="2" customWidth="1"/>
     <col min="3" max="3" width="2.28515625" customWidth="1"/>
     <col min="4" max="4" width="0.85546875" customWidth="1"/>
     <col min="5" max="5" width="40.42578125" customWidth="1"/>
     <col min="6" max="6" width="28.5703125" customWidth="1"/>
     <col min="7" max="7" width="2.28515625" customWidth="1"/>
     <col min="9" max="9" width="31" style="12" customWidth="1"/>
     <col min="10" max="11" width="9.140625" style="12"/>
     <col min="15" max="15" width="29.85546875" hidden="1" customWidth="1"/>
     <col min="16" max="20" width="23.42578125" hidden="1" customWidth="1"/>
     <col min="21" max="21" width="0" hidden="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:21" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="27" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="B1" s="16"/>
       <c r="C1" s="28"/>
       <c r="D1" s="28"/>
       <c r="E1" s="28"/>
       <c r="F1" s="28"/>
       <c r="G1" s="28"/>
       <c r="I1" s="29"/>
       <c r="J1" s="29"/>
       <c r="K1" s="29"/>
     </row>
     <row r="2" spans="1:21" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="30" t="s">
-        <v>163</v>
+        <v>155</v>
       </c>
       <c r="B2" s="31"/>
       <c r="C2" s="32"/>
       <c r="D2" s="32"/>
       <c r="E2" s="32"/>
       <c r="F2" s="32"/>
       <c r="G2" s="33"/>
       <c r="I2" s="34" t="str">
         <f ca="1">"© 2013-"&amp;YEAR(TODAY())&amp;" Spreadsheet123 LTD"</f>
         <v>© 2013-2025 Spreadsheet123 LTD</v>
       </c>
       <c r="J2" s="35"/>
       <c r="K2" s="35"/>
     </row>
     <row r="3" spans="1:21" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="36"/>
       <c r="G3" s="26"/>
       <c r="I3" s="34"/>
       <c r="J3" s="35"/>
       <c r="K3" s="35"/>
       <c r="O3" s="78"/>
       <c r="P3" s="78"/>
       <c r="Q3" s="78"/>
       <c r="R3" s="78"/>
       <c r="S3" s="78"/>
@@ -13181,99 +15627,99 @@
       <c r="F14" s="47">
         <f>$B$33</f>
         <v>0</v>
       </c>
       <c r="G14" s="41"/>
     </row>
     <row r="15" spans="1:21" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="48"/>
       <c r="B15" s="19"/>
       <c r="C15" s="20"/>
       <c r="E15" s="46"/>
       <c r="F15" s="47"/>
       <c r="G15" s="41"/>
     </row>
     <row r="16" spans="1:21" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="17" t="s">
         <v>48</v>
       </c>
       <c r="B16" s="16"/>
       <c r="C16" s="28"/>
       <c r="E16" s="46" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="45">
         <f>IF('Paycheck Calculator'!$Q$60=1,IF($B$22="No",'Paycheck Calculator'!$P$76,'Paycheck Calculator'!$Q$76),'Paycheck Calculator'!$R$76)</f>
-        <v>233.32333333333335</v>
+        <v>221.5333333333333</v>
       </c>
       <c r="G16" s="41"/>
     </row>
     <row r="17" spans="1:9" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="24"/>
       <c r="B17" s="19"/>
       <c r="C17" s="20"/>
       <c r="E17" s="46"/>
       <c r="F17" s="47"/>
       <c r="G17" s="41"/>
     </row>
     <row r="18" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="22" t="s">
         <v>24</v>
       </c>
       <c r="B18" s="49" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="20"/>
       <c r="E18" s="46" t="s">
         <v>49</v>
       </c>
       <c r="F18" s="47">
         <f>'Paycheck Calculator'!$P$91</f>
         <v>0</v>
       </c>
       <c r="G18" s="41"/>
     </row>
     <row r="19" spans="1:9" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="48"/>
       <c r="B19" s="19"/>
       <c r="C19" s="20"/>
       <c r="E19" s="46"/>
       <c r="F19" s="45"/>
       <c r="G19" s="41"/>
     </row>
     <row r="20" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="51" t="s">
         <v>50</v>
       </c>
       <c r="B20" s="52"/>
       <c r="C20" s="53"/>
       <c r="E20" s="46" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="F20" s="47">
         <f>'Paycheck Calculator'!$P$92</f>
-        <v>42</v>
+        <v>45.5</v>
       </c>
       <c r="G20" s="41"/>
     </row>
     <row r="21" spans="1:9" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="24"/>
       <c r="B21" s="19"/>
       <c r="C21" s="20"/>
       <c r="E21" s="46"/>
       <c r="F21" s="45"/>
       <c r="G21" s="41"/>
     </row>
     <row r="22" spans="1:9" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A22" s="22" t="s">
         <v>51</v>
       </c>
       <c r="B22" s="25" t="s">
         <v>52</v>
       </c>
       <c r="C22" s="20"/>
       <c r="E22" s="46" t="s">
         <v>19</v>
       </c>
       <c r="F22" s="47">
         <f>$F$7*$B$42</f>
         <v>0</v>
@@ -13345,51 +15791,51 @@
       </c>
       <c r="B26" s="50">
         <v>0</v>
       </c>
       <c r="C26" s="20"/>
       <c r="E26" s="41"/>
       <c r="F26" s="41"/>
       <c r="G26" s="41"/>
       <c r="I26" s="56" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="27" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="22" t="s">
         <v>63</v>
       </c>
       <c r="B27" s="50">
         <v>0</v>
       </c>
       <c r="C27" s="20"/>
       <c r="E27" s="57" t="s">
         <v>35</v>
       </c>
       <c r="F27" s="58">
         <f>$B$6-$F$8-$F$10-$F$12-$F$13-$F$14-$F$16-$F$18-$F$20-$F$22-$F$23-$F$24+$F$25</f>
-        <v>2816.9266666666667</v>
+        <v>2825.2166666666667</v>
       </c>
       <c r="G27" s="41"/>
       <c r="I27" s="59"/>
     </row>
     <row r="28" spans="1:9" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="48"/>
       <c r="B28" s="19"/>
       <c r="C28" s="20"/>
       <c r="E28" s="41"/>
       <c r="F28" s="41"/>
       <c r="G28" s="41"/>
       <c r="I28" s="59"/>
     </row>
     <row r="29" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="51" t="s">
         <v>64</v>
       </c>
       <c r="B29" s="52"/>
       <c r="C29" s="53"/>
       <c r="E29" s="41"/>
       <c r="F29" s="41"/>
       <c r="G29" s="41"/>
     </row>
     <row r="30" spans="1:9" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="24"/>
@@ -13453,303 +15899,303 @@
       <c r="F35" s="41"/>
       <c r="G35" s="41"/>
     </row>
     <row r="36" spans="1:21" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="24"/>
       <c r="B36" s="19"/>
       <c r="C36" s="20"/>
       <c r="E36" s="41"/>
       <c r="F36" s="41"/>
       <c r="G36" s="41"/>
     </row>
     <row r="37" spans="1:21" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A37" s="24" t="s">
         <v>24</v>
       </c>
       <c r="B37" s="25" t="s">
         <v>83</v>
       </c>
       <c r="C37" s="20"/>
       <c r="E37" s="41"/>
       <c r="F37" s="41"/>
       <c r="G37" s="41"/>
     </row>
     <row r="38" spans="1:21" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A38" s="24" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="B38" s="25">
         <v>3</v>
       </c>
       <c r="C38" s="20"/>
       <c r="E38" s="41"/>
       <c r="F38" s="41"/>
       <c r="G38" s="41"/>
     </row>
     <row r="39" spans="1:21" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A39" s="24" t="s">
         <v>25</v>
       </c>
       <c r="B39" s="25"/>
       <c r="C39" s="20"/>
       <c r="E39" s="41"/>
       <c r="F39" s="41"/>
       <c r="G39" s="41"/>
     </row>
     <row r="40" spans="1:21" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A40" s="24" t="s">
         <v>46</v>
       </c>
       <c r="B40" s="50"/>
       <c r="C40" s="20"/>
       <c r="E40" s="41"/>
       <c r="F40" s="41"/>
       <c r="G40" s="41"/>
     </row>
     <row r="41" spans="1:21" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A41" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="B41" s="25" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="C41" s="20"/>
       <c r="E41" s="41"/>
       <c r="F41" s="41"/>
       <c r="G41" s="41"/>
     </row>
     <row r="42" spans="1:21" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A42" s="24" t="s">
         <v>66</v>
       </c>
       <c r="B42" s="60">
         <v>0</v>
       </c>
       <c r="C42" s="20"/>
       <c r="E42" s="41"/>
       <c r="F42" s="41"/>
       <c r="G42" s="41"/>
       <c r="O42" s="2"/>
       <c r="P42" s="2"/>
       <c r="Q42" s="2"/>
       <c r="R42" s="2"/>
       <c r="S42" s="2"/>
       <c r="T42" s="2"/>
       <c r="U42" s="2"/>
     </row>
     <row r="43" spans="1:21" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A43" s="48"/>
       <c r="B43" s="19"/>
       <c r="C43" s="20"/>
       <c r="E43" s="41"/>
       <c r="F43" s="41"/>
       <c r="G43" s="41"/>
       <c r="O43" s="2"/>
       <c r="P43" s="2"/>
       <c r="Q43" s="2"/>
       <c r="R43" s="2"/>
       <c r="S43" s="2"/>
       <c r="T43" s="2"/>
       <c r="U43" s="2"/>
     </row>
     <row r="44" spans="1:21" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A44" s="51" t="s">
         <v>17</v>
       </c>
       <c r="B44" s="52"/>
       <c r="C44" s="53"/>
-      <c r="E44" s="164"/>
-[...1 lines deleted...]
-      <c r="G44" s="164"/>
+      <c r="E44" s="165"/>
+      <c r="F44" s="165"/>
+      <c r="G44" s="165"/>
       <c r="O44" s="2"/>
       <c r="P44" s="2"/>
       <c r="Q44" s="2"/>
       <c r="R44" s="2"/>
       <c r="S44" s="2"/>
       <c r="T44" s="2"/>
       <c r="U44" s="2"/>
     </row>
     <row r="45" spans="1:21" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A45" s="22"/>
       <c r="B45" s="61"/>
       <c r="C45" s="20"/>
-      <c r="E45" s="164"/>
-[...1 lines deleted...]
-      <c r="G45" s="164"/>
+      <c r="E45" s="165"/>
+      <c r="F45" s="165"/>
+      <c r="G45" s="165"/>
       <c r="O45" s="2"/>
       <c r="P45" s="2"/>
       <c r="Q45" s="2"/>
       <c r="R45" s="2"/>
       <c r="S45" s="2"/>
       <c r="T45" s="2"/>
       <c r="U45" s="2"/>
     </row>
     <row r="46" spans="1:21" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A46" s="22" t="s">
         <v>15</v>
       </c>
       <c r="B46" s="50">
         <v>0</v>
       </c>
       <c r="C46" s="20"/>
-      <c r="E46" s="164"/>
-[...1 lines deleted...]
-      <c r="G46" s="164"/>
+      <c r="E46" s="165"/>
+      <c r="F46" s="165"/>
+      <c r="G46" s="165"/>
       <c r="O46" s="2"/>
       <c r="P46" s="2"/>
       <c r="Q46" s="2"/>
       <c r="R46" s="2"/>
       <c r="S46" s="2"/>
       <c r="T46" s="2"/>
       <c r="U46" s="2"/>
     </row>
     <row r="47" spans="1:21" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A47" s="22" t="s">
         <v>33</v>
       </c>
       <c r="B47" s="50">
         <v>0</v>
       </c>
       <c r="C47" s="20"/>
-      <c r="E47" s="165"/>
-[...1 lines deleted...]
-      <c r="G47" s="165"/>
+      <c r="E47" s="166"/>
+      <c r="F47" s="166"/>
+      <c r="G47" s="166"/>
       <c r="O47" s="2"/>
       <c r="P47" s="2"/>
       <c r="Q47" s="2"/>
       <c r="R47" s="2"/>
       <c r="S47" s="2"/>
       <c r="T47" s="2"/>
       <c r="U47" s="2"/>
     </row>
     <row r="48" spans="1:21" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A48" s="48"/>
       <c r="B48" s="19"/>
       <c r="C48" s="20"/>
-      <c r="E48" s="165"/>
-[...1 lines deleted...]
-      <c r="G48" s="165"/>
+      <c r="E48" s="166"/>
+      <c r="F48" s="166"/>
+      <c r="G48" s="166"/>
       <c r="O48" s="2"/>
       <c r="P48" s="2"/>
       <c r="Q48" s="2"/>
       <c r="R48" s="2"/>
       <c r="S48" s="2"/>
       <c r="T48" s="2"/>
       <c r="U48" s="2"/>
     </row>
     <row r="49" spans="1:21" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A49" s="51" t="s">
         <v>67</v>
       </c>
       <c r="B49" s="52"/>
       <c r="C49" s="53"/>
-      <c r="E49" s="165"/>
-[...1 lines deleted...]
-      <c r="G49" s="165"/>
+      <c r="E49" s="166"/>
+      <c r="F49" s="166"/>
+      <c r="G49" s="166"/>
       <c r="O49" s="2"/>
       <c r="P49" s="2"/>
       <c r="Q49" s="2"/>
       <c r="R49" s="2"/>
       <c r="S49" s="2"/>
       <c r="T49" s="2"/>
       <c r="U49" s="2"/>
     </row>
     <row r="50" spans="1:21" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A50" s="22"/>
       <c r="B50" s="61"/>
       <c r="C50" s="20"/>
-      <c r="E50" s="165"/>
-[...1 lines deleted...]
-      <c r="G50" s="165"/>
+      <c r="E50" s="166"/>
+      <c r="F50" s="166"/>
+      <c r="G50" s="166"/>
       <c r="O50" s="2"/>
       <c r="P50" s="2"/>
       <c r="Q50" s="2"/>
       <c r="R50" s="2"/>
       <c r="S50" s="2"/>
       <c r="T50" s="2"/>
       <c r="U50" s="2"/>
     </row>
     <row r="51" spans="1:21" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A51" s="22" t="s">
         <v>34</v>
       </c>
       <c r="B51" s="50">
         <v>0</v>
       </c>
       <c r="C51" s="20"/>
       <c r="E51" s="41"/>
       <c r="F51" s="41"/>
       <c r="G51" s="41"/>
       <c r="O51" s="2"/>
       <c r="P51" s="2"/>
       <c r="Q51" s="2"/>
       <c r="R51" s="2"/>
       <c r="S51" s="2"/>
       <c r="T51" s="2"/>
       <c r="U51" s="2"/>
     </row>
     <row r="52" spans="1:21" ht="6.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A52" s="22"/>
       <c r="B52" s="23"/>
       <c r="C52" s="20"/>
       <c r="E52" s="41"/>
       <c r="F52" s="41"/>
       <c r="G52" s="41"/>
     </row>
     <row r="53" spans="1:21" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="54" spans="1:21" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A54" s="62" t="s">
         <v>35</v>
       </c>
       <c r="B54" s="63">
         <f>$B$6-$F$8-$F$10-$F$12-$F$13-$F$14-$F$16-$F$18-$F$22-$F$23-$F$24+$F$25</f>
-        <v>2858.9266666666667</v>
+        <v>2870.7166666666667</v>
       </c>
     </row>
     <row r="55" spans="1:21" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A55" s="64" t="str">
         <f>E8</f>
         <v>FICA Social Security (6.2%)</v>
       </c>
       <c r="B55" s="14">
         <f>F8</f>
         <v>217</v>
       </c>
       <c r="O55" s="2"/>
       <c r="P55" s="81" t="s">
         <v>78</v>
       </c>
       <c r="Q55" s="82">
         <f>IF($Q$60=1,MATCH('Paycheck Calculator'!$B$18,$P$56:$P$58,0),MATCH('Paycheck Calculator'!$B$12,$R$56:$R$58,0))</f>
         <v>1</v>
       </c>
       <c r="R55" s="83" t="s">
         <v>79</v>
       </c>
       <c r="S55" s="2"/>
       <c r="T55" s="83" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="U55" s="82">
         <f>MATCH('Paycheck Calculator'!$B$37,$T$56:$T$58,0)</f>
         <v>2</v>
       </c>
     </row>
     <row r="56" spans="1:21" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A56" s="64" t="str">
         <f>E10</f>
         <v>FICA Medicare 1.45%</v>
       </c>
       <c r="B56" s="14">
         <f>F10</f>
         <v>50.75</v>
       </c>
       <c r="O56" s="2"/>
       <c r="P56" s="89" t="s">
         <v>43</v>
       </c>
       <c r="Q56" s="2"/>
       <c r="R56" s="89" t="s">
         <v>43</v>
       </c>
       <c r="S56" s="2"/>
       <c r="T56" s="89" t="s">
@@ -13804,2543 +16250,3045 @@
       <c r="U58" s="2"/>
     </row>
     <row r="59" spans="1:21" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A59" s="64" t="str">
         <f t="shared" si="0"/>
         <v>Health Insurance Premiums</v>
       </c>
       <c r="B59" s="14">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="O59" s="2"/>
       <c r="Q59" s="2"/>
       <c r="R59" s="2"/>
       <c r="S59" s="2"/>
       <c r="T59" s="2"/>
       <c r="U59" s="2"/>
     </row>
     <row r="60" spans="1:21" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A60" s="64" t="str">
         <f>E16</f>
         <v>Federal Tax</v>
       </c>
       <c r="B60" s="14">
         <f>F16</f>
-        <v>233.32333333333335</v>
+        <v>221.5333333333333</v>
       </c>
       <c r="O60" s="2"/>
       <c r="P60" s="81" t="s">
         <v>38</v>
       </c>
       <c r="Q60" s="82">
         <f>MATCH('Paycheck Calculator'!$B$8,$P$61:$P$62,0)</f>
         <v>1</v>
       </c>
       <c r="R60" s="2"/>
       <c r="S60" s="2"/>
       <c r="T60" s="2"/>
       <c r="U60" s="2"/>
     </row>
     <row r="61" spans="1:21" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A61" s="64" t="str">
         <f>E18</f>
         <v>State Tax</v>
       </c>
       <c r="B61" s="14">
         <f>F18</f>
         <v>0</v>
       </c>
       <c r="O61" s="7"/>
       <c r="P61" s="92" t="s">
         <v>39</v>
       </c>
       <c r="Q61" s="7"/>
       <c r="R61" s="7"/>
       <c r="S61" s="7"/>
       <c r="T61" s="7"/>
       <c r="U61" s="7"/>
     </row>
     <row r="62" spans="1:21" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A62" s="64" t="str">
         <f>E20</f>
         <v>(SDI) State Disability Insurance</v>
       </c>
       <c r="B62" s="14">
         <f>F20</f>
-        <v>42</v>
+        <v>45.5</v>
       </c>
       <c r="O62" s="78"/>
       <c r="P62" s="92" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="Q62" s="78"/>
       <c r="R62" s="78"/>
       <c r="S62" s="78"/>
       <c r="T62" s="78"/>
       <c r="U62" s="78"/>
     </row>
     <row r="63" spans="1:21" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A63" s="64" t="str">
         <f t="shared" ref="A63:B66" si="1">E22</f>
         <v>Local Tax</v>
       </c>
       <c r="B63" s="14">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="O63" s="78"/>
       <c r="P63" s="78"/>
       <c r="Q63" s="78"/>
       <c r="R63" s="78"/>
       <c r="S63" s="78"/>
       <c r="T63" s="78"/>
       <c r="U63" s="78"/>
     </row>
     <row r="64" spans="1:21" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A64" s="64" t="str">
         <f t="shared" si="1"/>
         <v>Insurance</v>
       </c>
       <c r="B64" s="14">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="O64" s="96" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="P64" s="78"/>
       <c r="Q64" s="78"/>
       <c r="R64" s="78"/>
       <c r="S64" s="78"/>
       <c r="T64" s="78"/>
       <c r="U64" s="78"/>
     </row>
     <row r="65" spans="1:21" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A65" s="64" t="str">
         <f t="shared" si="1"/>
         <v>Other Post-Tax deductions</v>
       </c>
       <c r="B65" s="14">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="O65" s="64" t="s">
         <v>16</v>
       </c>
       <c r="P65" s="63">
         <f>IF($Q$60=1,'Paycheck Calculator'!$B$6-'Paycheck Calculator'!$F$12-'Paycheck Calculator'!$F$13-'Paycheck Calculator'!$F$14,0)</f>
         <v>3360</v>
       </c>
       <c r="Q65" s="93"/>
       <c r="R65" s="63">
         <f>IF($Q$60=2,'Paycheck Calculator'!$B$6-'Paycheck Calculator'!$F$12-'Paycheck Calculator'!$F$13-'Paycheck Calculator'!$F$14,0)</f>
         <v>0</v>
       </c>
       <c r="S65" s="94"/>
       <c r="T65" s="7"/>
       <c r="U65" s="7"/>
     </row>
     <row r="66" spans="1:21" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A66" s="64" t="str">
         <f t="shared" si="1"/>
         <v>Post-Tax Reimbursements</v>
       </c>
       <c r="B66" s="14">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="O66" s="64" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="P66" s="63">
         <v>0</v>
       </c>
       <c r="Q66" s="63"/>
       <c r="R66" s="63">
         <f>'Paycheck Calculator'!B13</f>
         <v>0</v>
       </c>
       <c r="S66" s="7"/>
       <c r="T66" s="7"/>
       <c r="U66" s="7"/>
     </row>
     <row r="67" spans="1:21" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A67" s="65"/>
       <c r="B67" s="14"/>
       <c r="O67" s="64" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="P67" s="63">
         <v>0</v>
       </c>
       <c r="Q67" s="63"/>
       <c r="R67" s="63">
         <f>R66*INDEX('Federal Tax Tables New'!$B$56:$B$63,MATCH('Paycheck Calculator'!B7,'Federal Tax Tables New'!$A$56:$A$63,0))</f>
         <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:21" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A68" s="66" t="s">
         <v>68</v>
       </c>
       <c r="B68" s="67"/>
       <c r="C68" s="68"/>
       <c r="D68" s="68"/>
       <c r="E68" s="68"/>
       <c r="F68" s="68"/>
       <c r="G68" s="68"/>
       <c r="O68" s="64" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="P68" s="63">
         <f>MAX(P65-P67,0)</f>
         <v>3360</v>
       </c>
       <c r="Q68" s="63"/>
       <c r="R68" s="63">
         <f>MAX(R65-R67,0)</f>
         <v>0</v>
       </c>
       <c r="S68" s="7"/>
       <c r="T68" s="7"/>
       <c r="U68" s="7"/>
     </row>
     <row r="69" spans="1:21" s="2" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A69" s="69" t="s">
         <v>69</v>
       </c>
       <c r="B69" s="70"/>
       <c r="C69" s="70"/>
       <c r="D69" s="70"/>
       <c r="E69" s="70"/>
       <c r="F69" s="70"/>
       <c r="G69" s="70"/>
       <c r="I69" s="12"/>
       <c r="J69" s="12"/>
       <c r="K69" s="12"/>
       <c r="O69" s="64" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="P69" s="63">
         <f>IF($Q$60=1,$P$68*INDEX('Federal Tax Tables New'!$B$5:$B$9,MATCH('Paycheck Calculator'!$B$7,'Federal Tax Tables New'!$A$5:$A$9,0))+'Paycheck Calculator'!$B$25-'Paycheck Calculator'!$B$26,0)</f>
         <v>40320</v>
       </c>
       <c r="Q69" s="93"/>
       <c r="R69" s="63">
         <f>IF($Q$60=2,$R$68*INDEX('Federal Tax Tables New'!$C$56:$C$63,MATCH('Paycheck Calculator'!B7,'Federal Tax Tables New'!$A$56:$A$63,0)),0)</f>
         <v>0</v>
       </c>
       <c r="S69" s="7"/>
       <c r="T69" s="7"/>
       <c r="U69" s="7"/>
     </row>
     <row r="70" spans="1:21" s="2" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A70" s="69" t="s">
         <v>70</v>
       </c>
       <c r="B70" s="70"/>
       <c r="C70" s="70"/>
       <c r="D70" s="70"/>
       <c r="E70" s="70"/>
       <c r="F70" s="70"/>
       <c r="G70" s="70"/>
       <c r="I70" s="12"/>
       <c r="J70" s="12"/>
       <c r="K70" s="12"/>
       <c r="O70" s="64" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="P70" s="63">
         <f>IF($Q$60=1,IF($Q$55=1,INDEX('Federal Tax Tables New'!K33:N40,MATCH(P69,'Federal Tax Tables New'!K33:K40,1),1),IF($Q$55=2,INDEX('Federal Tax Tables New'!K22:N29,MATCH(P69,'Federal Tax Tables New'!K22:K29,1),1),INDEX('Federal Tax Tables New'!K44:N51,MATCH(P69,'Federal Tax Tables New'!K44:K51,1),1))),0)</f>
-        <v>26926</v>
+        <v>28500</v>
       </c>
       <c r="Q70" s="63">
         <f>IF($Q$60=1,IF($Q$55=1,INDEX('Federal Tax Tables New'!F33:I40,MATCH(P69,'Federal Tax Tables New'!F33:F40,1),1),IF($Q$55=2,INDEX('Federal Tax Tables New'!F22:I29,MATCH(P69,'Federal Tax Tables New'!F22:F29,1),1),INDEX('Federal Tax Tables New'!F44:I51,MATCH('Federal Tax Tables New'!F21,'Federal Tax Tables New'!F44:F51,1),1))),0)</f>
-        <v>31738</v>
+        <v>33250</v>
       </c>
       <c r="R70" s="63">
         <f>IF($Q$60=2,IF($Q$55=1,INDEX('Federal Tax Tables New'!A33:D40,MATCH(R69,'Federal Tax Tables New'!A33:A40,1),1),IF($Q$55=2,INDEX('Federal Tax Tables New'!A22:D29,MATCH(R69,'Federal Tax Tables New'!A22:A29,1),1),INDEX('Federal Tax Tables New'!A33:D40,MATCH(R69,'Federal Tax Tables New'!A33:A40,1),1))),0)</f>
         <v>0</v>
       </c>
       <c r="S70" s="7"/>
       <c r="T70" s="7"/>
       <c r="U70" s="7"/>
     </row>
     <row r="71" spans="1:21" s="2" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A71" s="69" t="s">
         <v>71</v>
       </c>
       <c r="B71" s="70"/>
       <c r="C71" s="70"/>
       <c r="D71" s="70"/>
       <c r="E71" s="70"/>
       <c r="F71" s="70"/>
       <c r="G71" s="70"/>
       <c r="I71" s="12"/>
       <c r="J71" s="12"/>
       <c r="K71" s="12"/>
       <c r="O71" s="64" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="P71" s="63">
         <f>IF($Q$60=1,IF($Q$55=1,INDEX('Federal Tax Tables New'!K33:N40,MATCH(P69,'Federal Tax Tables New'!K33:K40,1),3),IF($Q$55=2,INDEX('Federal Tax Tables New'!K22:N29,MATCH(P69,'Federal Tax Tables New'!K22:K29,1),3),INDEX('Federal Tax Tables New'!K44:N51,MATCH(P69,'Federal Tax Tables New'!K44:K51,1),3))),0)</f>
-        <v>1192.6000000000001</v>
+        <v>1240</v>
       </c>
       <c r="Q71" s="63">
         <f>IF($Q$60=1,IF($Q$55=1,INDEX('Federal Tax Tables New'!F33:I40,MATCH(P69,'Federal Tax Tables New'!F33:F40,1),3),IF($Q$55=2,INDEX('Federal Tax Tables New'!F22:I29,MATCH(P69,'Federal Tax Tables New'!F22:F29,1),3),INDEX('Federal Tax Tables New'!F44:I51,MATCH('Federal Tax Tables New'!F21,'Federal Tax Tables New'!F44:F51,1),3))),0)</f>
-        <v>2789.3</v>
+        <v>2900</v>
       </c>
       <c r="R71" s="63">
         <f>IF($Q$60=2,IF($Q$55=1,INDEX('Federal Tax Tables New'!A33:D40,MATCH(R69,'Federal Tax Tables New'!A33:A40,1),3),IF($Q$55=2,INDEX('Federal Tax Tables New'!A22:D29,MATCH(R69,'Federal Tax Tables New'!A22:A29,1),3),INDEX('Federal Tax Tables New'!A33:D40,MATCH(R69,'Federal Tax Tables New'!A33:A40,1),3))),0)</f>
         <v>0</v>
       </c>
     </row>
     <row r="72" spans="1:21" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A72" s="71"/>
       <c r="O72" s="64" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="P72" s="98">
         <f>IF($Q$60=1,IF($Q$55=1,INDEX('Federal Tax Tables New'!K33:N40,MATCH(P69,'Federal Tax Tables New'!K33:K40,1),4),IF($Q$55=2,INDEX('Federal Tax Tables New'!K22:N29,MATCH(P69,'Federal Tax Tables New'!K22:K29,1),4),INDEX('Federal Tax Tables New'!K44:N51,MATCH(P69,'Federal Tax Tables New'!K44:K51,1),4))),0)</f>
         <v>0.12</v>
       </c>
       <c r="Q72" s="98">
         <f>IF($Q$60=1,IF($Q$55=1,INDEX('Federal Tax Tables New'!F33:I40,MATCH(P69,'Federal Tax Tables New'!F33:F40,1),4),IF($Q$55=2,INDEX('Federal Tax Tables New'!F22:I29,MATCH(P69,'Federal Tax Tables New'!F22:F29,1),4),INDEX('Federal Tax Tables New'!F44:I51,MATCH('Federal Tax Tables New'!F21,'Federal Tax Tables New'!F44:F51,1),4))),0)</f>
         <v>0.22</v>
       </c>
       <c r="R72" s="98">
         <f>IF($Q$60=2,IF($Q$55=1,INDEX('Federal Tax Tables New'!A33:D40,MATCH(R69,'Federal Tax Tables New'!A33:A40,1),4),IF($Q$55=2,INDEX('Federal Tax Tables New'!A22:D29,MATCH(R69,'Federal Tax Tables New'!A22:A29,1),4),INDEX('Federal Tax Tables New'!A33:D40,MATCH(R69,'Federal Tax Tables New'!A33:A40,1),4))),0)</f>
         <v>0</v>
       </c>
       <c r="S72" s="2"/>
       <c r="T72" s="2"/>
       <c r="U72" s="2"/>
     </row>
     <row r="73" spans="1:21" x14ac:dyDescent="0.2">
       <c r="A73" s="66" t="s">
         <v>72</v>
       </c>
       <c r="B73" s="72"/>
       <c r="C73" s="73"/>
       <c r="D73" s="73"/>
       <c r="E73" s="73"/>
       <c r="F73" s="73"/>
       <c r="G73" s="73"/>
       <c r="O73" s="64" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="P73" s="63">
         <f>IF($Q$60=1,(P69-P70)*P72+P71,0)</f>
-        <v>2799.88</v>
+        <v>2658.3999999999996</v>
       </c>
       <c r="Q73" s="63">
         <f>IF($Q$60=1,(P69-Q70)*Q72+Q71,0)</f>
-        <v>4677.34</v>
+        <v>4455.3999999999996</v>
       </c>
       <c r="R73" s="63">
         <f>IF($Q$60=2,(R69-R70)*R72+R71,0)</f>
         <v>0</v>
       </c>
       <c r="S73" s="2"/>
       <c r="T73" s="2"/>
       <c r="U73" s="2"/>
     </row>
     <row r="74" spans="1:21" x14ac:dyDescent="0.2">
       <c r="A74" s="74" t="s">
-        <v>164</v>
+        <v>156</v>
       </c>
       <c r="B74" s="75"/>
       <c r="C74" s="76"/>
       <c r="D74" s="76"/>
       <c r="E74" s="76"/>
       <c r="F74" s="76"/>
       <c r="G74" s="76"/>
       <c r="O74" s="102" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="P74" s="63">
         <f>IF($Q$60=1,'Paycheck Calculator'!$B$23*'Federal Tax Tables New'!$H$5+'Paycheck Calculator'!$B$24*'Federal Tax Tables New'!$H$6,0)</f>
         <v>0</v>
       </c>
       <c r="Q74" s="63">
         <f>IF($Q$60=1,'Paycheck Calculator'!$B$23*'Federal Tax Tables New'!$H$5+'Paycheck Calculator'!$B$24*'Federal Tax Tables New'!$H$6,0)</f>
         <v>0</v>
       </c>
       <c r="R74" s="63">
         <v>0</v>
       </c>
       <c r="S74" s="2"/>
       <c r="T74" s="2"/>
       <c r="U74" s="2"/>
     </row>
     <row r="75" spans="1:21" x14ac:dyDescent="0.2">
       <c r="A75" s="74" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="B75" s="75"/>
       <c r="C75" s="76"/>
       <c r="D75" s="76"/>
       <c r="E75" s="76"/>
       <c r="F75" s="76"/>
       <c r="G75" s="76"/>
       <c r="O75" s="64" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="P75" s="63">
         <f>IF($Q$60=1,MAX(P73-P74,0),0)</f>
-        <v>2799.88</v>
+        <v>2658.3999999999996</v>
       </c>
       <c r="Q75" s="63">
         <f>IF($Q$60=1,MAX(Q73-Q74,0),0)</f>
-        <v>4677.34</v>
+        <v>4455.3999999999996</v>
       </c>
       <c r="R75" s="63">
         <v>0</v>
       </c>
       <c r="S75" s="2"/>
       <c r="T75" s="2"/>
       <c r="U75" s="2"/>
     </row>
     <row r="76" spans="1:21" x14ac:dyDescent="0.2">
       <c r="A76" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B76" s="75"/>
       <c r="C76" s="76"/>
       <c r="D76" s="76"/>
       <c r="E76" s="76"/>
       <c r="F76" s="76"/>
       <c r="G76" s="76"/>
       <c r="O76" s="64" t="s">
         <v>13</v>
       </c>
       <c r="P76" s="63">
         <f>IF($Q$60=1,P75/INDEX('Federal Tax Tables New'!$B$5:$B$9,MATCH('Paycheck Calculator'!$B$7,'Federal Tax Tables New'!$A$5:$A$9,0))+'Paycheck Calculator'!$B$27/INDEX('Federal Tax Tables New'!$B$5:$B$9,MATCH('Paycheck Calculator'!$B$7,'Federal Tax Tables New'!$A$5:$A$9,0)),0)</f>
-        <v>233.32333333333335</v>
+        <v>221.5333333333333</v>
       </c>
       <c r="Q76" s="63">
         <f>IF($Q$60=1,Q75/INDEX('Federal Tax Tables New'!$B$5:$B$9,MATCH('Paycheck Calculator'!$B$7,'Federal Tax Tables New'!$A$5:$A$9,0))+'Paycheck Calculator'!$B$27/INDEX('Federal Tax Tables New'!$B$5:$B$9,MATCH('Paycheck Calculator'!$B$7,'Federal Tax Tables New'!$A$5:$A$9,0)),0)</f>
-        <v>389.77833333333336</v>
+        <v>371.2833333333333</v>
       </c>
       <c r="R76" s="63">
         <f>IF($Q$60=2,R73/INDEX('Federal Tax Tables New'!$B$5:$B$9,MATCH('Paycheck Calculator'!$B$7,'Federal Tax Tables New'!$A$5:$A$9,0))+'Paycheck Calculator'!$B$14/INDEX('Federal Tax Tables New'!$B$5:$B$9,MATCH('Paycheck Calculator'!$B$7,'Federal Tax Tables New'!$A$5:$A$9,0)),0)</f>
         <v>0</v>
       </c>
       <c r="S76" s="2"/>
       <c r="T76" s="2"/>
       <c r="U76" s="2"/>
     </row>
     <row r="77" spans="1:21" x14ac:dyDescent="0.2">
       <c r="A77" s="77" t="s">
         <v>74</v>
       </c>
       <c r="B77" s="75"/>
       <c r="C77" s="76"/>
       <c r="D77" s="76"/>
       <c r="E77" s="76"/>
       <c r="F77" s="76"/>
       <c r="G77" s="76"/>
       <c r="O77" s="2"/>
       <c r="P77" s="2"/>
       <c r="Q77" s="2"/>
       <c r="R77" s="2"/>
       <c r="S77" s="2"/>
       <c r="T77" s="2"/>
       <c r="U77" s="2"/>
     </row>
     <row r="78" spans="1:21" x14ac:dyDescent="0.2">
       <c r="A78" s="77" t="s">
-        <v>165</v>
+        <v>157</v>
       </c>
       <c r="B78" s="75"/>
       <c r="C78" s="76"/>
       <c r="D78" s="76"/>
       <c r="E78" s="76"/>
       <c r="F78" s="76"/>
       <c r="G78" s="76"/>
       <c r="O78" s="96" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="P78" s="2"/>
       <c r="Q78" s="2"/>
       <c r="R78" s="2"/>
       <c r="S78" s="2"/>
       <c r="T78" s="2"/>
       <c r="U78" s="2"/>
     </row>
     <row r="79" spans="1:21" x14ac:dyDescent="0.2">
       <c r="O79" s="65" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="P79" s="14">
         <f>IF(OR($U$55=1,AND(P80&lt;=1,$U$55=2)),INDEX('California Tax Tables'!B5:B12,MATCH('Paycheck Calculator'!B7,'California Tax Tables'!A5:A12,0),1),IF(OR(AND(P80&gt;=1,$U$55=2),$U$55=3),INDEX('California Tax Tables'!C5:C12,MATCH('Paycheck Calculator'!B7,'California Tax Tables'!A5:A12,0),1)))</f>
-        <v>923</v>
+        <v>951</v>
       </c>
       <c r="Q79" s="2"/>
       <c r="R79" s="2"/>
       <c r="S79" s="2"/>
       <c r="T79" s="2"/>
       <c r="U79" s="2"/>
     </row>
     <row r="80" spans="1:21" x14ac:dyDescent="0.2">
       <c r="O80" s="65" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="P80" s="2">
         <f>'Paycheck Calculator'!B38</f>
         <v>3</v>
       </c>
       <c r="Q80" s="2"/>
       <c r="R80" s="2"/>
       <c r="S80" s="2"/>
       <c r="T80" s="2"/>
       <c r="U80" s="2"/>
     </row>
     <row r="81" spans="15:21" ht="15.75" x14ac:dyDescent="0.25">
       <c r="O81" s="65" t="s">
         <v>25</v>
       </c>
       <c r="P81" s="2">
         <f>'Paycheck Calculator'!B39</f>
         <v>0</v>
       </c>
       <c r="Q81" s="7"/>
       <c r="R81" s="7"/>
       <c r="S81" s="7"/>
       <c r="T81" s="7"/>
       <c r="U81" s="7"/>
     </row>
     <row r="82" spans="15:21" x14ac:dyDescent="0.2">
       <c r="O82" s="65" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="P82" s="14">
-        <f>IF(P81,INDEX('California Tax Tables'!$H$42:$Q$49,MATCH('Paycheck Calculator'!$B$7,'California Tax Tables'!$G$42:$G$49,0),$P$81),0)</f>
+        <f>IF(P81,INDEX('California Tax Tables'!$H$43:$Q$50,MATCH('Paycheck Calculator'!$B$7,'California Tax Tables'!$G$43:$G$50,0),$P$81),0)</f>
         <v>0</v>
       </c>
       <c r="Q82" s="2"/>
       <c r="R82" s="2"/>
       <c r="S82" s="2"/>
       <c r="T82" s="2"/>
       <c r="U82" s="2"/>
     </row>
     <row r="83" spans="15:21" x14ac:dyDescent="0.2">
       <c r="O83" s="64" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="P83" s="63">
         <f>CHOOSE(Q60,MAX(P65-P79-P82,0),MAX(R65-P79-P82,0))</f>
-        <v>2437</v>
+        <v>2409</v>
       </c>
       <c r="Q83" s="2"/>
       <c r="R83" s="2"/>
       <c r="S83" s="2"/>
       <c r="T83" s="2"/>
       <c r="U83" s="2"/>
     </row>
     <row r="84" spans="15:21" x14ac:dyDescent="0.2">
       <c r="O84" s="65" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="P84" s="63">
         <f>$P$83*INDEX('Federal Tax Tables New'!$B$5:$B$9,MATCH('Paycheck Calculator'!$B$7,'Federal Tax Tables New'!$A$5:$A$9,0))</f>
-        <v>29244</v>
+        <v>28908</v>
       </c>
       <c r="Q84" s="15"/>
       <c r="R84" s="2"/>
       <c r="S84" s="2"/>
       <c r="T84" s="2"/>
       <c r="U84" s="2"/>
     </row>
     <row r="85" spans="15:21" x14ac:dyDescent="0.2">
       <c r="O85" s="65" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="P85" s="63">
-        <f>IF($U$55=1,INDEX('California Tax Tables'!$A$28:$A$37,MATCH($P$84,'California Tax Tables'!$A$28:$A$37,1)),IF($U$55=2,INDEX('California Tax Tables'!$A$41:$A$50,MATCH($P$84,'California Tax Tables'!$A$41:$A$50,1),1),IF($U$55=3,INDEX('California Tax Tables'!$A$54:$A$63,MATCH($P$84,'California Tax Tables'!$A$54:$A$63,1)))))</f>
-        <v>21512</v>
+        <f>IF($U$55=1,INDEX('California Tax Tables'!$A$28:$A$37,MATCH($P$84,'California Tax Tables'!$A$28:$A$37,1)),IF($U$55=2,INDEX('California Tax Tables'!$A$42:$A$51,MATCH($P$84,'California Tax Tables'!$A$42:$A$51,1),1),IF($U$55=3,INDEX('California Tax Tables'!$A$56:$A$65,MATCH($P$84,'California Tax Tables'!$A$56:$A$65,1)))))</f>
+        <v>22158</v>
       </c>
       <c r="Q85" s="15"/>
       <c r="R85" s="15"/>
       <c r="S85" s="2"/>
       <c r="T85" s="2"/>
       <c r="U85" s="2"/>
     </row>
     <row r="86" spans="15:21" x14ac:dyDescent="0.2">
       <c r="O86" s="64" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="P86" s="63">
-        <f>IF($U$55=1,INDEX('California Tax Tables'!$D$28:$D$37,MATCH($P$84,'California Tax Tables'!$A$28:$A$37,1)),IF($U$55=2,INDEX('California Tax Tables'!$D$41:$D$50,MATCH($P$84,'California Tax Tables'!$A$41:$A$50,1)),IF($U$55=3,INDEX('California Tax Tables'!$D$54:$D$63,MATCH($P$84,'California Tax Tables'!$A$54:$A$63,1)))))</f>
-        <v>236.63199999999998</v>
+        <f>IF($U$55=1,INDEX('California Tax Tables'!$D$28:$D$37,MATCH($P$84,'California Tax Tables'!$A$28:$A$37,1)),IF($U$55=2,INDEX('California Tax Tables'!$D$42:$D$51,MATCH($P$84,'California Tax Tables'!$A$42:$A$51,1)),IF($U$55=3,INDEX('California Tax Tables'!$D$56:$D$65,MATCH($P$84,'California Tax Tables'!$A$56:$A$65,1)))))</f>
+        <v>243.738</v>
       </c>
       <c r="Q86" s="15"/>
       <c r="R86" s="15"/>
       <c r="S86" s="2"/>
       <c r="T86" s="2"/>
       <c r="U86" s="2"/>
     </row>
     <row r="87" spans="15:21" x14ac:dyDescent="0.2">
       <c r="O87" s="64" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="P87" s="98">
-        <f>IF($U$55=1,INDEX('California Tax Tables'!$C$28:$C$37,MATCH($P$84,'California Tax Tables'!$A$28:$A$37,1)),IF($U$55=2,INDEX('California Tax Tables'!$C$41:$C$50,MATCH($P$84,'California Tax Tables'!$A$41:$A$50,1)),IF($U$55=3,INDEX('California Tax Tables'!$C$54:$C$63,MATCH($P$84,'California Tax Tables'!$A$54:$A$63,1)))))</f>
+        <f>IF($U$55=1,INDEX('California Tax Tables'!$C$28:$C$37,MATCH($P$84,'California Tax Tables'!$A$28:$A$37,1)),IF($U$55=2,INDEX('California Tax Tables'!$C$42:$C$51,MATCH($P$84,'California Tax Tables'!$A$42:$A$51,1)),IF($U$55=3,INDEX('California Tax Tables'!$C$56:$C$65,MATCH($P$84,'California Tax Tables'!$A$56:$A$65,1)))))</f>
         <v>2.1999999999999999E-2</v>
       </c>
       <c r="Q87" s="98"/>
       <c r="R87" s="15"/>
       <c r="S87" s="2"/>
       <c r="T87" s="2"/>
       <c r="U87" s="2"/>
     </row>
     <row r="88" spans="15:21" x14ac:dyDescent="0.2">
       <c r="O88" s="65" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="P88" s="63">
         <f>(P84-P85)*P87+P86</f>
-        <v>406.73599999999999</v>
+        <v>392.238</v>
       </c>
       <c r="Q88" s="63"/>
       <c r="R88" s="2"/>
       <c r="S88" s="2"/>
       <c r="T88" s="2"/>
       <c r="U88" s="2"/>
     </row>
     <row r="89" spans="15:21" x14ac:dyDescent="0.2">
       <c r="O89" s="65" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="P89" s="63" cm="1">
         <f t="array" ref="P89">INDEX('California Tax Tables'!$H$29:$R$36,MATCH('Paycheck Calculator'!$B$7,'California Tax Tables'!$G$29:$G$36,0),1+$P$80)*INDEX('Federal Tax Tables New'!$B$5:$B$9,MATCH('Paycheck Calculator'!$B$7,'Federal Tax Tables New'!$A$5:$A$9,0))</f>
-        <v>491.70000000000005</v>
+        <v>504.90000000000003</v>
       </c>
       <c r="Q89" s="15"/>
       <c r="R89" s="15"/>
       <c r="S89" s="2"/>
       <c r="T89" s="2"/>
       <c r="U89" s="2"/>
     </row>
     <row r="90" spans="15:21" x14ac:dyDescent="0.2">
       <c r="O90" s="65" t="s">
         <v>46</v>
       </c>
       <c r="P90" s="63">
         <f>'Paycheck Calculator'!B40</f>
         <v>0</v>
       </c>
       <c r="Q90" s="2"/>
       <c r="R90" s="15"/>
       <c r="S90" s="2"/>
       <c r="T90" s="2"/>
       <c r="U90" s="2"/>
     </row>
     <row r="91" spans="15:21" x14ac:dyDescent="0.2">
       <c r="O91" s="65" t="s">
         <v>49</v>
       </c>
       <c r="P91" s="63">
         <f>MAX((P88-P89)/INDEX('Federal Tax Tables New'!$B$5:$B$9,MATCH('Paycheck Calculator'!$B$7,'Federal Tax Tables New'!$A$5:$A$9,0)),0)+P90</f>
         <v>0</v>
       </c>
       <c r="Q91" s="63"/>
       <c r="R91" s="2"/>
       <c r="S91" s="2"/>
       <c r="T91" s="2"/>
       <c r="U91" s="2"/>
     </row>
     <row r="92" spans="15:21" ht="15.75" x14ac:dyDescent="0.25">
       <c r="O92" s="65" t="s">
         <v>32</v>
       </c>
       <c r="P92" s="63">
         <f>IF('Paycheck Calculator'!B41="No",0,MIN(('Paycheck Calculator'!$B$6*INDEX('Federal Tax Tables New'!$B$5:$B$9,MATCH('Paycheck Calculator'!$B$7,'Federal Tax Tables New'!$A$5:$A$9,0))*'California Tax Tables'!C17)/INDEX('Federal Tax Tables New'!$B$5:$B$9,MATCH('Paycheck Calculator'!$B$7,'Federal Tax Tables New'!$A$5:$A$9,0)),'California Tax Tables'!D17))</f>
-        <v>42</v>
+        <v>45.5</v>
       </c>
       <c r="Q92" s="7"/>
       <c r="R92" s="7"/>
       <c r="S92" s="7"/>
       <c r="T92" s="7"/>
       <c r="U92" s="7"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="E44:G46"/>
     <mergeCell ref="E47:G50"/>
   </mergeCells>
   <conditionalFormatting sqref="A10:C15">
     <cfRule type="expression" dxfId="1" priority="10">
       <formula>$Q$60=1</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="A16:C28">
     <cfRule type="expression" dxfId="0" priority="11">
       <formula>$Q$60=2</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="6">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B22" xr:uid="{C1C136F1-95BA-4CAE-9932-01997FE99DC1}">
       <formula1>"Yes, No"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B41" xr:uid="{539EA45D-7BE6-4DD8-9818-68157C5721CA}">
       <formula1>"Yes,No"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B8" xr:uid="{50A83746-CE0A-4962-A33A-B17568459688}">
       <formula1>$P$61:$P$62</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B12" xr:uid="{99747D95-0104-48E0-8DB8-73C67F49FB49}">
       <formula1>$R$56:$R$58</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B18" xr:uid="{2939A8FE-8E2D-4FCD-9CA1-93D402286C26}">
       <formula1>$P$56:$P$58</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B37" xr:uid="{AA861506-8F3E-4A7C-8ED8-BFDD1B588C2F}">
       <formula1>$T$56:$T$58</formula1>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
-    <hyperlink ref="A74" r:id="rId1" xr:uid="{6783185A-E402-4D12-8F2A-1EC69C6DFD52}"/>
+    <hyperlink ref="A74" r:id="rId1" display="New (2025) W-4 Employee's Withholding Certificate, https://www.irs.gov/pub/irs-pdf/fw4.pdf" xr:uid="{6783185A-E402-4D12-8F2A-1EC69C6DFD52}"/>
     <hyperlink ref="A77" r:id="rId2" display="Publication 15 (IRS)" xr:uid="{E220969F-7168-43B7-AE33-73C44E1F4169}"/>
     <hyperlink ref="I4" r:id="rId3" xr:uid="{40AD66EC-14F8-4803-84B8-B23D1C9CA1F5}"/>
     <hyperlink ref="I24" r:id="rId4" tooltip="Timesheet Templates" xr:uid="{72919F94-32D5-43AF-8BF9-5E42040A5523}"/>
     <hyperlink ref="I23" r:id="rId5" tooltip="Payroll Calculator" xr:uid="{FB6DFDA0-48DD-4E9D-AD82-074D167688DB}"/>
     <hyperlink ref="I26" r:id="rId6" tooltip="Staff Rotation Schedule" xr:uid="{F765C3EA-727A-491A-A75A-27A5110B44D5}"/>
     <hyperlink ref="I25" r:id="rId7" tooltip="Weekly Shift Schedule" xr:uid="{E58F2912-1EF8-460E-A8D0-2F7C7F830D4E}"/>
     <hyperlink ref="A75" r:id="rId8" xr:uid="{8DA793A2-1ACE-4ED6-9E02-F27CBE157784}"/>
     <hyperlink ref="A78" r:id="rId9" xr:uid="{55DE7E28-C401-4D76-9A61-7E7F73FE2B47}"/>
     <hyperlink ref="A76" r:id="rId10" xr:uid="{FF830331-1743-4BFE-9E8C-A10AE049D45F}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.35433070866141736" bottom="0.55118110236220474" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup scale="64" orientation="portrait" r:id="rId11"/>
   <drawing r:id="rId12"/>
   <legacyDrawing r:id="rId13"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="1">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{D4FB51BA-A5C6-4F0C-9021-8C5CBC8324B1}">
           <x14:formula1>
             <xm:f>'Federal Tax Tables New'!$A$5:$A$9</xm:f>
           </x14:formula1>
           <xm:sqref>B7</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{03FA0E2A-3099-4C80-B041-803AA762D04C}">
   <dimension ref="A1:N63"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
-      <selection activeCell="O8" sqref="O8"/>
+      <selection activeCell="L12" sqref="L12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="3" width="19.5703125" customWidth="1"/>
     <col min="4" max="4" width="12.5703125" style="3" customWidth="1"/>
     <col min="5" max="5" width="2.7109375" style="3" customWidth="1"/>
     <col min="6" max="8" width="19.5703125" customWidth="1"/>
     <col min="9" max="9" width="12.5703125" customWidth="1"/>
     <col min="10" max="10" width="2.7109375" customWidth="1"/>
     <col min="11" max="13" width="19.5703125" customWidth="1"/>
     <col min="14" max="14" width="12.5703125" customWidth="1"/>
     <col min="15" max="15" width="12" customWidth="1"/>
     <col min="248" max="250" width="15.7109375" customWidth="1"/>
     <col min="252" max="252" width="2.7109375" customWidth="1"/>
     <col min="253" max="255" width="15.7109375" customWidth="1"/>
-    <col min="259" max="262" width="14.28515625" customWidth="1"/>
+    <col min="257" max="259" width="19.5703125" customWidth="1"/>
+    <col min="260" max="260" width="12.5703125" customWidth="1"/>
+    <col min="261" max="261" width="2.7109375" customWidth="1"/>
+    <col min="262" max="264" width="19.5703125" customWidth="1"/>
+    <col min="265" max="265" width="12.5703125" customWidth="1"/>
+    <col min="266" max="266" width="2.7109375" customWidth="1"/>
+    <col min="267" max="269" width="19.5703125" customWidth="1"/>
+    <col min="270" max="270" width="12.5703125" customWidth="1"/>
+    <col min="271" max="271" width="12" customWidth="1"/>
     <col min="504" max="506" width="15.7109375" customWidth="1"/>
     <col min="508" max="508" width="2.7109375" customWidth="1"/>
     <col min="509" max="511" width="15.7109375" customWidth="1"/>
-    <col min="515" max="518" width="14.28515625" customWidth="1"/>
+    <col min="513" max="515" width="19.5703125" customWidth="1"/>
+    <col min="516" max="516" width="12.5703125" customWidth="1"/>
+    <col min="517" max="517" width="2.7109375" customWidth="1"/>
+    <col min="518" max="520" width="19.5703125" customWidth="1"/>
+    <col min="521" max="521" width="12.5703125" customWidth="1"/>
+    <col min="522" max="522" width="2.7109375" customWidth="1"/>
+    <col min="523" max="525" width="19.5703125" customWidth="1"/>
+    <col min="526" max="526" width="12.5703125" customWidth="1"/>
+    <col min="527" max="527" width="12" customWidth="1"/>
     <col min="760" max="762" width="15.7109375" customWidth="1"/>
     <col min="764" max="764" width="2.7109375" customWidth="1"/>
     <col min="765" max="767" width="15.7109375" customWidth="1"/>
-    <col min="771" max="774" width="14.28515625" customWidth="1"/>
+    <col min="769" max="771" width="19.5703125" customWidth="1"/>
+    <col min="772" max="772" width="12.5703125" customWidth="1"/>
+    <col min="773" max="773" width="2.7109375" customWidth="1"/>
+    <col min="774" max="776" width="19.5703125" customWidth="1"/>
+    <col min="777" max="777" width="12.5703125" customWidth="1"/>
+    <col min="778" max="778" width="2.7109375" customWidth="1"/>
+    <col min="779" max="781" width="19.5703125" customWidth="1"/>
+    <col min="782" max="782" width="12.5703125" customWidth="1"/>
+    <col min="783" max="783" width="12" customWidth="1"/>
     <col min="1016" max="1018" width="15.7109375" customWidth="1"/>
     <col min="1020" max="1020" width="2.7109375" customWidth="1"/>
     <col min="1021" max="1023" width="15.7109375" customWidth="1"/>
-    <col min="1027" max="1030" width="14.28515625" customWidth="1"/>
+    <col min="1025" max="1027" width="19.5703125" customWidth="1"/>
+    <col min="1028" max="1028" width="12.5703125" customWidth="1"/>
+    <col min="1029" max="1029" width="2.7109375" customWidth="1"/>
+    <col min="1030" max="1032" width="19.5703125" customWidth="1"/>
+    <col min="1033" max="1033" width="12.5703125" customWidth="1"/>
+    <col min="1034" max="1034" width="2.7109375" customWidth="1"/>
+    <col min="1035" max="1037" width="19.5703125" customWidth="1"/>
+    <col min="1038" max="1038" width="12.5703125" customWidth="1"/>
+    <col min="1039" max="1039" width="12" customWidth="1"/>
     <col min="1272" max="1274" width="15.7109375" customWidth="1"/>
     <col min="1276" max="1276" width="2.7109375" customWidth="1"/>
     <col min="1277" max="1279" width="15.7109375" customWidth="1"/>
-    <col min="1283" max="1286" width="14.28515625" customWidth="1"/>
+    <col min="1281" max="1283" width="19.5703125" customWidth="1"/>
+    <col min="1284" max="1284" width="12.5703125" customWidth="1"/>
+    <col min="1285" max="1285" width="2.7109375" customWidth="1"/>
+    <col min="1286" max="1288" width="19.5703125" customWidth="1"/>
+    <col min="1289" max="1289" width="12.5703125" customWidth="1"/>
+    <col min="1290" max="1290" width="2.7109375" customWidth="1"/>
+    <col min="1291" max="1293" width="19.5703125" customWidth="1"/>
+    <col min="1294" max="1294" width="12.5703125" customWidth="1"/>
+    <col min="1295" max="1295" width="12" customWidth="1"/>
     <col min="1528" max="1530" width="15.7109375" customWidth="1"/>
     <col min="1532" max="1532" width="2.7109375" customWidth="1"/>
     <col min="1533" max="1535" width="15.7109375" customWidth="1"/>
-    <col min="1539" max="1542" width="14.28515625" customWidth="1"/>
+    <col min="1537" max="1539" width="19.5703125" customWidth="1"/>
+    <col min="1540" max="1540" width="12.5703125" customWidth="1"/>
+    <col min="1541" max="1541" width="2.7109375" customWidth="1"/>
+    <col min="1542" max="1544" width="19.5703125" customWidth="1"/>
+    <col min="1545" max="1545" width="12.5703125" customWidth="1"/>
+    <col min="1546" max="1546" width="2.7109375" customWidth="1"/>
+    <col min="1547" max="1549" width="19.5703125" customWidth="1"/>
+    <col min="1550" max="1550" width="12.5703125" customWidth="1"/>
+    <col min="1551" max="1551" width="12" customWidth="1"/>
     <col min="1784" max="1786" width="15.7109375" customWidth="1"/>
     <col min="1788" max="1788" width="2.7109375" customWidth="1"/>
     <col min="1789" max="1791" width="15.7109375" customWidth="1"/>
-    <col min="1795" max="1798" width="14.28515625" customWidth="1"/>
+    <col min="1793" max="1795" width="19.5703125" customWidth="1"/>
+    <col min="1796" max="1796" width="12.5703125" customWidth="1"/>
+    <col min="1797" max="1797" width="2.7109375" customWidth="1"/>
+    <col min="1798" max="1800" width="19.5703125" customWidth="1"/>
+    <col min="1801" max="1801" width="12.5703125" customWidth="1"/>
+    <col min="1802" max="1802" width="2.7109375" customWidth="1"/>
+    <col min="1803" max="1805" width="19.5703125" customWidth="1"/>
+    <col min="1806" max="1806" width="12.5703125" customWidth="1"/>
+    <col min="1807" max="1807" width="12" customWidth="1"/>
     <col min="2040" max="2042" width="15.7109375" customWidth="1"/>
     <col min="2044" max="2044" width="2.7109375" customWidth="1"/>
     <col min="2045" max="2047" width="15.7109375" customWidth="1"/>
-    <col min="2051" max="2054" width="14.28515625" customWidth="1"/>
+    <col min="2049" max="2051" width="19.5703125" customWidth="1"/>
+    <col min="2052" max="2052" width="12.5703125" customWidth="1"/>
+    <col min="2053" max="2053" width="2.7109375" customWidth="1"/>
+    <col min="2054" max="2056" width="19.5703125" customWidth="1"/>
+    <col min="2057" max="2057" width="12.5703125" customWidth="1"/>
+    <col min="2058" max="2058" width="2.7109375" customWidth="1"/>
+    <col min="2059" max="2061" width="19.5703125" customWidth="1"/>
+    <col min="2062" max="2062" width="12.5703125" customWidth="1"/>
+    <col min="2063" max="2063" width="12" customWidth="1"/>
     <col min="2296" max="2298" width="15.7109375" customWidth="1"/>
     <col min="2300" max="2300" width="2.7109375" customWidth="1"/>
     <col min="2301" max="2303" width="15.7109375" customWidth="1"/>
-    <col min="2307" max="2310" width="14.28515625" customWidth="1"/>
+    <col min="2305" max="2307" width="19.5703125" customWidth="1"/>
+    <col min="2308" max="2308" width="12.5703125" customWidth="1"/>
+    <col min="2309" max="2309" width="2.7109375" customWidth="1"/>
+    <col min="2310" max="2312" width="19.5703125" customWidth="1"/>
+    <col min="2313" max="2313" width="12.5703125" customWidth="1"/>
+    <col min="2314" max="2314" width="2.7109375" customWidth="1"/>
+    <col min="2315" max="2317" width="19.5703125" customWidth="1"/>
+    <col min="2318" max="2318" width="12.5703125" customWidth="1"/>
+    <col min="2319" max="2319" width="12" customWidth="1"/>
     <col min="2552" max="2554" width="15.7109375" customWidth="1"/>
     <col min="2556" max="2556" width="2.7109375" customWidth="1"/>
     <col min="2557" max="2559" width="15.7109375" customWidth="1"/>
-    <col min="2563" max="2566" width="14.28515625" customWidth="1"/>
+    <col min="2561" max="2563" width="19.5703125" customWidth="1"/>
+    <col min="2564" max="2564" width="12.5703125" customWidth="1"/>
+    <col min="2565" max="2565" width="2.7109375" customWidth="1"/>
+    <col min="2566" max="2568" width="19.5703125" customWidth="1"/>
+    <col min="2569" max="2569" width="12.5703125" customWidth="1"/>
+    <col min="2570" max="2570" width="2.7109375" customWidth="1"/>
+    <col min="2571" max="2573" width="19.5703125" customWidth="1"/>
+    <col min="2574" max="2574" width="12.5703125" customWidth="1"/>
+    <col min="2575" max="2575" width="12" customWidth="1"/>
     <col min="2808" max="2810" width="15.7109375" customWidth="1"/>
     <col min="2812" max="2812" width="2.7109375" customWidth="1"/>
     <col min="2813" max="2815" width="15.7109375" customWidth="1"/>
-    <col min="2819" max="2822" width="14.28515625" customWidth="1"/>
+    <col min="2817" max="2819" width="19.5703125" customWidth="1"/>
+    <col min="2820" max="2820" width="12.5703125" customWidth="1"/>
+    <col min="2821" max="2821" width="2.7109375" customWidth="1"/>
+    <col min="2822" max="2824" width="19.5703125" customWidth="1"/>
+    <col min="2825" max="2825" width="12.5703125" customWidth="1"/>
+    <col min="2826" max="2826" width="2.7109375" customWidth="1"/>
+    <col min="2827" max="2829" width="19.5703125" customWidth="1"/>
+    <col min="2830" max="2830" width="12.5703125" customWidth="1"/>
+    <col min="2831" max="2831" width="12" customWidth="1"/>
     <col min="3064" max="3066" width="15.7109375" customWidth="1"/>
     <col min="3068" max="3068" width="2.7109375" customWidth="1"/>
     <col min="3069" max="3071" width="15.7109375" customWidth="1"/>
-    <col min="3075" max="3078" width="14.28515625" customWidth="1"/>
+    <col min="3073" max="3075" width="19.5703125" customWidth="1"/>
+    <col min="3076" max="3076" width="12.5703125" customWidth="1"/>
+    <col min="3077" max="3077" width="2.7109375" customWidth="1"/>
+    <col min="3078" max="3080" width="19.5703125" customWidth="1"/>
+    <col min="3081" max="3081" width="12.5703125" customWidth="1"/>
+    <col min="3082" max="3082" width="2.7109375" customWidth="1"/>
+    <col min="3083" max="3085" width="19.5703125" customWidth="1"/>
+    <col min="3086" max="3086" width="12.5703125" customWidth="1"/>
+    <col min="3087" max="3087" width="12" customWidth="1"/>
     <col min="3320" max="3322" width="15.7109375" customWidth="1"/>
     <col min="3324" max="3324" width="2.7109375" customWidth="1"/>
     <col min="3325" max="3327" width="15.7109375" customWidth="1"/>
-    <col min="3331" max="3334" width="14.28515625" customWidth="1"/>
+    <col min="3329" max="3331" width="19.5703125" customWidth="1"/>
+    <col min="3332" max="3332" width="12.5703125" customWidth="1"/>
+    <col min="3333" max="3333" width="2.7109375" customWidth="1"/>
+    <col min="3334" max="3336" width="19.5703125" customWidth="1"/>
+    <col min="3337" max="3337" width="12.5703125" customWidth="1"/>
+    <col min="3338" max="3338" width="2.7109375" customWidth="1"/>
+    <col min="3339" max="3341" width="19.5703125" customWidth="1"/>
+    <col min="3342" max="3342" width="12.5703125" customWidth="1"/>
+    <col min="3343" max="3343" width="12" customWidth="1"/>
     <col min="3576" max="3578" width="15.7109375" customWidth="1"/>
     <col min="3580" max="3580" width="2.7109375" customWidth="1"/>
     <col min="3581" max="3583" width="15.7109375" customWidth="1"/>
-    <col min="3587" max="3590" width="14.28515625" customWidth="1"/>
+    <col min="3585" max="3587" width="19.5703125" customWidth="1"/>
+    <col min="3588" max="3588" width="12.5703125" customWidth="1"/>
+    <col min="3589" max="3589" width="2.7109375" customWidth="1"/>
+    <col min="3590" max="3592" width="19.5703125" customWidth="1"/>
+    <col min="3593" max="3593" width="12.5703125" customWidth="1"/>
+    <col min="3594" max="3594" width="2.7109375" customWidth="1"/>
+    <col min="3595" max="3597" width="19.5703125" customWidth="1"/>
+    <col min="3598" max="3598" width="12.5703125" customWidth="1"/>
+    <col min="3599" max="3599" width="12" customWidth="1"/>
     <col min="3832" max="3834" width="15.7109375" customWidth="1"/>
     <col min="3836" max="3836" width="2.7109375" customWidth="1"/>
     <col min="3837" max="3839" width="15.7109375" customWidth="1"/>
-    <col min="3843" max="3846" width="14.28515625" customWidth="1"/>
+    <col min="3841" max="3843" width="19.5703125" customWidth="1"/>
+    <col min="3844" max="3844" width="12.5703125" customWidth="1"/>
+    <col min="3845" max="3845" width="2.7109375" customWidth="1"/>
+    <col min="3846" max="3848" width="19.5703125" customWidth="1"/>
+    <col min="3849" max="3849" width="12.5703125" customWidth="1"/>
+    <col min="3850" max="3850" width="2.7109375" customWidth="1"/>
+    <col min="3851" max="3853" width="19.5703125" customWidth="1"/>
+    <col min="3854" max="3854" width="12.5703125" customWidth="1"/>
+    <col min="3855" max="3855" width="12" customWidth="1"/>
     <col min="4088" max="4090" width="15.7109375" customWidth="1"/>
     <col min="4092" max="4092" width="2.7109375" customWidth="1"/>
     <col min="4093" max="4095" width="15.7109375" customWidth="1"/>
-    <col min="4099" max="4102" width="14.28515625" customWidth="1"/>
+    <col min="4097" max="4099" width="19.5703125" customWidth="1"/>
+    <col min="4100" max="4100" width="12.5703125" customWidth="1"/>
+    <col min="4101" max="4101" width="2.7109375" customWidth="1"/>
+    <col min="4102" max="4104" width="19.5703125" customWidth="1"/>
+    <col min="4105" max="4105" width="12.5703125" customWidth="1"/>
+    <col min="4106" max="4106" width="2.7109375" customWidth="1"/>
+    <col min="4107" max="4109" width="19.5703125" customWidth="1"/>
+    <col min="4110" max="4110" width="12.5703125" customWidth="1"/>
+    <col min="4111" max="4111" width="12" customWidth="1"/>
     <col min="4344" max="4346" width="15.7109375" customWidth="1"/>
     <col min="4348" max="4348" width="2.7109375" customWidth="1"/>
     <col min="4349" max="4351" width="15.7109375" customWidth="1"/>
-    <col min="4355" max="4358" width="14.28515625" customWidth="1"/>
+    <col min="4353" max="4355" width="19.5703125" customWidth="1"/>
+    <col min="4356" max="4356" width="12.5703125" customWidth="1"/>
+    <col min="4357" max="4357" width="2.7109375" customWidth="1"/>
+    <col min="4358" max="4360" width="19.5703125" customWidth="1"/>
+    <col min="4361" max="4361" width="12.5703125" customWidth="1"/>
+    <col min="4362" max="4362" width="2.7109375" customWidth="1"/>
+    <col min="4363" max="4365" width="19.5703125" customWidth="1"/>
+    <col min="4366" max="4366" width="12.5703125" customWidth="1"/>
+    <col min="4367" max="4367" width="12" customWidth="1"/>
     <col min="4600" max="4602" width="15.7109375" customWidth="1"/>
     <col min="4604" max="4604" width="2.7109375" customWidth="1"/>
     <col min="4605" max="4607" width="15.7109375" customWidth="1"/>
-    <col min="4611" max="4614" width="14.28515625" customWidth="1"/>
+    <col min="4609" max="4611" width="19.5703125" customWidth="1"/>
+    <col min="4612" max="4612" width="12.5703125" customWidth="1"/>
+    <col min="4613" max="4613" width="2.7109375" customWidth="1"/>
+    <col min="4614" max="4616" width="19.5703125" customWidth="1"/>
+    <col min="4617" max="4617" width="12.5703125" customWidth="1"/>
+    <col min="4618" max="4618" width="2.7109375" customWidth="1"/>
+    <col min="4619" max="4621" width="19.5703125" customWidth="1"/>
+    <col min="4622" max="4622" width="12.5703125" customWidth="1"/>
+    <col min="4623" max="4623" width="12" customWidth="1"/>
     <col min="4856" max="4858" width="15.7109375" customWidth="1"/>
     <col min="4860" max="4860" width="2.7109375" customWidth="1"/>
     <col min="4861" max="4863" width="15.7109375" customWidth="1"/>
-    <col min="4867" max="4870" width="14.28515625" customWidth="1"/>
+    <col min="4865" max="4867" width="19.5703125" customWidth="1"/>
+    <col min="4868" max="4868" width="12.5703125" customWidth="1"/>
+    <col min="4869" max="4869" width="2.7109375" customWidth="1"/>
+    <col min="4870" max="4872" width="19.5703125" customWidth="1"/>
+    <col min="4873" max="4873" width="12.5703125" customWidth="1"/>
+    <col min="4874" max="4874" width="2.7109375" customWidth="1"/>
+    <col min="4875" max="4877" width="19.5703125" customWidth="1"/>
+    <col min="4878" max="4878" width="12.5703125" customWidth="1"/>
+    <col min="4879" max="4879" width="12" customWidth="1"/>
     <col min="5112" max="5114" width="15.7109375" customWidth="1"/>
     <col min="5116" max="5116" width="2.7109375" customWidth="1"/>
     <col min="5117" max="5119" width="15.7109375" customWidth="1"/>
-    <col min="5123" max="5126" width="14.28515625" customWidth="1"/>
+    <col min="5121" max="5123" width="19.5703125" customWidth="1"/>
+    <col min="5124" max="5124" width="12.5703125" customWidth="1"/>
+    <col min="5125" max="5125" width="2.7109375" customWidth="1"/>
+    <col min="5126" max="5128" width="19.5703125" customWidth="1"/>
+    <col min="5129" max="5129" width="12.5703125" customWidth="1"/>
+    <col min="5130" max="5130" width="2.7109375" customWidth="1"/>
+    <col min="5131" max="5133" width="19.5703125" customWidth="1"/>
+    <col min="5134" max="5134" width="12.5703125" customWidth="1"/>
+    <col min="5135" max="5135" width="12" customWidth="1"/>
     <col min="5368" max="5370" width="15.7109375" customWidth="1"/>
     <col min="5372" max="5372" width="2.7109375" customWidth="1"/>
     <col min="5373" max="5375" width="15.7109375" customWidth="1"/>
-    <col min="5379" max="5382" width="14.28515625" customWidth="1"/>
+    <col min="5377" max="5379" width="19.5703125" customWidth="1"/>
+    <col min="5380" max="5380" width="12.5703125" customWidth="1"/>
+    <col min="5381" max="5381" width="2.7109375" customWidth="1"/>
+    <col min="5382" max="5384" width="19.5703125" customWidth="1"/>
+    <col min="5385" max="5385" width="12.5703125" customWidth="1"/>
+    <col min="5386" max="5386" width="2.7109375" customWidth="1"/>
+    <col min="5387" max="5389" width="19.5703125" customWidth="1"/>
+    <col min="5390" max="5390" width="12.5703125" customWidth="1"/>
+    <col min="5391" max="5391" width="12" customWidth="1"/>
     <col min="5624" max="5626" width="15.7109375" customWidth="1"/>
     <col min="5628" max="5628" width="2.7109375" customWidth="1"/>
     <col min="5629" max="5631" width="15.7109375" customWidth="1"/>
-    <col min="5635" max="5638" width="14.28515625" customWidth="1"/>
+    <col min="5633" max="5635" width="19.5703125" customWidth="1"/>
+    <col min="5636" max="5636" width="12.5703125" customWidth="1"/>
+    <col min="5637" max="5637" width="2.7109375" customWidth="1"/>
+    <col min="5638" max="5640" width="19.5703125" customWidth="1"/>
+    <col min="5641" max="5641" width="12.5703125" customWidth="1"/>
+    <col min="5642" max="5642" width="2.7109375" customWidth="1"/>
+    <col min="5643" max="5645" width="19.5703125" customWidth="1"/>
+    <col min="5646" max="5646" width="12.5703125" customWidth="1"/>
+    <col min="5647" max="5647" width="12" customWidth="1"/>
     <col min="5880" max="5882" width="15.7109375" customWidth="1"/>
     <col min="5884" max="5884" width="2.7109375" customWidth="1"/>
     <col min="5885" max="5887" width="15.7109375" customWidth="1"/>
-    <col min="5891" max="5894" width="14.28515625" customWidth="1"/>
+    <col min="5889" max="5891" width="19.5703125" customWidth="1"/>
+    <col min="5892" max="5892" width="12.5703125" customWidth="1"/>
+    <col min="5893" max="5893" width="2.7109375" customWidth="1"/>
+    <col min="5894" max="5896" width="19.5703125" customWidth="1"/>
+    <col min="5897" max="5897" width="12.5703125" customWidth="1"/>
+    <col min="5898" max="5898" width="2.7109375" customWidth="1"/>
+    <col min="5899" max="5901" width="19.5703125" customWidth="1"/>
+    <col min="5902" max="5902" width="12.5703125" customWidth="1"/>
+    <col min="5903" max="5903" width="12" customWidth="1"/>
     <col min="6136" max="6138" width="15.7109375" customWidth="1"/>
     <col min="6140" max="6140" width="2.7109375" customWidth="1"/>
     <col min="6141" max="6143" width="15.7109375" customWidth="1"/>
-    <col min="6147" max="6150" width="14.28515625" customWidth="1"/>
+    <col min="6145" max="6147" width="19.5703125" customWidth="1"/>
+    <col min="6148" max="6148" width="12.5703125" customWidth="1"/>
+    <col min="6149" max="6149" width="2.7109375" customWidth="1"/>
+    <col min="6150" max="6152" width="19.5703125" customWidth="1"/>
+    <col min="6153" max="6153" width="12.5703125" customWidth="1"/>
+    <col min="6154" max="6154" width="2.7109375" customWidth="1"/>
+    <col min="6155" max="6157" width="19.5703125" customWidth="1"/>
+    <col min="6158" max="6158" width="12.5703125" customWidth="1"/>
+    <col min="6159" max="6159" width="12" customWidth="1"/>
     <col min="6392" max="6394" width="15.7109375" customWidth="1"/>
     <col min="6396" max="6396" width="2.7109375" customWidth="1"/>
     <col min="6397" max="6399" width="15.7109375" customWidth="1"/>
-    <col min="6403" max="6406" width="14.28515625" customWidth="1"/>
+    <col min="6401" max="6403" width="19.5703125" customWidth="1"/>
+    <col min="6404" max="6404" width="12.5703125" customWidth="1"/>
+    <col min="6405" max="6405" width="2.7109375" customWidth="1"/>
+    <col min="6406" max="6408" width="19.5703125" customWidth="1"/>
+    <col min="6409" max="6409" width="12.5703125" customWidth="1"/>
+    <col min="6410" max="6410" width="2.7109375" customWidth="1"/>
+    <col min="6411" max="6413" width="19.5703125" customWidth="1"/>
+    <col min="6414" max="6414" width="12.5703125" customWidth="1"/>
+    <col min="6415" max="6415" width="12" customWidth="1"/>
     <col min="6648" max="6650" width="15.7109375" customWidth="1"/>
     <col min="6652" max="6652" width="2.7109375" customWidth="1"/>
     <col min="6653" max="6655" width="15.7109375" customWidth="1"/>
-    <col min="6659" max="6662" width="14.28515625" customWidth="1"/>
+    <col min="6657" max="6659" width="19.5703125" customWidth="1"/>
+    <col min="6660" max="6660" width="12.5703125" customWidth="1"/>
+    <col min="6661" max="6661" width="2.7109375" customWidth="1"/>
+    <col min="6662" max="6664" width="19.5703125" customWidth="1"/>
+    <col min="6665" max="6665" width="12.5703125" customWidth="1"/>
+    <col min="6666" max="6666" width="2.7109375" customWidth="1"/>
+    <col min="6667" max="6669" width="19.5703125" customWidth="1"/>
+    <col min="6670" max="6670" width="12.5703125" customWidth="1"/>
+    <col min="6671" max="6671" width="12" customWidth="1"/>
     <col min="6904" max="6906" width="15.7109375" customWidth="1"/>
     <col min="6908" max="6908" width="2.7109375" customWidth="1"/>
     <col min="6909" max="6911" width="15.7109375" customWidth="1"/>
-    <col min="6915" max="6918" width="14.28515625" customWidth="1"/>
+    <col min="6913" max="6915" width="19.5703125" customWidth="1"/>
+    <col min="6916" max="6916" width="12.5703125" customWidth="1"/>
+    <col min="6917" max="6917" width="2.7109375" customWidth="1"/>
+    <col min="6918" max="6920" width="19.5703125" customWidth="1"/>
+    <col min="6921" max="6921" width="12.5703125" customWidth="1"/>
+    <col min="6922" max="6922" width="2.7109375" customWidth="1"/>
+    <col min="6923" max="6925" width="19.5703125" customWidth="1"/>
+    <col min="6926" max="6926" width="12.5703125" customWidth="1"/>
+    <col min="6927" max="6927" width="12" customWidth="1"/>
     <col min="7160" max="7162" width="15.7109375" customWidth="1"/>
     <col min="7164" max="7164" width="2.7109375" customWidth="1"/>
     <col min="7165" max="7167" width="15.7109375" customWidth="1"/>
-    <col min="7171" max="7174" width="14.28515625" customWidth="1"/>
+    <col min="7169" max="7171" width="19.5703125" customWidth="1"/>
+    <col min="7172" max="7172" width="12.5703125" customWidth="1"/>
+    <col min="7173" max="7173" width="2.7109375" customWidth="1"/>
+    <col min="7174" max="7176" width="19.5703125" customWidth="1"/>
+    <col min="7177" max="7177" width="12.5703125" customWidth="1"/>
+    <col min="7178" max="7178" width="2.7109375" customWidth="1"/>
+    <col min="7179" max="7181" width="19.5703125" customWidth="1"/>
+    <col min="7182" max="7182" width="12.5703125" customWidth="1"/>
+    <col min="7183" max="7183" width="12" customWidth="1"/>
     <col min="7416" max="7418" width="15.7109375" customWidth="1"/>
     <col min="7420" max="7420" width="2.7109375" customWidth="1"/>
     <col min="7421" max="7423" width="15.7109375" customWidth="1"/>
-    <col min="7427" max="7430" width="14.28515625" customWidth="1"/>
+    <col min="7425" max="7427" width="19.5703125" customWidth="1"/>
+    <col min="7428" max="7428" width="12.5703125" customWidth="1"/>
+    <col min="7429" max="7429" width="2.7109375" customWidth="1"/>
+    <col min="7430" max="7432" width="19.5703125" customWidth="1"/>
+    <col min="7433" max="7433" width="12.5703125" customWidth="1"/>
+    <col min="7434" max="7434" width="2.7109375" customWidth="1"/>
+    <col min="7435" max="7437" width="19.5703125" customWidth="1"/>
+    <col min="7438" max="7438" width="12.5703125" customWidth="1"/>
+    <col min="7439" max="7439" width="12" customWidth="1"/>
     <col min="7672" max="7674" width="15.7109375" customWidth="1"/>
     <col min="7676" max="7676" width="2.7109375" customWidth="1"/>
     <col min="7677" max="7679" width="15.7109375" customWidth="1"/>
-    <col min="7683" max="7686" width="14.28515625" customWidth="1"/>
+    <col min="7681" max="7683" width="19.5703125" customWidth="1"/>
+    <col min="7684" max="7684" width="12.5703125" customWidth="1"/>
+    <col min="7685" max="7685" width="2.7109375" customWidth="1"/>
+    <col min="7686" max="7688" width="19.5703125" customWidth="1"/>
+    <col min="7689" max="7689" width="12.5703125" customWidth="1"/>
+    <col min="7690" max="7690" width="2.7109375" customWidth="1"/>
+    <col min="7691" max="7693" width="19.5703125" customWidth="1"/>
+    <col min="7694" max="7694" width="12.5703125" customWidth="1"/>
+    <col min="7695" max="7695" width="12" customWidth="1"/>
     <col min="7928" max="7930" width="15.7109375" customWidth="1"/>
     <col min="7932" max="7932" width="2.7109375" customWidth="1"/>
     <col min="7933" max="7935" width="15.7109375" customWidth="1"/>
-    <col min="7939" max="7942" width="14.28515625" customWidth="1"/>
+    <col min="7937" max="7939" width="19.5703125" customWidth="1"/>
+    <col min="7940" max="7940" width="12.5703125" customWidth="1"/>
+    <col min="7941" max="7941" width="2.7109375" customWidth="1"/>
+    <col min="7942" max="7944" width="19.5703125" customWidth="1"/>
+    <col min="7945" max="7945" width="12.5703125" customWidth="1"/>
+    <col min="7946" max="7946" width="2.7109375" customWidth="1"/>
+    <col min="7947" max="7949" width="19.5703125" customWidth="1"/>
+    <col min="7950" max="7950" width="12.5703125" customWidth="1"/>
+    <col min="7951" max="7951" width="12" customWidth="1"/>
     <col min="8184" max="8186" width="15.7109375" customWidth="1"/>
     <col min="8188" max="8188" width="2.7109375" customWidth="1"/>
     <col min="8189" max="8191" width="15.7109375" customWidth="1"/>
-    <col min="8195" max="8198" width="14.28515625" customWidth="1"/>
+    <col min="8193" max="8195" width="19.5703125" customWidth="1"/>
+    <col min="8196" max="8196" width="12.5703125" customWidth="1"/>
+    <col min="8197" max="8197" width="2.7109375" customWidth="1"/>
+    <col min="8198" max="8200" width="19.5703125" customWidth="1"/>
+    <col min="8201" max="8201" width="12.5703125" customWidth="1"/>
+    <col min="8202" max="8202" width="2.7109375" customWidth="1"/>
+    <col min="8203" max="8205" width="19.5703125" customWidth="1"/>
+    <col min="8206" max="8206" width="12.5703125" customWidth="1"/>
+    <col min="8207" max="8207" width="12" customWidth="1"/>
     <col min="8440" max="8442" width="15.7109375" customWidth="1"/>
     <col min="8444" max="8444" width="2.7109375" customWidth="1"/>
     <col min="8445" max="8447" width="15.7109375" customWidth="1"/>
-    <col min="8451" max="8454" width="14.28515625" customWidth="1"/>
+    <col min="8449" max="8451" width="19.5703125" customWidth="1"/>
+    <col min="8452" max="8452" width="12.5703125" customWidth="1"/>
+    <col min="8453" max="8453" width="2.7109375" customWidth="1"/>
+    <col min="8454" max="8456" width="19.5703125" customWidth="1"/>
+    <col min="8457" max="8457" width="12.5703125" customWidth="1"/>
+    <col min="8458" max="8458" width="2.7109375" customWidth="1"/>
+    <col min="8459" max="8461" width="19.5703125" customWidth="1"/>
+    <col min="8462" max="8462" width="12.5703125" customWidth="1"/>
+    <col min="8463" max="8463" width="12" customWidth="1"/>
     <col min="8696" max="8698" width="15.7109375" customWidth="1"/>
     <col min="8700" max="8700" width="2.7109375" customWidth="1"/>
     <col min="8701" max="8703" width="15.7109375" customWidth="1"/>
-    <col min="8707" max="8710" width="14.28515625" customWidth="1"/>
+    <col min="8705" max="8707" width="19.5703125" customWidth="1"/>
+    <col min="8708" max="8708" width="12.5703125" customWidth="1"/>
+    <col min="8709" max="8709" width="2.7109375" customWidth="1"/>
+    <col min="8710" max="8712" width="19.5703125" customWidth="1"/>
+    <col min="8713" max="8713" width="12.5703125" customWidth="1"/>
+    <col min="8714" max="8714" width="2.7109375" customWidth="1"/>
+    <col min="8715" max="8717" width="19.5703125" customWidth="1"/>
+    <col min="8718" max="8718" width="12.5703125" customWidth="1"/>
+    <col min="8719" max="8719" width="12" customWidth="1"/>
     <col min="8952" max="8954" width="15.7109375" customWidth="1"/>
     <col min="8956" max="8956" width="2.7109375" customWidth="1"/>
     <col min="8957" max="8959" width="15.7109375" customWidth="1"/>
-    <col min="8963" max="8966" width="14.28515625" customWidth="1"/>
+    <col min="8961" max="8963" width="19.5703125" customWidth="1"/>
+    <col min="8964" max="8964" width="12.5703125" customWidth="1"/>
+    <col min="8965" max="8965" width="2.7109375" customWidth="1"/>
+    <col min="8966" max="8968" width="19.5703125" customWidth="1"/>
+    <col min="8969" max="8969" width="12.5703125" customWidth="1"/>
+    <col min="8970" max="8970" width="2.7109375" customWidth="1"/>
+    <col min="8971" max="8973" width="19.5703125" customWidth="1"/>
+    <col min="8974" max="8974" width="12.5703125" customWidth="1"/>
+    <col min="8975" max="8975" width="12" customWidth="1"/>
     <col min="9208" max="9210" width="15.7109375" customWidth="1"/>
     <col min="9212" max="9212" width="2.7109375" customWidth="1"/>
     <col min="9213" max="9215" width="15.7109375" customWidth="1"/>
-    <col min="9219" max="9222" width="14.28515625" customWidth="1"/>
+    <col min="9217" max="9219" width="19.5703125" customWidth="1"/>
+    <col min="9220" max="9220" width="12.5703125" customWidth="1"/>
+    <col min="9221" max="9221" width="2.7109375" customWidth="1"/>
+    <col min="9222" max="9224" width="19.5703125" customWidth="1"/>
+    <col min="9225" max="9225" width="12.5703125" customWidth="1"/>
+    <col min="9226" max="9226" width="2.7109375" customWidth="1"/>
+    <col min="9227" max="9229" width="19.5703125" customWidth="1"/>
+    <col min="9230" max="9230" width="12.5703125" customWidth="1"/>
+    <col min="9231" max="9231" width="12" customWidth="1"/>
     <col min="9464" max="9466" width="15.7109375" customWidth="1"/>
     <col min="9468" max="9468" width="2.7109375" customWidth="1"/>
     <col min="9469" max="9471" width="15.7109375" customWidth="1"/>
-    <col min="9475" max="9478" width="14.28515625" customWidth="1"/>
+    <col min="9473" max="9475" width="19.5703125" customWidth="1"/>
+    <col min="9476" max="9476" width="12.5703125" customWidth="1"/>
+    <col min="9477" max="9477" width="2.7109375" customWidth="1"/>
+    <col min="9478" max="9480" width="19.5703125" customWidth="1"/>
+    <col min="9481" max="9481" width="12.5703125" customWidth="1"/>
+    <col min="9482" max="9482" width="2.7109375" customWidth="1"/>
+    <col min="9483" max="9485" width="19.5703125" customWidth="1"/>
+    <col min="9486" max="9486" width="12.5703125" customWidth="1"/>
+    <col min="9487" max="9487" width="12" customWidth="1"/>
     <col min="9720" max="9722" width="15.7109375" customWidth="1"/>
     <col min="9724" max="9724" width="2.7109375" customWidth="1"/>
     <col min="9725" max="9727" width="15.7109375" customWidth="1"/>
-    <col min="9731" max="9734" width="14.28515625" customWidth="1"/>
+    <col min="9729" max="9731" width="19.5703125" customWidth="1"/>
+    <col min="9732" max="9732" width="12.5703125" customWidth="1"/>
+    <col min="9733" max="9733" width="2.7109375" customWidth="1"/>
+    <col min="9734" max="9736" width="19.5703125" customWidth="1"/>
+    <col min="9737" max="9737" width="12.5703125" customWidth="1"/>
+    <col min="9738" max="9738" width="2.7109375" customWidth="1"/>
+    <col min="9739" max="9741" width="19.5703125" customWidth="1"/>
+    <col min="9742" max="9742" width="12.5703125" customWidth="1"/>
+    <col min="9743" max="9743" width="12" customWidth="1"/>
     <col min="9976" max="9978" width="15.7109375" customWidth="1"/>
     <col min="9980" max="9980" width="2.7109375" customWidth="1"/>
     <col min="9981" max="9983" width="15.7109375" customWidth="1"/>
-    <col min="9987" max="9990" width="14.28515625" customWidth="1"/>
+    <col min="9985" max="9987" width="19.5703125" customWidth="1"/>
+    <col min="9988" max="9988" width="12.5703125" customWidth="1"/>
+    <col min="9989" max="9989" width="2.7109375" customWidth="1"/>
+    <col min="9990" max="9992" width="19.5703125" customWidth="1"/>
+    <col min="9993" max="9993" width="12.5703125" customWidth="1"/>
+    <col min="9994" max="9994" width="2.7109375" customWidth="1"/>
+    <col min="9995" max="9997" width="19.5703125" customWidth="1"/>
+    <col min="9998" max="9998" width="12.5703125" customWidth="1"/>
+    <col min="9999" max="9999" width="12" customWidth="1"/>
     <col min="10232" max="10234" width="15.7109375" customWidth="1"/>
     <col min="10236" max="10236" width="2.7109375" customWidth="1"/>
     <col min="10237" max="10239" width="15.7109375" customWidth="1"/>
-    <col min="10243" max="10246" width="14.28515625" customWidth="1"/>
+    <col min="10241" max="10243" width="19.5703125" customWidth="1"/>
+    <col min="10244" max="10244" width="12.5703125" customWidth="1"/>
+    <col min="10245" max="10245" width="2.7109375" customWidth="1"/>
+    <col min="10246" max="10248" width="19.5703125" customWidth="1"/>
+    <col min="10249" max="10249" width="12.5703125" customWidth="1"/>
+    <col min="10250" max="10250" width="2.7109375" customWidth="1"/>
+    <col min="10251" max="10253" width="19.5703125" customWidth="1"/>
+    <col min="10254" max="10254" width="12.5703125" customWidth="1"/>
+    <col min="10255" max="10255" width="12" customWidth="1"/>
     <col min="10488" max="10490" width="15.7109375" customWidth="1"/>
     <col min="10492" max="10492" width="2.7109375" customWidth="1"/>
     <col min="10493" max="10495" width="15.7109375" customWidth="1"/>
-    <col min="10499" max="10502" width="14.28515625" customWidth="1"/>
+    <col min="10497" max="10499" width="19.5703125" customWidth="1"/>
+    <col min="10500" max="10500" width="12.5703125" customWidth="1"/>
+    <col min="10501" max="10501" width="2.7109375" customWidth="1"/>
+    <col min="10502" max="10504" width="19.5703125" customWidth="1"/>
+    <col min="10505" max="10505" width="12.5703125" customWidth="1"/>
+    <col min="10506" max="10506" width="2.7109375" customWidth="1"/>
+    <col min="10507" max="10509" width="19.5703125" customWidth="1"/>
+    <col min="10510" max="10510" width="12.5703125" customWidth="1"/>
+    <col min="10511" max="10511" width="12" customWidth="1"/>
     <col min="10744" max="10746" width="15.7109375" customWidth="1"/>
     <col min="10748" max="10748" width="2.7109375" customWidth="1"/>
     <col min="10749" max="10751" width="15.7109375" customWidth="1"/>
-    <col min="10755" max="10758" width="14.28515625" customWidth="1"/>
+    <col min="10753" max="10755" width="19.5703125" customWidth="1"/>
+    <col min="10756" max="10756" width="12.5703125" customWidth="1"/>
+    <col min="10757" max="10757" width="2.7109375" customWidth="1"/>
+    <col min="10758" max="10760" width="19.5703125" customWidth="1"/>
+    <col min="10761" max="10761" width="12.5703125" customWidth="1"/>
+    <col min="10762" max="10762" width="2.7109375" customWidth="1"/>
+    <col min="10763" max="10765" width="19.5703125" customWidth="1"/>
+    <col min="10766" max="10766" width="12.5703125" customWidth="1"/>
+    <col min="10767" max="10767" width="12" customWidth="1"/>
     <col min="11000" max="11002" width="15.7109375" customWidth="1"/>
     <col min="11004" max="11004" width="2.7109375" customWidth="1"/>
     <col min="11005" max="11007" width="15.7109375" customWidth="1"/>
-    <col min="11011" max="11014" width="14.28515625" customWidth="1"/>
+    <col min="11009" max="11011" width="19.5703125" customWidth="1"/>
+    <col min="11012" max="11012" width="12.5703125" customWidth="1"/>
+    <col min="11013" max="11013" width="2.7109375" customWidth="1"/>
+    <col min="11014" max="11016" width="19.5703125" customWidth="1"/>
+    <col min="11017" max="11017" width="12.5703125" customWidth="1"/>
+    <col min="11018" max="11018" width="2.7109375" customWidth="1"/>
+    <col min="11019" max="11021" width="19.5703125" customWidth="1"/>
+    <col min="11022" max="11022" width="12.5703125" customWidth="1"/>
+    <col min="11023" max="11023" width="12" customWidth="1"/>
     <col min="11256" max="11258" width="15.7109375" customWidth="1"/>
     <col min="11260" max="11260" width="2.7109375" customWidth="1"/>
     <col min="11261" max="11263" width="15.7109375" customWidth="1"/>
-    <col min="11267" max="11270" width="14.28515625" customWidth="1"/>
+    <col min="11265" max="11267" width="19.5703125" customWidth="1"/>
+    <col min="11268" max="11268" width="12.5703125" customWidth="1"/>
+    <col min="11269" max="11269" width="2.7109375" customWidth="1"/>
+    <col min="11270" max="11272" width="19.5703125" customWidth="1"/>
+    <col min="11273" max="11273" width="12.5703125" customWidth="1"/>
+    <col min="11274" max="11274" width="2.7109375" customWidth="1"/>
+    <col min="11275" max="11277" width="19.5703125" customWidth="1"/>
+    <col min="11278" max="11278" width="12.5703125" customWidth="1"/>
+    <col min="11279" max="11279" width="12" customWidth="1"/>
     <col min="11512" max="11514" width="15.7109375" customWidth="1"/>
     <col min="11516" max="11516" width="2.7109375" customWidth="1"/>
     <col min="11517" max="11519" width="15.7109375" customWidth="1"/>
-    <col min="11523" max="11526" width="14.28515625" customWidth="1"/>
+    <col min="11521" max="11523" width="19.5703125" customWidth="1"/>
+    <col min="11524" max="11524" width="12.5703125" customWidth="1"/>
+    <col min="11525" max="11525" width="2.7109375" customWidth="1"/>
+    <col min="11526" max="11528" width="19.5703125" customWidth="1"/>
+    <col min="11529" max="11529" width="12.5703125" customWidth="1"/>
+    <col min="11530" max="11530" width="2.7109375" customWidth="1"/>
+    <col min="11531" max="11533" width="19.5703125" customWidth="1"/>
+    <col min="11534" max="11534" width="12.5703125" customWidth="1"/>
+    <col min="11535" max="11535" width="12" customWidth="1"/>
     <col min="11768" max="11770" width="15.7109375" customWidth="1"/>
     <col min="11772" max="11772" width="2.7109375" customWidth="1"/>
     <col min="11773" max="11775" width="15.7109375" customWidth="1"/>
-    <col min="11779" max="11782" width="14.28515625" customWidth="1"/>
+    <col min="11777" max="11779" width="19.5703125" customWidth="1"/>
+    <col min="11780" max="11780" width="12.5703125" customWidth="1"/>
+    <col min="11781" max="11781" width="2.7109375" customWidth="1"/>
+    <col min="11782" max="11784" width="19.5703125" customWidth="1"/>
+    <col min="11785" max="11785" width="12.5703125" customWidth="1"/>
+    <col min="11786" max="11786" width="2.7109375" customWidth="1"/>
+    <col min="11787" max="11789" width="19.5703125" customWidth="1"/>
+    <col min="11790" max="11790" width="12.5703125" customWidth="1"/>
+    <col min="11791" max="11791" width="12" customWidth="1"/>
     <col min="12024" max="12026" width="15.7109375" customWidth="1"/>
     <col min="12028" max="12028" width="2.7109375" customWidth="1"/>
     <col min="12029" max="12031" width="15.7109375" customWidth="1"/>
-    <col min="12035" max="12038" width="14.28515625" customWidth="1"/>
+    <col min="12033" max="12035" width="19.5703125" customWidth="1"/>
+    <col min="12036" max="12036" width="12.5703125" customWidth="1"/>
+    <col min="12037" max="12037" width="2.7109375" customWidth="1"/>
+    <col min="12038" max="12040" width="19.5703125" customWidth="1"/>
+    <col min="12041" max="12041" width="12.5703125" customWidth="1"/>
+    <col min="12042" max="12042" width="2.7109375" customWidth="1"/>
+    <col min="12043" max="12045" width="19.5703125" customWidth="1"/>
+    <col min="12046" max="12046" width="12.5703125" customWidth="1"/>
+    <col min="12047" max="12047" width="12" customWidth="1"/>
     <col min="12280" max="12282" width="15.7109375" customWidth="1"/>
     <col min="12284" max="12284" width="2.7109375" customWidth="1"/>
     <col min="12285" max="12287" width="15.7109375" customWidth="1"/>
-    <col min="12291" max="12294" width="14.28515625" customWidth="1"/>
+    <col min="12289" max="12291" width="19.5703125" customWidth="1"/>
+    <col min="12292" max="12292" width="12.5703125" customWidth="1"/>
+    <col min="12293" max="12293" width="2.7109375" customWidth="1"/>
+    <col min="12294" max="12296" width="19.5703125" customWidth="1"/>
+    <col min="12297" max="12297" width="12.5703125" customWidth="1"/>
+    <col min="12298" max="12298" width="2.7109375" customWidth="1"/>
+    <col min="12299" max="12301" width="19.5703125" customWidth="1"/>
+    <col min="12302" max="12302" width="12.5703125" customWidth="1"/>
+    <col min="12303" max="12303" width="12" customWidth="1"/>
     <col min="12536" max="12538" width="15.7109375" customWidth="1"/>
     <col min="12540" max="12540" width="2.7109375" customWidth="1"/>
     <col min="12541" max="12543" width="15.7109375" customWidth="1"/>
-    <col min="12547" max="12550" width="14.28515625" customWidth="1"/>
+    <col min="12545" max="12547" width="19.5703125" customWidth="1"/>
+    <col min="12548" max="12548" width="12.5703125" customWidth="1"/>
+    <col min="12549" max="12549" width="2.7109375" customWidth="1"/>
+    <col min="12550" max="12552" width="19.5703125" customWidth="1"/>
+    <col min="12553" max="12553" width="12.5703125" customWidth="1"/>
+    <col min="12554" max="12554" width="2.7109375" customWidth="1"/>
+    <col min="12555" max="12557" width="19.5703125" customWidth="1"/>
+    <col min="12558" max="12558" width="12.5703125" customWidth="1"/>
+    <col min="12559" max="12559" width="12" customWidth="1"/>
     <col min="12792" max="12794" width="15.7109375" customWidth="1"/>
     <col min="12796" max="12796" width="2.7109375" customWidth="1"/>
     <col min="12797" max="12799" width="15.7109375" customWidth="1"/>
-    <col min="12803" max="12806" width="14.28515625" customWidth="1"/>
+    <col min="12801" max="12803" width="19.5703125" customWidth="1"/>
+    <col min="12804" max="12804" width="12.5703125" customWidth="1"/>
+    <col min="12805" max="12805" width="2.7109375" customWidth="1"/>
+    <col min="12806" max="12808" width="19.5703125" customWidth="1"/>
+    <col min="12809" max="12809" width="12.5703125" customWidth="1"/>
+    <col min="12810" max="12810" width="2.7109375" customWidth="1"/>
+    <col min="12811" max="12813" width="19.5703125" customWidth="1"/>
+    <col min="12814" max="12814" width="12.5703125" customWidth="1"/>
+    <col min="12815" max="12815" width="12" customWidth="1"/>
     <col min="13048" max="13050" width="15.7109375" customWidth="1"/>
     <col min="13052" max="13052" width="2.7109375" customWidth="1"/>
     <col min="13053" max="13055" width="15.7109375" customWidth="1"/>
-    <col min="13059" max="13062" width="14.28515625" customWidth="1"/>
+    <col min="13057" max="13059" width="19.5703125" customWidth="1"/>
+    <col min="13060" max="13060" width="12.5703125" customWidth="1"/>
+    <col min="13061" max="13061" width="2.7109375" customWidth="1"/>
+    <col min="13062" max="13064" width="19.5703125" customWidth="1"/>
+    <col min="13065" max="13065" width="12.5703125" customWidth="1"/>
+    <col min="13066" max="13066" width="2.7109375" customWidth="1"/>
+    <col min="13067" max="13069" width="19.5703125" customWidth="1"/>
+    <col min="13070" max="13070" width="12.5703125" customWidth="1"/>
+    <col min="13071" max="13071" width="12" customWidth="1"/>
     <col min="13304" max="13306" width="15.7109375" customWidth="1"/>
     <col min="13308" max="13308" width="2.7109375" customWidth="1"/>
     <col min="13309" max="13311" width="15.7109375" customWidth="1"/>
-    <col min="13315" max="13318" width="14.28515625" customWidth="1"/>
+    <col min="13313" max="13315" width="19.5703125" customWidth="1"/>
+    <col min="13316" max="13316" width="12.5703125" customWidth="1"/>
+    <col min="13317" max="13317" width="2.7109375" customWidth="1"/>
+    <col min="13318" max="13320" width="19.5703125" customWidth="1"/>
+    <col min="13321" max="13321" width="12.5703125" customWidth="1"/>
+    <col min="13322" max="13322" width="2.7109375" customWidth="1"/>
+    <col min="13323" max="13325" width="19.5703125" customWidth="1"/>
+    <col min="13326" max="13326" width="12.5703125" customWidth="1"/>
+    <col min="13327" max="13327" width="12" customWidth="1"/>
     <col min="13560" max="13562" width="15.7109375" customWidth="1"/>
     <col min="13564" max="13564" width="2.7109375" customWidth="1"/>
     <col min="13565" max="13567" width="15.7109375" customWidth="1"/>
-    <col min="13571" max="13574" width="14.28515625" customWidth="1"/>
+    <col min="13569" max="13571" width="19.5703125" customWidth="1"/>
+    <col min="13572" max="13572" width="12.5703125" customWidth="1"/>
+    <col min="13573" max="13573" width="2.7109375" customWidth="1"/>
+    <col min="13574" max="13576" width="19.5703125" customWidth="1"/>
+    <col min="13577" max="13577" width="12.5703125" customWidth="1"/>
+    <col min="13578" max="13578" width="2.7109375" customWidth="1"/>
+    <col min="13579" max="13581" width="19.5703125" customWidth="1"/>
+    <col min="13582" max="13582" width="12.5703125" customWidth="1"/>
+    <col min="13583" max="13583" width="12" customWidth="1"/>
     <col min="13816" max="13818" width="15.7109375" customWidth="1"/>
     <col min="13820" max="13820" width="2.7109375" customWidth="1"/>
     <col min="13821" max="13823" width="15.7109375" customWidth="1"/>
-    <col min="13827" max="13830" width="14.28515625" customWidth="1"/>
+    <col min="13825" max="13827" width="19.5703125" customWidth="1"/>
+    <col min="13828" max="13828" width="12.5703125" customWidth="1"/>
+    <col min="13829" max="13829" width="2.7109375" customWidth="1"/>
+    <col min="13830" max="13832" width="19.5703125" customWidth="1"/>
+    <col min="13833" max="13833" width="12.5703125" customWidth="1"/>
+    <col min="13834" max="13834" width="2.7109375" customWidth="1"/>
+    <col min="13835" max="13837" width="19.5703125" customWidth="1"/>
+    <col min="13838" max="13838" width="12.5703125" customWidth="1"/>
+    <col min="13839" max="13839" width="12" customWidth="1"/>
     <col min="14072" max="14074" width="15.7109375" customWidth="1"/>
     <col min="14076" max="14076" width="2.7109375" customWidth="1"/>
     <col min="14077" max="14079" width="15.7109375" customWidth="1"/>
-    <col min="14083" max="14086" width="14.28515625" customWidth="1"/>
+    <col min="14081" max="14083" width="19.5703125" customWidth="1"/>
+    <col min="14084" max="14084" width="12.5703125" customWidth="1"/>
+    <col min="14085" max="14085" width="2.7109375" customWidth="1"/>
+    <col min="14086" max="14088" width="19.5703125" customWidth="1"/>
+    <col min="14089" max="14089" width="12.5703125" customWidth="1"/>
+    <col min="14090" max="14090" width="2.7109375" customWidth="1"/>
+    <col min="14091" max="14093" width="19.5703125" customWidth="1"/>
+    <col min="14094" max="14094" width="12.5703125" customWidth="1"/>
+    <col min="14095" max="14095" width="12" customWidth="1"/>
     <col min="14328" max="14330" width="15.7109375" customWidth="1"/>
     <col min="14332" max="14332" width="2.7109375" customWidth="1"/>
     <col min="14333" max="14335" width="15.7109375" customWidth="1"/>
-    <col min="14339" max="14342" width="14.28515625" customWidth="1"/>
+    <col min="14337" max="14339" width="19.5703125" customWidth="1"/>
+    <col min="14340" max="14340" width="12.5703125" customWidth="1"/>
+    <col min="14341" max="14341" width="2.7109375" customWidth="1"/>
+    <col min="14342" max="14344" width="19.5703125" customWidth="1"/>
+    <col min="14345" max="14345" width="12.5703125" customWidth="1"/>
+    <col min="14346" max="14346" width="2.7109375" customWidth="1"/>
+    <col min="14347" max="14349" width="19.5703125" customWidth="1"/>
+    <col min="14350" max="14350" width="12.5703125" customWidth="1"/>
+    <col min="14351" max="14351" width="12" customWidth="1"/>
     <col min="14584" max="14586" width="15.7109375" customWidth="1"/>
     <col min="14588" max="14588" width="2.7109375" customWidth="1"/>
     <col min="14589" max="14591" width="15.7109375" customWidth="1"/>
-    <col min="14595" max="14598" width="14.28515625" customWidth="1"/>
+    <col min="14593" max="14595" width="19.5703125" customWidth="1"/>
+    <col min="14596" max="14596" width="12.5703125" customWidth="1"/>
+    <col min="14597" max="14597" width="2.7109375" customWidth="1"/>
+    <col min="14598" max="14600" width="19.5703125" customWidth="1"/>
+    <col min="14601" max="14601" width="12.5703125" customWidth="1"/>
+    <col min="14602" max="14602" width="2.7109375" customWidth="1"/>
+    <col min="14603" max="14605" width="19.5703125" customWidth="1"/>
+    <col min="14606" max="14606" width="12.5703125" customWidth="1"/>
+    <col min="14607" max="14607" width="12" customWidth="1"/>
     <col min="14840" max="14842" width="15.7109375" customWidth="1"/>
     <col min="14844" max="14844" width="2.7109375" customWidth="1"/>
     <col min="14845" max="14847" width="15.7109375" customWidth="1"/>
-    <col min="14851" max="14854" width="14.28515625" customWidth="1"/>
+    <col min="14849" max="14851" width="19.5703125" customWidth="1"/>
+    <col min="14852" max="14852" width="12.5703125" customWidth="1"/>
+    <col min="14853" max="14853" width="2.7109375" customWidth="1"/>
+    <col min="14854" max="14856" width="19.5703125" customWidth="1"/>
+    <col min="14857" max="14857" width="12.5703125" customWidth="1"/>
+    <col min="14858" max="14858" width="2.7109375" customWidth="1"/>
+    <col min="14859" max="14861" width="19.5703125" customWidth="1"/>
+    <col min="14862" max="14862" width="12.5703125" customWidth="1"/>
+    <col min="14863" max="14863" width="12" customWidth="1"/>
     <col min="15096" max="15098" width="15.7109375" customWidth="1"/>
     <col min="15100" max="15100" width="2.7109375" customWidth="1"/>
     <col min="15101" max="15103" width="15.7109375" customWidth="1"/>
-    <col min="15107" max="15110" width="14.28515625" customWidth="1"/>
+    <col min="15105" max="15107" width="19.5703125" customWidth="1"/>
+    <col min="15108" max="15108" width="12.5703125" customWidth="1"/>
+    <col min="15109" max="15109" width="2.7109375" customWidth="1"/>
+    <col min="15110" max="15112" width="19.5703125" customWidth="1"/>
+    <col min="15113" max="15113" width="12.5703125" customWidth="1"/>
+    <col min="15114" max="15114" width="2.7109375" customWidth="1"/>
+    <col min="15115" max="15117" width="19.5703125" customWidth="1"/>
+    <col min="15118" max="15118" width="12.5703125" customWidth="1"/>
+    <col min="15119" max="15119" width="12" customWidth="1"/>
     <col min="15352" max="15354" width="15.7109375" customWidth="1"/>
     <col min="15356" max="15356" width="2.7109375" customWidth="1"/>
     <col min="15357" max="15359" width="15.7109375" customWidth="1"/>
-    <col min="15363" max="15366" width="14.28515625" customWidth="1"/>
+    <col min="15361" max="15363" width="19.5703125" customWidth="1"/>
+    <col min="15364" max="15364" width="12.5703125" customWidth="1"/>
+    <col min="15365" max="15365" width="2.7109375" customWidth="1"/>
+    <col min="15366" max="15368" width="19.5703125" customWidth="1"/>
+    <col min="15369" max="15369" width="12.5703125" customWidth="1"/>
+    <col min="15370" max="15370" width="2.7109375" customWidth="1"/>
+    <col min="15371" max="15373" width="19.5703125" customWidth="1"/>
+    <col min="15374" max="15374" width="12.5703125" customWidth="1"/>
+    <col min="15375" max="15375" width="12" customWidth="1"/>
     <col min="15608" max="15610" width="15.7109375" customWidth="1"/>
     <col min="15612" max="15612" width="2.7109375" customWidth="1"/>
     <col min="15613" max="15615" width="15.7109375" customWidth="1"/>
-    <col min="15619" max="15622" width="14.28515625" customWidth="1"/>
+    <col min="15617" max="15619" width="19.5703125" customWidth="1"/>
+    <col min="15620" max="15620" width="12.5703125" customWidth="1"/>
+    <col min="15621" max="15621" width="2.7109375" customWidth="1"/>
+    <col min="15622" max="15624" width="19.5703125" customWidth="1"/>
+    <col min="15625" max="15625" width="12.5703125" customWidth="1"/>
+    <col min="15626" max="15626" width="2.7109375" customWidth="1"/>
+    <col min="15627" max="15629" width="19.5703125" customWidth="1"/>
+    <col min="15630" max="15630" width="12.5703125" customWidth="1"/>
+    <col min="15631" max="15631" width="12" customWidth="1"/>
     <col min="15864" max="15866" width="15.7109375" customWidth="1"/>
     <col min="15868" max="15868" width="2.7109375" customWidth="1"/>
     <col min="15869" max="15871" width="15.7109375" customWidth="1"/>
-    <col min="15875" max="15878" width="14.28515625" customWidth="1"/>
+    <col min="15873" max="15875" width="19.5703125" customWidth="1"/>
+    <col min="15876" max="15876" width="12.5703125" customWidth="1"/>
+    <col min="15877" max="15877" width="2.7109375" customWidth="1"/>
+    <col min="15878" max="15880" width="19.5703125" customWidth="1"/>
+    <col min="15881" max="15881" width="12.5703125" customWidth="1"/>
+    <col min="15882" max="15882" width="2.7109375" customWidth="1"/>
+    <col min="15883" max="15885" width="19.5703125" customWidth="1"/>
+    <col min="15886" max="15886" width="12.5703125" customWidth="1"/>
+    <col min="15887" max="15887" width="12" customWidth="1"/>
     <col min="16120" max="16122" width="15.7109375" customWidth="1"/>
     <col min="16124" max="16124" width="2.7109375" customWidth="1"/>
     <col min="16125" max="16127" width="15.7109375" customWidth="1"/>
-    <col min="16131" max="16134" width="14.28515625" customWidth="1"/>
+    <col min="16129" max="16131" width="19.5703125" customWidth="1"/>
+    <col min="16132" max="16132" width="12.5703125" customWidth="1"/>
+    <col min="16133" max="16133" width="2.7109375" customWidth="1"/>
+    <col min="16134" max="16136" width="19.5703125" customWidth="1"/>
+    <col min="16137" max="16137" width="12.5703125" customWidth="1"/>
+    <col min="16138" max="16138" width="2.7109375" customWidth="1"/>
+    <col min="16139" max="16141" width="19.5703125" customWidth="1"/>
+    <col min="16142" max="16142" width="12.5703125" customWidth="1"/>
+    <col min="16143" max="16143" width="12" customWidth="1"/>
+    <col min="16376" max="16378" width="15.7109375" customWidth="1"/>
+    <col min="16380" max="16380" width="2.7109375" customWidth="1"/>
+    <col min="16381" max="16383" width="15.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14" ht="34.5" x14ac:dyDescent="0.45">
       <c r="A1" s="1" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
     </row>
     <row r="3" spans="1:14" s="78" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="78" t="s">
         <v>75</v>
       </c>
       <c r="D3" s="79"/>
       <c r="E3" s="79"/>
       <c r="F3" s="78" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="K3" s="2"/>
       <c r="L3" s="2"/>
       <c r="M3" s="2"/>
       <c r="N3" s="2"/>
     </row>
-    <row r="4" spans="1:14" s="2" customFormat="1" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:14" s="2" customFormat="1" ht="27.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="11" t="s">
         <v>76</v>
       </c>
       <c r="B4" s="13" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="80"/>
       <c r="D4" s="80"/>
       <c r="E4" s="4"/>
-      <c r="F4" s="171" t="s">
+      <c r="F4" s="168" t="s">
         <v>77</v>
       </c>
-      <c r="G4" s="171"/>
+      <c r="G4" s="168"/>
       <c r="I4" s="80"/>
-      <c r="K4" s="180"/>
-[...4 lines deleted...]
-    <row r="5" spans="1:14" s="2" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+    </row>
+    <row r="5" spans="1:14" s="2" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="84" t="s">
         <v>1</v>
       </c>
       <c r="B5" s="85">
         <v>52</v>
       </c>
       <c r="C5" s="86"/>
       <c r="D5" s="87"/>
       <c r="E5" s="4"/>
-      <c r="F5" s="172" t="s">
+      <c r="F5" s="169" t="s">
         <v>80</v>
       </c>
-      <c r="G5" s="173"/>
+      <c r="G5" s="170"/>
       <c r="H5" s="88">
-        <v>2000</v>
+        <v>2200</v>
       </c>
       <c r="I5" s="87"/>
-      <c r="K5" s="78"/>
-[...2 lines deleted...]
-      <c r="N5" s="78"/>
+      <c r="K5" s="164"/>
+      <c r="L5" s="7"/>
+      <c r="M5" s="7"/>
+      <c r="N5" s="7"/>
     </row>
     <row r="6" spans="1:14" s="2" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="84" t="s">
         <v>2</v>
       </c>
       <c r="B6" s="85">
         <v>26</v>
       </c>
       <c r="C6" s="86"/>
       <c r="D6" s="87"/>
       <c r="E6" s="4"/>
-      <c r="F6" s="172" t="s">
+      <c r="F6" s="169" t="s">
         <v>81</v>
       </c>
-      <c r="G6" s="173"/>
+      <c r="G6" s="170"/>
       <c r="H6" s="88">
         <v>500</v>
       </c>
       <c r="I6" s="87"/>
     </row>
     <row r="7" spans="1:14" s="2" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="84" t="s">
         <v>3</v>
       </c>
       <c r="B7" s="85">
         <v>24</v>
       </c>
       <c r="C7" s="86"/>
       <c r="D7" s="87"/>
       <c r="E7" s="4"/>
       <c r="I7" s="87"/>
     </row>
     <row r="8" spans="1:14" s="2" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="84" t="s">
         <v>4</v>
       </c>
       <c r="B8" s="85">
         <v>12</v>
       </c>
       <c r="C8" s="86"/>
       <c r="E8" s="4"/>
       <c r="F8" s="78" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="G8" s="78"/>
       <c r="I8" s="90"/>
     </row>
     <row r="9" spans="1:14" s="2" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="84" t="s">
         <v>86</v>
       </c>
       <c r="B9" s="85">
         <v>260</v>
       </c>
       <c r="C9" s="86"/>
       <c r="D9" s="91"/>
       <c r="E9" s="4"/>
-      <c r="F9" s="170" t="s">
-[...2 lines deleted...]
-      <c r="G9" s="170"/>
+      <c r="F9" s="167" t="s">
+        <v>151</v>
+      </c>
+      <c r="G9" s="167"/>
       <c r="H9" s="87"/>
       <c r="I9" s="90"/>
     </row>
     <row r="10" spans="1:14" s="7" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D10" s="8"/>
       <c r="E10" s="8"/>
-      <c r="F10" s="167" t="s">
-[...2 lines deleted...]
-      <c r="G10" s="167"/>
+      <c r="F10" s="173" t="s">
+        <v>87</v>
+      </c>
+      <c r="G10" s="173"/>
       <c r="H10" s="104">
-        <v>15000</v>
-[...1 lines deleted...]
-      <c r="K10" s="180"/>
+        <v>16100</v>
+      </c>
     </row>
     <row r="11" spans="1:14" s="78" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D11" s="79"/>
       <c r="E11" s="79"/>
-      <c r="F11" s="167" t="s">
-[...2 lines deleted...]
-      <c r="G11" s="167"/>
+      <c r="F11" s="173" t="s">
+        <v>88</v>
+      </c>
+      <c r="G11" s="173"/>
       <c r="H11" s="104">
-        <v>30000</v>
+        <v>32200</v>
       </c>
     </row>
     <row r="12" spans="1:14" s="78" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D12" s="79"/>
       <c r="E12" s="79"/>
-      <c r="F12" s="167" t="s">
+      <c r="F12" s="173" t="s">
         <v>84</v>
       </c>
-      <c r="G12" s="167"/>
+      <c r="G12" s="173"/>
       <c r="H12" s="104">
-        <v>22500</v>
+        <v>24150</v>
       </c>
     </row>
     <row r="13" spans="1:14" s="78" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D13" s="79"/>
       <c r="E13" s="79"/>
     </row>
     <row r="14" spans="1:14" s="7" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="7" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="D14" s="8"/>
       <c r="E14" s="8"/>
     </row>
     <row r="15" spans="1:14" s="7" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A15" s="168" t="s">
-[...2 lines deleted...]
-      <c r="B15" s="168"/>
+      <c r="A15" s="174" t="s">
+        <v>90</v>
+      </c>
+      <c r="B15" s="174"/>
       <c r="D15" s="8"/>
       <c r="E15" s="8"/>
     </row>
     <row r="16" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="95" t="s">
-        <v>148</v>
+        <v>153</v>
       </c>
       <c r="F16" s="9"/>
     </row>
     <row r="17" spans="1:14" s="7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="D17" s="8"/>
       <c r="E17" s="8"/>
     </row>
     <row r="18" spans="1:14" s="7" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A18" s="169" t="s">
+      <c r="A18" s="171" t="s">
+        <v>94</v>
+      </c>
+      <c r="B18" s="171"/>
+      <c r="C18" s="171"/>
+      <c r="D18" s="171"/>
+      <c r="E18" s="8"/>
+      <c r="F18" s="171" t="s">
         <v>95</v>
       </c>
-      <c r="B18" s="169"/>
-[...3 lines deleted...]
-      <c r="F18" s="169" t="s">
+      <c r="G18" s="171"/>
+      <c r="H18" s="171"/>
+      <c r="I18" s="171"/>
+      <c r="K18" s="171" t="s">
         <v>96</v>
       </c>
-      <c r="G18" s="169"/>
-[...7 lines deleted...]
-      <c r="N18" s="169"/>
+      <c r="L18" s="171"/>
+      <c r="M18" s="171"/>
+      <c r="N18" s="171"/>
     </row>
     <row r="19" spans="1:14" s="7" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A19" s="166" t="s">
+      <c r="A19" s="172" t="s">
+        <v>98</v>
+      </c>
+      <c r="B19" s="172"/>
+      <c r="C19" s="172"/>
+      <c r="D19" s="172"/>
+      <c r="E19" s="8"/>
+      <c r="F19" s="172" t="s">
         <v>99</v>
       </c>
-      <c r="B19" s="166"/>
-[...3 lines deleted...]
-      <c r="F19" s="166" t="s">
+      <c r="G19" s="172"/>
+      <c r="H19" s="172"/>
+      <c r="I19" s="172"/>
+      <c r="K19" s="172" t="s">
         <v>100</v>
       </c>
-      <c r="G19" s="166"/>
-[...7 lines deleted...]
-      <c r="N19" s="166"/>
+      <c r="L19" s="172"/>
+      <c r="M19" s="172"/>
+      <c r="N19" s="172"/>
     </row>
     <row r="20" spans="1:14" s="2" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="96" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="B20" s="96"/>
       <c r="C20" s="96"/>
       <c r="D20" s="97"/>
       <c r="E20" s="97"/>
       <c r="F20" s="96" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="G20" s="96"/>
       <c r="H20" s="96"/>
       <c r="I20" s="96"/>
       <c r="K20" s="96" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="L20" s="96"/>
       <c r="M20" s="96"/>
       <c r="N20" s="96"/>
     </row>
     <row r="21" spans="1:14" s="2" customFormat="1" ht="31.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="140" t="s">
+        <v>104</v>
+      </c>
+      <c r="B21" s="11" t="s">
         <v>105</v>
       </c>
-      <c r="B21" s="11" t="s">
+      <c r="C21" s="11" t="s">
         <v>106</v>
       </c>
-      <c r="C21" s="11" t="s">
+      <c r="D21" s="141" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
       <c r="E21" s="10"/>
       <c r="F21" s="140" t="s">
+        <v>104</v>
+      </c>
+      <c r="G21" s="11" t="s">
         <v>105</v>
       </c>
-      <c r="G21" s="11" t="s">
+      <c r="H21" s="11" t="s">
         <v>106</v>
       </c>
-      <c r="H21" s="11" t="s">
+      <c r="I21" s="141" t="s">
         <v>107</v>
       </c>
-      <c r="I21" s="141" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K21" s="140" t="s">
+        <v>104</v>
+      </c>
+      <c r="L21" s="11" t="s">
         <v>105</v>
       </c>
-      <c r="L21" s="11" t="s">
+      <c r="M21" s="11" t="s">
         <v>106</v>
       </c>
-      <c r="M21" s="11" t="s">
+      <c r="N21" s="141" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
     </row>
     <row r="22" spans="1:14" s="2" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="142">
         <v>0</v>
       </c>
       <c r="B22" s="143">
-        <v>17100</v>
+        <v>19300</v>
       </c>
       <c r="C22" s="99">
         <v>0</v>
       </c>
       <c r="D22" s="100">
         <v>0</v>
       </c>
       <c r="E22" s="101"/>
       <c r="F22" s="142">
         <v>0</v>
       </c>
       <c r="G22" s="143">
-        <v>15000</v>
+        <v>16100</v>
       </c>
       <c r="H22" s="99">
         <v>0</v>
       </c>
       <c r="I22" s="100">
         <v>0</v>
       </c>
       <c r="K22" s="142">
         <v>0</v>
       </c>
       <c r="L22" s="143">
         <f>G22*2</f>
-        <v>30000</v>
+        <v>32200</v>
       </c>
       <c r="M22" s="99">
         <v>0</v>
       </c>
       <c r="N22" s="100">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:14" s="2" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="142">
-        <f>B22</f>
-        <v>17100</v>
+        <f t="shared" ref="A23:A29" si="0">B22</f>
+        <v>19300</v>
       </c>
       <c r="B23" s="143">
-        <v>40950</v>
+        <v>44100</v>
       </c>
       <c r="C23" s="99">
-        <f>(B22-A22)*D22+C22</f>
+        <f t="shared" ref="C23:C29" si="1">(B22-A22)*D22+C22</f>
         <v>0</v>
       </c>
       <c r="D23" s="100">
         <v>0.1</v>
       </c>
       <c r="E23" s="101"/>
       <c r="F23" s="142">
-        <f>G22</f>
-        <v>15000</v>
+        <f t="shared" ref="F23:F29" si="2">G22</f>
+        <v>16100</v>
       </c>
       <c r="G23" s="143">
-        <v>26925</v>
+        <v>28500</v>
       </c>
       <c r="H23" s="99">
         <f>(G22-F22)*I22+H22</f>
         <v>0</v>
       </c>
       <c r="I23" s="100">
         <v>0.1</v>
       </c>
       <c r="K23" s="142">
-        <f>L22</f>
-        <v>30000</v>
+        <f t="shared" ref="K23:K29" si="3">L22</f>
+        <v>32200</v>
       </c>
       <c r="L23" s="143">
-        <f t="shared" ref="L23:L29" si="0">G23*2</f>
-        <v>53850</v>
+        <f t="shared" ref="L23:L29" si="4">G23*2</f>
+        <v>57000</v>
       </c>
       <c r="M23" s="99">
-        <f>(L22-K22)*N22+M22</f>
+        <f t="shared" ref="M23:M29" si="5">(L22-K22)*N22+M22</f>
         <v>0</v>
       </c>
       <c r="N23" s="100">
         <v>0.1</v>
       </c>
     </row>
     <row r="24" spans="1:14" s="2" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="142">
-        <f>B23</f>
-        <v>40950</v>
+        <f t="shared" si="0"/>
+        <v>44100</v>
       </c>
       <c r="B24" s="143">
-        <v>114050</v>
+        <v>120100</v>
       </c>
       <c r="C24" s="99">
-        <f>(B23-A23)*D23+C23</f>
-        <v>2385</v>
+        <f t="shared" si="1"/>
+        <v>2480</v>
       </c>
       <c r="D24" s="100">
         <v>0.12</v>
       </c>
       <c r="E24" s="101"/>
       <c r="F24" s="142">
-        <f>G23</f>
-        <v>26925</v>
+        <f t="shared" si="2"/>
+        <v>28500</v>
       </c>
       <c r="G24" s="143">
-        <v>63475</v>
+        <v>66500</v>
       </c>
       <c r="H24" s="99">
-        <f t="shared" ref="H24:H29" si="1">(G23-F23)*I23+H23</f>
-        <v>1192.5</v>
+        <f t="shared" ref="H24:H29" si="6">(G23-F23)*I23+H23</f>
+        <v>1240</v>
       </c>
       <c r="I24" s="100">
         <v>0.12</v>
       </c>
       <c r="K24" s="142">
-        <f>L23</f>
-        <v>53850</v>
+        <f t="shared" si="3"/>
+        <v>57000</v>
       </c>
       <c r="L24" s="143">
-        <f t="shared" si="0"/>
-        <v>126950</v>
+        <f t="shared" si="4"/>
+        <v>133000</v>
       </c>
       <c r="M24" s="99">
-        <f>(L23-K23)*N23+M23</f>
-        <v>2385</v>
+        <f t="shared" si="5"/>
+        <v>2480</v>
       </c>
       <c r="N24" s="100">
         <v>0.12</v>
       </c>
     </row>
     <row r="25" spans="1:14" s="2" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="142">
-        <f t="shared" ref="A25:A29" si="2">B24</f>
-        <v>114050</v>
+        <f t="shared" si="0"/>
+        <v>120100</v>
       </c>
       <c r="B25" s="143">
-        <v>223800</v>
+        <v>230700</v>
       </c>
       <c r="C25" s="99">
-        <f t="shared" ref="C25:C29" si="3">(B24-A24)*D24+C24</f>
-        <v>11157</v>
+        <f t="shared" si="1"/>
+        <v>11600</v>
       </c>
       <c r="D25" s="100">
         <v>0.22</v>
       </c>
       <c r="E25" s="101"/>
       <c r="F25" s="142">
-        <f t="shared" ref="F25:F29" si="4">G24</f>
-        <v>63475</v>
+        <f t="shared" si="2"/>
+        <v>66500</v>
       </c>
       <c r="G25" s="143">
-        <v>118350</v>
+        <v>121800</v>
       </c>
       <c r="H25" s="99">
-        <f t="shared" si="1"/>
-        <v>5578.5</v>
+        <f t="shared" si="6"/>
+        <v>5800</v>
       </c>
       <c r="I25" s="100">
         <v>0.22</v>
       </c>
       <c r="K25" s="142">
-        <f t="shared" ref="K25:K29" si="5">L24</f>
-        <v>126950</v>
+        <f t="shared" si="3"/>
+        <v>133000</v>
       </c>
       <c r="L25" s="143">
-        <f t="shared" si="0"/>
-        <v>236700</v>
+        <f t="shared" si="4"/>
+        <v>243600</v>
       </c>
       <c r="M25" s="99">
-        <f t="shared" ref="M25:M29" si="6">(L24-K24)*N24+M24</f>
-        <v>11157</v>
+        <f t="shared" si="5"/>
+        <v>11600</v>
       </c>
       <c r="N25" s="100">
         <v>0.22</v>
       </c>
     </row>
     <row r="26" spans="1:14" s="2" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="142">
-        <f t="shared" si="2"/>
-        <v>223800</v>
+        <f t="shared" si="0"/>
+        <v>230700</v>
       </c>
       <c r="B26" s="143">
-        <v>411700</v>
+        <v>422850</v>
       </c>
       <c r="C26" s="99">
-        <f t="shared" si="3"/>
-        <v>35302</v>
+        <f t="shared" si="1"/>
+        <v>35932</v>
       </c>
       <c r="D26" s="100">
         <v>0.24</v>
       </c>
       <c r="E26" s="101"/>
       <c r="F26" s="142">
-        <f t="shared" si="4"/>
-        <v>118350</v>
+        <f t="shared" si="2"/>
+        <v>121800</v>
       </c>
       <c r="G26" s="143">
-        <v>212300</v>
+        <v>217875</v>
       </c>
       <c r="H26" s="99">
-        <f t="shared" si="1"/>
-        <v>17651</v>
+        <f t="shared" si="6"/>
+        <v>17966</v>
       </c>
       <c r="I26" s="100">
         <v>0.24</v>
       </c>
       <c r="K26" s="142">
+        <f t="shared" si="3"/>
+        <v>243600</v>
+      </c>
+      <c r="L26" s="143">
+        <f t="shared" si="4"/>
+        <v>435750</v>
+      </c>
+      <c r="M26" s="99">
         <f t="shared" si="5"/>
-        <v>236700</v>
-[...7 lines deleted...]
-        <v>35302</v>
+        <v>35932</v>
       </c>
       <c r="N26" s="100">
         <v>0.24</v>
       </c>
     </row>
     <row r="27" spans="1:14" s="2" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="142">
-        <f t="shared" si="2"/>
-        <v>411700</v>
+        <f t="shared" si="0"/>
+        <v>422850</v>
       </c>
       <c r="B27" s="143">
-        <v>518150</v>
+        <v>531750</v>
       </c>
       <c r="C27" s="99">
-        <f t="shared" si="3"/>
-        <v>80398</v>
+        <f t="shared" si="1"/>
+        <v>82048</v>
       </c>
       <c r="D27" s="100">
         <v>0.32</v>
       </c>
       <c r="E27" s="101"/>
       <c r="F27" s="142">
-        <f t="shared" si="4"/>
-        <v>212300</v>
+        <f t="shared" si="2"/>
+        <v>217875</v>
       </c>
       <c r="G27" s="143">
-        <v>265525</v>
+        <v>272325</v>
       </c>
       <c r="H27" s="99">
-        <f t="shared" si="1"/>
-        <v>40199</v>
+        <f t="shared" si="6"/>
+        <v>41024</v>
       </c>
       <c r="I27" s="100">
         <v>0.32</v>
       </c>
       <c r="K27" s="142">
+        <f t="shared" si="3"/>
+        <v>435750</v>
+      </c>
+      <c r="L27" s="143">
+        <f t="shared" si="4"/>
+        <v>544650</v>
+      </c>
+      <c r="M27" s="99">
         <f t="shared" si="5"/>
-        <v>424600</v>
-[...7 lines deleted...]
-        <v>80398</v>
+        <v>82048</v>
       </c>
       <c r="N27" s="100">
         <v>0.32</v>
       </c>
     </row>
     <row r="28" spans="1:14" s="2" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="142">
-        <f t="shared" si="2"/>
-        <v>518150</v>
+        <f t="shared" si="0"/>
+        <v>531750</v>
       </c>
       <c r="B28" s="143">
-        <v>768700</v>
+        <v>788000</v>
       </c>
       <c r="C28" s="99">
-        <f t="shared" si="3"/>
-        <v>114462</v>
+        <f t="shared" si="1"/>
+        <v>116896</v>
       </c>
       <c r="D28" s="100">
         <v>0.35</v>
       </c>
       <c r="E28" s="101"/>
       <c r="F28" s="142">
-        <f t="shared" si="4"/>
-        <v>265525</v>
+        <f t="shared" si="2"/>
+        <v>272325</v>
       </c>
       <c r="G28" s="143">
-        <v>390800</v>
+        <v>400450</v>
       </c>
       <c r="H28" s="99">
-        <f t="shared" si="1"/>
-        <v>57231</v>
+        <f t="shared" si="6"/>
+        <v>58448</v>
       </c>
       <c r="I28" s="100">
         <v>0.35</v>
       </c>
       <c r="K28" s="142">
+        <f t="shared" si="3"/>
+        <v>544650</v>
+      </c>
+      <c r="L28" s="143">
+        <f t="shared" si="4"/>
+        <v>800900</v>
+      </c>
+      <c r="M28" s="99">
         <f t="shared" si="5"/>
-        <v>531050</v>
-[...7 lines deleted...]
-        <v>114462</v>
+        <v>116896</v>
       </c>
       <c r="N28" s="100">
         <v>0.35</v>
       </c>
     </row>
     <row r="29" spans="1:14" s="2" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="142">
-        <f t="shared" si="2"/>
-        <v>768700</v>
+        <f t="shared" si="0"/>
+        <v>788000</v>
       </c>
       <c r="B29" s="143">
         <v>0</v>
       </c>
       <c r="C29" s="99">
-        <f t="shared" si="3"/>
-        <v>202154.5</v>
+        <f t="shared" si="1"/>
+        <v>206583.5</v>
       </c>
       <c r="D29" s="100">
         <v>0.37</v>
       </c>
       <c r="E29" s="101"/>
       <c r="F29" s="142">
-        <f t="shared" si="4"/>
-        <v>390800</v>
+        <f t="shared" si="2"/>
+        <v>400450</v>
       </c>
       <c r="G29" s="143">
         <v>0</v>
       </c>
       <c r="H29" s="99">
-        <f t="shared" si="1"/>
-        <v>101077.25</v>
+        <f t="shared" si="6"/>
+        <v>103291.75</v>
       </c>
       <c r="I29" s="100">
         <v>0.37</v>
       </c>
       <c r="K29" s="142">
+        <f t="shared" si="3"/>
+        <v>800900</v>
+      </c>
+      <c r="L29" s="143">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+      <c r="M29" s="99">
         <f t="shared" si="5"/>
-        <v>781600</v>
-[...7 lines deleted...]
-        <v>202154.5</v>
+        <v>206583.5</v>
       </c>
       <c r="N29" s="100">
         <v>0.37</v>
       </c>
     </row>
     <row r="30" spans="1:14" s="7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="D30" s="8"/>
       <c r="E30" s="8"/>
     </row>
     <row r="31" spans="1:14" s="2" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="96" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="B31" s="96"/>
       <c r="C31" s="96"/>
       <c r="D31" s="97"/>
       <c r="E31" s="97"/>
       <c r="F31" s="96" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="G31" s="96"/>
       <c r="H31" s="96"/>
       <c r="I31" s="96"/>
       <c r="K31" s="96" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="L31" s="96"/>
       <c r="M31" s="96"/>
       <c r="N31" s="96"/>
     </row>
     <row r="32" spans="1:14" s="2" customFormat="1" ht="31.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="140" t="s">
+        <v>104</v>
+      </c>
+      <c r="B32" s="11" t="s">
         <v>105</v>
       </c>
-      <c r="B32" s="11" t="s">
+      <c r="C32" s="11" t="s">
         <v>106</v>
       </c>
-      <c r="C32" s="11" t="s">
+      <c r="D32" s="141" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
       <c r="E32" s="10"/>
       <c r="F32" s="140" t="s">
+        <v>104</v>
+      </c>
+      <c r="G32" s="11" t="s">
         <v>105</v>
       </c>
-      <c r="G32" s="11" t="s">
+      <c r="H32" s="11" t="s">
         <v>106</v>
       </c>
-      <c r="H32" s="11" t="s">
+      <c r="I32" s="141" t="s">
         <v>107</v>
       </c>
-      <c r="I32" s="141" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K32" s="140" t="s">
+        <v>104</v>
+      </c>
+      <c r="L32" s="11" t="s">
         <v>105</v>
       </c>
-      <c r="L32" s="11" t="s">
+      <c r="M32" s="11" t="s">
         <v>106</v>
       </c>
-      <c r="M32" s="11" t="s">
+      <c r="N32" s="141" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
     </row>
     <row r="33" spans="1:14" s="2" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="142">
         <v>0</v>
       </c>
       <c r="B33" s="143">
-        <v>6400</v>
+        <v>7500</v>
       </c>
       <c r="C33" s="99">
         <v>0</v>
       </c>
       <c r="D33" s="100">
         <v>0</v>
       </c>
       <c r="E33" s="101"/>
       <c r="F33" s="142">
         <v>0</v>
       </c>
       <c r="G33" s="143">
-        <v>7500</v>
+        <v>8050</v>
       </c>
       <c r="H33" s="99">
         <v>0</v>
       </c>
       <c r="I33" s="100">
         <v>0</v>
       </c>
       <c r="K33" s="142">
         <v>0</v>
       </c>
       <c r="L33" s="143">
         <f>G33*2</f>
-        <v>15000</v>
+        <v>16100</v>
       </c>
       <c r="M33" s="99">
         <v>0</v>
       </c>
       <c r="N33" s="100">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:14" s="2" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="142">
-        <f>B33</f>
-        <v>6400</v>
+        <f t="shared" ref="A34:A40" si="7">B33</f>
+        <v>7500</v>
       </c>
       <c r="B34" s="143">
-        <v>18325</v>
+        <v>19900</v>
       </c>
       <c r="C34" s="99">
         <f>(B33-A33)*D33+C33</f>
         <v>0</v>
       </c>
       <c r="D34" s="100">
         <v>0.1</v>
       </c>
       <c r="E34" s="101"/>
       <c r="F34" s="142">
-        <f>G33</f>
-        <v>7500</v>
+        <f t="shared" ref="F34:F40" si="8">G33</f>
+        <v>8050</v>
       </c>
       <c r="G34" s="143">
-        <v>13463</v>
+        <v>14250</v>
       </c>
       <c r="H34" s="99">
-        <f>(G33-F33)*I33+H33</f>
+        <f t="shared" ref="H34:H40" si="9">(G33-F33)*I33+H33</f>
         <v>0</v>
       </c>
       <c r="I34" s="100">
         <v>0.1</v>
       </c>
       <c r="K34" s="142">
-        <f>L33</f>
-        <v>15000</v>
+        <f t="shared" ref="K34:K40" si="10">L33</f>
+        <v>16100</v>
       </c>
       <c r="L34" s="143">
-        <f t="shared" ref="L34:L40" si="7">G34*2</f>
-        <v>26926</v>
+        <f t="shared" ref="L34:L40" si="11">G34*2</f>
+        <v>28500</v>
       </c>
       <c r="M34" s="99">
-        <f>(L33-K33)*N33+M33</f>
+        <f t="shared" ref="M34:M40" si="12">(L33-K33)*N33+M33</f>
         <v>0</v>
       </c>
       <c r="N34" s="100">
         <v>0.1</v>
       </c>
     </row>
     <row r="35" spans="1:14" s="2" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="142">
-        <f>B34</f>
-        <v>18325</v>
+        <f t="shared" si="7"/>
+        <v>19900</v>
       </c>
       <c r="B35" s="143">
-        <v>54875</v>
+        <v>57900</v>
       </c>
       <c r="C35" s="99">
-        <f t="shared" ref="C35:C40" si="8">(B34-A34)*D34+C34</f>
-        <v>1192.5</v>
+        <f t="shared" ref="C35:C40" si="13">(B34-A34)*D34+C34</f>
+        <v>1240</v>
       </c>
       <c r="D35" s="100">
         <v>0.12</v>
       </c>
       <c r="E35" s="101"/>
       <c r="F35" s="142">
-        <f>G34</f>
-        <v>13463</v>
+        <f t="shared" si="8"/>
+        <v>14250</v>
       </c>
       <c r="G35" s="143">
-        <v>31738</v>
+        <v>33250</v>
       </c>
       <c r="H35" s="99">
-        <f>(G34-F34)*I34+H34</f>
-        <v>596.30000000000007</v>
+        <f t="shared" si="9"/>
+        <v>620</v>
       </c>
       <c r="I35" s="100">
         <v>0.12</v>
       </c>
       <c r="K35" s="142">
-        <f>L34</f>
-        <v>26926</v>
+        <f t="shared" si="10"/>
+        <v>28500</v>
       </c>
       <c r="L35" s="143">
-        <f t="shared" si="7"/>
-        <v>63476</v>
+        <f t="shared" si="11"/>
+        <v>66500</v>
       </c>
       <c r="M35" s="99">
-        <f>(L34-K34)*N34+M34</f>
-        <v>1192.6000000000001</v>
+        <f t="shared" si="12"/>
+        <v>1240</v>
       </c>
       <c r="N35" s="100">
         <v>0.12</v>
       </c>
     </row>
     <row r="36" spans="1:14" s="2" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="142">
-        <f t="shared" ref="A36:A40" si="9">B35</f>
-        <v>54875</v>
+        <f t="shared" si="7"/>
+        <v>57900</v>
       </c>
       <c r="B36" s="143">
-        <v>109750</v>
+        <v>113200</v>
       </c>
       <c r="C36" s="99">
-        <f t="shared" si="8"/>
-        <v>5578.5</v>
+        <f t="shared" si="13"/>
+        <v>5800</v>
       </c>
       <c r="D36" s="100">
         <v>0.22</v>
       </c>
       <c r="E36" s="101"/>
       <c r="F36" s="142">
-        <f t="shared" ref="F36:F40" si="10">G35</f>
-        <v>31738</v>
+        <f t="shared" si="8"/>
+        <v>33250</v>
       </c>
       <c r="G36" s="143">
-        <v>59175</v>
+        <v>60900</v>
       </c>
       <c r="H36" s="99">
-        <f>(G35-F35)*I35+H35</f>
-        <v>2789.3</v>
+        <f t="shared" si="9"/>
+        <v>2900</v>
       </c>
       <c r="I36" s="100">
         <v>0.22</v>
       </c>
       <c r="K36" s="142">
-        <f t="shared" ref="K36:K40" si="11">L35</f>
-        <v>63476</v>
+        <f t="shared" si="10"/>
+        <v>66500</v>
       </c>
       <c r="L36" s="143">
-        <f t="shared" si="7"/>
-        <v>118350</v>
+        <f t="shared" si="11"/>
+        <v>121800</v>
       </c>
       <c r="M36" s="99">
-        <f t="shared" ref="M36:M40" si="12">(L35-K35)*N35+M35</f>
-        <v>5578.6</v>
+        <f t="shared" si="12"/>
+        <v>5800</v>
       </c>
       <c r="N36" s="100">
         <v>0.22</v>
       </c>
     </row>
     <row r="37" spans="1:14" s="2" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A37" s="142">
-        <f t="shared" si="9"/>
-        <v>109750</v>
+        <f t="shared" si="7"/>
+        <v>113200</v>
       </c>
       <c r="B37" s="143">
-        <v>203700</v>
+        <v>209275</v>
       </c>
       <c r="C37" s="99">
-        <f t="shared" si="8"/>
-        <v>17651</v>
+        <f t="shared" si="13"/>
+        <v>17966</v>
       </c>
       <c r="D37" s="100">
         <v>0.24</v>
       </c>
       <c r="E37" s="101"/>
       <c r="F37" s="142">
-        <f t="shared" si="10"/>
-        <v>59175</v>
+        <f t="shared" si="8"/>
+        <v>60900</v>
       </c>
       <c r="G37" s="143">
-        <v>106150</v>
+        <v>108938</v>
       </c>
       <c r="H37" s="99">
-        <f t="shared" ref="H37:H39" si="13">(G36-F36)*I36+H36</f>
-        <v>8825.44</v>
+        <f t="shared" si="9"/>
+        <v>8983</v>
       </c>
       <c r="I37" s="100">
         <v>0.24</v>
       </c>
       <c r="K37" s="142">
+        <f t="shared" si="10"/>
+        <v>121800</v>
+      </c>
+      <c r="L37" s="143">
         <f t="shared" si="11"/>
-        <v>118350</v>
-[...3 lines deleted...]
-        <v>212300</v>
+        <v>217876</v>
       </c>
       <c r="M37" s="99">
         <f t="shared" si="12"/>
-        <v>17650.88</v>
+        <v>17966</v>
       </c>
       <c r="N37" s="100">
         <v>0.24</v>
       </c>
     </row>
     <row r="38" spans="1:14" s="2" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A38" s="142">
-        <f t="shared" si="9"/>
-        <v>203700</v>
+        <f t="shared" si="7"/>
+        <v>209275</v>
       </c>
       <c r="B38" s="143">
-        <v>256925</v>
+        <v>263725</v>
       </c>
       <c r="C38" s="99">
-        <f t="shared" si="8"/>
-        <v>40199</v>
+        <f t="shared" si="13"/>
+        <v>41024</v>
       </c>
       <c r="D38" s="100">
         <v>0.32</v>
       </c>
       <c r="E38" s="101"/>
       <c r="F38" s="142">
-        <f t="shared" si="10"/>
-        <v>106150</v>
+        <f t="shared" si="8"/>
+        <v>108938</v>
       </c>
       <c r="G38" s="143">
-        <v>132763</v>
+        <v>136163</v>
       </c>
       <c r="H38" s="99">
-        <f t="shared" si="13"/>
-        <v>20099.440000000002</v>
+        <f t="shared" si="9"/>
+        <v>20512.12</v>
       </c>
       <c r="I38" s="100">
         <v>0.32</v>
       </c>
       <c r="K38" s="142">
+        <f t="shared" si="10"/>
+        <v>217876</v>
+      </c>
+      <c r="L38" s="143">
         <f t="shared" si="11"/>
-        <v>212300</v>
-[...3 lines deleted...]
-        <v>265526</v>
+        <v>272326</v>
       </c>
       <c r="M38" s="99">
         <f t="shared" si="12"/>
-        <v>40198.880000000005</v>
+        <v>41024.239999999998</v>
       </c>
       <c r="N38" s="100">
         <v>0.32</v>
       </c>
     </row>
     <row r="39" spans="1:14" s="2" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A39" s="142">
-        <f t="shared" si="9"/>
-        <v>256925</v>
+        <f t="shared" si="7"/>
+        <v>263725</v>
       </c>
       <c r="B39" s="143">
-        <v>632750</v>
+        <v>648100</v>
       </c>
       <c r="C39" s="99">
-        <f t="shared" si="8"/>
-        <v>57231</v>
+        <f t="shared" si="13"/>
+        <v>58448</v>
       </c>
       <c r="D39" s="100">
         <v>0.35</v>
       </c>
       <c r="E39" s="101"/>
       <c r="F39" s="142">
-        <f t="shared" si="10"/>
-        <v>132763</v>
+        <f t="shared" si="8"/>
+        <v>136163</v>
       </c>
       <c r="G39" s="143">
-        <v>320675</v>
+        <v>328350</v>
       </c>
       <c r="H39" s="99">
-        <f t="shared" si="13"/>
-        <v>28615.600000000002</v>
+        <f t="shared" si="9"/>
+        <v>29224.12</v>
       </c>
       <c r="I39" s="100">
         <v>0.35</v>
       </c>
       <c r="K39" s="142">
+        <f t="shared" si="10"/>
+        <v>272326</v>
+      </c>
+      <c r="L39" s="143">
         <f t="shared" si="11"/>
-        <v>265526</v>
-[...3 lines deleted...]
-        <v>641350</v>
+        <v>656700</v>
       </c>
       <c r="M39" s="99">
         <f t="shared" si="12"/>
-        <v>57231.200000000004</v>
+        <v>58448.24</v>
       </c>
       <c r="N39" s="100">
         <v>0.35</v>
       </c>
     </row>
     <row r="40" spans="1:14" s="2" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A40" s="142">
-        <f t="shared" si="9"/>
-        <v>632750</v>
+        <f t="shared" si="7"/>
+        <v>648100</v>
       </c>
       <c r="B40" s="143">
         <v>0</v>
       </c>
       <c r="C40" s="99">
-        <f t="shared" si="8"/>
-        <v>188769.75</v>
+        <f t="shared" si="13"/>
+        <v>192979.25</v>
       </c>
       <c r="D40" s="100">
         <v>0.37</v>
       </c>
       <c r="E40" s="101"/>
       <c r="F40" s="142">
-        <f t="shared" si="10"/>
-        <v>320675</v>
+        <f t="shared" si="8"/>
+        <v>328350</v>
       </c>
       <c r="G40" s="143">
         <v>0</v>
       </c>
       <c r="H40" s="99">
-        <f>(G39-F39)*I39+H39</f>
-        <v>94384.8</v>
+        <f t="shared" si="9"/>
+        <v>96489.569999999992</v>
       </c>
       <c r="I40" s="100">
         <v>0.37</v>
       </c>
       <c r="K40" s="142">
+        <f t="shared" si="10"/>
+        <v>656700</v>
+      </c>
+      <c r="L40" s="143">
         <f t="shared" si="11"/>
-        <v>641350</v>
-[...2 lines deleted...]
-        <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="M40" s="99">
         <f t="shared" si="12"/>
-        <v>188769.6</v>
+        <v>192979.13999999998</v>
       </c>
       <c r="N40" s="100">
         <v>0.37</v>
       </c>
     </row>
     <row r="41" spans="1:14" s="7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="D41" s="8"/>
       <c r="E41" s="8"/>
     </row>
     <row r="42" spans="1:14" s="2" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A42" s="96" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="B42" s="96"/>
       <c r="C42" s="96"/>
       <c r="D42" s="97"/>
       <c r="E42" s="97"/>
       <c r="F42" s="96" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="G42" s="96"/>
       <c r="H42" s="96"/>
       <c r="I42" s="96"/>
       <c r="K42" s="96" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="L42" s="96"/>
       <c r="M42" s="96"/>
       <c r="N42" s="96"/>
     </row>
     <row r="43" spans="1:14" s="2" customFormat="1" ht="31.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A43" s="140" t="s">
+        <v>104</v>
+      </c>
+      <c r="B43" s="11" t="s">
         <v>105</v>
       </c>
-      <c r="B43" s="11" t="s">
+      <c r="C43" s="11" t="s">
         <v>106</v>
       </c>
-      <c r="C43" s="11" t="s">
+      <c r="D43" s="141" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
       <c r="E43" s="10"/>
       <c r="F43" s="140" t="s">
+        <v>104</v>
+      </c>
+      <c r="G43" s="11" t="s">
         <v>105</v>
       </c>
-      <c r="G43" s="11" t="s">
+      <c r="H43" s="11" t="s">
         <v>106</v>
       </c>
-      <c r="H43" s="11" t="s">
+      <c r="I43" s="141" t="s">
         <v>107</v>
       </c>
-      <c r="I43" s="141" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K43" s="140" t="s">
+        <v>104</v>
+      </c>
+      <c r="L43" s="11" t="s">
         <v>105</v>
       </c>
-      <c r="L43" s="11" t="s">
+      <c r="M43" s="11" t="s">
         <v>106</v>
       </c>
-      <c r="M43" s="11" t="s">
+      <c r="N43" s="141" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
     </row>
     <row r="44" spans="1:14" s="2" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A44" s="142">
         <v>0</v>
       </c>
       <c r="B44" s="143">
-        <v>13900</v>
+        <v>15550</v>
       </c>
       <c r="C44" s="99">
         <v>0</v>
       </c>
       <c r="D44" s="100">
         <v>0</v>
       </c>
       <c r="E44" s="101"/>
       <c r="F44" s="142">
         <v>0</v>
       </c>
       <c r="G44" s="143">
-        <v>11250</v>
+        <v>12075</v>
       </c>
       <c r="H44" s="99">
         <v>0</v>
       </c>
       <c r="I44" s="100">
         <v>0</v>
       </c>
       <c r="K44" s="142">
         <v>0</v>
       </c>
       <c r="L44" s="143">
         <f>G44*2</f>
-        <v>22500</v>
+        <v>24150</v>
       </c>
       <c r="M44" s="99">
         <v>0</v>
       </c>
       <c r="N44" s="100">
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:14" s="2" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A45" s="142">
-        <f>B44</f>
-        <v>13900</v>
+        <f t="shared" ref="A45:A51" si="14">B44</f>
+        <v>15550</v>
       </c>
       <c r="B45" s="143">
-        <v>30900</v>
+        <v>33250</v>
       </c>
       <c r="C45" s="99">
         <f>(B44-A44)*D44+C44</f>
         <v>0</v>
       </c>
       <c r="D45" s="100">
         <v>0.1</v>
       </c>
       <c r="E45" s="101"/>
       <c r="F45" s="142">
-        <f>G44</f>
-        <v>11250</v>
+        <f t="shared" ref="F45:F51" si="15">G44</f>
+        <v>12075</v>
       </c>
       <c r="G45" s="143">
-        <v>19750</v>
+        <v>20925</v>
       </c>
       <c r="H45" s="99">
         <f>(G44-F44)*I44+H44</f>
         <v>0</v>
       </c>
       <c r="I45" s="100">
         <v>0.1</v>
       </c>
       <c r="K45" s="142">
-        <f>L44</f>
-        <v>22500</v>
+        <f t="shared" ref="K45:K51" si="16">L44</f>
+        <v>24150</v>
       </c>
       <c r="L45" s="143">
-        <f t="shared" ref="L45:L51" si="14">G45*2</f>
-        <v>39500</v>
+        <f t="shared" ref="L45:L51" si="17">G45*2</f>
+        <v>41850</v>
       </c>
       <c r="M45" s="99">
         <f>(L44-K44)*N44+M44</f>
         <v>0</v>
       </c>
       <c r="N45" s="100">
         <v>0.1</v>
       </c>
     </row>
     <row r="46" spans="1:14" s="2" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A46" s="142">
-        <f>B45</f>
-        <v>30900</v>
+        <f t="shared" si="14"/>
+        <v>33250</v>
       </c>
       <c r="B46" s="143">
-        <v>78750</v>
+        <v>83000</v>
       </c>
       <c r="C46" s="99">
-        <f t="shared" ref="C46:C51" si="15">(B45-A45)*D45+C45</f>
-        <v>1700</v>
+        <f t="shared" ref="C46:C51" si="18">(B45-A45)*D45+C45</f>
+        <v>1770</v>
       </c>
       <c r="D46" s="100">
         <v>0.12</v>
       </c>
       <c r="E46" s="101"/>
       <c r="F46" s="142">
-        <f>G45</f>
-        <v>19750</v>
+        <f t="shared" si="15"/>
+        <v>20925</v>
       </c>
       <c r="G46" s="143">
-        <v>43675</v>
+        <v>45800</v>
       </c>
       <c r="H46" s="99">
-        <f t="shared" ref="H46:H51" si="16">(G45-F45)*I45+H45</f>
-        <v>850</v>
+        <f t="shared" ref="H46:H51" si="19">(G45-F45)*I45+H45</f>
+        <v>885</v>
       </c>
       <c r="I46" s="100">
         <v>0.12</v>
       </c>
       <c r="K46" s="142">
-        <f>L45</f>
-        <v>39500</v>
+        <f t="shared" si="16"/>
+        <v>41850</v>
       </c>
       <c r="L46" s="143">
-        <f t="shared" si="14"/>
-        <v>87350</v>
+        <f t="shared" si="17"/>
+        <v>91600</v>
       </c>
       <c r="M46" s="99">
-        <f t="shared" ref="M46:M51" si="17">(L45-K45)*N45+M45</f>
-        <v>1700</v>
+        <f t="shared" ref="M46:M51" si="20">(L45-K45)*N45+M45</f>
+        <v>1770</v>
       </c>
       <c r="N46" s="100">
         <v>0.12</v>
       </c>
     </row>
     <row r="47" spans="1:14" s="2" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A47" s="142">
-        <f t="shared" ref="A47:A51" si="18">B46</f>
-        <v>78750</v>
+        <f t="shared" si="14"/>
+        <v>83000</v>
       </c>
       <c r="B47" s="143">
-        <v>117250</v>
+        <v>121250</v>
       </c>
       <c r="C47" s="99">
-        <f t="shared" si="15"/>
-        <v>7442</v>
+        <f t="shared" si="18"/>
+        <v>7740</v>
       </c>
       <c r="D47" s="100">
         <v>0.22</v>
       </c>
       <c r="E47" s="101"/>
       <c r="F47" s="142">
-        <f t="shared" ref="F47:F51" si="19">G46</f>
-        <v>43675</v>
+        <f t="shared" si="15"/>
+        <v>45800</v>
       </c>
       <c r="G47" s="143">
-        <v>62925</v>
+        <v>64925</v>
       </c>
       <c r="H47" s="99">
-        <f t="shared" si="16"/>
-        <v>3721</v>
+        <f t="shared" si="19"/>
+        <v>3870</v>
       </c>
       <c r="I47" s="100">
         <v>0.22</v>
       </c>
       <c r="K47" s="142">
-        <f t="shared" ref="K47:K51" si="20">L46</f>
-        <v>87350</v>
+        <f t="shared" si="16"/>
+        <v>91600</v>
       </c>
       <c r="L47" s="143">
-        <f t="shared" si="14"/>
-        <v>125850</v>
+        <f t="shared" si="17"/>
+        <v>129850</v>
       </c>
       <c r="M47" s="99">
-        <f t="shared" si="17"/>
-        <v>7442</v>
+        <f t="shared" si="20"/>
+        <v>7740</v>
       </c>
       <c r="N47" s="100">
         <v>0.22</v>
       </c>
     </row>
     <row r="48" spans="1:14" s="2" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A48" s="142">
+        <f t="shared" si="14"/>
+        <v>121250</v>
+      </c>
+      <c r="B48" s="143">
+        <v>217300</v>
+      </c>
+      <c r="C48" s="99">
         <f t="shared" si="18"/>
-        <v>117250</v>
-[...6 lines deleted...]
-        <v>15912</v>
+        <v>16155</v>
       </c>
       <c r="D48" s="100">
         <v>0.24</v>
       </c>
       <c r="E48" s="101"/>
       <c r="F48" s="142">
+        <f t="shared" si="15"/>
+        <v>64925</v>
+      </c>
+      <c r="G48" s="143">
+        <v>112950</v>
+      </c>
+      <c r="H48" s="99">
         <f t="shared" si="19"/>
-        <v>62925</v>
-[...6 lines deleted...]
-        <v>7956</v>
+        <v>8077.5</v>
       </c>
       <c r="I48" s="100">
         <v>0.24</v>
       </c>
       <c r="K48" s="142">
+        <f t="shared" si="16"/>
+        <v>129850</v>
+      </c>
+      <c r="L48" s="143">
+        <f t="shared" si="17"/>
+        <v>225900</v>
+      </c>
+      <c r="M48" s="99">
         <f t="shared" si="20"/>
-        <v>125850</v>
-[...7 lines deleted...]
-        <v>15912</v>
+        <v>16155</v>
       </c>
       <c r="N48" s="100">
         <v>0.24</v>
       </c>
     </row>
     <row r="49" spans="1:14" s="2" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A49" s="142">
+        <f t="shared" si="14"/>
+        <v>217300</v>
+      </c>
+      <c r="B49" s="143">
+        <v>271750</v>
+      </c>
+      <c r="C49" s="99">
         <f t="shared" si="18"/>
-        <v>211200</v>
-[...6 lines deleted...]
-        <v>38460</v>
+        <v>39207</v>
       </c>
       <c r="D49" s="100">
         <v>0.32</v>
       </c>
       <c r="E49" s="101"/>
       <c r="F49" s="142">
+        <f t="shared" si="15"/>
+        <v>112950</v>
+      </c>
+      <c r="G49" s="143">
+        <v>140175</v>
+      </c>
+      <c r="H49" s="99">
         <f t="shared" si="19"/>
-        <v>109900</v>
-[...6 lines deleted...]
-        <v>19230</v>
+        <v>19603.5</v>
       </c>
       <c r="I49" s="100">
         <v>0.32</v>
       </c>
       <c r="K49" s="142">
+        <f t="shared" si="16"/>
+        <v>225900</v>
+      </c>
+      <c r="L49" s="143">
+        <f t="shared" si="17"/>
+        <v>280350</v>
+      </c>
+      <c r="M49" s="99">
         <f t="shared" si="20"/>
-        <v>219800</v>
-[...7 lines deleted...]
-        <v>38460</v>
+        <v>39207</v>
       </c>
       <c r="N49" s="100">
         <v>0.32</v>
       </c>
     </row>
     <row r="50" spans="1:14" s="2" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A50" s="142">
+        <f t="shared" si="14"/>
+        <v>271750</v>
+      </c>
+      <c r="B50" s="143">
+        <v>656150</v>
+      </c>
+      <c r="C50" s="99">
         <f t="shared" si="18"/>
-        <v>264400</v>
-[...6 lines deleted...]
-        <v>55484</v>
+        <v>56631</v>
       </c>
       <c r="D50" s="100">
         <v>0.35</v>
       </c>
       <c r="E50" s="101"/>
       <c r="F50" s="142">
+        <f t="shared" si="15"/>
+        <v>140175</v>
+      </c>
+      <c r="G50" s="143">
+        <v>332375</v>
+      </c>
+      <c r="H50" s="99">
         <f t="shared" si="19"/>
-        <v>136500</v>
-[...6 lines deleted...]
-        <v>27742</v>
+        <v>28315.5</v>
       </c>
       <c r="I50" s="100">
         <v>0.35</v>
       </c>
       <c r="K50" s="142">
+        <f t="shared" si="16"/>
+        <v>280350</v>
+      </c>
+      <c r="L50" s="143">
+        <f t="shared" si="17"/>
+        <v>664750</v>
+      </c>
+      <c r="M50" s="99">
         <f t="shared" si="20"/>
-        <v>273000</v>
-[...7 lines deleted...]
-        <v>55484</v>
+        <v>56631</v>
       </c>
       <c r="N50" s="100">
         <v>0.35</v>
       </c>
     </row>
     <row r="51" spans="1:14" s="2" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A51" s="142">
-        <f t="shared" si="18"/>
-        <v>640250</v>
+        <f t="shared" si="14"/>
+        <v>656150</v>
       </c>
       <c r="B51" s="143">
         <v>0</v>
       </c>
       <c r="C51" s="99">
-        <f t="shared" si="15"/>
-        <v>187031.5</v>
+        <f t="shared" si="18"/>
+        <v>191171</v>
       </c>
       <c r="D51" s="100">
         <v>0.37</v>
       </c>
       <c r="E51" s="101"/>
       <c r="F51" s="142">
-        <f t="shared" si="19"/>
-        <v>324425</v>
+        <f t="shared" si="15"/>
+        <v>332375</v>
       </c>
       <c r="G51" s="143">
         <v>0</v>
       </c>
       <c r="H51" s="99">
-        <f t="shared" si="16"/>
-        <v>93515.75</v>
+        <f t="shared" si="19"/>
+        <v>95585.5</v>
       </c>
       <c r="I51" s="100">
         <v>0.37</v>
       </c>
       <c r="K51" s="142">
+        <f t="shared" si="16"/>
+        <v>664750</v>
+      </c>
+      <c r="L51" s="143">
+        <f t="shared" si="17"/>
+        <v>0</v>
+      </c>
+      <c r="M51" s="99">
         <f t="shared" si="20"/>
-        <v>648850</v>
-[...7 lines deleted...]
-        <v>187031.5</v>
+        <v>191171</v>
       </c>
       <c r="N51" s="100">
         <v>0.37</v>
       </c>
     </row>
     <row r="53" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A53" s="7" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="B53" s="7"/>
       <c r="C53" s="7"/>
       <c r="D53" s="8"/>
     </row>
     <row r="54" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A54" s="7" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="B54" s="7"/>
       <c r="C54" s="7"/>
       <c r="D54" s="8"/>
     </row>
     <row r="55" spans="1:14" ht="31.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A55" s="11" t="s">
         <v>8</v>
       </c>
       <c r="B55" s="13" t="s">
         <v>10</v>
       </c>
       <c r="C55" s="13" t="s">
         <v>9</v>
       </c>
       <c r="D55" s="103"/>
     </row>
     <row r="56" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A56" s="84" t="s">
         <v>86</v>
       </c>
       <c r="B56" s="99">
         <f t="shared" ref="B56:B61" si="21">$B$63/C56</f>
         <v>16.53846153846154</v>
       </c>
@@ -16421,1927 +19369,1939 @@
       <c r="B62" s="99">
         <f>$B$63/C62</f>
         <v>2150</v>
       </c>
       <c r="C62" s="85">
         <v>2</v>
       </c>
       <c r="D62" s="2"/>
     </row>
     <row r="63" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A63" s="84" t="s">
         <v>7</v>
       </c>
       <c r="B63" s="104">
         <v>4300</v>
       </c>
       <c r="C63" s="85">
         <v>1</v>
       </c>
       <c r="D63" s="18" t="s">
         <v>154</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="14">
-    <mergeCell ref="F9:G9"/>
-[...3 lines deleted...]
-    <mergeCell ref="K18:N18"/>
     <mergeCell ref="A19:D19"/>
     <mergeCell ref="F19:I19"/>
     <mergeCell ref="K19:N19"/>
     <mergeCell ref="F10:G10"/>
     <mergeCell ref="F11:G11"/>
     <mergeCell ref="F12:G12"/>
     <mergeCell ref="A15:B15"/>
     <mergeCell ref="A18:D18"/>
     <mergeCell ref="F18:I18"/>
+    <mergeCell ref="F9:G9"/>
+    <mergeCell ref="F4:G4"/>
+    <mergeCell ref="F5:G5"/>
+    <mergeCell ref="F6:G6"/>
+    <mergeCell ref="K18:N18"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="F9" r:id="rId1" display="Source: irs.gov/pub/irs-pdf/fw4.pdf" xr:uid="{995FE9CF-E395-41BE-9D74-735EEBAABC2C}"/>
-[...1 lines deleted...]
-    <hyperlink ref="F4" r:id="rId3" display="Source: irs.gov/pub/irs-pdf/fw4.pdf" xr:uid="{FB5C74A0-8D87-4CFB-B1FF-E05E42293F12}"/>
+    <hyperlink ref="F9" r:id="rId1" display="Source: irs.gov/pub/irs-pdf/fw4.pdf" xr:uid="{10569FC0-3406-424C-A40C-63C2C917E237}"/>
+    <hyperlink ref="A15:B15" r:id="rId2" display="Source: irs.gov/pub/irs-pdf/p15t.pdf" xr:uid="{08684EDA-17FD-416A-A5D1-0981DC140997}"/>
+    <hyperlink ref="F4" r:id="rId3" display="Source: irs.gov/pub/irs-pdf/fw4.pdf" xr:uid="{C20EA106-4F48-4788-9DA1-D9B252C3B3D0}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId4"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
-  <dimension ref="A1:R63"/>
+  <dimension ref="A1:R65"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
-      <selection activeCell="L8" sqref="L8"/>
+      <selection activeCell="K15" sqref="K15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="2" width="15.7109375" customWidth="1"/>
     <col min="3" max="3" width="12.7109375" style="3" customWidth="1"/>
     <col min="4" max="4" width="15.7109375" customWidth="1"/>
     <col min="5" max="5" width="2.7109375" style="3" customWidth="1"/>
     <col min="6" max="6" width="15.7109375" customWidth="1"/>
     <col min="7" max="7" width="15.5703125" customWidth="1"/>
     <col min="8" max="18" width="11.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" ht="34.5" x14ac:dyDescent="0.45">
       <c r="A1" s="157" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
     </row>
     <row r="3" spans="1:13" s="7" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="7" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="E3" s="8"/>
       <c r="F3" s="8"/>
     </row>
     <row r="4" spans="1:13" s="2" customFormat="1" ht="31.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="145" t="s">
         <v>8</v>
       </c>
       <c r="B4" s="146" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="146" t="s">
         <v>21</v>
       </c>
       <c r="D4" s="146" t="s">
         <v>9</v>
       </c>
       <c r="E4" s="158"/>
-      <c r="F4" s="179" t="s">
+      <c r="F4" s="180" t="s">
         <v>26</v>
       </c>
-      <c r="G4" s="179"/>
-[...1 lines deleted...]
-      <c r="I4" s="179"/>
+      <c r="G4" s="180"/>
+      <c r="H4" s="180"/>
+      <c r="I4" s="180"/>
     </row>
     <row r="5" spans="1:13" s="2" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="92" t="s">
         <v>86</v>
       </c>
       <c r="B5" s="144">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C5" s="144">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D5" s="147">
         <v>260</v>
       </c>
       <c r="E5" s="86"/>
-      <c r="F5" s="179"/>
-[...2 lines deleted...]
-      <c r="I5" s="179"/>
+      <c r="F5" s="180"/>
+      <c r="G5" s="180"/>
+      <c r="H5" s="180"/>
+      <c r="I5" s="180"/>
     </row>
     <row r="6" spans="1:13" s="2" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="148" t="s">
         <v>1</v>
       </c>
       <c r="B6" s="144">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="C6" s="144">
-        <v>213</v>
+        <v>219</v>
       </c>
       <c r="D6" s="147">
         <v>52</v>
       </c>
       <c r="E6" s="86"/>
-      <c r="F6" s="179"/>
-[...2 lines deleted...]
-      <c r="I6" s="179"/>
+      <c r="F6" s="180"/>
+      <c r="G6" s="180"/>
+      <c r="H6" s="180"/>
+      <c r="I6" s="180"/>
     </row>
     <row r="7" spans="1:13" s="2" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="148" t="s">
         <v>2</v>
       </c>
       <c r="B7" s="144">
-        <v>213</v>
+        <v>219</v>
       </c>
       <c r="C7" s="144">
-        <v>426</v>
+        <v>439</v>
       </c>
       <c r="D7" s="147">
         <v>26</v>
       </c>
       <c r="E7" s="86"/>
       <c r="F7" s="138"/>
     </row>
     <row r="8" spans="1:13" s="2" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="148" t="s">
         <v>3</v>
       </c>
       <c r="B8" s="144">
-        <v>231</v>
+        <v>238</v>
       </c>
       <c r="C8" s="144">
-        <v>462</v>
+        <v>476</v>
       </c>
       <c r="D8" s="147">
         <v>24</v>
       </c>
       <c r="E8" s="86"/>
       <c r="F8" s="138"/>
     </row>
     <row r="9" spans="1:13" s="2" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="148" t="s">
         <v>4</v>
       </c>
       <c r="B9" s="144">
-        <v>462</v>
+        <v>476</v>
       </c>
       <c r="C9" s="144">
-        <v>923</v>
+        <v>951</v>
       </c>
       <c r="D9" s="147">
         <v>12</v>
       </c>
       <c r="E9" s="86"/>
-      <c r="F9" s="178" t="s">
-[...4 lines deleted...]
-      <c r="I9" s="178"/>
+      <c r="F9" s="179" t="s">
+        <v>159</v>
+      </c>
+      <c r="G9" s="179"/>
+      <c r="H9" s="179"/>
+      <c r="I9" s="179"/>
       <c r="J9" s="65"/>
     </row>
     <row r="10" spans="1:13" s="2" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="148" t="s">
         <v>5</v>
       </c>
       <c r="B10" s="144">
-        <v>1385</v>
+        <v>1427</v>
       </c>
       <c r="C10" s="144">
-        <v>2770</v>
+        <v>2853</v>
       </c>
       <c r="D10" s="147">
         <v>4</v>
       </c>
       <c r="E10" s="86"/>
       <c r="F10" s="90"/>
       <c r="H10" s="105"/>
     </row>
     <row r="11" spans="1:13" s="2" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="148" t="s">
         <v>6</v>
       </c>
       <c r="B11" s="144">
-        <v>2770</v>
+        <v>2853</v>
       </c>
       <c r="C11" s="144">
-        <v>5540</v>
+        <v>5706</v>
       </c>
       <c r="D11" s="147">
         <v>2</v>
       </c>
       <c r="E11" s="86"/>
       <c r="F11" s="4"/>
     </row>
     <row r="12" spans="1:13" s="2" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="148" t="s">
         <v>7</v>
       </c>
       <c r="B12" s="144">
-        <v>5540</v>
+        <v>5706</v>
       </c>
       <c r="C12" s="144">
-        <v>11080</v>
+        <v>11412</v>
       </c>
       <c r="D12" s="147">
         <v>1</v>
       </c>
       <c r="E12" s="86"/>
       <c r="F12" s="139" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="K12" s="15"/>
     </row>
     <row r="13" spans="1:13" x14ac:dyDescent="0.2">
       <c r="L13" s="3"/>
       <c r="M13" s="3"/>
     </row>
     <row r="14" spans="1:13" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="7" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="B14" s="7"/>
       <c r="C14" s="7"/>
       <c r="D14" s="7"/>
       <c r="L14" s="3"/>
       <c r="M14" s="3"/>
     </row>
     <row r="15" spans="1:13" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="113" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="B15" s="7"/>
       <c r="C15" s="7"/>
       <c r="D15" s="7"/>
       <c r="L15" s="3"/>
       <c r="M15" s="3"/>
     </row>
     <row r="16" spans="1:13" ht="31.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="149" t="s">
         <v>11</v>
       </c>
       <c r="B16" s="149" t="s">
         <v>12</v>
       </c>
       <c r="C16" s="149" t="s">
         <v>14</v>
       </c>
       <c r="D16" s="149" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="L16" s="3"/>
       <c r="M16" s="3"/>
     </row>
     <row r="17" spans="1:18" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="88">
         <v>0</v>
       </c>
       <c r="B17" s="144">
         <v>999999999</v>
       </c>
       <c r="C17" s="150">
-        <v>1.2E-2</v>
+        <v>1.2999999999999999E-2</v>
       </c>
       <c r="D17" s="88">
         <f>B17*C17</f>
-        <v>11999999.988</v>
+        <v>12999999.987</v>
       </c>
       <c r="F17" s="65"/>
       <c r="L17" s="3"/>
       <c r="M17" s="3"/>
     </row>
     <row r="19" spans="1:18" s="78" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="78" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="C19" s="79"/>
       <c r="E19" s="79"/>
     </row>
     <row r="20" spans="1:18" s="78" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="78" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="C20" s="79"/>
       <c r="E20" s="79"/>
     </row>
     <row r="21" spans="1:18" s="7" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A21" s="168" t="s">
-[...4 lines deleted...]
-      <c r="D21" s="168"/>
+      <c r="A21" s="174" t="s">
+        <v>162</v>
+      </c>
+      <c r="B21" s="174"/>
+      <c r="C21" s="174"/>
+      <c r="D21" s="174"/>
       <c r="E21" s="8"/>
       <c r="F21" s="9"/>
       <c r="I21" s="8"/>
     </row>
     <row r="22" spans="1:18" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="65" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="H22" s="7"/>
       <c r="I22" s="8"/>
       <c r="J22" s="7"/>
       <c r="K22" s="9"/>
       <c r="L22" s="7"/>
       <c r="M22" s="7"/>
       <c r="N22" s="7"/>
       <c r="O22" s="9"/>
       <c r="P22" s="7"/>
       <c r="Q22" s="7"/>
       <c r="R22" s="7"/>
     </row>
     <row r="24" spans="1:18" s="7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A24" s="7" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="C24" s="8"/>
       <c r="E24" s="8"/>
       <c r="G24" s="78" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="I24" s="8"/>
       <c r="K24" s="9"/>
       <c r="O24" s="9"/>
     </row>
     <row r="25" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A25" s="12" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="B25" s="5"/>
       <c r="C25" s="6"/>
       <c r="D25" s="5"/>
       <c r="E25" s="6"/>
       <c r="G25" s="87" t="s">
         <v>27</v>
       </c>
       <c r="I25" s="3"/>
     </row>
     <row r="26" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A26" s="12" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="B26" s="5"/>
       <c r="C26" s="6"/>
       <c r="D26" s="5"/>
       <c r="E26" s="6"/>
       <c r="G26" s="87"/>
       <c r="I26" s="3"/>
     </row>
     <row r="27" spans="1:18" s="2" customFormat="1" ht="31.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="151" t="s">
         <v>11</v>
       </c>
       <c r="B27" s="151" t="s">
         <v>12</v>
       </c>
       <c r="C27" s="152" t="s">
         <v>14</v>
       </c>
       <c r="D27" s="145" t="s">
         <v>18</v>
       </c>
       <c r="E27" s="159"/>
       <c r="G27"/>
-      <c r="H27" s="174" t="s">
+      <c r="H27" s="175" t="s">
         <v>22</v>
       </c>
-      <c r="I27" s="176"/>
-[...8 lines deleted...]
-      <c r="R27" s="177"/>
+      <c r="I27" s="177"/>
+      <c r="J27" s="177"/>
+      <c r="K27" s="177"/>
+      <c r="L27" s="177"/>
+      <c r="M27" s="177"/>
+      <c r="N27" s="177"/>
+      <c r="O27" s="177"/>
+      <c r="P27" s="177"/>
+      <c r="Q27" s="177"/>
+      <c r="R27" s="178"/>
     </row>
     <row r="28" spans="1:18" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="153">
         <v>0</v>
       </c>
       <c r="B28" s="154">
-        <v>10756</v>
+        <v>11079</v>
       </c>
       <c r="C28" s="155">
         <v>1.0999999999999999E-2</v>
       </c>
       <c r="D28" s="153">
         <v>0</v>
       </c>
       <c r="G28" s="145" t="s">
         <v>8</v>
       </c>
       <c r="H28" s="146">
         <v>0</v>
       </c>
       <c r="I28" s="146">
         <v>1</v>
       </c>
       <c r="J28" s="146">
         <v>2</v>
       </c>
       <c r="K28" s="146">
         <v>3</v>
       </c>
       <c r="L28" s="146">
         <v>4</v>
       </c>
       <c r="M28" s="146">
         <v>5</v>
       </c>
       <c r="N28" s="146">
         <v>6</v>
       </c>
       <c r="O28" s="146">
         <v>7</v>
       </c>
       <c r="P28" s="146">
         <v>8</v>
       </c>
       <c r="Q28" s="146">
         <v>9</v>
       </c>
       <c r="R28" s="146">
         <v>10</v>
       </c>
     </row>
     <row r="29" spans="1:18" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="153">
         <f t="shared" ref="A29:A34" si="0">B28</f>
-        <v>10756</v>
+        <v>11079</v>
       </c>
       <c r="B29" s="154">
-        <v>25499</v>
+        <v>26264</v>
       </c>
       <c r="C29" s="155">
         <v>2.1999999999999999E-2</v>
       </c>
       <c r="D29" s="153">
         <f t="shared" ref="D29:D36" si="1">D28+(B28-A28)*C28</f>
-        <v>118.31599999999999</v>
+        <v>121.869</v>
       </c>
       <c r="G29" s="160" t="s">
         <v>86</v>
       </c>
       <c r="H29" s="153">
         <v>0</v>
       </c>
       <c r="I29" s="161">
         <f t="shared" ref="I29:R29" si="2">I36/260</f>
-        <v>0.63038461538461543</v>
+        <v>0.64730769230769236</v>
       </c>
       <c r="J29" s="161">
         <f t="shared" si="2"/>
-        <v>1.2607692307692309</v>
+        <v>1.2946153846153847</v>
       </c>
       <c r="K29" s="161">
         <f t="shared" si="2"/>
-        <v>1.8911538461538464</v>
+        <v>1.9419230769230771</v>
       </c>
       <c r="L29" s="161">
         <f t="shared" si="2"/>
-        <v>2.5215384615384617</v>
+        <v>2.5892307692307694</v>
       </c>
       <c r="M29" s="161">
         <f t="shared" si="2"/>
-        <v>3.1519230769230768</v>
+        <v>3.2365384615384616</v>
       </c>
       <c r="N29" s="161">
         <f t="shared" si="2"/>
-        <v>3.7823076923076924</v>
+        <v>3.8838461538461537</v>
       </c>
       <c r="O29" s="161">
         <f t="shared" si="2"/>
-        <v>4.4126923076923079</v>
+        <v>4.5311538461538454</v>
       </c>
       <c r="P29" s="161">
         <f t="shared" si="2"/>
-        <v>5.0430769230769235</v>
+        <v>5.178461538461538</v>
       </c>
       <c r="Q29" s="161">
         <f t="shared" si="2"/>
-        <v>5.673461538461539</v>
+        <v>5.8257692307692297</v>
       </c>
       <c r="R29" s="161">
         <f t="shared" si="2"/>
-        <v>6.3038461538461545</v>
+        <v>6.4730769230769223</v>
       </c>
     </row>
     <row r="30" spans="1:18" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="153">
         <f t="shared" si="0"/>
-        <v>25499</v>
+        <v>26264</v>
       </c>
       <c r="B30" s="154">
-        <v>40245</v>
+        <v>41452</v>
       </c>
       <c r="C30" s="155">
         <v>4.3999999999999997E-2</v>
       </c>
       <c r="D30" s="153">
         <f t="shared" si="1"/>
-        <v>442.66199999999998</v>
+        <v>455.93899999999996</v>
       </c>
       <c r="G30" s="162" t="s">
         <v>1</v>
       </c>
       <c r="H30" s="153">
         <v>0</v>
       </c>
       <c r="I30" s="153">
         <f>I36/52</f>
-        <v>3.1519230769230768</v>
+        <v>3.2365384615384616</v>
       </c>
       <c r="J30" s="153">
         <f t="shared" ref="J30:R30" si="3">J36/52</f>
-        <v>6.3038461538461537</v>
+        <v>6.4730769230769232</v>
       </c>
       <c r="K30" s="153">
         <f t="shared" si="3"/>
-        <v>9.4557692307692314</v>
+        <v>9.7096153846153861</v>
       </c>
       <c r="L30" s="153">
         <f t="shared" si="3"/>
-        <v>12.607692307692307</v>
+        <v>12.946153846153846</v>
       </c>
       <c r="M30" s="153">
         <f t="shared" si="3"/>
-        <v>15.759615384615385</v>
+        <v>16.182692307692307</v>
       </c>
       <c r="N30" s="153">
         <f t="shared" si="3"/>
-        <v>18.911538461538463</v>
+        <v>19.419230769230769</v>
       </c>
       <c r="O30" s="153">
         <f t="shared" si="3"/>
-        <v>22.063461538461539</v>
+        <v>22.655769230769231</v>
       </c>
       <c r="P30" s="153">
         <f t="shared" si="3"/>
-        <v>25.215384615384615</v>
+        <v>25.892307692307689</v>
       </c>
       <c r="Q30" s="153">
         <f>Q36/52</f>
-        <v>28.367307692307694</v>
+        <v>29.128846153846151</v>
       </c>
       <c r="R30" s="153">
         <f t="shared" si="3"/>
-        <v>31.519230769230774</v>
+        <v>32.365384615384613</v>
       </c>
     </row>
     <row r="31" spans="1:18" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="153">
         <f t="shared" si="0"/>
-        <v>40245</v>
+        <v>41452</v>
       </c>
       <c r="B31" s="154">
-        <v>55866</v>
+        <v>57542</v>
       </c>
       <c r="C31" s="155">
         <v>6.6000000000000003E-2</v>
       </c>
       <c r="D31" s="153">
         <f t="shared" si="1"/>
-        <v>1091.4859999999999</v>
+        <v>1124.2109999999998</v>
       </c>
       <c r="G31" s="162" t="s">
         <v>2</v>
       </c>
       <c r="H31" s="153">
         <v>0</v>
       </c>
       <c r="I31" s="153">
         <f>I36/26</f>
-        <v>6.3038461538461537</v>
+        <v>6.4730769230769232</v>
       </c>
       <c r="J31" s="153">
         <f t="shared" ref="J31:R31" si="4">J36/26</f>
-        <v>12.607692307692307</v>
+        <v>12.946153846153846</v>
       </c>
       <c r="K31" s="153">
         <f t="shared" si="4"/>
-        <v>18.911538461538463</v>
+        <v>19.419230769230772</v>
       </c>
       <c r="L31" s="153">
         <f t="shared" si="4"/>
-        <v>25.215384615384615</v>
+        <v>25.892307692307693</v>
       </c>
       <c r="M31" s="153">
         <f t="shared" si="4"/>
-        <v>31.51923076923077</v>
+        <v>32.365384615384613</v>
       </c>
       <c r="N31" s="153">
         <f t="shared" si="4"/>
-        <v>37.823076923076925</v>
+        <v>38.838461538461537</v>
       </c>
       <c r="O31" s="153">
         <f t="shared" si="4"/>
-        <v>44.126923076923077</v>
+        <v>45.311538461538461</v>
       </c>
       <c r="P31" s="153">
         <f t="shared" si="4"/>
-        <v>50.430769230769229</v>
+        <v>51.784615384615378</v>
       </c>
       <c r="Q31" s="153">
         <f t="shared" si="4"/>
-        <v>56.734615384615388</v>
+        <v>58.257692307692302</v>
       </c>
       <c r="R31" s="153">
         <f t="shared" si="4"/>
-        <v>63.038461538461547</v>
+        <v>64.730769230769226</v>
       </c>
     </row>
     <row r="32" spans="1:18" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="153">
         <f t="shared" si="0"/>
-        <v>55866</v>
+        <v>57542</v>
       </c>
       <c r="B32" s="154">
-        <v>70606</v>
+        <v>72724</v>
       </c>
       <c r="C32" s="155">
         <v>8.7999999999999995E-2</v>
       </c>
       <c r="D32" s="153">
         <f t="shared" si="1"/>
-        <v>2122.4719999999998</v>
+        <v>2186.1509999999998</v>
       </c>
       <c r="G32" s="162" t="s">
         <v>3</v>
       </c>
       <c r="H32" s="153">
         <v>0</v>
       </c>
       <c r="I32" s="153">
         <f>I36/24</f>
-        <v>6.8291666666666666</v>
+        <v>7.0125000000000002</v>
       </c>
       <c r="J32" s="153">
         <f t="shared" ref="J32:R32" si="5">J36/24</f>
-        <v>13.658333333333333</v>
+        <v>14.025</v>
       </c>
       <c r="K32" s="153">
         <f t="shared" si="5"/>
-        <v>20.487500000000001</v>
+        <v>21.037500000000001</v>
       </c>
       <c r="L32" s="153">
         <f t="shared" si="5"/>
-        <v>27.316666666666666</v>
+        <v>28.05</v>
       </c>
       <c r="M32" s="153">
         <f t="shared" si="5"/>
-        <v>34.145833333333336</v>
+        <v>35.0625</v>
       </c>
       <c r="N32" s="153">
         <f t="shared" si="5"/>
-        <v>40.975000000000001</v>
+        <v>42.074999999999996</v>
       </c>
       <c r="O32" s="153">
         <f t="shared" si="5"/>
-        <v>47.804166666666667</v>
+        <v>49.087499999999999</v>
       </c>
       <c r="P32" s="153">
         <f t="shared" si="5"/>
-        <v>54.633333333333333</v>
+        <v>56.099999999999994</v>
       </c>
       <c r="Q32" s="153">
         <f t="shared" si="5"/>
-        <v>61.462500000000006</v>
+        <v>63.11249999999999</v>
       </c>
       <c r="R32" s="153">
         <f t="shared" si="5"/>
-        <v>68.291666666666671</v>
+        <v>70.124999999999986</v>
       </c>
     </row>
     <row r="33" spans="1:18" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="153">
         <f t="shared" si="0"/>
-        <v>70606</v>
+        <v>72724</v>
       </c>
       <c r="B33" s="154">
-        <v>360659</v>
+        <v>371479</v>
       </c>
       <c r="C33" s="155">
         <v>0.1023</v>
       </c>
       <c r="D33" s="153">
         <f t="shared" si="1"/>
-        <v>3419.5919999999996</v>
+        <v>3522.1669999999995</v>
       </c>
       <c r="G33" s="162" t="s">
         <v>4</v>
       </c>
       <c r="H33" s="153">
         <v>0</v>
       </c>
       <c r="I33" s="153">
         <f>I36/12</f>
-        <v>13.658333333333333</v>
+        <v>14.025</v>
       </c>
       <c r="J33" s="153">
         <f t="shared" ref="J33:R33" si="6">J36/12</f>
-        <v>27.316666666666666</v>
+        <v>28.05</v>
       </c>
       <c r="K33" s="153">
         <f t="shared" si="6"/>
-        <v>40.975000000000001</v>
+        <v>42.075000000000003</v>
       </c>
       <c r="L33" s="153">
         <f t="shared" si="6"/>
-        <v>54.633333333333333</v>
+        <v>56.1</v>
       </c>
       <c r="M33" s="153">
         <f t="shared" si="6"/>
-        <v>68.291666666666671</v>
+        <v>70.125</v>
       </c>
       <c r="N33" s="153">
         <f t="shared" si="6"/>
-        <v>81.95</v>
+        <v>84.149999999999991</v>
       </c>
       <c r="O33" s="153">
         <f t="shared" si="6"/>
-        <v>95.608333333333334</v>
+        <v>98.174999999999997</v>
       </c>
       <c r="P33" s="153">
         <f t="shared" si="6"/>
-        <v>109.26666666666667</v>
+        <v>112.19999999999999</v>
       </c>
       <c r="Q33" s="153">
         <f t="shared" si="6"/>
-        <v>122.92500000000001</v>
+        <v>126.22499999999998</v>
       </c>
       <c r="R33" s="153">
         <f t="shared" si="6"/>
-        <v>136.58333333333334</v>
+        <v>140.24999999999997</v>
       </c>
     </row>
     <row r="34" spans="1:18" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="153">
         <f t="shared" si="0"/>
-        <v>360659</v>
+        <v>371479</v>
       </c>
       <c r="B34" s="154">
-        <v>432787</v>
+        <v>445771</v>
       </c>
       <c r="C34" s="155">
         <v>0.1133</v>
       </c>
       <c r="D34" s="153">
         <f t="shared" si="1"/>
-        <v>33092.013899999998</v>
+        <v>34084.803500000002</v>
       </c>
       <c r="G34" s="162" t="s">
         <v>5</v>
       </c>
       <c r="H34" s="153">
         <v>0</v>
       </c>
       <c r="I34" s="153">
         <f>I36/4</f>
-        <v>40.975000000000001</v>
+        <v>42.075000000000003</v>
       </c>
       <c r="J34" s="153">
         <f t="shared" ref="J34:R34" si="7">J36/4</f>
-        <v>81.95</v>
+        <v>84.15</v>
       </c>
       <c r="K34" s="153">
         <f t="shared" si="7"/>
-        <v>122.92500000000001</v>
+        <v>126.22500000000001</v>
       </c>
       <c r="L34" s="153">
         <f t="shared" si="7"/>
-        <v>163.9</v>
+        <v>168.3</v>
       </c>
       <c r="M34" s="153">
         <f t="shared" si="7"/>
-        <v>204.875</v>
+        <v>210.375</v>
       </c>
       <c r="N34" s="153">
         <f t="shared" si="7"/>
-        <v>245.85</v>
+        <v>252.45</v>
       </c>
       <c r="O34" s="153">
         <f t="shared" si="7"/>
-        <v>286.82499999999999</v>
+        <v>294.52499999999998</v>
       </c>
       <c r="P34" s="153">
         <f t="shared" si="7"/>
-        <v>327.8</v>
+        <v>336.59999999999997</v>
       </c>
       <c r="Q34" s="153">
         <f t="shared" si="7"/>
-        <v>368.77500000000003</v>
+        <v>378.67499999999995</v>
       </c>
       <c r="R34" s="153">
         <f t="shared" si="7"/>
-        <v>409.75000000000006</v>
+        <v>420.74999999999994</v>
       </c>
     </row>
     <row r="35" spans="1:18" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="153">
         <f>B34</f>
-        <v>432787</v>
+        <v>445771</v>
       </c>
       <c r="B35" s="154">
-        <v>721314</v>
+        <v>742953</v>
       </c>
       <c r="C35" s="155">
         <v>0.12429999999999999</v>
       </c>
       <c r="D35" s="153">
         <f t="shared" si="1"/>
-        <v>41264.116299999994</v>
+        <v>42502.087100000004</v>
       </c>
       <c r="G35" s="162" t="s">
         <v>6</v>
       </c>
       <c r="H35" s="153">
         <v>0</v>
       </c>
       <c r="I35" s="153">
         <f>I36/2</f>
-        <v>81.95</v>
+        <v>84.15</v>
       </c>
       <c r="J35" s="153">
         <f t="shared" ref="J35:R35" si="8">J36/2</f>
-        <v>163.9</v>
+        <v>168.3</v>
       </c>
       <c r="K35" s="153">
         <f t="shared" si="8"/>
-        <v>245.85000000000002</v>
+        <v>252.45000000000002</v>
       </c>
       <c r="L35" s="153">
         <f t="shared" si="8"/>
-        <v>327.8</v>
+        <v>336.6</v>
       </c>
       <c r="M35" s="153">
         <f t="shared" si="8"/>
-        <v>409.75</v>
+        <v>420.75</v>
       </c>
       <c r="N35" s="153">
         <f t="shared" si="8"/>
-        <v>491.7</v>
+        <v>504.9</v>
       </c>
       <c r="O35" s="153">
         <f t="shared" si="8"/>
-        <v>573.65</v>
+        <v>589.04999999999995</v>
       </c>
       <c r="P35" s="153">
         <f t="shared" si="8"/>
-        <v>655.6</v>
+        <v>673.19999999999993</v>
       </c>
       <c r="Q35" s="153">
         <f t="shared" si="8"/>
-        <v>737.55000000000007</v>
+        <v>757.34999999999991</v>
       </c>
       <c r="R35" s="153">
         <f t="shared" si="8"/>
-        <v>819.50000000000011</v>
+        <v>841.49999999999989</v>
       </c>
     </row>
     <row r="36" spans="1:18" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="153">
         <f>B35</f>
-        <v>721314</v>
+        <v>742953</v>
       </c>
       <c r="B36" s="154">
         <v>1000000</v>
       </c>
       <c r="C36" s="155">
         <v>0.1353</v>
       </c>
       <c r="D36" s="153">
         <f t="shared" si="1"/>
-        <v>77128.022399999987</v>
+        <v>79441.809700000013</v>
       </c>
       <c r="G36" s="162" t="s">
         <v>7</v>
       </c>
       <c r="H36" s="153">
         <v>0</v>
       </c>
       <c r="I36" s="154">
-        <v>163.9</v>
+        <v>168.3</v>
       </c>
       <c r="J36" s="153">
         <f t="shared" ref="J36:R36" si="9">I36+$I$36</f>
-        <v>327.8</v>
+        <v>336.6</v>
       </c>
       <c r="K36" s="153">
         <f t="shared" si="9"/>
-        <v>491.70000000000005</v>
+        <v>504.90000000000003</v>
       </c>
       <c r="L36" s="153">
         <f t="shared" si="9"/>
-        <v>655.6</v>
+        <v>673.2</v>
       </c>
       <c r="M36" s="153">
         <f t="shared" si="9"/>
-        <v>819.5</v>
+        <v>841.5</v>
       </c>
       <c r="N36" s="153">
         <f t="shared" si="9"/>
-        <v>983.4</v>
+        <v>1009.8</v>
       </c>
       <c r="O36" s="153">
         <f t="shared" si="9"/>
-        <v>1147.3</v>
+        <v>1178.0999999999999</v>
       </c>
       <c r="P36" s="153">
         <f t="shared" si="9"/>
-        <v>1311.2</v>
+        <v>1346.3999999999999</v>
       </c>
       <c r="Q36" s="153">
         <f t="shared" si="9"/>
-        <v>1475.1000000000001</v>
+        <v>1514.6999999999998</v>
       </c>
       <c r="R36" s="153">
         <f t="shared" si="9"/>
-        <v>1639.0000000000002</v>
+        <v>1682.9999999999998</v>
       </c>
     </row>
     <row r="37" spans="1:18" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A37" s="153">
         <f>B36</f>
         <v>1000000</v>
       </c>
       <c r="B37" s="154">
         <v>0</v>
       </c>
       <c r="C37" s="155">
         <v>0.14630000000000001</v>
       </c>
       <c r="D37" s="153">
         <f>D36+(B36-A36)*C36</f>
-        <v>114834.23819999999</v>
+        <v>114220.26880000002</v>
       </c>
       <c r="H37" s="7"/>
       <c r="I37" s="8"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
     </row>
-    <row r="38" spans="1:18" s="7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-[...15 lines deleted...]
-      <c r="G39" s="87" t="s">
+    <row r="39" spans="1:18" s="7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A39" s="7" t="s">
+        <v>165</v>
+      </c>
+      <c r="G39" s="78" t="s">
+        <v>166</v>
+      </c>
+      <c r="I39" s="8"/>
+      <c r="K39"/>
+      <c r="O39" s="9"/>
+    </row>
+    <row r="40" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A40" s="12" t="s">
+        <v>141</v>
+      </c>
+      <c r="B40" s="5"/>
+      <c r="C40" s="5"/>
+      <c r="D40" s="5"/>
+      <c r="E40" s="6"/>
+      <c r="G40" s="87" t="s">
         <v>28</v>
       </c>
-      <c r="I39" s="3"/>
-[...2 lines deleted...]
-      <c r="A40" s="151" t="s">
+      <c r="I40" s="3"/>
+    </row>
+    <row r="41" spans="1:18" s="2" customFormat="1" ht="31.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A41" s="151" t="s">
         <v>11</v>
       </c>
-      <c r="B40" s="151" t="s">
+      <c r="B41" s="151" t="s">
         <v>12</v>
       </c>
-      <c r="C40" s="152" t="s">
+      <c r="C41" s="152" t="s">
         <v>14</v>
       </c>
-      <c r="D40" s="145" t="s">
+      <c r="D41" s="145" t="s">
         <v>18</v>
       </c>
-      <c r="E40" s="159"/>
-[...1 lines deleted...]
-      <c r="H40" s="174" t="s">
+      <c r="E41" s="159"/>
+      <c r="G41"/>
+      <c r="H41" s="175" t="s">
         <v>23</v>
       </c>
-      <c r="I40" s="175"/>
-[...54 lines deleted...]
-      </c>
+      <c r="I41" s="176"/>
+      <c r="J41" s="176"/>
+      <c r="K41" s="176"/>
+      <c r="L41" s="176"/>
+      <c r="M41" s="176"/>
+      <c r="N41" s="176"/>
+      <c r="O41" s="176"/>
+      <c r="P41" s="176"/>
+      <c r="Q41" s="176"/>
     </row>
     <row r="42" spans="1:18" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A42" s="153">
-        <f t="shared" ref="A42:A50" si="10">B41</f>
-        <v>21512</v>
+        <v>0</v>
       </c>
       <c r="B42" s="154">
-        <v>50998</v>
+        <v>22158</v>
       </c>
       <c r="C42" s="155">
+        <v>1.0999999999999999E-2</v>
+      </c>
+      <c r="D42" s="153">
+        <v>0</v>
+      </c>
+      <c r="G42" s="145" t="s">
+        <v>8</v>
+      </c>
+      <c r="H42" s="146">
+        <v>1</v>
+      </c>
+      <c r="I42" s="146">
+        <v>2</v>
+      </c>
+      <c r="J42" s="146">
+        <v>3</v>
+      </c>
+      <c r="K42" s="146">
+        <v>4</v>
+      </c>
+      <c r="L42" s="146">
+        <v>5</v>
+      </c>
+      <c r="M42" s="146">
+        <v>6</v>
+      </c>
+      <c r="N42" s="146">
+        <v>7</v>
+      </c>
+      <c r="O42" s="146">
+        <v>8</v>
+      </c>
+      <c r="P42" s="146">
+        <v>9</v>
+      </c>
+      <c r="Q42" s="146">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="43" spans="1:18" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A43" s="153">
+        <f t="shared" ref="A43:A51" si="10">B42</f>
+        <v>22158</v>
+      </c>
+      <c r="B43" s="154">
+        <v>52528</v>
+      </c>
+      <c r="C43" s="155">
         <v>2.1999999999999999E-2</v>
       </c>
-      <c r="D42" s="153">
-[...3 lines deleted...]
-      <c r="G42" s="160" t="s">
+      <c r="D43" s="153">
+        <f t="shared" ref="D43:D51" si="11">D42+(B42-A42)*C42</f>
+        <v>243.738</v>
+      </c>
+      <c r="G43" s="160" t="s">
         <v>86</v>
       </c>
-      <c r="H42" s="163">
-        <f>Q42/10</f>
+      <c r="H43" s="163">
+        <f>Q43/10</f>
         <v>3.8</v>
       </c>
-      <c r="I42" s="163">
-        <f t="shared" ref="I42:P49" si="12">$H42*I$41</f>
+      <c r="I43" s="163">
+        <f t="shared" ref="I43:P50" si="12">$H43*I$42</f>
         <v>7.6</v>
       </c>
-      <c r="J42" s="163">
+      <c r="J43" s="163">
         <f t="shared" si="12"/>
         <v>11.399999999999999</v>
       </c>
-      <c r="K42" s="163">
+      <c r="K43" s="163">
         <f t="shared" si="12"/>
         <v>15.2</v>
       </c>
-      <c r="L42" s="163">
+      <c r="L43" s="163">
         <f t="shared" si="12"/>
         <v>19</v>
       </c>
-      <c r="M42" s="163">
+      <c r="M43" s="163">
         <f t="shared" si="12"/>
         <v>22.799999999999997</v>
       </c>
-      <c r="N42" s="163">
+      <c r="N43" s="163">
         <f t="shared" si="12"/>
         <v>26.599999999999998</v>
       </c>
-      <c r="O42" s="163">
+      <c r="O43" s="163">
         <f t="shared" si="12"/>
         <v>30.4</v>
       </c>
-      <c r="P42" s="163">
+      <c r="P43" s="163">
         <f t="shared" si="12"/>
         <v>34.199999999999996</v>
       </c>
-      <c r="Q42" s="154">
+      <c r="Q43" s="154">
         <v>38</v>
-      </c>
-[...56 lines deleted...]
-        <v>192</v>
       </c>
     </row>
     <row r="44" spans="1:18" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A44" s="153">
         <f t="shared" si="10"/>
-        <v>80490</v>
+        <v>52528</v>
       </c>
       <c r="B44" s="154">
-        <v>111732</v>
+        <v>82904</v>
       </c>
       <c r="C44" s="155">
-        <v>6.6000000000000003E-2</v>
+        <v>4.3999999999999997E-2</v>
       </c>
       <c r="D44" s="153">
         <f t="shared" si="11"/>
-        <v>2182.9719999999998</v>
+        <v>911.87799999999993</v>
       </c>
       <c r="G44" s="162" t="s">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H44" s="163">
         <f>Q44/10</f>
-        <v>38.5</v>
+        <v>19.2</v>
       </c>
       <c r="I44" s="163">
         <f t="shared" si="12"/>
-        <v>77</v>
+        <v>38.4</v>
       </c>
       <c r="J44" s="163">
         <f t="shared" si="12"/>
-        <v>115.5</v>
+        <v>57.599999999999994</v>
       </c>
       <c r="K44" s="163">
         <f t="shared" si="12"/>
-        <v>154</v>
+        <v>76.8</v>
       </c>
       <c r="L44" s="163">
         <f t="shared" si="12"/>
-        <v>192.5</v>
+        <v>96</v>
       </c>
       <c r="M44" s="163">
         <f t="shared" si="12"/>
-        <v>231</v>
+        <v>115.19999999999999</v>
       </c>
       <c r="N44" s="163">
         <f t="shared" si="12"/>
-        <v>269.5</v>
+        <v>134.4</v>
       </c>
       <c r="O44" s="163">
         <f t="shared" si="12"/>
-        <v>308</v>
+        <v>153.6</v>
       </c>
       <c r="P44" s="163">
         <f t="shared" si="12"/>
-        <v>346.5</v>
+        <v>172.79999999999998</v>
       </c>
       <c r="Q44" s="154">
-        <v>385</v>
+        <v>192</v>
       </c>
     </row>
     <row r="45" spans="1:18" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A45" s="153">
         <f t="shared" si="10"/>
-        <v>111732</v>
+        <v>82904</v>
       </c>
       <c r="B45" s="154">
-        <v>141212</v>
+        <v>115084</v>
       </c>
       <c r="C45" s="155">
-        <v>8.7999999999999995E-2</v>
+        <v>6.6000000000000003E-2</v>
       </c>
       <c r="D45" s="153">
         <f t="shared" si="11"/>
-        <v>4244.9439999999995</v>
+        <v>2248.4219999999996</v>
       </c>
       <c r="G45" s="162" t="s">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="H45" s="163">
-        <f t="shared" ref="H45:H49" si="13">Q45/10</f>
-        <v>41.7</v>
+        <f>Q45/10</f>
+        <v>38.5</v>
       </c>
       <c r="I45" s="163">
         <f t="shared" si="12"/>
-        <v>83.4</v>
+        <v>77</v>
       </c>
       <c r="J45" s="163">
         <f t="shared" si="12"/>
-        <v>125.10000000000001</v>
+        <v>115.5</v>
       </c>
       <c r="K45" s="163">
         <f t="shared" si="12"/>
-        <v>166.8</v>
+        <v>154</v>
       </c>
       <c r="L45" s="163">
         <f t="shared" si="12"/>
-        <v>208.5</v>
+        <v>192.5</v>
       </c>
       <c r="M45" s="163">
         <f t="shared" si="12"/>
-        <v>250.20000000000002</v>
+        <v>231</v>
       </c>
       <c r="N45" s="163">
         <f t="shared" si="12"/>
-        <v>291.90000000000003</v>
+        <v>269.5</v>
       </c>
       <c r="O45" s="163">
         <f t="shared" si="12"/>
-        <v>333.6</v>
+        <v>308</v>
       </c>
       <c r="P45" s="163">
         <f t="shared" si="12"/>
-        <v>375.3</v>
+        <v>346.5</v>
       </c>
       <c r="Q45" s="154">
-        <v>417</v>
+        <v>385</v>
       </c>
     </row>
     <row r="46" spans="1:18" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A46" s="153">
         <f t="shared" si="10"/>
-        <v>141212</v>
+        <v>115084</v>
       </c>
       <c r="B46" s="154">
-        <v>721318</v>
+        <v>145448</v>
       </c>
       <c r="C46" s="155">
-        <v>0.1023</v>
+        <v>8.7999999999999995E-2</v>
       </c>
       <c r="D46" s="153">
         <f t="shared" si="11"/>
-        <v>6839.1839999999993</v>
+        <v>4372.3019999999997</v>
       </c>
       <c r="G46" s="162" t="s">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H46" s="163">
-        <f t="shared" si="13"/>
-        <v>83.3</v>
+        <f t="shared" ref="H46:H50" si="13">Q46/10</f>
+        <v>41.7</v>
       </c>
       <c r="I46" s="163">
         <f t="shared" si="12"/>
-        <v>166.6</v>
+        <v>83.4</v>
       </c>
       <c r="J46" s="163">
         <f t="shared" si="12"/>
-        <v>249.89999999999998</v>
+        <v>125.10000000000001</v>
       </c>
       <c r="K46" s="163">
         <f t="shared" si="12"/>
-        <v>333.2</v>
+        <v>166.8</v>
       </c>
       <c r="L46" s="163">
         <f t="shared" si="12"/>
-        <v>416.5</v>
+        <v>208.5</v>
       </c>
       <c r="M46" s="163">
         <f t="shared" si="12"/>
-        <v>499.79999999999995</v>
+        <v>250.20000000000002</v>
       </c>
       <c r="N46" s="163">
         <f t="shared" si="12"/>
-        <v>583.1</v>
+        <v>291.90000000000003</v>
       </c>
       <c r="O46" s="163">
         <f t="shared" si="12"/>
-        <v>666.4</v>
+        <v>333.6</v>
       </c>
       <c r="P46" s="163">
         <f t="shared" si="12"/>
-        <v>749.69999999999993</v>
+        <v>375.3</v>
       </c>
       <c r="Q46" s="154">
-        <v>833</v>
+        <v>417</v>
       </c>
     </row>
     <row r="47" spans="1:18" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A47" s="153">
         <f t="shared" si="10"/>
-        <v>721318</v>
+        <v>145448</v>
       </c>
       <c r="B47" s="154">
-        <v>865574</v>
+        <v>742958</v>
       </c>
       <c r="C47" s="155">
-        <v>0.1133</v>
+        <v>0.1023</v>
       </c>
       <c r="D47" s="153">
         <f t="shared" si="11"/>
-        <v>66184.027799999996</v>
+        <v>7044.3339999999989</v>
       </c>
       <c r="G47" s="162" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="H47" s="163">
         <f t="shared" si="13"/>
-        <v>250</v>
+        <v>83.3</v>
       </c>
       <c r="I47" s="163">
         <f t="shared" si="12"/>
-        <v>500</v>
+        <v>166.6</v>
       </c>
       <c r="J47" s="163">
         <f t="shared" si="12"/>
-        <v>750</v>
+        <v>249.89999999999998</v>
       </c>
       <c r="K47" s="163">
         <f t="shared" si="12"/>
-        <v>1000</v>
+        <v>333.2</v>
       </c>
       <c r="L47" s="163">
         <f t="shared" si="12"/>
-        <v>1250</v>
+        <v>416.5</v>
       </c>
       <c r="M47" s="163">
         <f t="shared" si="12"/>
-        <v>1500</v>
+        <v>499.79999999999995</v>
       </c>
       <c r="N47" s="163">
         <f t="shared" si="12"/>
-        <v>1750</v>
+        <v>583.1</v>
       </c>
       <c r="O47" s="163">
         <f t="shared" si="12"/>
-        <v>2000</v>
+        <v>666.4</v>
       </c>
       <c r="P47" s="163">
         <f t="shared" si="12"/>
-        <v>2250</v>
+        <v>749.69999999999993</v>
       </c>
       <c r="Q47" s="154">
-        <v>2500</v>
+        <v>833</v>
       </c>
     </row>
     <row r="48" spans="1:18" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A48" s="153">
         <f t="shared" si="10"/>
-        <v>865574</v>
+        <v>742958</v>
       </c>
       <c r="B48" s="154">
-        <v>1000000</v>
+        <v>891542</v>
       </c>
       <c r="C48" s="155">
-        <v>0.12429999999999999</v>
+        <v>0.1133</v>
       </c>
       <c r="D48" s="153">
         <f t="shared" si="11"/>
-        <v>82528.232599999988</v>
+        <v>68169.607000000004</v>
       </c>
       <c r="G48" s="162" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="H48" s="163">
         <f t="shared" si="13"/>
-        <v>500</v>
+        <v>250</v>
       </c>
       <c r="I48" s="163">
         <f t="shared" si="12"/>
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="J48" s="163">
         <f t="shared" si="12"/>
-        <v>1500</v>
+        <v>750</v>
       </c>
       <c r="K48" s="163">
         <f t="shared" si="12"/>
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="L48" s="163">
         <f t="shared" si="12"/>
-        <v>2500</v>
+        <v>1250</v>
       </c>
       <c r="M48" s="163">
         <f t="shared" si="12"/>
-        <v>3000</v>
+        <v>1500</v>
       </c>
       <c r="N48" s="163">
         <f t="shared" si="12"/>
-        <v>3500</v>
+        <v>1750</v>
       </c>
       <c r="O48" s="163">
         <f t="shared" si="12"/>
-        <v>4000</v>
+        <v>2000</v>
       </c>
       <c r="P48" s="163">
         <f t="shared" si="12"/>
-        <v>4500</v>
+        <v>2250</v>
       </c>
       <c r="Q48" s="154">
-        <v>5000</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="49" spans="1:17" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A49" s="153">
         <f t="shared" si="10"/>
+        <v>891542</v>
+      </c>
+      <c r="B49" s="154">
         <v>1000000</v>
       </c>
-      <c r="B49" s="154">
-[...1 lines deleted...]
-      </c>
       <c r="C49" s="155">
-        <v>0.1353</v>
+        <v>0.12429999999999999</v>
       </c>
       <c r="D49" s="153">
         <f t="shared" si="11"/>
-        <v>99237.384399999981</v>
+        <v>85004.174200000009</v>
       </c>
       <c r="G49" s="162" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="H49" s="163">
         <f t="shared" si="13"/>
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I49" s="163">
         <f t="shared" si="12"/>
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="J49" s="163">
         <f t="shared" si="12"/>
-        <v>3000</v>
+        <v>1500</v>
       </c>
       <c r="K49" s="163">
         <f t="shared" si="12"/>
-        <v>4000</v>
+        <v>2000</v>
       </c>
       <c r="L49" s="163">
         <f t="shared" si="12"/>
-        <v>5000</v>
+        <v>2500</v>
       </c>
       <c r="M49" s="163">
         <f t="shared" si="12"/>
-        <v>6000</v>
+        <v>3000</v>
       </c>
       <c r="N49" s="163">
         <f t="shared" si="12"/>
-        <v>7000</v>
+        <v>3500</v>
       </c>
       <c r="O49" s="163">
         <f t="shared" si="12"/>
-        <v>8000</v>
+        <v>4000</v>
       </c>
       <c r="P49" s="163">
         <f t="shared" si="12"/>
-        <v>9000</v>
+        <v>4500</v>
       </c>
       <c r="Q49" s="154">
-        <v>10000</v>
+        <v>5000</v>
       </c>
     </row>
     <row r="50" spans="1:17" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A50" s="153">
         <f t="shared" si="10"/>
-        <v>1442628</v>
+        <v>1000000</v>
       </c>
       <c r="B50" s="154">
-        <v>0</v>
+        <v>1485906</v>
       </c>
       <c r="C50" s="155">
-        <v>0.14630000000000001</v>
+        <v>0.1353</v>
       </c>
       <c r="D50" s="153">
         <f t="shared" si="11"/>
-        <v>159124.95279999997</v>
-[...11 lines deleted...]
-      <c r="A53" s="151" t="s">
+        <v>98485.503600000011</v>
+      </c>
+      <c r="G50" s="162" t="s">
+        <v>7</v>
+      </c>
+      <c r="H50" s="163">
+        <f t="shared" si="13"/>
+        <v>1000</v>
+      </c>
+      <c r="I50" s="163">
+        <f t="shared" si="12"/>
+        <v>2000</v>
+      </c>
+      <c r="J50" s="163">
+        <f t="shared" si="12"/>
+        <v>3000</v>
+      </c>
+      <c r="K50" s="163">
+        <f t="shared" si="12"/>
+        <v>4000</v>
+      </c>
+      <c r="L50" s="163">
+        <f t="shared" si="12"/>
+        <v>5000</v>
+      </c>
+      <c r="M50" s="163">
+        <f t="shared" si="12"/>
+        <v>6000</v>
+      </c>
+      <c r="N50" s="163">
+        <f t="shared" si="12"/>
+        <v>7000</v>
+      </c>
+      <c r="O50" s="163">
+        <f t="shared" si="12"/>
+        <v>8000</v>
+      </c>
+      <c r="P50" s="163">
+        <f t="shared" si="12"/>
+        <v>9000</v>
+      </c>
+      <c r="Q50" s="154">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="51" spans="1:17" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A51" s="153">
+        <f t="shared" si="10"/>
+        <v>1485906</v>
+      </c>
+      <c r="B51" s="154">
+        <v>0</v>
+      </c>
+      <c r="C51" s="155">
+        <v>0.14630000000000001</v>
+      </c>
+      <c r="D51" s="153">
+        <f t="shared" si="11"/>
+        <v>164228.58540000001</v>
+      </c>
+    </row>
+    <row r="53" spans="1:17" s="7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A53" s="7" t="s">
+        <v>167</v>
+      </c>
+      <c r="G53" s="78"/>
+      <c r="I53" s="8"/>
+      <c r="K53"/>
+      <c r="O53" s="9"/>
+    </row>
+    <row r="54" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A54" s="12" t="s">
+        <v>140</v>
+      </c>
+      <c r="B54" s="5"/>
+      <c r="C54" s="5"/>
+      <c r="D54" s="5"/>
+    </row>
+    <row r="55" spans="1:17" ht="31.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A55" s="151" t="s">
         <v>11</v>
       </c>
-      <c r="B53" s="151" t="s">
+      <c r="B55" s="151" t="s">
         <v>12</v>
       </c>
-      <c r="C53" s="152" t="s">
+      <c r="C55" s="152" t="s">
         <v>14</v>
       </c>
-      <c r="D53" s="145" t="s">
+      <c r="D55" s="145" t="s">
         <v>18</v>
-      </c>
-[...28 lines deleted...]
-        <v>236.797</v>
       </c>
     </row>
     <row r="56" spans="1:17" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A56" s="153">
-        <f t="shared" si="14"/>
-        <v>51000</v>
+        <v>0</v>
       </c>
       <c r="B56" s="154">
-        <v>65744</v>
+        <v>22173</v>
       </c>
       <c r="C56" s="156">
-        <v>4.3999999999999997E-2</v>
+        <v>1.0999999999999999E-2</v>
       </c>
       <c r="D56" s="153">
-        <f t="shared" si="15"/>
-        <v>885.20299999999997</v>
+        <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:17" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A57" s="153">
-        <f t="shared" si="14"/>
-        <v>65744</v>
+        <f t="shared" ref="A57:A62" si="14">B56</f>
+        <v>22173</v>
       </c>
       <c r="B57" s="154">
-        <v>81364</v>
+        <v>52530</v>
       </c>
       <c r="C57" s="156">
-        <v>6.6000000000000003E-2</v>
+        <v>2.1999999999999999E-2</v>
       </c>
       <c r="D57" s="153">
-        <f t="shared" si="15"/>
-        <v>1533.9389999999999</v>
+        <f t="shared" ref="D57:D65" si="15">D56+(B56-A56)*C56</f>
+        <v>243.90299999999999</v>
       </c>
     </row>
     <row r="58" spans="1:17" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A58" s="153">
         <f t="shared" si="14"/>
-        <v>81364</v>
+        <v>52530</v>
       </c>
       <c r="B58" s="154">
-        <v>96107</v>
+        <v>67716</v>
       </c>
       <c r="C58" s="156">
-        <v>8.7999999999999995E-2</v>
+        <v>4.3999999999999997E-2</v>
       </c>
       <c r="D58" s="153">
         <f t="shared" si="15"/>
-        <v>2564.8589999999999</v>
+        <v>911.75699999999995</v>
       </c>
     </row>
     <row r="59" spans="1:17" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A59" s="153">
         <f t="shared" si="14"/>
-        <v>96107</v>
+        <v>67716</v>
       </c>
       <c r="B59" s="154">
-        <v>490493</v>
+        <v>83805</v>
       </c>
       <c r="C59" s="156">
-        <v>0.1023</v>
+        <v>6.6000000000000003E-2</v>
       </c>
       <c r="D59" s="153">
         <f t="shared" si="15"/>
-        <v>3862.2429999999999</v>
+        <v>1579.9409999999998</v>
       </c>
     </row>
     <row r="60" spans="1:17" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A60" s="153">
         <f t="shared" si="14"/>
-        <v>490493</v>
+        <v>83805</v>
       </c>
       <c r="B60" s="154">
-        <v>588593</v>
+        <v>98990</v>
       </c>
       <c r="C60" s="156">
-        <v>0.1133</v>
+        <v>8.7999999999999995E-2</v>
       </c>
       <c r="D60" s="153">
         <f t="shared" si="15"/>
-        <v>44207.930800000002</v>
+        <v>2641.8149999999996</v>
       </c>
     </row>
     <row r="61" spans="1:17" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A61" s="153">
-        <f>B60</f>
-        <v>588593</v>
+        <f t="shared" si="14"/>
+        <v>98990</v>
       </c>
       <c r="B61" s="154">
-        <v>980987</v>
+        <v>505208</v>
       </c>
       <c r="C61" s="156">
-        <v>0.12429999999999999</v>
+        <v>0.1023</v>
       </c>
       <c r="D61" s="153">
         <f t="shared" si="15"/>
-        <v>55322.660799999998</v>
+        <v>3978.0949999999993</v>
       </c>
     </row>
     <row r="62" spans="1:17" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A62" s="153">
-        <f>B61</f>
-        <v>980987</v>
+        <f t="shared" si="14"/>
+        <v>505208</v>
       </c>
       <c r="B62" s="154">
-        <v>1000000</v>
+        <v>606251</v>
       </c>
       <c r="C62" s="156">
-        <v>0.1353</v>
+        <v>0.1133</v>
       </c>
       <c r="D62" s="153">
         <f t="shared" si="15"/>
-        <v>104097.23499999999</v>
+        <v>45534.196400000001</v>
       </c>
     </row>
     <row r="63" spans="1:17" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A63" s="153">
         <f>B62</f>
+        <v>606251</v>
+      </c>
+      <c r="B63" s="154">
         <v>1000000</v>
       </c>
-      <c r="B63" s="154">
-[...1 lines deleted...]
-      </c>
       <c r="C63" s="156">
-        <v>0.14630000000000001</v>
+        <v>0.12429999999999999</v>
       </c>
       <c r="D63" s="153">
         <f t="shared" si="15"/>
-        <v>106669.69389999998</v>
+        <v>56982.368300000002</v>
+      </c>
+    </row>
+    <row r="64" spans="1:17" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A64" s="153">
+        <f>B63</f>
+        <v>1000000</v>
+      </c>
+      <c r="B64" s="154">
+        <v>1010417</v>
+      </c>
+      <c r="C64" s="156">
+        <v>0.1353</v>
+      </c>
+      <c r="D64" s="153">
+        <f t="shared" si="15"/>
+        <v>105925.36900000001</v>
+      </c>
+    </row>
+    <row r="65" spans="1:4" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A65" s="153">
+        <f>B64</f>
+        <v>1010417</v>
+      </c>
+      <c r="B65" s="154">
+        <v>0</v>
+      </c>
+      <c r="C65" s="156">
+        <v>0.14630000000000001</v>
+      </c>
+      <c r="D65" s="153">
+        <f t="shared" si="15"/>
+        <v>107334.78910000001</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A21:D21"/>
-    <mergeCell ref="H40:Q40"/>
+    <mergeCell ref="H41:Q41"/>
     <mergeCell ref="H27:R27"/>
     <mergeCell ref="F9:I9"/>
     <mergeCell ref="F4:I6"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="A21" r:id="rId1" display="Source: EDD California Withholding Schedules for 2021" xr:uid="{82DD1997-DCA2-4E5E-B888-837B7FB05E5A}"/>
-[...2 lines deleted...]
-    <hyperlink ref="A21:D21" r:id="rId4" display="Source: EDD California Withholding Schedules for 2025" xr:uid="{A7094288-024E-4266-8EBB-4CABD1E32078}"/>
+    <hyperlink ref="A21" r:id="rId1" display="Source: EDD California Withholding Schedules for 2021" xr:uid="{9C1C9591-B1C8-4545-AE59-DB65D25B3736}"/>
+    <hyperlink ref="F9:I9" r:id="rId2" display="Download California Withholding Schedules for 2026" xr:uid="{91E4F0C6-1155-4576-A7B0-CA8C928B05B8}"/>
+    <hyperlink ref="A15" r:id="rId3" xr:uid="{8BC07D00-4110-4F09-BF6E-7FE40DA80370}"/>
+    <hyperlink ref="A21:D21" r:id="rId4" display="Source: EDD California Withholding Schedules for 2026" xr:uid="{CAFD8554-5A8D-4B03-B7FE-34145862B714}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <sheetPr codeName="Sheet5"/>
   <dimension ref="A1:I58"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <selection activeCell="N14" sqref="N14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.7109375" style="127" customWidth="1"/>
     <col min="2" max="2" width="74.42578125" style="127" customWidth="1"/>
     <col min="3" max="3" width="16.85546875" style="127" customWidth="1"/>
     <col min="4" max="16384" width="9.140625" style="127"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" s="110" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="106"/>
       <c r="B1" s="107" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="C1" s="108"/>
       <c r="D1" s="109"/>
       <c r="E1" s="109"/>
       <c r="F1" s="109"/>
       <c r="G1" s="109"/>
       <c r="H1" s="109"/>
     </row>
     <row r="2" spans="1:9" s="111" customFormat="1" ht="14.25" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:9" s="111" customFormat="1" ht="15" x14ac:dyDescent="0.2">
       <c r="B3" s="112" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
     </row>
     <row r="4" spans="1:9" s="111" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
       <c r="B4" s="113" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
     </row>
     <row r="5" spans="1:9" s="111" customFormat="1" ht="14.25" x14ac:dyDescent="0.2"/>
     <row r="6" spans="1:9" s="111" customFormat="1" ht="16.5" x14ac:dyDescent="0.2">
       <c r="B6" s="114" t="str">
         <f ca="1">"© 2013 - "&amp;YEAR(TODAY())&amp;" Spreadsheet123 LTD"</f>
         <v>© 2013 - 2025 Spreadsheet123 LTD</v>
       </c>
     </row>
     <row r="7" spans="1:9" s="111" customFormat="1" ht="14.25" x14ac:dyDescent="0.2"/>
     <row r="8" spans="1:9" s="111" customFormat="1" ht="16.5" x14ac:dyDescent="0.2">
       <c r="B8" s="114" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="C8" s="115"/>
       <c r="D8" s="115"/>
       <c r="E8" s="115"/>
       <c r="F8" s="115"/>
       <c r="G8" s="115"/>
       <c r="H8" s="115"/>
     </row>
     <row r="9" spans="1:9" s="111" customFormat="1" ht="16.5" x14ac:dyDescent="0.2">
       <c r="B9" s="114"/>
       <c r="C9" s="115"/>
       <c r="D9" s="115"/>
       <c r="E9" s="115"/>
       <c r="F9" s="115"/>
       <c r="G9" s="115"/>
       <c r="H9" s="115"/>
     </row>
     <row r="10" spans="1:9" s="111" customFormat="1" ht="33" x14ac:dyDescent="0.2">
       <c r="B10" s="116" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="C10" s="117"/>
       <c r="D10" s="117"/>
       <c r="E10" s="117"/>
       <c r="F10" s="117"/>
       <c r="G10" s="117"/>
       <c r="H10" s="117"/>
     </row>
     <row r="11" spans="1:9" s="111" customFormat="1" ht="16.5" x14ac:dyDescent="0.2">
       <c r="B11" s="118"/>
       <c r="C11" s="115"/>
       <c r="D11" s="115"/>
       <c r="E11" s="115"/>
       <c r="F11" s="115"/>
       <c r="G11" s="115"/>
       <c r="H11" s="115"/>
     </row>
     <row r="12" spans="1:9" s="111" customFormat="1" ht="66" x14ac:dyDescent="0.2">
       <c r="B12" s="119" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="C12" s="120"/>
       <c r="D12" s="120"/>
       <c r="E12" s="120"/>
       <c r="F12" s="120"/>
       <c r="G12" s="120"/>
       <c r="H12" s="120"/>
       <c r="I12" s="121"/>
     </row>
     <row r="13" spans="1:9" s="111" customFormat="1" ht="16.5" x14ac:dyDescent="0.2">
       <c r="B13" s="122"/>
       <c r="C13" s="123"/>
       <c r="D13" s="123"/>
       <c r="E13" s="123"/>
       <c r="F13" s="123"/>
       <c r="G13" s="123"/>
       <c r="H13" s="123"/>
       <c r="I13" s="124"/>
     </row>
     <row r="14" spans="1:9" s="111" customFormat="1" ht="49.5" x14ac:dyDescent="0.2">
       <c r="B14" s="116" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="C14" s="117"/>
       <c r="D14" s="117"/>
       <c r="E14" s="117"/>
       <c r="F14" s="117"/>
       <c r="G14" s="117"/>
       <c r="H14" s="117"/>
     </row>
     <row r="15" spans="1:9" s="111" customFormat="1" ht="16.5" x14ac:dyDescent="0.2">
       <c r="B15" s="115"/>
       <c r="C15" s="115"/>
       <c r="D15" s="115"/>
       <c r="E15" s="115"/>
       <c r="F15" s="115"/>
       <c r="G15" s="115"/>
       <c r="H15" s="115"/>
     </row>
     <row r="16" spans="1:9" s="111" customFormat="1" ht="16.5" x14ac:dyDescent="0.2">
       <c r="B16" s="125" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="C16" s="126"/>
       <c r="D16" s="115"/>
       <c r="E16" s="115"/>
       <c r="F16" s="115"/>
       <c r="G16" s="115"/>
       <c r="H16" s="115"/>
     </row>
     <row r="17" spans="2:9" s="111" customFormat="1" ht="16.5" x14ac:dyDescent="0.2">
       <c r="B17" s="113" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="C17" s="115"/>
       <c r="D17" s="115"/>
       <c r="E17" s="115"/>
       <c r="F17" s="115"/>
       <c r="G17" s="115"/>
       <c r="H17" s="115"/>
     </row>
     <row r="18" spans="2:9" x14ac:dyDescent="0.2">
       <c r="B18" s="128"/>
       <c r="C18" s="128"/>
       <c r="D18" s="128"/>
       <c r="E18" s="128"/>
       <c r="F18" s="128"/>
       <c r="G18" s="128"/>
       <c r="H18" s="128"/>
       <c r="I18" s="128"/>
     </row>
     <row r="19" spans="2:9" s="129" customFormat="1" ht="15" x14ac:dyDescent="0.2">
       <c r="B19" s="130"/>
       <c r="C19" s="130"/>
       <c r="D19" s="130"/>
       <c r="E19" s="130"/>
       <c r="F19" s="130"/>
       <c r="G19" s="130"/>
@@ -18632,49 +21592,49 @@
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="5" baseType="lpstr">
       <vt:lpstr>Paycheck Calculator</vt:lpstr>
       <vt:lpstr>Federal Tax Tables New</vt:lpstr>
       <vt:lpstr>California Tax Tables</vt:lpstr>
       <vt:lpstr>©</vt:lpstr>
       <vt:lpstr>'Paycheck Calculator'!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Spreadsheet123 LTD</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Paycheck Calculator (CA)</dc:title>
   <dc:creator>Spreadsheet123.com</dc:creator>
-  <dc:description>© 2013 - 2025 Spreadsheet123 LTD. All rights reserved</dc:description>
+  <dc:description>© 2013 - 2026 Spreadsheet123 LTD. All rights reserved</dc:description>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Copyright">
-    <vt:lpwstr>© 2013 - 2025 Spreadsheet123 LTD.</vt:lpwstr>
+    <vt:lpwstr>© 2013 - 2026 Spreadsheet123 LTD.</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Version">
     <vt:lpwstr>1.0.4</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Source">
     <vt:lpwstr>https://www.spreadsheet123.com/calculators/net-paycheck-calculator</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Year">
-    <vt:lpwstr>2025</vt:lpwstr>
+    <vt:lpwstr>2026</vt:lpwstr>
   </property>
 </Properties>
 </file>