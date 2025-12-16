--- v0 (2025-10-30)
+++ v1 (2025-12-16)
@@ -1,224 +1,227 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/chart3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing8.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/chart5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing9.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-  <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Alex Bejanishvili\Documents\Xampp\htdocs\spreadsheet123\files\free-templates\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\xampp\htdocs\spreadsheet123\files\free-templates\"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3C5DA8DE-004C-4AD0-939F-DC572DD8F646}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="60" windowWidth="15300" windowHeight="8130" activeTab="4"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Income" sheetId="1" r:id="rId1"/>
     <sheet name="Jan-Mar" sheetId="2" r:id="rId2"/>
     <sheet name="Apr-June" sheetId="11" r:id="rId3"/>
     <sheet name="July-Sep" sheetId="10" r:id="rId4"/>
     <sheet name="Oct-Dec" sheetId="9" r:id="rId5"/>
     <sheet name="Spending Total" sheetId="8" r:id="rId6"/>
     <sheet name="Results" sheetId="12" r:id="rId7"/>
     <sheet name="Savings Goal" sheetId="13" r:id="rId8"/>
     <sheet name="Terms Of Use (EULA)" sheetId="7" r:id="rId9"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Income!$A$1:$N$46</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="7">'Savings Goal'!$A$1:$J$44</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="5">'Spending Total'!$A$1:$Q$53</definedName>
   </definedNames>
-  <calcPr calcId="152511"/>
+  <calcPr calcId="191029"/>
+  <extLst>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="C11" i="2" l="1"/>
   <c r="I3" i="7" l="1"/>
   <c r="D7" i="13"/>
   <c r="E7" i="13"/>
-  <c r="H7" i="13" s="1"/>
   <c r="F7" i="13"/>
   <c r="G7" i="13"/>
   <c r="D8" i="13"/>
   <c r="E8" i="13"/>
   <c r="F8" i="13"/>
-  <c r="H8" i="13" s="1"/>
   <c r="G8" i="13"/>
   <c r="D9" i="13"/>
+  <c r="H9" i="13" s="1"/>
   <c r="E9" i="13"/>
   <c r="F9" i="13"/>
   <c r="G9" i="13"/>
-  <c r="H9" i="13"/>
   <c r="D10" i="13"/>
   <c r="H10" i="13" s="1"/>
   <c r="E10" i="13"/>
   <c r="F10" i="13"/>
   <c r="G10" i="13"/>
-  <c r="G15" i="13" s="1"/>
   <c r="D11" i="13"/>
-  <c r="H11" i="13" s="1"/>
   <c r="E11" i="13"/>
   <c r="F11" i="13"/>
   <c r="G11" i="13"/>
   <c r="D12" i="13"/>
   <c r="H12" i="13" s="1"/>
   <c r="E12" i="13"/>
   <c r="F12" i="13"/>
   <c r="G12" i="13"/>
   <c r="D13" i="13"/>
-  <c r="H13" i="13" s="1"/>
   <c r="E13" i="13"/>
   <c r="F13" i="13"/>
   <c r="G13" i="13"/>
   <c r="C15" i="13"/>
   <c r="F15" i="13"/>
   <c r="F18" i="13" s="1"/>
   <c r="B8" i="8"/>
   <c r="B9" i="8"/>
   <c r="B10" i="8"/>
   <c r="B11" i="8"/>
   <c r="B12" i="8"/>
   <c r="B13" i="8"/>
   <c r="B14" i="8"/>
   <c r="B15" i="8"/>
   <c r="B16" i="8"/>
   <c r="B17" i="8"/>
   <c r="B18" i="8"/>
   <c r="B19" i="8"/>
   <c r="B20" i="8"/>
   <c r="B8" i="9"/>
   <c r="B59" i="9" s="1"/>
   <c r="F8" i="9"/>
+  <c r="F97" i="9" s="1"/>
   <c r="F110" i="9"/>
   <c r="J8" i="9"/>
+  <c r="J25" i="9" s="1"/>
   <c r="J16" i="9"/>
   <c r="A18" i="9"/>
   <c r="B18" i="9"/>
   <c r="C18" i="9"/>
   <c r="F18" i="9"/>
   <c r="G18" i="9"/>
+  <c r="H18" i="9" s="1"/>
   <c r="J18" i="9"/>
+  <c r="J23" i="9" s="1"/>
+  <c r="J10" i="9" s="1"/>
   <c r="K18" i="9"/>
   <c r="A19" i="9"/>
   <c r="B19" i="9"/>
-  <c r="B23" i="9"/>
-  <c r="B10" i="9" s="1"/>
   <c r="C19" i="9"/>
   <c r="D19" i="9"/>
   <c r="F19" i="9"/>
   <c r="G19" i="9"/>
-  <c r="H19" i="9"/>
+  <c r="H19" i="9" s="1"/>
   <c r="J19" i="9"/>
   <c r="K19" i="9"/>
-  <c r="L19" i="9" s="1"/>
   <c r="A20" i="9"/>
   <c r="B20" i="9"/>
   <c r="C20" i="9"/>
   <c r="D20" i="9" s="1"/>
   <c r="F20" i="9"/>
-  <c r="F23" i="9" s="1"/>
-  <c r="F10" i="9" s="1"/>
   <c r="G20" i="9"/>
   <c r="J20" i="9"/>
   <c r="K20" i="9"/>
   <c r="A21" i="9"/>
   <c r="B21" i="9"/>
+  <c r="B23" i="9" s="1"/>
+  <c r="B10" i="9" s="1"/>
   <c r="C21" i="9"/>
-  <c r="D21" i="9"/>
   <c r="F21" i="9"/>
   <c r="G21" i="9"/>
   <c r="H21" i="9" s="1"/>
   <c r="J21" i="9"/>
   <c r="L21" i="9"/>
   <c r="K21" i="9"/>
   <c r="A22" i="9"/>
   <c r="B22" i="9"/>
-  <c r="D22" i="9" s="1"/>
   <c r="C22" i="9"/>
   <c r="F22" i="9"/>
   <c r="G22" i="9"/>
-  <c r="H22" i="9"/>
+  <c r="H22" i="9" s="1"/>
   <c r="J22" i="9"/>
   <c r="K22" i="9"/>
-  <c r="L22" i="9" s="1"/>
-[...1 lines deleted...]
-  <c r="J25" i="9"/>
   <c r="D27" i="9"/>
   <c r="H27" i="9"/>
   <c r="L27" i="9"/>
   <c r="D28" i="9"/>
   <c r="H28" i="9"/>
   <c r="L28" i="9"/>
   <c r="D29" i="9"/>
-  <c r="D43" i="9" s="1"/>
   <c r="H29" i="9"/>
   <c r="L29" i="9"/>
   <c r="D30" i="9"/>
   <c r="H30" i="9"/>
   <c r="L30" i="9"/>
   <c r="D31" i="9"/>
   <c r="H31" i="9"/>
   <c r="L31" i="9"/>
   <c r="D32" i="9"/>
   <c r="H32" i="9"/>
   <c r="L32" i="9"/>
   <c r="D33" i="9"/>
   <c r="H33" i="9"/>
   <c r="L33" i="9"/>
   <c r="D34" i="9"/>
   <c r="H34" i="9"/>
   <c r="L34" i="9"/>
   <c r="D35" i="9"/>
   <c r="H35" i="9"/>
   <c r="L35" i="9"/>
   <c r="D36" i="9"/>
   <c r="H36" i="9"/>
   <c r="L36" i="9"/>
   <c r="D37" i="9"/>
   <c r="H37" i="9"/>
@@ -235,469 +238,459 @@
   <c r="D41" i="9"/>
   <c r="H41" i="9"/>
   <c r="L41" i="9"/>
   <c r="D42" i="9"/>
   <c r="H42" i="9"/>
   <c r="L42" i="9"/>
   <c r="B43" i="9"/>
   <c r="C43" i="9"/>
   <c r="F43" i="9"/>
   <c r="G43" i="9"/>
   <c r="J43" i="9"/>
   <c r="K43" i="9"/>
   <c r="J45" i="9"/>
   <c r="D47" i="9"/>
   <c r="H47" i="9"/>
   <c r="L47" i="9"/>
   <c r="D48" i="9"/>
   <c r="H48" i="9"/>
   <c r="L48" i="9"/>
   <c r="D49" i="9"/>
   <c r="H49" i="9"/>
   <c r="L49" i="9"/>
   <c r="D50" i="9"/>
   <c r="H50" i="9"/>
   <c r="L50" i="9"/>
+  <c r="L57" i="9" s="1"/>
   <c r="D51" i="9"/>
   <c r="H51" i="9"/>
   <c r="L51" i="9"/>
   <c r="D52" i="9"/>
   <c r="H52" i="9"/>
   <c r="L52" i="9"/>
   <c r="D53" i="9"/>
   <c r="H53" i="9"/>
   <c r="L53" i="9"/>
   <c r="D54" i="9"/>
   <c r="H54" i="9"/>
   <c r="L54" i="9"/>
   <c r="D55" i="9"/>
   <c r="H55" i="9"/>
   <c r="L55" i="9"/>
   <c r="D56" i="9"/>
   <c r="H56" i="9"/>
   <c r="L56" i="9"/>
   <c r="B57" i="9"/>
   <c r="C57" i="9"/>
   <c r="F57" i="9"/>
   <c r="G57" i="9"/>
   <c r="J57" i="9"/>
   <c r="K57" i="9"/>
   <c r="J59" i="9"/>
   <c r="D61" i="9"/>
   <c r="H61" i="9"/>
   <c r="L61" i="9"/>
   <c r="D62" i="9"/>
-  <c r="D67" i="9" s="1"/>
   <c r="H62" i="9"/>
   <c r="L62" i="9"/>
   <c r="D63" i="9"/>
   <c r="H63" i="9"/>
   <c r="L63" i="9"/>
   <c r="D64" i="9"/>
   <c r="H64" i="9"/>
   <c r="L64" i="9"/>
   <c r="D65" i="9"/>
   <c r="H65" i="9"/>
+  <c r="H67" i="9" s="1"/>
   <c r="L65" i="9"/>
+  <c r="L67" i="9" s="1"/>
   <c r="D66" i="9"/>
   <c r="H66" i="9"/>
   <c r="L66" i="9"/>
   <c r="B67" i="9"/>
   <c r="C67" i="9"/>
   <c r="F67" i="9"/>
   <c r="G67" i="9"/>
   <c r="J67" i="9"/>
   <c r="K67" i="9"/>
   <c r="J69" i="9"/>
   <c r="D71" i="9"/>
-  <c r="D80" i="9" s="1"/>
   <c r="H71" i="9"/>
   <c r="L71" i="9"/>
   <c r="D72" i="9"/>
   <c r="H72" i="9"/>
+  <c r="H80" i="9" s="1"/>
   <c r="L72" i="9"/>
   <c r="D73" i="9"/>
   <c r="H73" i="9"/>
   <c r="L73" i="9"/>
   <c r="D74" i="9"/>
   <c r="H74" i="9"/>
   <c r="L74" i="9"/>
   <c r="D75" i="9"/>
   <c r="H75" i="9"/>
   <c r="L75" i="9"/>
   <c r="D76" i="9"/>
   <c r="H76" i="9"/>
   <c r="L76" i="9"/>
   <c r="D77" i="9"/>
   <c r="H77" i="9"/>
   <c r="L77" i="9"/>
   <c r="D78" i="9"/>
   <c r="H78" i="9"/>
   <c r="L78" i="9"/>
-  <c r="L80" i="9" s="1"/>
   <c r="D79" i="9"/>
   <c r="H79" i="9"/>
   <c r="L79" i="9"/>
   <c r="B80" i="9"/>
   <c r="C80" i="9"/>
   <c r="F80" i="9"/>
   <c r="G80" i="9"/>
   <c r="J80" i="9"/>
-  <c r="J11" i="9" s="1"/>
   <c r="K80" i="9"/>
   <c r="J82" i="9"/>
   <c r="D84" i="9"/>
   <c r="H84" i="9"/>
   <c r="L84" i="9"/>
   <c r="D85" i="9"/>
   <c r="H85" i="9"/>
   <c r="L85" i="9"/>
-  <c r="L95" i="9" s="1"/>
   <c r="D86" i="9"/>
   <c r="H86" i="9"/>
   <c r="L86" i="9"/>
   <c r="D87" i="9"/>
   <c r="H87" i="9"/>
   <c r="L87" i="9"/>
   <c r="D88" i="9"/>
   <c r="H88" i="9"/>
-  <c r="H95" i="9" s="1"/>
   <c r="L88" i="9"/>
   <c r="D89" i="9"/>
   <c r="H89" i="9"/>
   <c r="L89" i="9"/>
   <c r="D90" i="9"/>
   <c r="H90" i="9"/>
   <c r="L90" i="9"/>
   <c r="D91" i="9"/>
-  <c r="D95" i="9" s="1"/>
   <c r="H91" i="9"/>
   <c r="L91" i="9"/>
   <c r="D92" i="9"/>
   <c r="H92" i="9"/>
   <c r="L92" i="9"/>
   <c r="D93" i="9"/>
   <c r="H93" i="9"/>
   <c r="L93" i="9"/>
   <c r="D94" i="9"/>
   <c r="H94" i="9"/>
   <c r="L94" i="9"/>
   <c r="B95" i="9"/>
   <c r="C95" i="9"/>
   <c r="F95" i="9"/>
   <c r="G95" i="9"/>
   <c r="J95" i="9"/>
   <c r="K95" i="9"/>
   <c r="J97" i="9"/>
   <c r="D99" i="9"/>
   <c r="H99" i="9"/>
   <c r="L99" i="9"/>
   <c r="D100" i="9"/>
   <c r="H100" i="9"/>
   <c r="L100" i="9"/>
   <c r="D101" i="9"/>
   <c r="H101" i="9"/>
   <c r="L101" i="9"/>
   <c r="D102" i="9"/>
   <c r="H102" i="9"/>
   <c r="L102" i="9"/>
   <c r="D103" i="9"/>
   <c r="H103" i="9"/>
   <c r="L103" i="9"/>
   <c r="D104" i="9"/>
   <c r="H104" i="9"/>
   <c r="L104" i="9"/>
-  <c r="L108" i="9" s="1"/>
   <c r="D105" i="9"/>
   <c r="H105" i="9"/>
   <c r="L105" i="9"/>
   <c r="D106" i="9"/>
   <c r="H106" i="9"/>
   <c r="L106" i="9"/>
   <c r="D107" i="9"/>
   <c r="H107" i="9"/>
-  <c r="H108" i="9" s="1"/>
   <c r="L107" i="9"/>
   <c r="B108" i="9"/>
   <c r="C108" i="9"/>
   <c r="F108" i="9"/>
   <c r="G108" i="9"/>
   <c r="J108" i="9"/>
   <c r="K108" i="9"/>
   <c r="B110" i="9"/>
   <c r="J110" i="9"/>
   <c r="D112" i="9"/>
-  <c r="D119" i="9" s="1"/>
   <c r="H112" i="9"/>
   <c r="L112" i="9"/>
   <c r="D113" i="9"/>
   <c r="H113" i="9"/>
-  <c r="H119" i="9"/>
+  <c r="H119" i="9" s="1"/>
   <c r="L113" i="9"/>
   <c r="D114" i="9"/>
   <c r="H114" i="9"/>
   <c r="L114" i="9"/>
   <c r="D115" i="9"/>
   <c r="H115" i="9"/>
   <c r="L115" i="9"/>
   <c r="D116" i="9"/>
   <c r="H116" i="9"/>
   <c r="L116" i="9"/>
   <c r="D117" i="9"/>
   <c r="H117" i="9"/>
   <c r="L117" i="9"/>
   <c r="D118" i="9"/>
   <c r="H118" i="9"/>
   <c r="L118" i="9"/>
-  <c r="L119" i="9" s="1"/>
   <c r="B119" i="9"/>
   <c r="C119" i="9"/>
   <c r="F119" i="9"/>
   <c r="G119" i="9"/>
   <c r="J119" i="9"/>
   <c r="K119" i="9"/>
   <c r="J121" i="9"/>
   <c r="D123" i="9"/>
   <c r="H123" i="9"/>
   <c r="L123" i="9"/>
   <c r="D124" i="9"/>
+  <c r="D131" i="9" s="1"/>
   <c r="H124" i="9"/>
   <c r="L124" i="9"/>
   <c r="D125" i="9"/>
   <c r="H125" i="9"/>
-  <c r="H131" i="9" s="1"/>
   <c r="L125" i="9"/>
   <c r="D126" i="9"/>
   <c r="H126" i="9"/>
   <c r="L126" i="9"/>
+  <c r="L131" i="9" s="1"/>
   <c r="D127" i="9"/>
   <c r="H127" i="9"/>
   <c r="L127" i="9"/>
   <c r="D128" i="9"/>
   <c r="H128" i="9"/>
   <c r="L128" i="9"/>
   <c r="D129" i="9"/>
   <c r="H129" i="9"/>
   <c r="L129" i="9"/>
   <c r="D130" i="9"/>
   <c r="H130" i="9"/>
   <c r="L130" i="9"/>
   <c r="B131" i="9"/>
   <c r="C131" i="9"/>
   <c r="F131" i="9"/>
   <c r="G131" i="9"/>
   <c r="J131" i="9"/>
   <c r="K131" i="9"/>
   <c r="J133" i="9"/>
   <c r="D135" i="9"/>
   <c r="H135" i="9"/>
   <c r="L135" i="9"/>
   <c r="D136" i="9"/>
   <c r="H136" i="9"/>
+  <c r="H142" i="9" s="1"/>
   <c r="L136" i="9"/>
   <c r="D137" i="9"/>
   <c r="H137" i="9"/>
   <c r="L137" i="9"/>
   <c r="D138" i="9"/>
   <c r="H138" i="9"/>
   <c r="L138" i="9"/>
   <c r="D139" i="9"/>
+  <c r="D142" i="9" s="1"/>
   <c r="H139" i="9"/>
   <c r="L139" i="9"/>
   <c r="D140" i="9"/>
   <c r="H140" i="9"/>
   <c r="L140" i="9"/>
   <c r="D141" i="9"/>
   <c r="H141" i="9"/>
   <c r="L141" i="9"/>
   <c r="B142" i="9"/>
-  <c r="B11" i="9" s="1"/>
   <c r="C142" i="9"/>
   <c r="F142" i="9"/>
   <c r="G142" i="9"/>
   <c r="J142" i="9"/>
   <c r="K142" i="9"/>
   <c r="J144" i="9"/>
   <c r="D146" i="9"/>
+  <c r="D156" i="9" s="1"/>
   <c r="H146" i="9"/>
   <c r="L146" i="9"/>
   <c r="A147" i="9"/>
   <c r="D147" i="9"/>
   <c r="H147" i="9"/>
   <c r="L147" i="9"/>
   <c r="A148" i="9"/>
   <c r="D148" i="9"/>
   <c r="H148" i="9"/>
   <c r="L148" i="9"/>
   <c r="A149" i="9"/>
   <c r="D149" i="9"/>
   <c r="H149" i="9"/>
   <c r="L149" i="9"/>
   <c r="D150" i="9"/>
   <c r="H150" i="9"/>
+  <c r="H156" i="9" s="1"/>
   <c r="L150" i="9"/>
   <c r="D151" i="9"/>
   <c r="H151" i="9"/>
   <c r="L151" i="9"/>
   <c r="D152" i="9"/>
   <c r="H152" i="9"/>
   <c r="L152" i="9"/>
   <c r="D153" i="9"/>
   <c r="H153" i="9"/>
   <c r="L153" i="9"/>
   <c r="D154" i="9"/>
   <c r="H154" i="9"/>
   <c r="L154" i="9"/>
   <c r="D155" i="9"/>
   <c r="H155" i="9"/>
   <c r="L155" i="9"/>
   <c r="B156" i="9"/>
   <c r="C156" i="9"/>
   <c r="F156" i="9"/>
   <c r="G156" i="9"/>
   <c r="J156" i="9"/>
   <c r="K156" i="9"/>
   <c r="D160" i="9"/>
   <c r="H160" i="9"/>
   <c r="L160" i="9"/>
+  <c r="L167" i="9" s="1"/>
   <c r="D161" i="9"/>
   <c r="H161" i="9"/>
   <c r="L161" i="9"/>
-  <c r="L167" i="9"/>
   <c r="D162" i="9"/>
-  <c r="D167" i="9" s="1"/>
   <c r="H162" i="9"/>
   <c r="L162" i="9"/>
   <c r="D163" i="9"/>
   <c r="H163" i="9"/>
   <c r="L163" i="9"/>
   <c r="D164" i="9"/>
   <c r="H164" i="9"/>
   <c r="L164" i="9"/>
   <c r="D165" i="9"/>
   <c r="H165" i="9"/>
   <c r="L165" i="9"/>
   <c r="D166" i="9"/>
   <c r="H166" i="9"/>
   <c r="L166" i="9"/>
   <c r="B167" i="9"/>
-  <c r="G5" i="13" s="1"/>
   <c r="C167" i="9"/>
   <c r="F167" i="9"/>
   <c r="G167" i="9"/>
   <c r="J167" i="9"/>
   <c r="K167" i="9"/>
   <c r="J169" i="9"/>
   <c r="D171" i="9"/>
   <c r="H171" i="9"/>
-  <c r="H175" i="9" s="1"/>
   <c r="L171" i="9"/>
   <c r="D172" i="9"/>
   <c r="H172" i="9"/>
   <c r="L172" i="9"/>
-  <c r="L175" i="9" s="1"/>
   <c r="D173" i="9"/>
   <c r="H173" i="9"/>
   <c r="L173" i="9"/>
   <c r="D174" i="9"/>
   <c r="H174" i="9"/>
   <c r="L174" i="9"/>
   <c r="B175" i="9"/>
   <c r="C175" i="9"/>
   <c r="F175" i="9"/>
   <c r="G175" i="9"/>
   <c r="J175" i="9"/>
   <c r="K175" i="9"/>
   <c r="J177" i="9"/>
   <c r="D179" i="9"/>
   <c r="H179" i="9"/>
-  <c r="H183" i="9"/>
+  <c r="H183" i="9" s="1"/>
   <c r="L179" i="9"/>
-  <c r="L183" i="9" s="1"/>
   <c r="D180" i="9"/>
   <c r="H180" i="9"/>
   <c r="L180" i="9"/>
   <c r="D181" i="9"/>
   <c r="H181" i="9"/>
   <c r="L181" i="9"/>
   <c r="D182" i="9"/>
   <c r="H182" i="9"/>
   <c r="L182" i="9"/>
   <c r="B183" i="9"/>
   <c r="C183" i="9"/>
   <c r="F183" i="9"/>
   <c r="G183" i="9"/>
   <c r="J183" i="9"/>
   <c r="K183" i="9"/>
   <c r="B8" i="10"/>
   <c r="B144" i="10" s="1"/>
   <c r="F8" i="10"/>
   <c r="J8" i="10"/>
   <c r="J82" i="10" s="1"/>
   <c r="A18" i="10"/>
   <c r="B18" i="10"/>
   <c r="C18" i="10"/>
   <c r="D18" i="10" s="1"/>
   <c r="F18" i="10"/>
   <c r="G18" i="10"/>
-  <c r="H18" i="10" s="1"/>
   <c r="J18" i="10"/>
   <c r="K18" i="10"/>
   <c r="A19" i="10"/>
   <c r="B19" i="10"/>
   <c r="C19" i="10"/>
   <c r="F19" i="10"/>
   <c r="G19" i="10"/>
-  <c r="H19" i="10"/>
+  <c r="H19" i="10" s="1"/>
   <c r="J19" i="10"/>
   <c r="K19" i="10"/>
-  <c r="L19" i="10"/>
+  <c r="L19" i="10" s="1"/>
   <c r="A20" i="10"/>
   <c r="B20" i="10"/>
-  <c r="D20" i="10"/>
   <c r="C20" i="10"/>
+  <c r="D20" i="10" s="1"/>
   <c r="F20" i="10"/>
   <c r="G20" i="10"/>
   <c r="J20" i="10"/>
   <c r="L20" i="10" s="1"/>
   <c r="K20" i="10"/>
   <c r="A21" i="10"/>
   <c r="B21" i="10"/>
   <c r="C21" i="10"/>
   <c r="F21" i="10"/>
   <c r="G21" i="10"/>
-  <c r="H21" i="10" s="1"/>
   <c r="J21" i="10"/>
-  <c r="L21" i="10"/>
+  <c r="L21" i="10" s="1"/>
   <c r="K21" i="10"/>
   <c r="A22" i="10"/>
   <c r="B22" i="10"/>
   <c r="C22" i="10"/>
   <c r="D22" i="10"/>
   <c r="F22" i="10"/>
   <c r="G22" i="10"/>
-  <c r="H22" i="10"/>
+  <c r="H22" i="10" s="1"/>
   <c r="J22" i="10"/>
   <c r="K22" i="10"/>
   <c r="K23" i="10" s="1"/>
   <c r="L22" i="10"/>
   <c r="J25" i="10"/>
   <c r="D27" i="10"/>
   <c r="H27" i="10"/>
   <c r="L27" i="10"/>
   <c r="D28" i="10"/>
   <c r="H28" i="10"/>
   <c r="L28" i="10"/>
   <c r="D29" i="10"/>
   <c r="H29" i="10"/>
   <c r="L29" i="10"/>
   <c r="D30" i="10"/>
   <c r="H30" i="10"/>
   <c r="L30" i="10"/>
   <c r="D31" i="10"/>
   <c r="H31" i="10"/>
   <c r="L31" i="10"/>
   <c r="D32" i="10"/>
   <c r="H32" i="10"/>
   <c r="L32" i="10"/>
   <c r="D33" i="10"/>
   <c r="H33" i="10"/>
@@ -710,743 +703,717 @@
   <c r="L35" i="10"/>
   <c r="D36" i="10"/>
   <c r="H36" i="10"/>
   <c r="L36" i="10"/>
   <c r="D37" i="10"/>
   <c r="H37" i="10"/>
   <c r="L37" i="10"/>
   <c r="D38" i="10"/>
   <c r="H38" i="10"/>
   <c r="L38" i="10"/>
   <c r="D39" i="10"/>
   <c r="H39" i="10"/>
   <c r="L39" i="10"/>
   <c r="D40" i="10"/>
   <c r="H40" i="10"/>
   <c r="L40" i="10"/>
   <c r="D41" i="10"/>
   <c r="H41" i="10"/>
   <c r="L41" i="10"/>
   <c r="D42" i="10"/>
   <c r="H42" i="10"/>
   <c r="L42" i="10"/>
   <c r="B43" i="10"/>
   <c r="C43" i="10"/>
   <c r="F43" i="10"/>
+  <c r="F11" i="10" s="1"/>
   <c r="G43" i="10"/>
   <c r="J43" i="10"/>
   <c r="K43" i="10"/>
   <c r="F45" i="10"/>
   <c r="D47" i="10"/>
   <c r="H47" i="10"/>
   <c r="L47" i="10"/>
   <c r="D48" i="10"/>
-  <c r="D57" i="10" s="1"/>
   <c r="H48" i="10"/>
   <c r="L48" i="10"/>
   <c r="D49" i="10"/>
   <c r="H49" i="10"/>
   <c r="L49" i="10"/>
   <c r="D50" i="10"/>
   <c r="H50" i="10"/>
-  <c r="H57" i="10" s="1"/>
   <c r="L50" i="10"/>
   <c r="D51" i="10"/>
   <c r="H51" i="10"/>
   <c r="L51" i="10"/>
   <c r="D52" i="10"/>
   <c r="H52" i="10"/>
   <c r="L52" i="10"/>
   <c r="D53" i="10"/>
   <c r="H53" i="10"/>
   <c r="L53" i="10"/>
   <c r="D54" i="10"/>
   <c r="H54" i="10"/>
   <c r="L54" i="10"/>
   <c r="D55" i="10"/>
   <c r="H55" i="10"/>
   <c r="L55" i="10"/>
   <c r="D56" i="10"/>
   <c r="H56" i="10"/>
   <c r="L56" i="10"/>
   <c r="B57" i="10"/>
   <c r="C57" i="10"/>
   <c r="F57" i="10"/>
   <c r="G57" i="10"/>
   <c r="J57" i="10"/>
   <c r="K57" i="10"/>
   <c r="F59" i="10"/>
   <c r="J59" i="10"/>
   <c r="D61" i="10"/>
   <c r="H61" i="10"/>
-  <c r="H67" i="10" s="1"/>
   <c r="L61" i="10"/>
   <c r="D62" i="10"/>
   <c r="H62" i="10"/>
   <c r="L62" i="10"/>
   <c r="D63" i="10"/>
   <c r="H63" i="10"/>
   <c r="L63" i="10"/>
   <c r="D64" i="10"/>
-  <c r="D67" i="10" s="1"/>
   <c r="H64" i="10"/>
   <c r="L64" i="10"/>
   <c r="D65" i="10"/>
   <c r="H65" i="10"/>
   <c r="L65" i="10"/>
   <c r="D66" i="10"/>
   <c r="H66" i="10"/>
   <c r="L66" i="10"/>
   <c r="B67" i="10"/>
   <c r="C67" i="10"/>
   <c r="F67" i="10"/>
   <c r="G67" i="10"/>
   <c r="J67" i="10"/>
   <c r="K67" i="10"/>
   <c r="F69" i="10"/>
   <c r="D71" i="10"/>
   <c r="H71" i="10"/>
+  <c r="H80" i="10" s="1"/>
   <c r="L71" i="10"/>
   <c r="D72" i="10"/>
   <c r="H72" i="10"/>
   <c r="L72" i="10"/>
   <c r="D73" i="10"/>
   <c r="H73" i="10"/>
   <c r="L73" i="10"/>
   <c r="D74" i="10"/>
   <c r="H74" i="10"/>
   <c r="L74" i="10"/>
   <c r="D75" i="10"/>
   <c r="H75" i="10"/>
   <c r="L75" i="10"/>
   <c r="D76" i="10"/>
   <c r="H76" i="10"/>
   <c r="L76" i="10"/>
   <c r="D77" i="10"/>
   <c r="H77" i="10"/>
   <c r="L77" i="10"/>
   <c r="D78" i="10"/>
   <c r="H78" i="10"/>
   <c r="L78" i="10"/>
   <c r="D79" i="10"/>
   <c r="H79" i="10"/>
   <c r="L79" i="10"/>
   <c r="B80" i="10"/>
   <c r="C80" i="10"/>
   <c r="F80" i="10"/>
   <c r="G80" i="10"/>
   <c r="J80" i="10"/>
   <c r="K80" i="10"/>
   <c r="D84" i="10"/>
   <c r="H84" i="10"/>
   <c r="L84" i="10"/>
   <c r="D85" i="10"/>
   <c r="H85" i="10"/>
   <c r="L85" i="10"/>
   <c r="D86" i="10"/>
   <c r="H86" i="10"/>
   <c r="L86" i="10"/>
   <c r="D87" i="10"/>
   <c r="H87" i="10"/>
   <c r="L87" i="10"/>
   <c r="D88" i="10"/>
   <c r="H88" i="10"/>
   <c r="L88" i="10"/>
-  <c r="L95" i="10" s="1"/>
   <c r="D89" i="10"/>
   <c r="H89" i="10"/>
   <c r="L89" i="10"/>
   <c r="D90" i="10"/>
   <c r="H90" i="10"/>
   <c r="L90" i="10"/>
   <c r="D91" i="10"/>
   <c r="H91" i="10"/>
   <c r="L91" i="10"/>
   <c r="D92" i="10"/>
   <c r="H92" i="10"/>
   <c r="L92" i="10"/>
   <c r="D93" i="10"/>
   <c r="H93" i="10"/>
   <c r="L93" i="10"/>
   <c r="D94" i="10"/>
   <c r="H94" i="10"/>
   <c r="L94" i="10"/>
   <c r="B95" i="10"/>
   <c r="C95" i="10"/>
   <c r="F95" i="10"/>
   <c r="G95" i="10"/>
   <c r="J95" i="10"/>
   <c r="K95" i="10"/>
   <c r="F97" i="10"/>
   <c r="J97" i="10"/>
   <c r="D99" i="10"/>
+  <c r="D108" i="10" s="1"/>
   <c r="H99" i="10"/>
   <c r="L99" i="10"/>
   <c r="D100" i="10"/>
   <c r="H100" i="10"/>
   <c r="L100" i="10"/>
   <c r="D101" i="10"/>
   <c r="H101" i="10"/>
   <c r="L101" i="10"/>
   <c r="D102" i="10"/>
   <c r="H102" i="10"/>
   <c r="L102" i="10"/>
   <c r="D103" i="10"/>
   <c r="H103" i="10"/>
   <c r="L103" i="10"/>
   <c r="D104" i="10"/>
   <c r="H104" i="10"/>
   <c r="L104" i="10"/>
   <c r="D105" i="10"/>
   <c r="H105" i="10"/>
   <c r="L105" i="10"/>
   <c r="D106" i="10"/>
   <c r="H106" i="10"/>
   <c r="L106" i="10"/>
   <c r="D107" i="10"/>
   <c r="H107" i="10"/>
   <c r="L107" i="10"/>
   <c r="B108" i="10"/>
   <c r="C108" i="10"/>
   <c r="F108" i="10"/>
   <c r="G108" i="10"/>
   <c r="J108" i="10"/>
   <c r="K108" i="10"/>
   <c r="J110" i="10"/>
   <c r="D112" i="10"/>
   <c r="H112" i="10"/>
-  <c r="H119" i="10" s="1"/>
   <c r="L112" i="10"/>
-  <c r="L119" i="10" s="1"/>
   <c r="D113" i="10"/>
   <c r="H113" i="10"/>
   <c r="L113" i="10"/>
   <c r="D114" i="10"/>
   <c r="H114" i="10"/>
   <c r="L114" i="10"/>
   <c r="D115" i="10"/>
   <c r="H115" i="10"/>
   <c r="L115" i="10"/>
   <c r="D116" i="10"/>
   <c r="H116" i="10"/>
   <c r="L116" i="10"/>
   <c r="D117" i="10"/>
   <c r="H117" i="10"/>
   <c r="L117" i="10"/>
   <c r="D118" i="10"/>
   <c r="H118" i="10"/>
   <c r="L118" i="10"/>
   <c r="B119" i="10"/>
   <c r="C119" i="10"/>
   <c r="F119" i="10"/>
   <c r="G119" i="10"/>
   <c r="J119" i="10"/>
   <c r="K119" i="10"/>
   <c r="J121" i="10"/>
   <c r="D123" i="10"/>
   <c r="H123" i="10"/>
   <c r="L123" i="10"/>
   <c r="D124" i="10"/>
   <c r="H124" i="10"/>
   <c r="L124" i="10"/>
   <c r="D125" i="10"/>
   <c r="H125" i="10"/>
   <c r="L125" i="10"/>
   <c r="D126" i="10"/>
   <c r="H126" i="10"/>
   <c r="L126" i="10"/>
   <c r="D127" i="10"/>
   <c r="H127" i="10"/>
   <c r="L127" i="10"/>
   <c r="D128" i="10"/>
   <c r="H128" i="10"/>
   <c r="L128" i="10"/>
   <c r="D129" i="10"/>
   <c r="H129" i="10"/>
   <c r="L129" i="10"/>
   <c r="D130" i="10"/>
   <c r="H130" i="10"/>
   <c r="L130" i="10"/>
   <c r="B131" i="10"/>
-  <c r="B11" i="10" s="1"/>
   <c r="C131" i="10"/>
   <c r="F131" i="10"/>
   <c r="G131" i="10"/>
   <c r="J131" i="10"/>
   <c r="K131" i="10"/>
-  <c r="B133" i="10"/>
   <c r="F133" i="10"/>
   <c r="J133" i="10"/>
   <c r="D135" i="10"/>
   <c r="H135" i="10"/>
   <c r="L135" i="10"/>
   <c r="D136" i="10"/>
   <c r="H136" i="10"/>
-  <c r="H142" i="10" s="1"/>
   <c r="L136" i="10"/>
   <c r="D137" i="10"/>
   <c r="H137" i="10"/>
   <c r="L137" i="10"/>
   <c r="D138" i="10"/>
   <c r="H138" i="10"/>
   <c r="L138" i="10"/>
   <c r="D139" i="10"/>
   <c r="H139" i="10"/>
   <c r="L139" i="10"/>
   <c r="D140" i="10"/>
   <c r="H140" i="10"/>
   <c r="L140" i="10"/>
   <c r="D141" i="10"/>
   <c r="H141" i="10"/>
   <c r="L141" i="10"/>
   <c r="B142" i="10"/>
   <c r="C142" i="10"/>
   <c r="F142" i="10"/>
   <c r="G142" i="10"/>
   <c r="J142" i="10"/>
   <c r="K142" i="10"/>
   <c r="J144" i="10"/>
   <c r="D146" i="10"/>
   <c r="H146" i="10"/>
   <c r="L146" i="10"/>
   <c r="A147" i="10"/>
   <c r="D147" i="10"/>
   <c r="H147" i="10"/>
   <c r="L147" i="10"/>
   <c r="A148" i="10"/>
   <c r="D148" i="10"/>
   <c r="H148" i="10"/>
   <c r="L148" i="10"/>
   <c r="A149" i="10"/>
   <c r="D149" i="10"/>
   <c r="H149" i="10"/>
   <c r="L149" i="10"/>
   <c r="D150" i="10"/>
-  <c r="D156" i="10" s="1"/>
   <c r="H150" i="10"/>
   <c r="L150" i="10"/>
   <c r="D151" i="10"/>
   <c r="H151" i="10"/>
   <c r="L151" i="10"/>
+  <c r="L156" i="10" s="1"/>
   <c r="D152" i="10"/>
   <c r="H152" i="10"/>
   <c r="L152" i="10"/>
   <c r="D153" i="10"/>
   <c r="H153" i="10"/>
   <c r="L153" i="10"/>
   <c r="D154" i="10"/>
   <c r="H154" i="10"/>
   <c r="L154" i="10"/>
   <c r="D155" i="10"/>
   <c r="H155" i="10"/>
   <c r="L155" i="10"/>
   <c r="B156" i="10"/>
   <c r="C156" i="10"/>
   <c r="F156" i="10"/>
   <c r="G156" i="10"/>
   <c r="J156" i="10"/>
   <c r="K156" i="10"/>
   <c r="F158" i="10"/>
   <c r="D160" i="10"/>
   <c r="H160" i="10"/>
   <c r="L160" i="10"/>
-  <c r="L167" i="10" s="1"/>
   <c r="D161" i="10"/>
   <c r="H161" i="10"/>
-  <c r="H167" i="10" s="1"/>
   <c r="L161" i="10"/>
   <c r="D162" i="10"/>
   <c r="H162" i="10"/>
   <c r="L162" i="10"/>
   <c r="D163" i="10"/>
   <c r="H163" i="10"/>
   <c r="L163" i="10"/>
   <c r="D164" i="10"/>
   <c r="H164" i="10"/>
   <c r="L164" i="10"/>
   <c r="D165" i="10"/>
   <c r="H165" i="10"/>
   <c r="L165" i="10"/>
   <c r="D166" i="10"/>
   <c r="H166" i="10"/>
   <c r="L166" i="10"/>
   <c r="B167" i="10"/>
   <c r="F5" i="13" s="1"/>
   <c r="F16" i="13" s="1"/>
   <c r="C167" i="10"/>
   <c r="F167" i="10"/>
   <c r="G167" i="10"/>
   <c r="J167" i="10"/>
   <c r="K167" i="10"/>
   <c r="J169" i="10"/>
   <c r="D171" i="10"/>
   <c r="H171" i="10"/>
   <c r="L171" i="10"/>
   <c r="D172" i="10"/>
   <c r="H172" i="10"/>
   <c r="L172" i="10"/>
-  <c r="L175" i="10" s="1"/>
   <c r="D173" i="10"/>
   <c r="H173" i="10"/>
   <c r="L173" i="10"/>
   <c r="D174" i="10"/>
+  <c r="D175" i="10" s="1"/>
   <c r="H174" i="10"/>
   <c r="L174" i="10"/>
   <c r="B175" i="10"/>
   <c r="C175" i="10"/>
   <c r="F175" i="10"/>
   <c r="G175" i="10"/>
   <c r="J175" i="10"/>
   <c r="K175" i="10"/>
   <c r="J177" i="10"/>
   <c r="D179" i="10"/>
-  <c r="D183" i="10" s="1"/>
   <c r="H179" i="10"/>
   <c r="L179" i="10"/>
-  <c r="L183" i="10" s="1"/>
   <c r="D180" i="10"/>
   <c r="H180" i="10"/>
   <c r="L180" i="10"/>
   <c r="D181" i="10"/>
   <c r="H181" i="10"/>
   <c r="L181" i="10"/>
   <c r="D182" i="10"/>
   <c r="H182" i="10"/>
   <c r="L182" i="10"/>
   <c r="B183" i="10"/>
   <c r="C183" i="10"/>
   <c r="F183" i="10"/>
   <c r="G183" i="10"/>
   <c r="J183" i="10"/>
   <c r="K183" i="10"/>
   <c r="B8" i="11"/>
   <c r="F8" i="11"/>
+  <c r="F69" i="11" s="1"/>
   <c r="J8" i="11"/>
   <c r="J59" i="11" s="1"/>
   <c r="B16" i="11"/>
   <c r="F16" i="11"/>
   <c r="A18" i="11"/>
   <c r="B18" i="11"/>
   <c r="D18" i="11" s="1"/>
   <c r="C18" i="11"/>
   <c r="F18" i="11"/>
   <c r="G18" i="11"/>
   <c r="J18" i="11"/>
-  <c r="J23" i="11" s="1"/>
-[...1 lines deleted...]
-  <c r="J12" i="11" s="1"/>
   <c r="K18" i="11"/>
   <c r="A19" i="11"/>
   <c r="B19" i="11"/>
-  <c r="D19" i="11" s="1"/>
   <c r="C19" i="11"/>
   <c r="F19" i="11"/>
   <c r="G19" i="11"/>
   <c r="H19" i="11"/>
   <c r="J19" i="11"/>
   <c r="K19" i="11"/>
   <c r="L19" i="11"/>
   <c r="A20" i="11"/>
   <c r="B20" i="11"/>
   <c r="C20" i="11"/>
   <c r="F20" i="11"/>
   <c r="G20" i="11"/>
-  <c r="H20" i="11"/>
+  <c r="H20" i="11" s="1"/>
   <c r="J20" i="11"/>
   <c r="K20" i="11"/>
   <c r="L20" i="11" s="1"/>
   <c r="A21" i="11"/>
   <c r="B21" i="11"/>
   <c r="C21" i="11"/>
-  <c r="D21" i="11"/>
+  <c r="D21" i="11" s="1"/>
   <c r="F21" i="11"/>
   <c r="H21" i="11" s="1"/>
   <c r="G21" i="11"/>
   <c r="J21" i="11"/>
-  <c r="L21" i="11" s="1"/>
   <c r="K21" i="11"/>
   <c r="A22" i="11"/>
   <c r="B22" i="11"/>
   <c r="C22" i="11"/>
-  <c r="C23" i="11" s="1"/>
   <c r="F22" i="11"/>
   <c r="H22" i="11"/>
   <c r="G22" i="11"/>
   <c r="J22" i="11"/>
   <c r="K22" i="11"/>
   <c r="L22" i="11" s="1"/>
   <c r="B25" i="11"/>
   <c r="J25" i="11"/>
   <c r="D27" i="11"/>
   <c r="H27" i="11"/>
   <c r="L27" i="11"/>
   <c r="D28" i="11"/>
   <c r="H28" i="11"/>
   <c r="L28" i="11"/>
   <c r="D29" i="11"/>
   <c r="H29" i="11"/>
   <c r="L29" i="11"/>
   <c r="D30" i="11"/>
   <c r="H30" i="11"/>
   <c r="L30" i="11"/>
   <c r="D31" i="11"/>
   <c r="H31" i="11"/>
   <c r="L31" i="11"/>
   <c r="D32" i="11"/>
   <c r="H32" i="11"/>
   <c r="L32" i="11"/>
   <c r="D33" i="11"/>
-  <c r="D43" i="11" s="1"/>
   <c r="H33" i="11"/>
   <c r="L33" i="11"/>
   <c r="D34" i="11"/>
   <c r="H34" i="11"/>
   <c r="L34" i="11"/>
   <c r="D35" i="11"/>
   <c r="H35" i="11"/>
   <c r="L35" i="11"/>
   <c r="D36" i="11"/>
   <c r="H36" i="11"/>
   <c r="L36" i="11"/>
   <c r="D37" i="11"/>
   <c r="H37" i="11"/>
   <c r="L37" i="11"/>
   <c r="D38" i="11"/>
   <c r="H38" i="11"/>
-  <c r="H43" i="11" s="1"/>
   <c r="L38" i="11"/>
   <c r="D39" i="11"/>
   <c r="H39" i="11"/>
   <c r="L39" i="11"/>
   <c r="D40" i="11"/>
   <c r="H40" i="11"/>
   <c r="L40" i="11"/>
   <c r="D41" i="11"/>
   <c r="H41" i="11"/>
   <c r="L41" i="11"/>
   <c r="D42" i="11"/>
   <c r="H42" i="11"/>
   <c r="L42" i="11"/>
   <c r="B43" i="11"/>
   <c r="C43" i="11"/>
   <c r="F43" i="11"/>
   <c r="G43" i="11"/>
   <c r="J43" i="11"/>
-  <c r="J11" i="11" s="1"/>
   <c r="K43" i="11"/>
   <c r="B45" i="11"/>
   <c r="J45" i="11"/>
   <c r="D47" i="11"/>
   <c r="H47" i="11"/>
   <c r="L47" i="11"/>
   <c r="D48" i="11"/>
   <c r="H48" i="11"/>
   <c r="L48" i="11"/>
   <c r="D49" i="11"/>
   <c r="H49" i="11"/>
   <c r="L49" i="11"/>
   <c r="D50" i="11"/>
   <c r="H50" i="11"/>
-  <c r="H57" i="11" s="1"/>
   <c r="L50" i="11"/>
   <c r="D51" i="11"/>
   <c r="H51" i="11"/>
   <c r="L51" i="11"/>
   <c r="D52" i="11"/>
   <c r="H52" i="11"/>
   <c r="L52" i="11"/>
   <c r="D53" i="11"/>
-  <c r="D57" i="11" s="1"/>
   <c r="H53" i="11"/>
   <c r="L53" i="11"/>
   <c r="D54" i="11"/>
   <c r="H54" i="11"/>
   <c r="L54" i="11"/>
   <c r="D55" i="11"/>
   <c r="H55" i="11"/>
   <c r="L55" i="11"/>
   <c r="D56" i="11"/>
   <c r="H56" i="11"/>
   <c r="L56" i="11"/>
   <c r="B57" i="11"/>
   <c r="C57" i="11"/>
+  <c r="C11" i="11" s="1"/>
   <c r="F57" i="11"/>
   <c r="G57" i="11"/>
   <c r="J57" i="11"/>
-  <c r="E9" i="8" s="1"/>
   <c r="K57" i="11"/>
   <c r="B59" i="11"/>
   <c r="D61" i="11"/>
   <c r="H61" i="11"/>
   <c r="L61" i="11"/>
   <c r="D62" i="11"/>
-  <c r="D67" i="11" s="1"/>
   <c r="H62" i="11"/>
   <c r="L62" i="11"/>
-  <c r="L67" i="11" s="1"/>
   <c r="D63" i="11"/>
   <c r="H63" i="11"/>
   <c r="L63" i="11"/>
   <c r="D64" i="11"/>
   <c r="H64" i="11"/>
   <c r="L64" i="11"/>
   <c r="D65" i="11"/>
   <c r="H65" i="11"/>
   <c r="L65" i="11"/>
   <c r="D66" i="11"/>
   <c r="H66" i="11"/>
   <c r="L66" i="11"/>
   <c r="B67" i="11"/>
+  <c r="B11" i="11" s="1"/>
+  <c r="D11" i="11" s="1"/>
   <c r="C67" i="11"/>
   <c r="F67" i="11"/>
   <c r="G67" i="11"/>
   <c r="J67" i="11"/>
   <c r="K67" i="11"/>
   <c r="B69" i="11"/>
-  <c r="F69" i="11"/>
   <c r="D71" i="11"/>
   <c r="H71" i="11"/>
   <c r="L71" i="11"/>
   <c r="D72" i="11"/>
   <c r="H72" i="11"/>
   <c r="L72" i="11"/>
-  <c r="L80" i="11" s="1"/>
   <c r="D73" i="11"/>
+  <c r="D80" i="11" s="1"/>
   <c r="H73" i="11"/>
   <c r="L73" i="11"/>
   <c r="D74" i="11"/>
   <c r="H74" i="11"/>
   <c r="L74" i="11"/>
   <c r="D75" i="11"/>
   <c r="H75" i="11"/>
-  <c r="H80" i="11" s="1"/>
   <c r="L75" i="11"/>
   <c r="D76" i="11"/>
   <c r="H76" i="11"/>
   <c r="L76" i="11"/>
   <c r="D77" i="11"/>
   <c r="H77" i="11"/>
   <c r="L77" i="11"/>
   <c r="D78" i="11"/>
   <c r="H78" i="11"/>
   <c r="L78" i="11"/>
   <c r="D79" i="11"/>
   <c r="H79" i="11"/>
   <c r="L79" i="11"/>
   <c r="B80" i="11"/>
   <c r="C80" i="11"/>
   <c r="F80" i="11"/>
   <c r="G80" i="11"/>
   <c r="J80" i="11"/>
   <c r="K80" i="11"/>
   <c r="B82" i="11"/>
   <c r="D84" i="11"/>
   <c r="H84" i="11"/>
   <c r="L84" i="11"/>
   <c r="D85" i="11"/>
   <c r="H85" i="11"/>
   <c r="L85" i="11"/>
   <c r="D86" i="11"/>
   <c r="H86" i="11"/>
   <c r="L86" i="11"/>
   <c r="D87" i="11"/>
   <c r="H87" i="11"/>
   <c r="L87" i="11"/>
   <c r="D88" i="11"/>
   <c r="H88" i="11"/>
   <c r="L88" i="11"/>
   <c r="D89" i="11"/>
   <c r="H89" i="11"/>
   <c r="L89" i="11"/>
   <c r="D90" i="11"/>
   <c r="H90" i="11"/>
   <c r="L90" i="11"/>
   <c r="D91" i="11"/>
   <c r="H91" i="11"/>
   <c r="L91" i="11"/>
   <c r="D92" i="11"/>
   <c r="H92" i="11"/>
   <c r="L92" i="11"/>
-  <c r="L95" i="11" s="1"/>
   <c r="D93" i="11"/>
   <c r="H93" i="11"/>
   <c r="L93" i="11"/>
   <c r="D94" i="11"/>
   <c r="H94" i="11"/>
   <c r="L94" i="11"/>
   <c r="B95" i="11"/>
   <c r="C95" i="11"/>
   <c r="F95" i="11"/>
   <c r="G95" i="11"/>
   <c r="J95" i="11"/>
   <c r="K95" i="11"/>
   <c r="B97" i="11"/>
-  <c r="F97" i="11"/>
   <c r="J97" i="11"/>
   <c r="D99" i="11"/>
-  <c r="D108" i="11" s="1"/>
   <c r="H99" i="11"/>
+  <c r="H108" i="11" s="1"/>
   <c r="L99" i="11"/>
+  <c r="L108" i="11" s="1"/>
   <c r="D100" i="11"/>
   <c r="H100" i="11"/>
   <c r="L100" i="11"/>
   <c r="D101" i="11"/>
   <c r="H101" i="11"/>
   <c r="L101" i="11"/>
   <c r="D102" i="11"/>
   <c r="H102" i="11"/>
   <c r="L102" i="11"/>
   <c r="D103" i="11"/>
   <c r="H103" i="11"/>
   <c r="L103" i="11"/>
   <c r="D104" i="11"/>
   <c r="H104" i="11"/>
   <c r="L104" i="11"/>
   <c r="D105" i="11"/>
   <c r="H105" i="11"/>
   <c r="L105" i="11"/>
   <c r="D106" i="11"/>
   <c r="H106" i="11"/>
   <c r="L106" i="11"/>
   <c r="D107" i="11"/>
   <c r="H107" i="11"/>
   <c r="L107" i="11"/>
   <c r="B108" i="11"/>
   <c r="C108" i="11"/>
   <c r="F108" i="11"/>
   <c r="G108" i="11"/>
   <c r="J108" i="11"/>
   <c r="K108" i="11"/>
   <c r="B110" i="11"/>
   <c r="F110" i="11"/>
   <c r="D112" i="11"/>
   <c r="H112" i="11"/>
   <c r="L112" i="11"/>
-  <c r="L119" i="11" s="1"/>
   <c r="D113" i="11"/>
   <c r="H113" i="11"/>
-  <c r="H119" i="11" s="1"/>
   <c r="L113" i="11"/>
   <c r="D114" i="11"/>
   <c r="H114" i="11"/>
   <c r="L114" i="11"/>
   <c r="D115" i="11"/>
   <c r="H115" i="11"/>
   <c r="L115" i="11"/>
   <c r="D116" i="11"/>
   <c r="H116" i="11"/>
   <c r="L116" i="11"/>
   <c r="D117" i="11"/>
   <c r="H117" i="11"/>
   <c r="L117" i="11"/>
   <c r="D118" i="11"/>
   <c r="H118" i="11"/>
   <c r="L118" i="11"/>
   <c r="B119" i="11"/>
   <c r="C119" i="11"/>
   <c r="F119" i="11"/>
   <c r="G119" i="11"/>
   <c r="J119" i="11"/>
   <c r="K119" i="11"/>
   <c r="B121" i="11"/>
   <c r="F121" i="11"/>
   <c r="D123" i="11"/>
@@ -1461,1188 +1428,1234 @@
   <c r="D126" i="11"/>
   <c r="H126" i="11"/>
   <c r="L126" i="11"/>
   <c r="D127" i="11"/>
   <c r="H127" i="11"/>
   <c r="L127" i="11"/>
   <c r="D128" i="11"/>
   <c r="H128" i="11"/>
   <c r="L128" i="11"/>
   <c r="D129" i="11"/>
   <c r="H129" i="11"/>
   <c r="L129" i="11"/>
   <c r="D130" i="11"/>
   <c r="H130" i="11"/>
   <c r="L130" i="11"/>
   <c r="B131" i="11"/>
   <c r="C131" i="11"/>
   <c r="F131" i="11"/>
   <c r="G131" i="11"/>
   <c r="J131" i="11"/>
   <c r="K131" i="11"/>
   <c r="B133" i="11"/>
   <c r="J133" i="11"/>
   <c r="D135" i="11"/>
   <c r="H135" i="11"/>
-  <c r="H142" i="11" s="1"/>
   <c r="L135" i="11"/>
   <c r="D136" i="11"/>
   <c r="H136" i="11"/>
   <c r="L136" i="11"/>
   <c r="D137" i="11"/>
   <c r="H137" i="11"/>
   <c r="L137" i="11"/>
   <c r="D138" i="11"/>
   <c r="H138" i="11"/>
   <c r="L138" i="11"/>
   <c r="D139" i="11"/>
   <c r="H139" i="11"/>
   <c r="L139" i="11"/>
   <c r="D140" i="11"/>
   <c r="H140" i="11"/>
   <c r="L140" i="11"/>
   <c r="D141" i="11"/>
   <c r="H141" i="11"/>
   <c r="L141" i="11"/>
   <c r="B142" i="11"/>
   <c r="C142" i="11"/>
-  <c r="G16" i="8" s="1"/>
   <c r="F142" i="11"/>
   <c r="G142" i="11"/>
   <c r="J142" i="11"/>
   <c r="K142" i="11"/>
   <c r="B144" i="11"/>
   <c r="D146" i="11"/>
-  <c r="D156" i="11" s="1"/>
   <c r="H146" i="11"/>
   <c r="L146" i="11"/>
   <c r="A147" i="11"/>
   <c r="D147" i="11"/>
   <c r="H147" i="11"/>
   <c r="L147" i="11"/>
+  <c r="L156" i="11" s="1"/>
   <c r="A148" i="11"/>
   <c r="D148" i="11"/>
   <c r="H148" i="11"/>
   <c r="L148" i="11"/>
   <c r="A149" i="11"/>
   <c r="D149" i="11"/>
   <c r="H149" i="11"/>
   <c r="L149" i="11"/>
   <c r="D150" i="11"/>
   <c r="H150" i="11"/>
-  <c r="H156" i="11" s="1"/>
   <c r="L150" i="11"/>
   <c r="D151" i="11"/>
   <c r="H151" i="11"/>
   <c r="L151" i="11"/>
   <c r="D152" i="11"/>
   <c r="H152" i="11"/>
   <c r="L152" i="11"/>
-  <c r="L156" i="11"/>
   <c r="D153" i="11"/>
   <c r="H153" i="11"/>
   <c r="L153" i="11"/>
   <c r="D154" i="11"/>
   <c r="H154" i="11"/>
   <c r="L154" i="11"/>
   <c r="D155" i="11"/>
   <c r="H155" i="11"/>
   <c r="L155" i="11"/>
   <c r="B156" i="11"/>
   <c r="C156" i="11"/>
   <c r="F156" i="11"/>
   <c r="G156" i="11"/>
   <c r="J156" i="11"/>
   <c r="K156" i="11"/>
   <c r="B158" i="11"/>
   <c r="D160" i="11"/>
   <c r="H160" i="11"/>
   <c r="L160" i="11"/>
   <c r="D161" i="11"/>
   <c r="H161" i="11"/>
   <c r="L161" i="11"/>
   <c r="D162" i="11"/>
-  <c r="D167" i="11" s="1"/>
   <c r="H162" i="11"/>
   <c r="L162" i="11"/>
   <c r="D163" i="11"/>
   <c r="H163" i="11"/>
   <c r="L163" i="11"/>
   <c r="D164" i="11"/>
   <c r="H164" i="11"/>
   <c r="L164" i="11"/>
   <c r="D165" i="11"/>
   <c r="H165" i="11"/>
   <c r="L165" i="11"/>
   <c r="D166" i="11"/>
   <c r="H166" i="11"/>
   <c r="L166" i="11"/>
   <c r="B167" i="11"/>
   <c r="E5" i="13" s="1"/>
-  <c r="B11" i="11"/>
-  <c r="D11" i="11" s="1"/>
   <c r="C167" i="11"/>
-  <c r="C11" i="11"/>
   <c r="F167" i="11"/>
   <c r="G167" i="11"/>
   <c r="J167" i="11"/>
   <c r="K167" i="11"/>
   <c r="B169" i="11"/>
   <c r="J169" i="11"/>
   <c r="D171" i="11"/>
   <c r="H171" i="11"/>
-  <c r="H175" i="11" s="1"/>
   <c r="L171" i="11"/>
   <c r="D172" i="11"/>
   <c r="H172" i="11"/>
   <c r="L172" i="11"/>
+  <c r="L175" i="11" s="1"/>
   <c r="D173" i="11"/>
   <c r="H173" i="11"/>
   <c r="L173" i="11"/>
   <c r="D174" i="11"/>
   <c r="H174" i="11"/>
   <c r="L174" i="11"/>
-  <c r="L175" i="11"/>
   <c r="B175" i="11"/>
   <c r="C175" i="11"/>
-  <c r="G19" i="8" s="1"/>
   <c r="F175" i="11"/>
   <c r="G175" i="11"/>
   <c r="J175" i="11"/>
   <c r="K175" i="11"/>
   <c r="B177" i="11"/>
   <c r="J177" i="11"/>
   <c r="D179" i="11"/>
   <c r="H179" i="11"/>
   <c r="H183" i="11" s="1"/>
   <c r="L179" i="11"/>
   <c r="D180" i="11"/>
-  <c r="D183" i="11" s="1"/>
   <c r="H180" i="11"/>
   <c r="L180" i="11"/>
-  <c r="L183" i="11" s="1"/>
   <c r="D181" i="11"/>
   <c r="H181" i="11"/>
   <c r="L181" i="11"/>
   <c r="D182" i="11"/>
   <c r="H182" i="11"/>
   <c r="L182" i="11"/>
   <c r="B183" i="11"/>
   <c r="C183" i="11"/>
   <c r="F183" i="11"/>
   <c r="G183" i="11"/>
   <c r="J183" i="11"/>
   <c r="K183" i="11"/>
   <c r="B8" i="2"/>
   <c r="F8" i="2"/>
   <c r="F121" i="2" s="1"/>
   <c r="J8" i="2"/>
-  <c r="J16" i="2"/>
+  <c r="J16" i="2" s="1"/>
   <c r="B16" i="2"/>
   <c r="A18" i="2"/>
   <c r="B18" i="2"/>
   <c r="C18" i="2"/>
   <c r="D18" i="2" s="1"/>
   <c r="F18" i="2"/>
   <c r="G18" i="2"/>
   <c r="H18" i="2" s="1"/>
-  <c r="H23" i="2" s="1"/>
   <c r="J18" i="2"/>
   <c r="K18" i="2"/>
   <c r="A19" i="2"/>
   <c r="B19" i="2"/>
   <c r="C19" i="2"/>
   <c r="D19" i="2"/>
   <c r="F19" i="2"/>
-  <c r="H19" i="2" s="1"/>
   <c r="G19" i="2"/>
   <c r="J19" i="2"/>
   <c r="K19" i="2"/>
   <c r="L19" i="2"/>
   <c r="A20" i="2"/>
   <c r="B20" i="2"/>
   <c r="C20" i="2"/>
+  <c r="D20" i="2" s="1"/>
   <c r="F20" i="2"/>
   <c r="G20" i="2"/>
-  <c r="H20" i="2"/>
+  <c r="H20" i="2" s="1"/>
   <c r="J20" i="2"/>
-  <c r="L20" i="2" s="1"/>
   <c r="K20" i="2"/>
+  <c r="K23" i="2" s="1"/>
+  <c r="K10" i="2" s="1"/>
   <c r="A21" i="2"/>
   <c r="B21" i="2"/>
   <c r="C21" i="2"/>
-  <c r="D21" i="2"/>
+  <c r="D21" i="2" s="1"/>
   <c r="F21" i="2"/>
   <c r="G21" i="2"/>
-  <c r="H21" i="2"/>
+  <c r="H21" i="2" s="1"/>
   <c r="J21" i="2"/>
   <c r="K21" i="2"/>
   <c r="L21" i="2"/>
   <c r="A22" i="2"/>
   <c r="B22" i="2"/>
-  <c r="B23" i="2" s="1"/>
-  <c r="B10" i="2" s="1"/>
   <c r="C22" i="2"/>
   <c r="D22" i="2" s="1"/>
   <c r="F22" i="2"/>
   <c r="H22" i="2" s="1"/>
   <c r="G22" i="2"/>
   <c r="J22" i="2"/>
   <c r="K22" i="2"/>
   <c r="L22" i="2"/>
   <c r="B25" i="2"/>
   <c r="J25" i="2"/>
   <c r="D27" i="2"/>
+  <c r="D43" i="2" s="1"/>
   <c r="H27" i="2"/>
   <c r="L27" i="2"/>
-  <c r="L43" i="2" s="1"/>
   <c r="D28" i="2"/>
   <c r="H28" i="2"/>
-  <c r="H43" i="2" s="1"/>
   <c r="L28" i="2"/>
   <c r="D29" i="2"/>
   <c r="H29" i="2"/>
   <c r="L29" i="2"/>
   <c r="D30" i="2"/>
   <c r="H30" i="2"/>
   <c r="L30" i="2"/>
   <c r="D31" i="2"/>
   <c r="H31" i="2"/>
   <c r="L31" i="2"/>
   <c r="D32" i="2"/>
   <c r="H32" i="2"/>
   <c r="L32" i="2"/>
   <c r="D33" i="2"/>
   <c r="H33" i="2"/>
   <c r="L33" i="2"/>
   <c r="D34" i="2"/>
   <c r="H34" i="2"/>
   <c r="L34" i="2"/>
   <c r="D35" i="2"/>
   <c r="H35" i="2"/>
   <c r="L35" i="2"/>
   <c r="D36" i="2"/>
   <c r="H36" i="2"/>
   <c r="L36" i="2"/>
   <c r="D37" i="2"/>
   <c r="H37" i="2"/>
   <c r="L37" i="2"/>
   <c r="D38" i="2"/>
   <c r="H38" i="2"/>
   <c r="L38" i="2"/>
   <c r="D39" i="2"/>
   <c r="H39" i="2"/>
   <c r="L39" i="2"/>
   <c r="D40" i="2"/>
   <c r="H40" i="2"/>
   <c r="L40" i="2"/>
   <c r="D41" i="2"/>
   <c r="H41" i="2"/>
   <c r="L41" i="2"/>
   <c r="D42" i="2"/>
   <c r="H42" i="2"/>
   <c r="L42" i="2"/>
   <c r="B43" i="2"/>
   <c r="C43" i="2"/>
-  <c r="G8" i="8" s="1"/>
-  <c r="D43" i="2"/>
   <c r="F43" i="2"/>
   <c r="G43" i="2"/>
   <c r="J43" i="2"/>
   <c r="K43" i="2"/>
   <c r="B45" i="2"/>
   <c r="F45" i="2"/>
   <c r="D47" i="2"/>
   <c r="H47" i="2"/>
-  <c r="H57" i="2" s="1"/>
   <c r="L47" i="2"/>
   <c r="D48" i="2"/>
   <c r="H48" i="2"/>
   <c r="L48" i="2"/>
   <c r="D49" i="2"/>
   <c r="H49" i="2"/>
   <c r="L49" i="2"/>
-  <c r="L57" i="2" s="1"/>
   <c r="D50" i="2"/>
   <c r="H50" i="2"/>
   <c r="L50" i="2"/>
   <c r="D51" i="2"/>
   <c r="H51" i="2"/>
   <c r="L51" i="2"/>
   <c r="D52" i="2"/>
   <c r="H52" i="2"/>
   <c r="L52" i="2"/>
   <c r="D53" i="2"/>
   <c r="H53" i="2"/>
   <c r="L53" i="2"/>
   <c r="D54" i="2"/>
   <c r="H54" i="2"/>
   <c r="L54" i="2"/>
   <c r="D55" i="2"/>
   <c r="H55" i="2"/>
   <c r="L55" i="2"/>
   <c r="D56" i="2"/>
   <c r="H56" i="2"/>
   <c r="L56" i="2"/>
   <c r="B57" i="2"/>
   <c r="C57" i="2"/>
-  <c r="G9" i="8" s="1"/>
   <c r="F57" i="2"/>
   <c r="G57" i="2"/>
   <c r="J57" i="2"/>
   <c r="K57" i="2"/>
-  <c r="K11" i="2" s="1"/>
   <c r="B59" i="2"/>
   <c r="J59" i="2"/>
   <c r="D61" i="2"/>
   <c r="H61" i="2"/>
-  <c r="H67" i="2" s="1"/>
   <c r="L61" i="2"/>
   <c r="D62" i="2"/>
   <c r="H62" i="2"/>
   <c r="L62" i="2"/>
   <c r="D63" i="2"/>
-  <c r="D67" i="2" s="1"/>
   <c r="H63" i="2"/>
   <c r="L63" i="2"/>
   <c r="D64" i="2"/>
   <c r="H64" i="2"/>
   <c r="L64" i="2"/>
   <c r="D65" i="2"/>
   <c r="H65" i="2"/>
   <c r="L65" i="2"/>
   <c r="D66" i="2"/>
   <c r="H66" i="2"/>
   <c r="L66" i="2"/>
   <c r="B67" i="2"/>
   <c r="C67" i="2"/>
-  <c r="G10" i="8" s="1"/>
   <c r="F67" i="2"/>
   <c r="G67" i="2"/>
   <c r="J67" i="2"/>
   <c r="K67" i="2"/>
   <c r="B69" i="2"/>
   <c r="F69" i="2"/>
   <c r="D71" i="2"/>
   <c r="H71" i="2"/>
-  <c r="H80" i="2" s="1"/>
   <c r="L71" i="2"/>
   <c r="D72" i="2"/>
-  <c r="D80" i="2" s="1"/>
   <c r="H72" i="2"/>
   <c r="L72" i="2"/>
   <c r="D73" i="2"/>
   <c r="H73" i="2"/>
   <c r="L73" i="2"/>
   <c r="D74" i="2"/>
   <c r="H74" i="2"/>
   <c r="L74" i="2"/>
   <c r="D75" i="2"/>
   <c r="H75" i="2"/>
   <c r="L75" i="2"/>
   <c r="D76" i="2"/>
   <c r="H76" i="2"/>
   <c r="L76" i="2"/>
   <c r="D77" i="2"/>
   <c r="H77" i="2"/>
   <c r="L77" i="2"/>
   <c r="D78" i="2"/>
   <c r="H78" i="2"/>
   <c r="L78" i="2"/>
   <c r="D79" i="2"/>
   <c r="H79" i="2"/>
   <c r="L79" i="2"/>
   <c r="B80" i="2"/>
   <c r="C80" i="2"/>
   <c r="C167" i="2"/>
   <c r="F80" i="2"/>
-  <c r="F11" i="2" s="1"/>
   <c r="E11" i="8"/>
-  <c r="I11" i="8" s="1"/>
   <c r="G80" i="2"/>
   <c r="J80" i="2"/>
-  <c r="J11" i="2" s="1"/>
-  <c r="L11" i="2" s="1"/>
   <c r="K80" i="2"/>
   <c r="B82" i="2"/>
   <c r="D84" i="2"/>
   <c r="H84" i="2"/>
   <c r="L84" i="2"/>
-  <c r="L95" i="2" s="1"/>
   <c r="D85" i="2"/>
   <c r="H85" i="2"/>
   <c r="L85" i="2"/>
   <c r="D86" i="2"/>
   <c r="H86" i="2"/>
   <c r="L86" i="2"/>
   <c r="D87" i="2"/>
   <c r="D95" i="2" s="1"/>
   <c r="H87" i="2"/>
-  <c r="H95" i="2" s="1"/>
   <c r="L87" i="2"/>
   <c r="D88" i="2"/>
   <c r="H88" i="2"/>
   <c r="L88" i="2"/>
   <c r="D89" i="2"/>
   <c r="H89" i="2"/>
   <c r="L89" i="2"/>
   <c r="D90" i="2"/>
   <c r="H90" i="2"/>
   <c r="L90" i="2"/>
   <c r="D91" i="2"/>
   <c r="H91" i="2"/>
   <c r="L91" i="2"/>
   <c r="D92" i="2"/>
   <c r="H92" i="2"/>
   <c r="L92" i="2"/>
   <c r="D93" i="2"/>
   <c r="H93" i="2"/>
   <c r="L93" i="2"/>
   <c r="D94" i="2"/>
   <c r="H94" i="2"/>
   <c r="L94" i="2"/>
   <c r="B95" i="2"/>
   <c r="E12" i="8" s="1"/>
   <c r="C95" i="2"/>
   <c r="F95" i="2"/>
   <c r="G95" i="2"/>
   <c r="J95" i="2"/>
   <c r="K95" i="2"/>
   <c r="B97" i="2"/>
   <c r="J97" i="2"/>
   <c r="D99" i="2"/>
   <c r="D108" i="2" s="1"/>
   <c r="H99" i="2"/>
   <c r="L99" i="2"/>
   <c r="D100" i="2"/>
   <c r="H100" i="2"/>
   <c r="L100" i="2"/>
-  <c r="L108" i="2" s="1"/>
   <c r="D101" i="2"/>
   <c r="H101" i="2"/>
-  <c r="H108" i="2" s="1"/>
   <c r="L101" i="2"/>
   <c r="D102" i="2"/>
   <c r="H102" i="2"/>
   <c r="L102" i="2"/>
   <c r="D103" i="2"/>
   <c r="H103" i="2"/>
   <c r="L103" i="2"/>
   <c r="D104" i="2"/>
   <c r="H104" i="2"/>
   <c r="L104" i="2"/>
   <c r="D105" i="2"/>
   <c r="H105" i="2"/>
   <c r="L105" i="2"/>
   <c r="D106" i="2"/>
   <c r="H106" i="2"/>
   <c r="L106" i="2"/>
   <c r="D107" i="2"/>
   <c r="H107" i="2"/>
   <c r="L107" i="2"/>
   <c r="B108" i="2"/>
   <c r="C108" i="2"/>
   <c r="F108" i="2"/>
   <c r="G108" i="2"/>
-  <c r="G13" i="8" s="1"/>
   <c r="J108" i="2"/>
   <c r="K108" i="2"/>
   <c r="B110" i="2"/>
   <c r="D112" i="2"/>
   <c r="H112" i="2"/>
   <c r="L112" i="2"/>
   <c r="D113" i="2"/>
   <c r="H113" i="2"/>
   <c r="L113" i="2"/>
+  <c r="L119" i="2" s="1"/>
   <c r="D114" i="2"/>
   <c r="H114" i="2"/>
   <c r="L114" i="2"/>
   <c r="D115" i="2"/>
   <c r="H115" i="2"/>
   <c r="L115" i="2"/>
-  <c r="L119" i="2"/>
   <c r="D116" i="2"/>
   <c r="H116" i="2"/>
   <c r="L116" i="2"/>
   <c r="D117" i="2"/>
   <c r="H117" i="2"/>
   <c r="L117" i="2"/>
   <c r="D118" i="2"/>
   <c r="H118" i="2"/>
   <c r="L118" i="2"/>
   <c r="B119" i="2"/>
   <c r="C119" i="2"/>
   <c r="F119" i="2"/>
   <c r="G119" i="2"/>
   <c r="J119" i="2"/>
   <c r="K119" i="2"/>
+  <c r="G14" i="8" s="1"/>
   <c r="B121" i="2"/>
   <c r="D123" i="2"/>
+  <c r="D131" i="2" s="1"/>
   <c r="H123" i="2"/>
   <c r="L123" i="2"/>
   <c r="D124" i="2"/>
   <c r="H124" i="2"/>
   <c r="L124" i="2"/>
   <c r="D125" i="2"/>
   <c r="H125" i="2"/>
   <c r="L125" i="2"/>
   <c r="D126" i="2"/>
   <c r="H126" i="2"/>
   <c r="L126" i="2"/>
   <c r="D127" i="2"/>
-  <c r="D131" i="2"/>
   <c r="H127" i="2"/>
   <c r="L127" i="2"/>
   <c r="D128" i="2"/>
   <c r="H128" i="2"/>
   <c r="L128" i="2"/>
   <c r="D129" i="2"/>
   <c r="H129" i="2"/>
   <c r="L129" i="2"/>
   <c r="D130" i="2"/>
   <c r="H130" i="2"/>
   <c r="L130" i="2"/>
   <c r="B131" i="2"/>
   <c r="C131" i="2"/>
-  <c r="G15" i="8" s="1"/>
   <c r="F131" i="2"/>
   <c r="G131" i="2"/>
   <c r="J131" i="2"/>
-  <c r="E15" i="8" s="1"/>
   <c r="K131" i="2"/>
   <c r="B133" i="2"/>
   <c r="D135" i="2"/>
   <c r="H135" i="2"/>
   <c r="L135" i="2"/>
   <c r="D136" i="2"/>
   <c r="H136" i="2"/>
-  <c r="H142" i="2" s="1"/>
   <c r="L136" i="2"/>
   <c r="D137" i="2"/>
   <c r="H137" i="2"/>
   <c r="L137" i="2"/>
+  <c r="L142" i="2" s="1"/>
   <c r="D138" i="2"/>
   <c r="H138" i="2"/>
   <c r="L138" i="2"/>
   <c r="D139" i="2"/>
   <c r="H139" i="2"/>
   <c r="L139" i="2"/>
   <c r="D140" i="2"/>
   <c r="H140" i="2"/>
   <c r="L140" i="2"/>
   <c r="D141" i="2"/>
-  <c r="D142" i="2" s="1"/>
   <c r="H141" i="2"/>
   <c r="L141" i="2"/>
   <c r="B142" i="2"/>
   <c r="C142" i="2"/>
   <c r="F142" i="2"/>
   <c r="G142" i="2"/>
   <c r="J142" i="2"/>
   <c r="K142" i="2"/>
   <c r="B144" i="2"/>
   <c r="D146" i="2"/>
   <c r="H146" i="2"/>
   <c r="L146" i="2"/>
   <c r="A147" i="2"/>
   <c r="D147" i="2"/>
   <c r="H147" i="2"/>
   <c r="L147" i="2"/>
   <c r="A148" i="2"/>
   <c r="D148" i="2"/>
   <c r="H148" i="2"/>
   <c r="L148" i="2"/>
-  <c r="L156" i="2" s="1"/>
   <c r="A149" i="2"/>
   <c r="D149" i="2"/>
   <c r="H149" i="2"/>
   <c r="L149" i="2"/>
   <c r="D150" i="2"/>
   <c r="H150" i="2"/>
   <c r="L150" i="2"/>
   <c r="D151" i="2"/>
-  <c r="D156" i="2" s="1"/>
   <c r="H151" i="2"/>
   <c r="L151" i="2"/>
   <c r="D152" i="2"/>
   <c r="H152" i="2"/>
   <c r="L152" i="2"/>
   <c r="D153" i="2"/>
   <c r="H153" i="2"/>
   <c r="L153" i="2"/>
   <c r="D154" i="2"/>
   <c r="H154" i="2"/>
   <c r="L154" i="2"/>
   <c r="D155" i="2"/>
   <c r="H155" i="2"/>
   <c r="L155" i="2"/>
   <c r="B156" i="2"/>
   <c r="C156" i="2"/>
-  <c r="G17" i="8" s="1"/>
-  <c r="I17" i="8" s="1"/>
   <c r="F156" i="2"/>
   <c r="G156" i="2"/>
   <c r="J156" i="2"/>
+  <c r="E17" i="8" s="1"/>
   <c r="K156" i="2"/>
   <c r="B158" i="2"/>
   <c r="J158" i="2"/>
   <c r="D160" i="2"/>
-  <c r="D167" i="2" s="1"/>
   <c r="H160" i="2"/>
   <c r="L160" i="2"/>
-  <c r="L167" i="2" s="1"/>
   <c r="D161" i="2"/>
   <c r="H161" i="2"/>
   <c r="L161" i="2"/>
   <c r="D162" i="2"/>
   <c r="H162" i="2"/>
-  <c r="H167" i="2" s="1"/>
   <c r="L162" i="2"/>
   <c r="D163" i="2"/>
   <c r="H163" i="2"/>
   <c r="L163" i="2"/>
   <c r="D164" i="2"/>
   <c r="H164" i="2"/>
   <c r="L164" i="2"/>
   <c r="D165" i="2"/>
   <c r="H165" i="2"/>
   <c r="L165" i="2"/>
   <c r="D166" i="2"/>
   <c r="H166" i="2"/>
   <c r="L166" i="2"/>
   <c r="B167" i="2"/>
-  <c r="D5" i="13" s="1"/>
-  <c r="H5" i="13" s="1"/>
   <c r="F167" i="2"/>
   <c r="G167" i="2"/>
-  <c r="G18" i="8" s="1"/>
   <c r="J167" i="2"/>
   <c r="K167" i="2"/>
   <c r="B169" i="2"/>
   <c r="D171" i="2"/>
   <c r="H171" i="2"/>
   <c r="H175" i="2" s="1"/>
   <c r="L171" i="2"/>
-  <c r="L175" i="2" s="1"/>
   <c r="D172" i="2"/>
   <c r="H172" i="2"/>
   <c r="L172" i="2"/>
   <c r="D173" i="2"/>
   <c r="H173" i="2"/>
   <c r="L173" i="2"/>
   <c r="D174" i="2"/>
   <c r="H174" i="2"/>
   <c r="L174" i="2"/>
   <c r="B175" i="2"/>
   <c r="C175" i="2"/>
   <c r="F175" i="2"/>
   <c r="G175" i="2"/>
   <c r="J175" i="2"/>
   <c r="K175" i="2"/>
   <c r="B177" i="2"/>
   <c r="D179" i="2"/>
   <c r="H179" i="2"/>
   <c r="H183" i="2" s="1"/>
   <c r="L179" i="2"/>
   <c r="D180" i="2"/>
-  <c r="D183" i="2" s="1"/>
   <c r="H180" i="2"/>
   <c r="L180" i="2"/>
-  <c r="L183" i="2" s="1"/>
   <c r="D181" i="2"/>
   <c r="H181" i="2"/>
   <c r="L181" i="2"/>
   <c r="D182" i="2"/>
   <c r="H182" i="2"/>
   <c r="L182" i="2"/>
   <c r="B183" i="2"/>
   <c r="C183" i="2"/>
   <c r="F183" i="2"/>
+  <c r="E20" i="8" s="1"/>
   <c r="G183" i="2"/>
   <c r="J183" i="2"/>
   <c r="K183" i="2"/>
   <c r="B16" i="1"/>
   <c r="N21" i="1"/>
   <c r="N22" i="1"/>
   <c r="N23" i="1"/>
   <c r="N24" i="1"/>
   <c r="N25" i="1"/>
   <c r="B26" i="1"/>
   <c r="C26" i="1"/>
-  <c r="N26" i="1" s="1"/>
   <c r="D26" i="1"/>
   <c r="E26" i="1"/>
   <c r="F26" i="1"/>
   <c r="G26" i="1"/>
   <c r="H26" i="1"/>
   <c r="I26" i="1"/>
   <c r="J26" i="1"/>
   <c r="K26" i="1"/>
   <c r="L26" i="1"/>
   <c r="M26" i="1"/>
   <c r="N31" i="1"/>
   <c r="N32" i="1"/>
   <c r="N33" i="1"/>
   <c r="N34" i="1"/>
   <c r="N35" i="1"/>
   <c r="B36" i="1"/>
   <c r="C36" i="1"/>
   <c r="D36" i="1"/>
   <c r="E36" i="1"/>
   <c r="F36" i="1"/>
   <c r="G36" i="1"/>
   <c r="H36" i="1"/>
   <c r="I36" i="1"/>
   <c r="J36" i="1"/>
   <c r="K36" i="1"/>
   <c r="L36" i="1"/>
   <c r="M36" i="1"/>
   <c r="B41" i="1"/>
   <c r="C41" i="1"/>
   <c r="D41" i="1"/>
   <c r="E41" i="1"/>
-  <c r="E46" i="1" s="1"/>
   <c r="F41" i="1"/>
   <c r="G41" i="1"/>
   <c r="H41" i="1"/>
   <c r="I41" i="1"/>
   <c r="J41" i="1"/>
-  <c r="J46" i="1" s="1"/>
   <c r="K41" i="1"/>
-  <c r="K46" i="1" s="1"/>
   <c r="L41" i="1"/>
   <c r="M41" i="1"/>
-  <c r="M46" i="1" s="1"/>
   <c r="B42" i="1"/>
   <c r="C42" i="1"/>
   <c r="D42" i="1"/>
   <c r="E42" i="1"/>
   <c r="F42" i="1"/>
   <c r="F46" i="1" s="1"/>
   <c r="G42" i="1"/>
-  <c r="G46" i="1" s="1"/>
   <c r="H42" i="1"/>
   <c r="I42" i="1"/>
   <c r="J42" i="1"/>
   <c r="K42" i="1"/>
   <c r="L42" i="1"/>
   <c r="M42" i="1"/>
   <c r="B43" i="1"/>
   <c r="C43" i="1"/>
-  <c r="C46" i="1" s="1"/>
   <c r="D43" i="1"/>
   <c r="E43" i="1"/>
   <c r="F43" i="1"/>
   <c r="G43" i="1"/>
   <c r="H43" i="1"/>
   <c r="I43" i="1"/>
   <c r="J43" i="1"/>
   <c r="K43" i="1"/>
   <c r="L43" i="1"/>
   <c r="M43" i="1"/>
   <c r="B44" i="1"/>
   <c r="C44" i="1"/>
   <c r="D44" i="1"/>
   <c r="E44" i="1"/>
   <c r="F44" i="1"/>
   <c r="G44" i="1"/>
   <c r="H44" i="1"/>
   <c r="I44" i="1"/>
   <c r="J44" i="1"/>
   <c r="K44" i="1"/>
   <c r="L44" i="1"/>
   <c r="M44" i="1"/>
   <c r="B45" i="1"/>
   <c r="B46" i="1" s="1"/>
   <c r="C45" i="1"/>
   <c r="D45" i="1"/>
   <c r="E45" i="1"/>
   <c r="F45" i="1"/>
   <c r="G45" i="1"/>
   <c r="H45" i="1"/>
   <c r="I45" i="1"/>
   <c r="J45" i="1"/>
   <c r="K45" i="1"/>
   <c r="L45" i="1"/>
   <c r="M45" i="1"/>
   <c r="G23" i="11"/>
   <c r="G10" i="11" s="1"/>
-  <c r="L156" i="10"/>
   <c r="L20" i="9"/>
-  <c r="J23" i="9"/>
-  <c r="J10" i="9"/>
   <c r="L43" i="10"/>
-  <c r="H142" i="9"/>
   <c r="H95" i="11"/>
   <c r="L18" i="2"/>
-  <c r="K23" i="2"/>
-  <c r="K10" i="2"/>
   <c r="H18" i="11"/>
-  <c r="L67" i="9"/>
   <c r="G11" i="8"/>
-  <c r="F133" i="2"/>
   <c r="F16" i="2"/>
-  <c r="H108" i="11"/>
   <c r="C23" i="9"/>
   <c r="D18" i="9"/>
-  <c r="H80" i="9"/>
-  <c r="L57" i="9"/>
   <c r="C23" i="10"/>
-  <c r="D131" i="9"/>
+  <c r="C10" i="10" s="1"/>
   <c r="F121" i="9"/>
-  <c r="D20" i="2"/>
   <c r="F82" i="11"/>
   <c r="F169" i="11"/>
   <c r="F177" i="11"/>
   <c r="F144" i="11"/>
   <c r="F25" i="11"/>
   <c r="F158" i="11"/>
   <c r="F45" i="11"/>
   <c r="F133" i="11"/>
   <c r="F59" i="11"/>
-  <c r="F11" i="10"/>
-[...1 lines deleted...]
-  <c r="D175" i="10"/>
   <c r="L18" i="10"/>
-  <c r="L23" i="10" s="1"/>
   <c r="K10" i="10"/>
   <c r="L142" i="9"/>
-  <c r="F169" i="2"/>
-[...3 lines deleted...]
-  <c r="F25" i="2"/>
   <c r="F110" i="2"/>
-  <c r="H80" i="10"/>
   <c r="F16" i="9"/>
-  <c r="F158" i="9"/>
-  <c r="F82" i="9"/>
   <c r="F169" i="9"/>
-  <c r="F177" i="9"/>
   <c r="F144" i="9"/>
   <c r="F69" i="9"/>
-  <c r="F97" i="9"/>
   <c r="F133" i="9"/>
-  <c r="F45" i="9"/>
-[...3 lines deleted...]
-  <c r="D80" i="11"/>
   <c r="D19" i="10"/>
   <c r="B23" i="10"/>
   <c r="B10" i="10" s="1"/>
-  <c r="E20" i="8"/>
-[...3 lines deleted...]
-  <c r="L108" i="11"/>
   <c r="F16" i="10"/>
   <c r="F82" i="10"/>
   <c r="F169" i="10"/>
   <c r="F177" i="10"/>
   <c r="F144" i="10"/>
-  <c r="H156" i="9"/>
-[...1 lines deleted...]
-  <c r="H18" i="9"/>
   <c r="D20" i="11"/>
   <c r="F121" i="10"/>
   <c r="F110" i="10"/>
   <c r="F25" i="10"/>
-  <c r="D156" i="9"/>
   <c r="J158" i="11"/>
   <c r="J158" i="10"/>
   <c r="J158" i="9"/>
-  <c r="C10" i="10"/>
   <c r="C10" i="9"/>
-  <c r="D10" i="9"/>
+  <c r="D10" i="9" s="1"/>
   <c r="E18" i="8"/>
-  <c r="I9" i="8" l="1"/>
+  <c r="H8" i="13" l="1"/>
+  <c r="C46" i="1"/>
+  <c r="L80" i="11"/>
+  <c r="H167" i="10"/>
+  <c r="F23" i="9"/>
+  <c r="F10" i="9" s="1"/>
+  <c r="F177" i="9"/>
+  <c r="F97" i="2"/>
+  <c r="L167" i="2"/>
+  <c r="G13" i="8"/>
+  <c r="D80" i="2"/>
+  <c r="K11" i="2"/>
+  <c r="H43" i="2"/>
+  <c r="D108" i="11"/>
+  <c r="L95" i="11"/>
+  <c r="J23" i="11"/>
+  <c r="J10" i="11" s="1"/>
+  <c r="B11" i="10"/>
+  <c r="B12" i="10" s="1"/>
+  <c r="D67" i="10"/>
+  <c r="H67" i="10"/>
+  <c r="D167" i="9"/>
+  <c r="H108" i="9"/>
+  <c r="L108" i="9"/>
+  <c r="D21" i="9"/>
+  <c r="F144" i="2"/>
+  <c r="D156" i="2"/>
+  <c r="H119" i="11"/>
+  <c r="L67" i="11"/>
+  <c r="E9" i="8"/>
+  <c r="D57" i="11"/>
+  <c r="H57" i="11"/>
+  <c r="H43" i="11"/>
+  <c r="D43" i="11"/>
+  <c r="L167" i="10"/>
+  <c r="L95" i="10"/>
+  <c r="H175" i="9"/>
+  <c r="G5" i="13"/>
+  <c r="L119" i="9"/>
+  <c r="D67" i="9"/>
+  <c r="D22" i="9"/>
+  <c r="L23" i="10"/>
+  <c r="G46" i="1"/>
+  <c r="G19" i="8"/>
+  <c r="F25" i="2"/>
+  <c r="L183" i="2"/>
+  <c r="H108" i="2"/>
+  <c r="D67" i="2"/>
+  <c r="H142" i="11"/>
+  <c r="H80" i="11"/>
+  <c r="J11" i="11"/>
+  <c r="L21" i="11"/>
+  <c r="L156" i="2"/>
+  <c r="L108" i="2"/>
+  <c r="F59" i="9"/>
+  <c r="F82" i="9"/>
+  <c r="F177" i="2"/>
+  <c r="D167" i="2"/>
+  <c r="E15" i="8"/>
+  <c r="I15" i="8" s="1"/>
+  <c r="J11" i="2"/>
+  <c r="L11" i="2" s="1"/>
+  <c r="H80" i="2"/>
+  <c r="G10" i="8"/>
+  <c r="H57" i="2"/>
+  <c r="L43" i="2"/>
+  <c r="L20" i="2"/>
+  <c r="L23" i="2" s="1"/>
+  <c r="L183" i="11"/>
+  <c r="G16" i="8"/>
+  <c r="F97" i="11"/>
+  <c r="L183" i="10"/>
+  <c r="L175" i="10"/>
+  <c r="B133" i="10"/>
+  <c r="L119" i="10"/>
+  <c r="H131" i="9"/>
+  <c r="D43" i="9"/>
+  <c r="F25" i="9"/>
+  <c r="D119" i="9"/>
+  <c r="J46" i="1"/>
+  <c r="D183" i="2"/>
+  <c r="G17" i="8"/>
+  <c r="I17" i="8" s="1"/>
+  <c r="F45" i="9"/>
+  <c r="F158" i="9"/>
+  <c r="F169" i="2"/>
+  <c r="N26" i="1"/>
+  <c r="G18" i="8"/>
+  <c r="H167" i="2"/>
+  <c r="H142" i="2"/>
+  <c r="L57" i="2"/>
+  <c r="G8" i="8"/>
+  <c r="C11" i="2"/>
+  <c r="H175" i="11"/>
+  <c r="L119" i="11"/>
+  <c r="D67" i="11"/>
+  <c r="C23" i="11"/>
+  <c r="H142" i="10"/>
+  <c r="H119" i="10"/>
+  <c r="D80" i="9"/>
+  <c r="L22" i="9"/>
+  <c r="L19" i="9"/>
+  <c r="H13" i="13"/>
+  <c r="H15" i="13" s="1"/>
+  <c r="H11" i="13"/>
+  <c r="H7" i="13"/>
+  <c r="K46" i="1"/>
+  <c r="M46" i="1"/>
+  <c r="E46" i="1"/>
+  <c r="I11" i="8"/>
+  <c r="H67" i="2"/>
+  <c r="G9" i="8"/>
+  <c r="I9" i="8" s="1"/>
+  <c r="D183" i="11"/>
+  <c r="H156" i="11"/>
+  <c r="D156" i="11"/>
+  <c r="D183" i="10"/>
+  <c r="D156" i="10"/>
+  <c r="D57" i="10"/>
+  <c r="L183" i="9"/>
+  <c r="D95" i="9"/>
+  <c r="H95" i="9"/>
+  <c r="L95" i="9"/>
+  <c r="J11" i="9"/>
+  <c r="L80" i="9"/>
+  <c r="G15" i="13"/>
+  <c r="G18" i="13" s="1"/>
+  <c r="F133" i="2"/>
+  <c r="L175" i="2"/>
+  <c r="D5" i="13"/>
+  <c r="H5" i="13" s="1"/>
+  <c r="C5" i="13" s="1"/>
+  <c r="C16" i="13" s="1"/>
+  <c r="D142" i="2"/>
+  <c r="G15" i="8"/>
+  <c r="H95" i="2"/>
+  <c r="L95" i="2"/>
+  <c r="F11" i="2"/>
+  <c r="B23" i="2"/>
+  <c r="B10" i="2" s="1"/>
+  <c r="B12" i="2" s="1"/>
+  <c r="H19" i="2"/>
+  <c r="H23" i="2" s="1"/>
+  <c r="D167" i="11"/>
+  <c r="D19" i="11"/>
+  <c r="H57" i="10"/>
+  <c r="H21" i="10"/>
+  <c r="H18" i="10"/>
+  <c r="L175" i="9"/>
+  <c r="B11" i="9"/>
+  <c r="B12" i="9" s="1"/>
   <c r="G16" i="13"/>
-  <c r="G18" i="13"/>
   <c r="I18" i="8"/>
-  <c r="I15" i="8"/>
-[...3 lines deleted...]
-  <c r="B12" i="9"/>
   <c r="D23" i="9"/>
   <c r="N36" i="1"/>
   <c r="B6" i="2"/>
   <c r="H14" i="12"/>
   <c r="L131" i="2"/>
   <c r="G12" i="8"/>
-  <c r="G21" i="8" s="1"/>
   <c r="K11" i="11"/>
-  <c r="L11" i="11" s="1"/>
   <c r="H183" i="10"/>
   <c r="D131" i="10"/>
   <c r="G11" i="10"/>
   <c r="D175" i="9"/>
   <c r="F23" i="11"/>
   <c r="F10" i="11" s="1"/>
   <c r="H10" i="11" s="1"/>
   <c r="N41" i="1"/>
   <c r="D46" i="1"/>
-  <c r="N46" i="1" s="1"/>
   <c r="H131" i="2"/>
   <c r="L80" i="2"/>
   <c r="E8" i="8"/>
   <c r="F23" i="2"/>
   <c r="F10" i="2" s="1"/>
-  <c r="F12" i="2" s="1"/>
   <c r="D95" i="11"/>
   <c r="G11" i="11"/>
-  <c r="F10" i="12" s="1"/>
   <c r="H156" i="10"/>
   <c r="H131" i="10"/>
   <c r="D80" i="10"/>
   <c r="L67" i="10"/>
   <c r="L57" i="10"/>
   <c r="H20" i="10"/>
   <c r="H23" i="10" s="1"/>
   <c r="J23" i="10"/>
   <c r="J10" i="10" s="1"/>
   <c r="D183" i="9"/>
   <c r="K11" i="9"/>
   <c r="L11" i="9" s="1"/>
   <c r="H23" i="11"/>
   <c r="E19" i="8"/>
   <c r="E16" i="8"/>
   <c r="D57" i="2"/>
-  <c r="E16" i="13"/>
   <c r="H167" i="11"/>
   <c r="L43" i="11"/>
   <c r="B69" i="10"/>
   <c r="C11" i="10"/>
-  <c r="G10" i="12" s="1"/>
   <c r="B121" i="9"/>
   <c r="G11" i="9"/>
   <c r="L43" i="9"/>
-  <c r="H15" i="13"/>
   <c r="B82" i="9"/>
   <c r="B45" i="9"/>
   <c r="B97" i="9"/>
   <c r="B177" i="9"/>
   <c r="B169" i="9"/>
   <c r="B69" i="9"/>
   <c r="B144" i="9"/>
   <c r="B25" i="9"/>
   <c r="B133" i="9"/>
   <c r="N43" i="1"/>
   <c r="H119" i="2"/>
   <c r="D175" i="11"/>
   <c r="L167" i="11"/>
   <c r="H11" i="10"/>
   <c r="B11" i="2"/>
   <c r="K12" i="2"/>
   <c r="I46" i="1"/>
   <c r="E13" i="8"/>
   <c r="G23" i="2"/>
   <c r="G10" i="2" s="1"/>
   <c r="L142" i="11"/>
   <c r="D131" i="11"/>
   <c r="D119" i="11"/>
   <c r="L18" i="11"/>
   <c r="L23" i="11" s="1"/>
   <c r="K23" i="11"/>
   <c r="K10" i="11" s="1"/>
   <c r="H175" i="10"/>
   <c r="D167" i="10"/>
   <c r="L142" i="10"/>
   <c r="D142" i="10"/>
   <c r="H95" i="10"/>
   <c r="L80" i="10"/>
   <c r="D21" i="10"/>
   <c r="D23" i="10" s="1"/>
   <c r="F23" i="10"/>
   <c r="F10" i="10" s="1"/>
   <c r="F12" i="10" s="1"/>
   <c r="L156" i="9"/>
   <c r="D108" i="9"/>
   <c r="D57" i="9"/>
   <c r="F11" i="9"/>
-  <c r="H11" i="9" s="1"/>
   <c r="D15" i="13"/>
   <c r="D18" i="13" s="1"/>
   <c r="L57" i="11"/>
   <c r="B82" i="10"/>
   <c r="B59" i="10"/>
   <c r="B97" i="10"/>
   <c r="B177" i="10"/>
   <c r="B121" i="10"/>
   <c r="B25" i="10"/>
   <c r="B158" i="10"/>
-  <c r="B12" i="10"/>
   <c r="N42" i="1"/>
   <c r="L131" i="11"/>
   <c r="L108" i="10"/>
   <c r="D95" i="10"/>
   <c r="B45" i="10"/>
   <c r="H167" i="9"/>
   <c r="H57" i="9"/>
   <c r="H43" i="9"/>
   <c r="B16" i="9"/>
   <c r="E15" i="13"/>
   <c r="E18" i="13" s="1"/>
-  <c r="G12" i="11"/>
   <c r="D23" i="2"/>
   <c r="F11" i="11"/>
   <c r="H11" i="11" s="1"/>
   <c r="G23" i="10"/>
   <c r="N45" i="1"/>
   <c r="L46" i="1"/>
   <c r="H46" i="1"/>
   <c r="C10" i="11"/>
-  <c r="L23" i="2"/>
   <c r="G20" i="8"/>
   <c r="I20" i="8" s="1"/>
   <c r="G11" i="2"/>
-  <c r="H11" i="2" s="1"/>
   <c r="L67" i="2"/>
   <c r="D142" i="11"/>
   <c r="H131" i="11"/>
   <c r="H67" i="11"/>
   <c r="L131" i="10"/>
   <c r="D119" i="10"/>
   <c r="B110" i="10"/>
   <c r="H108" i="10"/>
   <c r="K11" i="10"/>
   <c r="K12" i="10" s="1"/>
   <c r="C11" i="9"/>
   <c r="H20" i="9"/>
   <c r="H23" i="9" s="1"/>
   <c r="L18" i="9"/>
   <c r="L23" i="9" s="1"/>
   <c r="K23" i="9"/>
   <c r="K10" i="9" s="1"/>
-  <c r="D16" i="13"/>
   <c r="D10" i="10"/>
   <c r="B23" i="11"/>
   <c r="B10" i="11" s="1"/>
   <c r="B12" i="11" s="1"/>
   <c r="J12" i="9"/>
   <c r="N44" i="1"/>
   <c r="D175" i="2"/>
   <c r="H156" i="2"/>
   <c r="E14" i="8"/>
   <c r="D119" i="2"/>
   <c r="E10" i="8"/>
   <c r="C23" i="2"/>
   <c r="J23" i="2"/>
   <c r="J10" i="2" s="1"/>
   <c r="J12" i="2" s="1"/>
   <c r="J121" i="2"/>
   <c r="J144" i="2"/>
   <c r="J177" i="2"/>
   <c r="J133" i="2"/>
   <c r="J110" i="2"/>
   <c r="J169" i="2"/>
   <c r="J82" i="2"/>
   <c r="J45" i="2"/>
   <c r="J69" i="2"/>
   <c r="D22" i="11"/>
   <c r="D23" i="11" s="1"/>
   <c r="B169" i="10"/>
   <c r="J11" i="10"/>
   <c r="L11" i="10" s="1"/>
   <c r="D43" i="10"/>
   <c r="H43" i="10"/>
   <c r="B16" i="10"/>
   <c r="B158" i="9"/>
   <c r="G23" i="9"/>
   <c r="J69" i="11"/>
   <c r="J69" i="10"/>
   <c r="F158" i="2"/>
   <c r="F59" i="2"/>
   <c r="J144" i="11"/>
   <c r="J16" i="11"/>
   <c r="J16" i="10"/>
   <c r="F82" i="2"/>
   <c r="J110" i="11"/>
   <c r="J82" i="11"/>
   <c r="J45" i="10"/>
   <c r="J121" i="11"/>
-  <c r="H19" i="8" l="1"/>
-  <c r="H11" i="8"/>
+  <c r="J12" i="11" l="1"/>
+  <c r="L11" i="11"/>
+  <c r="H11" i="9"/>
+  <c r="G10" i="12"/>
+  <c r="N46" i="1"/>
+  <c r="G21" i="8"/>
+  <c r="H10" i="8" s="1"/>
+  <c r="H11" i="2"/>
+  <c r="F10" i="12"/>
+  <c r="D16" i="13"/>
+  <c r="G12" i="11"/>
+  <c r="E16" i="13"/>
+  <c r="F12" i="2"/>
   <c r="H9" i="8"/>
   <c r="H8" i="8"/>
-  <c r="H10" i="8"/>
-[...4 lines deleted...]
-  <c r="H17" i="8"/>
   <c r="H13" i="8"/>
   <c r="L10" i="2"/>
   <c r="K12" i="11"/>
   <c r="L10" i="11"/>
   <c r="C18" i="13"/>
   <c r="H18" i="13"/>
   <c r="D11" i="10"/>
   <c r="H9" i="12"/>
   <c r="H11" i="12" s="1"/>
   <c r="G10" i="9"/>
   <c r="D11" i="2"/>
   <c r="E21" i="8"/>
   <c r="F14" i="8" s="1"/>
   <c r="I8" i="8"/>
   <c r="F8" i="8"/>
   <c r="C12" i="9"/>
   <c r="H10" i="12"/>
   <c r="I16" i="8"/>
   <c r="F12" i="9"/>
   <c r="C10" i="2"/>
   <c r="E9" i="12"/>
   <c r="G10" i="10"/>
   <c r="G9" i="12"/>
   <c r="G11" i="12" s="1"/>
   <c r="I19" i="8"/>
   <c r="I10" i="8"/>
   <c r="F10" i="8"/>
   <c r="C12" i="10"/>
   <c r="E10" i="12"/>
   <c r="H16" i="12" s="1"/>
-  <c r="H20" i="8"/>
   <c r="H10" i="2"/>
   <c r="G12" i="2"/>
   <c r="I12" i="8"/>
-  <c r="H12" i="8"/>
   <c r="I14" i="8"/>
   <c r="F13" i="8"/>
   <c r="I13" i="8"/>
   <c r="F12" i="11"/>
   <c r="H16" i="13"/>
   <c r="F9" i="12"/>
-  <c r="F11" i="12" s="1"/>
   <c r="K12" i="9"/>
   <c r="L10" i="9"/>
   <c r="D10" i="11"/>
   <c r="C12" i="11"/>
   <c r="L10" i="10"/>
   <c r="J12" i="10"/>
   <c r="D11" i="9"/>
-  <c r="C12" i="2" l="1"/>
+  <c r="H19" i="8" l="1"/>
+  <c r="H16" i="8"/>
+  <c r="H15" i="8"/>
+  <c r="H11" i="8"/>
+  <c r="F11" i="12"/>
+  <c r="H14" i="8"/>
+  <c r="H17" i="8"/>
+  <c r="H12" i="8"/>
+  <c r="H18" i="8"/>
+  <c r="H20" i="8"/>
+  <c r="C12" i="2"/>
   <c r="B14" i="2" s="1"/>
   <c r="F14" i="2" s="1"/>
   <c r="J14" i="2" s="1"/>
   <c r="B6" i="11" s="1"/>
   <c r="B14" i="11" s="1"/>
   <c r="F14" i="11" s="1"/>
   <c r="J14" i="11" s="1"/>
   <c r="B6" i="10" s="1"/>
   <c r="B14" i="10" s="1"/>
   <c r="D10" i="2"/>
   <c r="I21" i="8"/>
   <c r="E11" i="12"/>
   <c r="H15" i="12"/>
   <c r="H17" i="12" s="1"/>
   <c r="B17" i="12" s="1"/>
   <c r="F17" i="8"/>
   <c r="F12" i="8"/>
   <c r="F9" i="8"/>
   <c r="F20" i="8"/>
   <c r="F11" i="8"/>
   <c r="F18" i="8"/>
   <c r="F15" i="8"/>
   <c r="F19" i="8"/>
   <c r="F16" i="8"/>
   <c r="G12" i="9"/>
@@ -3266,51 +3279,51 @@
   <si>
     <r>
       <t>SG vs TS</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color indexed="9"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t/>
     </r>
   </si>
   <si>
     <t>Existing Savings</t>
   </si>
   <si>
     <t>TOTAL SAVINGS %</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="7">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* \-??_-;_-@_-"/>
     <numFmt numFmtId="165" formatCode="_-\£* #,##0.00_-;&quot;-£&quot;* #,##0.00_-;_-\£* \-??_-;_-@_-"/>
     <numFmt numFmtId="166" formatCode="#,##0.00_ ;[Red]\(#,##0.00&quot;) &quot;"/>
     <numFmt numFmtId="167" formatCode="#,##0.00_ ;[Red]\(#,##0.00\)"/>
     <numFmt numFmtId="168" formatCode="#,##0.00_ ;[Red]\(#,##0.00\);_(* \-??_);_(_)"/>
     <numFmt numFmtId="169" formatCode="0.0%"/>
   </numFmts>
   <fonts count="43" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color indexed="9"/>
       <name val="Calibri"/>
@@ -4342,738 +4355,658 @@
     <xf numFmtId="0" fontId="2" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="19" borderId="1" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="20" borderId="2" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="164" fontId="30" fillId="0" borderId="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="165" fontId="30" fillId="0" borderId="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="7" fillId="4" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="3" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="4" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="5" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="11" fillId="7" borderId="1" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="6" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="13" fillId="21" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="30" fillId="17" borderId="7" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="15" fillId="19" borderId="8" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="9" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="229">
+  <cellXfs count="197">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="168" fontId="23" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="22" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="168" fontId="0" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="168" fontId="0" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="40" fontId="21" fillId="22" borderId="10" xfId="40" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="36" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="36" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="36" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
-    <xf numFmtId="40" fontId="21" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="40" fontId="21" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="40" fontId="23" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="40" fontId="23" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="168" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="40" fontId="0" fillId="0" borderId="0" xfId="40" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="168" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="40" fontId="0" fillId="0" borderId="0" xfId="40" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="168" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="40" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="168" fontId="23" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="40" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-[...3 lines deleted...]
-    <xf numFmtId="40" fontId="0" fillId="0" borderId="13" xfId="40" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="40" fontId="0" fillId="0" borderId="13" xfId="40" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="168" fontId="0" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="168" fontId="0" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="168" fontId="0" fillId="23" borderId="13" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="168" fontId="0" fillId="24" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="168" fontId="0" fillId="24" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
     <xf numFmtId="0" fontId="25" fillId="23" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="21" fillId="23" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="0" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="168" fontId="0" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="168" fontId="0" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="25" fillId="25" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="21" fillId="25" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="23" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="25" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="22" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="21" fillId="22" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-[...3 lines deleted...]
-    <xf numFmtId="168" fontId="0" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyBorder="1"/>
+    <xf numFmtId="168" fontId="0" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="21" fillId="22" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="22" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="21" fillId="22" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1"/>
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="168" fontId="0" fillId="26" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
     <xf numFmtId="0" fontId="25" fillId="27" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="21" fillId="27" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="28" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="21" fillId="28" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="168" fontId="0" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="25" fillId="29" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="21" fillId="29" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="21" fillId="27" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="28" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="29" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="25" fillId="29" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="21" fillId="29" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="22" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="29" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="3" fontId="28" fillId="0" borderId="0" xfId="28" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="29" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="3" fontId="20" fillId="0" borderId="0" xfId="36" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="3" fontId="20" fillId="0" borderId="0" xfId="36" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="29" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="29" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="29" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0" hidden="1"/>
     </xf>
-    <xf numFmtId="40" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="40" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyProtection="1">
       <protection locked="0" hidden="1"/>
     </xf>
-    <xf numFmtId="166" fontId="23" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="166" fontId="23" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0" hidden="1"/>
     </xf>
-    <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1">
       <protection locked="0" hidden="1"/>
     </xf>
-    <xf numFmtId="40" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="40" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0" hidden="1"/>
     </xf>
-    <xf numFmtId="40" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="40" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="166" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="166" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="40" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="40" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="166" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="166" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="40" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="40" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="40" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="40" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0" hidden="1"/>
     </xf>
-    <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="30" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="23" fillId="30" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0" hidden="1"/>
     </xf>
-    <xf numFmtId="166" fontId="23" fillId="30" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="166" fontId="23" fillId="30" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0" hidden="1"/>
     </xf>
-    <xf numFmtId="40" fontId="23" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="40" fontId="23" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0" hidden="1"/>
     </xf>
-    <xf numFmtId="167" fontId="23" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="167" fontId="23" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0" hidden="1"/>
     </xf>
-    <xf numFmtId="40" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="40" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="168" fontId="0" fillId="30" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="168" fontId="0" fillId="30" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="30" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="30" borderId="20" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="166" fontId="0" fillId="0" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="166" fontId="0" fillId="0" borderId="20" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="30" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="30" borderId="20" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0" hidden="1"/>
     </xf>
-    <xf numFmtId="166" fontId="0" fillId="0" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="166" fontId="0" fillId="0" borderId="20" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0" hidden="1"/>
     </xf>
-    <xf numFmtId="4" fontId="0" fillId="0" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="4" fontId="0" fillId="0" borderId="21" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="4" fontId="0" fillId="0" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="4" fontId="0" fillId="0" borderId="21" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0" hidden="1"/>
     </xf>
-    <xf numFmtId="4" fontId="0" fillId="0" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="4" fontId="0" fillId="0" borderId="22" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="4" fontId="0" fillId="0" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="4" fontId="0" fillId="0" borderId="22" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0" hidden="1"/>
     </xf>
-    <xf numFmtId="4" fontId="0" fillId="0" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="4" fontId="0" fillId="0" borderId="23" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0" hidden="1"/>
     </xf>
-    <xf numFmtId="4" fontId="0" fillId="0" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="4" fontId="0" fillId="0" borderId="24" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0" hidden="1"/>
     </xf>
     <xf numFmtId="40" fontId="23" fillId="31" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0" hidden="1"/>
     </xf>
     <xf numFmtId="2" fontId="21" fillId="29" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="4" fontId="0" fillId="0" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="4" fontId="0" fillId="0" borderId="26" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="4" fontId="0" fillId="0" borderId="27" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="4" fontId="0" fillId="0" borderId="27" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="40" fontId="23" fillId="0" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="40" fontId="23" fillId="0" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0" hidden="1"/>
     </xf>
-    <xf numFmtId="4" fontId="0" fillId="30" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="4" fontId="0" fillId="30" borderId="29" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="4" fontId="0" fillId="30" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="4" fontId="0" fillId="30" borderId="30" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="4" fontId="0" fillId="30" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="4" fontId="0" fillId="30" borderId="30" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0" hidden="1"/>
     </xf>
-    <xf numFmtId="4" fontId="0" fillId="30" borderId="31" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="4" fontId="0" fillId="30" borderId="31" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0" hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="168" fontId="0" fillId="0" borderId="37" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="168" fontId="0" fillId="0" borderId="34" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="168" fontId="0" fillId="0" borderId="35" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="168" fontId="0" fillId="0" borderId="36" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="168" fontId="0" fillId="0" borderId="37" xfId="0" applyNumberFormat="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="34" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="36" applyBorder="1" applyAlignment="1" applyProtection="1"/>
-    <xf numFmtId="0" fontId="36" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="36" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="37" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="39" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="40" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="39" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="40" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="40" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-[...5 lines deleted...]
-    <xf numFmtId="4" fontId="23" fillId="32" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="40" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="35" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="4" fontId="23" fillId="32" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="4" fontId="23" fillId="32" borderId="38" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="32" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0" hidden="1"/>
     </xf>
     <xf numFmtId="4" fontId="23" fillId="32" borderId="38" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0" hidden="1"/>
     </xf>
     <xf numFmtId="168" fontId="23" fillId="32" borderId="38" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0" hidden="1"/>
     </xf>
     <xf numFmtId="168" fontId="23" fillId="32" borderId="38" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="168" fontId="23" fillId="32" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="168" fontId="23" fillId="32" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="22" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="21" fillId="22" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="169" fontId="0" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="168" fontId="0" fillId="33" borderId="11" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="35" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="35" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="43" fontId="24" fillId="35" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="25" borderId="0" xfId="40" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="21" fillId="25" borderId="0" xfId="40" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="43" fontId="21" fillId="25" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
-    <xf numFmtId="43" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="43" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="24" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="168" fontId="30" fillId="24" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="41" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="25" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="24" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="43" fontId="41" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="43" fontId="41" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="42" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="43" fontId="0" fillId="42" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="42" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="41" fillId="42" borderId="0" xfId="40" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="41" fillId="42" borderId="0" xfId="40" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="43" fontId="41" fillId="42" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="42" borderId="0" xfId="40" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="42" borderId="0" xfId="40" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment vertical="center"/>
     </xf>
     <xf numFmtId="43" fontId="0" fillId="42" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="25" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="25" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="169" fontId="21" fillId="25" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="36" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="28" fillId="0" borderId="0" xfId="28" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="36" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="168" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="168" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="168" fontId="0" fillId="0" borderId="32" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="168" fontId="23" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="168" fontId="23" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="168" fontId="23" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="168" fontId="23" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="168" fontId="23" fillId="0" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="22" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="21" fillId="22" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...15 lines deleted...]
-    <xf numFmtId="0" fontId="22" fillId="34" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="22" fillId="34" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="36" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0" hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0" hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="34" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0" hidden="1"/>
+    </xf>
+    <xf numFmtId="40" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="40" fontId="23" fillId="35" borderId="39" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="40" fontId="23" fillId="36" borderId="40" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="168" fontId="0" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="40" fontId="23" fillId="37" borderId="41" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="36" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="36" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="40" fontId="23" fillId="36" borderId="40" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...13 lines deleted...]
-    </xf>
     <xf numFmtId="40" fontId="23" fillId="30" borderId="40" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="40" fontId="23" fillId="38" borderId="39" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="40" fontId="23" fillId="39" borderId="41" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="22" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="22" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="40" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="36" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="21" fillId="22" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="21" fillId="22" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="42" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="42" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="26" fillId="24" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="37" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="26" fillId="24" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="33" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="33" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="justify"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="left" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="46">
     <cellStyle name="20% - Accent1" xfId="1" builtinId="30" customBuiltin="1"/>
     <cellStyle name="20% - Accent2" xfId="2" builtinId="34" customBuiltin="1"/>
     <cellStyle name="20% - Accent3" xfId="3" builtinId="38" customBuiltin="1"/>
     <cellStyle name="20% - Accent4" xfId="4" builtinId="42" customBuiltin="1"/>
     <cellStyle name="20% - Accent5" xfId="5" builtinId="46" customBuiltin="1"/>
     <cellStyle name="20% - Accent6" xfId="6" builtinId="50" customBuiltin="1"/>
     <cellStyle name="40% - Accent1" xfId="7" builtinId="31" customBuiltin="1"/>
     <cellStyle name="40% - Accent2" xfId="8" builtinId="35" customBuiltin="1"/>
     <cellStyle name="40% - Accent3" xfId="9" builtinId="39" customBuiltin="1"/>
     <cellStyle name="40% - Accent4" xfId="10" builtinId="43" customBuiltin="1"/>
     <cellStyle name="40% - Accent5" xfId="11" builtinId="47" customBuiltin="1"/>
     <cellStyle name="40% - Accent6" xfId="12" builtinId="51" customBuiltin="1"/>
     <cellStyle name="60% - Accent1" xfId="13" builtinId="32" customBuiltin="1"/>
     <cellStyle name="60% - Accent2" xfId="14" builtinId="36" customBuiltin="1"/>
     <cellStyle name="60% - Accent3" xfId="15" builtinId="40" customBuiltin="1"/>
     <cellStyle name="60% - Accent4" xfId="16" builtinId="44" customBuiltin="1"/>
     <cellStyle name="60% - Accent5" xfId="17" builtinId="48" customBuiltin="1"/>
     <cellStyle name="60% - Accent6" xfId="18" builtinId="52" customBuiltin="1"/>
     <cellStyle name="Accent1" xfId="19" builtinId="29" customBuiltin="1"/>
     <cellStyle name="Accent2" xfId="20" builtinId="33" customBuiltin="1"/>
     <cellStyle name="Accent3" xfId="21" builtinId="37" customBuiltin="1"/>
     <cellStyle name="Accent4" xfId="22" builtinId="41" customBuiltin="1"/>
     <cellStyle name="Accent5" xfId="23" builtinId="45" customBuiltin="1"/>
     <cellStyle name="Accent6" xfId="24" builtinId="49" customBuiltin="1"/>
     <cellStyle name="Bad" xfId="25" builtinId="27" customBuiltin="1"/>
     <cellStyle name="Calculation" xfId="26" builtinId="22" customBuiltin="1"/>
     <cellStyle name="Check Cell" xfId="27" builtinId="23" customBuiltin="1"/>
     <cellStyle name="Comma" xfId="28" builtinId="3"/>
     <cellStyle name="Currency" xfId="29" builtinId="4"/>
     <cellStyle name="Explanatory Text" xfId="30" builtinId="53" customBuiltin="1"/>
     <cellStyle name="Good" xfId="31" builtinId="26" customBuiltin="1"/>
     <cellStyle name="Heading 1" xfId="32" builtinId="16" customBuiltin="1"/>
     <cellStyle name="Heading 2" xfId="33" builtinId="17" customBuiltin="1"/>
     <cellStyle name="Heading 3" xfId="34" builtinId="18" customBuiltin="1"/>
     <cellStyle name="Heading 4" xfId="35" builtinId="19" customBuiltin="1"/>
     <cellStyle name="Hyperlink" xfId="36" builtinId="8"/>
     <cellStyle name="Input" xfId="37" builtinId="20" customBuiltin="1"/>
     <cellStyle name="Linked Cell" xfId="38" builtinId="24" customBuiltin="1"/>
     <cellStyle name="Neutral" xfId="39" builtinId="28" customBuiltin="1"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal_Sheet5" xfId="40"/>
+    <cellStyle name="Normal_Sheet5" xfId="40" xr:uid="{00000000-0005-0000-0000-000028000000}"/>
     <cellStyle name="Note" xfId="41" builtinId="10" customBuiltin="1"/>
     <cellStyle name="Output" xfId="42" builtinId="21" customBuiltin="1"/>
     <cellStyle name="Title" xfId="43" builtinId="15" customBuiltin="1"/>
     <cellStyle name="Total" xfId="44" builtinId="25" customBuiltin="1"/>
     <cellStyle name="Warning Text" xfId="45" builtinId="11" customBuiltin="1"/>
   </cellStyles>
   <dxfs count="15">
-    <dxf>
-[...26 lines deleted...]
-    </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <color indexed="9"/>
       </font>
       <fill>
         <patternFill>
           <bgColor indexed="34"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor indexed="17"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <condense val="0"/>
         <extend val="0"/>
@@ -5121,50 +5054,78 @@
         <patternFill>
           <bgColor indexed="34"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor indexed="17"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <condense val="0"/>
         <extend val="0"/>
         <color indexed="9"/>
       </font>
       <fill>
         <patternFill>
           <bgColor indexed="34"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
+      <fill>
+        <patternFill>
+          <bgColor indexed="17"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <color indexed="9"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor indexed="16"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <color auto="1"/>
+      </font>
       <fill>
         <patternFill>
           <bgColor indexed="17"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <color indexed="9"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor indexed="65"/>
         </patternFill>
       </fill>
       <border>
         <left style="thin">
           <color indexed="9"/>
         </left>
         <right style="thin">
           <color indexed="9"/>
@@ -5257,51 +5218,51 @@
       <rgbColor rgb="00B3DB84"/>
       <rgbColor rgb="00587F03"/>
       <rgbColor rgb="006D4129"/>
       <rgbColor rgb="00597A7B"/>
       <rgbColor rgb="00D6C9D8"/>
       <rgbColor rgb="0057445A"/>
       <rgbColor rgb="004D4D4D"/>
     </indexedColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
-<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:title>
       <c:overlay val="0"/>
       <c:spPr>
         <a:noFill/>
         <a:ln w="25400">
           <a:noFill/>
         </a:ln>
       </c:spPr>
     </c:title>
     <c:autoTitleDeleted val="0"/>
     <c:view3D>
       <c:rotX val="30"/>
       <c:rotY val="0"/>
@@ -5326,98 +5287,163 @@
           <c:x val="3.1250063578417114E-2"/>
           <c:y val="0.31865284974093266"/>
           <c:w val="0.59583454556181958"/>
           <c:h val="0.46373056994818651"/>
         </c:manualLayout>
       </c:layout>
       <c:pie3DChart>
         <c:varyColors val="1"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:tx>
             <c:strRef>
               <c:f>'Spending Total'!$E$7</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Estimated</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:dPt>
             <c:idx val="0"/>
             <c:bubble3D val="0"/>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000000-8C40-44B2-9B06-24CDA9FF20EC}"/>
+              </c:ext>
+            </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="1"/>
             <c:bubble3D val="0"/>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000001-8C40-44B2-9B06-24CDA9FF20EC}"/>
+              </c:ext>
+            </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="2"/>
             <c:bubble3D val="0"/>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000002-8C40-44B2-9B06-24CDA9FF20EC}"/>
+              </c:ext>
+            </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="3"/>
             <c:bubble3D val="0"/>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000003-8C40-44B2-9B06-24CDA9FF20EC}"/>
+              </c:ext>
+            </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="4"/>
             <c:bubble3D val="0"/>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000004-8C40-44B2-9B06-24CDA9FF20EC}"/>
+              </c:ext>
+            </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="5"/>
             <c:bubble3D val="0"/>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000005-8C40-44B2-9B06-24CDA9FF20EC}"/>
+              </c:ext>
+            </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="6"/>
             <c:bubble3D val="0"/>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000006-8C40-44B2-9B06-24CDA9FF20EC}"/>
+              </c:ext>
+            </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="7"/>
             <c:bubble3D val="0"/>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000007-8C40-44B2-9B06-24CDA9FF20EC}"/>
+              </c:ext>
+            </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="8"/>
             <c:bubble3D val="0"/>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000008-8C40-44B2-9B06-24CDA9FF20EC}"/>
+              </c:ext>
+            </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="9"/>
             <c:bubble3D val="0"/>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000009-8C40-44B2-9B06-24CDA9FF20EC}"/>
+              </c:ext>
+            </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="10"/>
             <c:bubble3D val="0"/>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{0000000A-8C40-44B2-9B06-24CDA9FF20EC}"/>
+              </c:ext>
+            </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="11"/>
             <c:bubble3D val="0"/>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{0000000B-8C40-44B2-9B06-24CDA9FF20EC}"/>
+              </c:ext>
+            </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="12"/>
             <c:bubble3D val="0"/>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{0000000C-8C40-44B2-9B06-24CDA9FF20EC}"/>
+              </c:ext>
+            </c:extLst>
           </c:dPt>
           <c:cat>
             <c:strRef>
               <c:f>'Spending Total'!$B$8:$D$20</c:f>
               <c:strCache>
                 <c:ptCount val="13"/>
                 <c:pt idx="0">
                   <c:v>Housing</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>Transportation</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>Insurance</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>Daily living</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>Children</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>Entertainment</c:v>
                 </c:pt>
                 <c:pt idx="6">
@@ -5470,96 +5496,101 @@
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>150</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>600</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>50</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>100</c:v>
                 </c:pt>
                 <c:pt idx="10">
                   <c:v>550</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>0</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{0000000D-8C40-44B2-9B06-24CDA9FF20EC}"/>
+            </c:ext>
+          </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
           <c:showLeaderLines val="1"/>
         </c:dLbls>
       </c:pie3DChart>
       <c:spPr>
         <a:noFill/>
         <a:ln w="25400">
           <a:noFill/>
         </a:ln>
       </c:spPr>
     </c:plotArea>
     <c:legend>
       <c:legendPos val="r"/>
       <c:layout>
         <c:manualLayout>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
           <c:x val="0.65000132243107589"/>
           <c:y val="0.14500017700216919"/>
           <c:w val="0.32291732364364351"/>
           <c:h val="0.82250100402954596"/>
         </c:manualLayout>
       </c:layout>
       <c:overlay val="0"/>
     </c:legend>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="zero"/>
     <c:showDLblsOverMax val="0"/>
   </c:chart>
   <c:printSettings>
     <c:headerFooter/>
     <c:pageMargins b="0.75" l="0.7" r="0.7" t="0.75" header="0.3" footer="0.3"/>
     <c:pageSetup/>
   </c:printSettings>
 </c:chartSpace>
 </file>
 
 <file path=xl/charts/chart2.xml><?xml version="1.0" encoding="utf-8"?>
-<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:title>
       <c:overlay val="0"/>
       <c:spPr>
         <a:noFill/>
         <a:ln w="25400">
           <a:noFill/>
         </a:ln>
       </c:spPr>
     </c:title>
     <c:autoTitleDeleted val="0"/>
     <c:view3D>
       <c:rotX val="30"/>
       <c:rotY val="0"/>
@@ -5574,98 +5605,163 @@
     </c:sideWall>
     <c:backWall>
       <c:thickness val="0"/>
     </c:backWall>
     <c:plotArea>
       <c:layout/>
       <c:pie3DChart>
         <c:varyColors val="1"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:tx>
             <c:strRef>
               <c:f>'Spending Total'!$G$7</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Actual</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:dPt>
             <c:idx val="0"/>
             <c:bubble3D val="0"/>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000000-B876-43E3-BFC0-ACC4D82A247C}"/>
+              </c:ext>
+            </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="1"/>
             <c:bubble3D val="0"/>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000001-B876-43E3-BFC0-ACC4D82A247C}"/>
+              </c:ext>
+            </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="2"/>
             <c:bubble3D val="0"/>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000002-B876-43E3-BFC0-ACC4D82A247C}"/>
+              </c:ext>
+            </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="3"/>
             <c:bubble3D val="0"/>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000003-B876-43E3-BFC0-ACC4D82A247C}"/>
+              </c:ext>
+            </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="4"/>
             <c:bubble3D val="0"/>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000004-B876-43E3-BFC0-ACC4D82A247C}"/>
+              </c:ext>
+            </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="5"/>
             <c:bubble3D val="0"/>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000005-B876-43E3-BFC0-ACC4D82A247C}"/>
+              </c:ext>
+            </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="6"/>
             <c:bubble3D val="0"/>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000006-B876-43E3-BFC0-ACC4D82A247C}"/>
+              </c:ext>
+            </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="7"/>
             <c:bubble3D val="0"/>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000007-B876-43E3-BFC0-ACC4D82A247C}"/>
+              </c:ext>
+            </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="8"/>
             <c:bubble3D val="0"/>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000008-B876-43E3-BFC0-ACC4D82A247C}"/>
+              </c:ext>
+            </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="9"/>
             <c:bubble3D val="0"/>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000009-B876-43E3-BFC0-ACC4D82A247C}"/>
+              </c:ext>
+            </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="10"/>
             <c:bubble3D val="0"/>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{0000000A-B876-43E3-BFC0-ACC4D82A247C}"/>
+              </c:ext>
+            </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="11"/>
             <c:bubble3D val="0"/>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{0000000B-B876-43E3-BFC0-ACC4D82A247C}"/>
+              </c:ext>
+            </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="12"/>
             <c:bubble3D val="0"/>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{0000000C-B876-43E3-BFC0-ACC4D82A247C}"/>
+              </c:ext>
+            </c:extLst>
           </c:dPt>
           <c:cat>
             <c:strRef>
               <c:f>'Spending Total'!$B$8:$D$20</c:f>
               <c:strCache>
                 <c:ptCount val="13"/>
                 <c:pt idx="0">
                   <c:v>Housing</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>Transportation</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>Insurance</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>Daily living</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>Children</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>Entertainment</c:v>
                 </c:pt>
                 <c:pt idx="6">
@@ -5718,96 +5814,101 @@
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>100</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>680</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>35</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>150</c:v>
                 </c:pt>
                 <c:pt idx="10">
                   <c:v>320</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>0</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{0000000D-B876-43E3-BFC0-ACC4D82A247C}"/>
+            </c:ext>
+          </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
           <c:showLeaderLines val="1"/>
         </c:dLbls>
       </c:pie3DChart>
       <c:spPr>
         <a:noFill/>
         <a:ln w="25400">
           <a:noFill/>
         </a:ln>
       </c:spPr>
     </c:plotArea>
     <c:legend>
       <c:legendPos val="r"/>
       <c:layout>
         <c:manualLayout>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
           <c:x val="0.65833467271865376"/>
           <c:y val="0.13989637305699482"/>
           <c:w val="0.32291732364364351"/>
           <c:h val="0.81865284974093266"/>
         </c:manualLayout>
       </c:layout>
       <c:overlay val="0"/>
     </c:legend>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="zero"/>
     <c:showDLblsOverMax val="0"/>
   </c:chart>
   <c:printSettings>
     <c:headerFooter/>
     <c:pageMargins b="0.75000000000000022" l="0.70000000000000018" r="0.70000000000000018" t="0.75000000000000022" header="0.3000000000000001" footer="0.3000000000000001"/>
     <c:pageSetup orientation="portrait"/>
   </c:printSettings>
 </c:chartSpace>
 </file>
 
 <file path=xl/charts/chart3.xml><?xml version="1.0" encoding="utf-8"?>
-<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="103"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="3"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:autoTitleDeleted val="0"/>
     <c:plotArea>
       <c:layout/>
       <c:barChart>
         <c:barDir val="bar"/>
         <c:grouping val="clustered"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:tx>
             <c:strRef>
               <c:f>'Spending Total'!$E$7</c:f>
@@ -5913,50 +6014,55 @@
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>150</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>600</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>50</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>100</c:v>
                 </c:pt>
                 <c:pt idx="10">
                   <c:v>550</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>0</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000000-C338-4B7A-95E7-320B784DBCE6}"/>
+            </c:ext>
+          </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="1"/>
           <c:tx>
             <c:strRef>
               <c:f>'Spending Total'!$G$7</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Actual</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:invertIfNegative val="0"/>
           <c:dLbls>
             <c:spPr>
               <a:noFill/>
               <a:ln w="25400">
                 <a:noFill/>
               </a:ln>
             </c:spPr>
             <c:showLegendKey val="0"/>
             <c:showVal val="1"/>
@@ -6044,50 +6150,55 @@
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>100</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>680</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>35</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>150</c:v>
                 </c:pt>
                 <c:pt idx="10">
                   <c:v>320</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>0</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000001-C338-4B7A-95E7-320B784DBCE6}"/>
+            </c:ext>
+          </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="75"/>
         <c:axId val="363495880"/>
         <c:axId val="363497056"/>
       </c:barChart>
       <c:catAx>
         <c:axId val="363495880"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:crossAx val="363497056"/>
@@ -6118,51 +6229,51 @@
       <c:layout>
         <c:manualLayout>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
           <c:x val="2.6666710069515088E-2"/>
           <c:y val="0.94466403162055335"/>
           <c:w val="0.32666719835155983"/>
           <c:h val="4.7430830039525688E-2"/>
         </c:manualLayout>
       </c:layout>
       <c:overlay val="0"/>
     </c:legend>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
   </c:chart>
   <c:printSettings>
     <c:headerFooter/>
     <c:pageMargins b="0.75" l="0.7" r="0.7" t="0.75" header="0.3" footer="0.3"/>
     <c:pageSetup/>
   </c:printSettings>
 </c:chartSpace>
 </file>
 
 <file path=xl/charts/chart4.xml><?xml version="1.0" encoding="utf-8"?>
-<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:title>
       <c:tx>
         <c:rich>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1600" b="1" i="0" u="none" strike="noStrike" baseline="0">
                 <a:solidFill>
                   <a:srgbClr val="587F03"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
@@ -6279,50 +6390,55 @@
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>'Savings Goal'!$D$5:$G$5</c:f>
               <c:numCache>
                 <c:formatCode>_(* #,##0.00_);_(* \(#,##0.00\);_(* "-"??_);_(@_)</c:formatCode>
                 <c:ptCount val="4"/>
                 <c:pt idx="0">
                   <c:v>350</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>200</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>0</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000000-A64E-4626-96E9-EAD75F1CA58D}"/>
+            </c:ext>
+          </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="30"/>
         <c:axId val="363490392"/>
         <c:axId val="363489608"/>
       </c:barChart>
       <c:barChart>
         <c:barDir val="col"/>
         <c:grouping val="clustered"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="1"/>
           <c:spPr>
             <a:solidFill>
               <a:srgbClr val="587F03"/>
             </a:solidFill>
             <a:ln w="25400">
@@ -6388,50 +6504,55 @@
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>'Savings Goal'!$D$15:$G$15</c:f>
               <c:numCache>
                 <c:formatCode>_(* #,##0.00_);_(* \(#,##0.00\);_(* "-"??_);_(@_)</c:formatCode>
                 <c:ptCount val="4"/>
                 <c:pt idx="0">
                   <c:v>200</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>120</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>0</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000001-A64E-4626-96E9-EAD75F1CA58D}"/>
+            </c:ext>
+          </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="40"/>
         <c:axId val="363490000"/>
         <c:axId val="363491960"/>
       </c:barChart>
       <c:catAx>
         <c:axId val="363490392"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
@@ -6534,51 +6655,51 @@
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
         </a:defRPr>
       </a:pPr>
       <a:endParaRPr lang="en-US"/>
     </a:p>
   </c:txPr>
   <c:printSettings>
     <c:headerFooter alignWithMargins="0"/>
     <c:pageMargins b="1" l="0.75" r="0.75" t="1" header="0.5" footer="0.5"/>
     <c:pageSetup/>
   </c:printSettings>
 </c:chartSpace>
 </file>
 
 <file path=xl/charts/chart5.xml><?xml version="1.0" encoding="utf-8"?>
-<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:title>
       <c:tx>
         <c:rich>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1500" b="1" i="0" u="none" strike="noStrike" baseline="0">
                 <a:solidFill>
                   <a:srgbClr val="587F03"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
@@ -6677,50 +6798,55 @@
             </c:extLst>
           </c:dLbls>
           <c:cat>
             <c:strRef>
               <c:f>'Savings Goal'!$C$4</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Existing Savings</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>'Savings Goal'!$C$5</c:f>
               <c:numCache>
                 <c:formatCode>_(* #,##0.00_);_(* \(#,##0.00\);_(* "-"??_);_(@_)</c:formatCode>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>2050</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000000-6857-45C5-82D6-3BCBDEB37E56}"/>
+            </c:ext>
+          </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="20"/>
         <c:axId val="363493528"/>
         <c:axId val="363494704"/>
       </c:barChart>
       <c:barChart>
         <c:barDir val="bar"/>
         <c:grouping val="clustered"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="1"/>
           <c:spPr>
             <a:solidFill>
               <a:srgbClr val="587F03"/>
             </a:solidFill>
             <a:ln w="25400">
@@ -6768,50 +6894,55 @@
             </c:extLst>
           </c:dLbls>
           <c:cat>
             <c:strRef>
               <c:f>'Savings Goal'!$C$4</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Existing Savings</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>'Savings Goal'!$C$15</c:f>
               <c:numCache>
                 <c:formatCode>_(* #,##0.00_);_(* \(#,##0.00\);_(* "-"??_);_(@_)</c:formatCode>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>1500</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000001-6857-45C5-82D6-3BCBDEB37E56}"/>
+            </c:ext>
+          </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="30"/>
         <c:axId val="363495096"/>
         <c:axId val="363496272"/>
       </c:barChart>
       <c:catAx>
         <c:axId val="363493528"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
@@ -6914,7815 +7045,1691 @@
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr sz="400" b="0" i="0" u="none" strike="noStrike" baseline="0">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
         </a:defRPr>
       </a:pPr>
       <a:endParaRPr lang="en-US"/>
     </a:p>
   </c:txPr>
   <c:printSettings>
     <c:headerFooter alignWithMargins="0"/>
     <c:pageMargins b="1" l="0.75" r="0.75" t="1" header="0.5" footer="0.5"/>
     <c:pageSetup/>
   </c:printSettings>
 </c:chartSpace>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.facebook.com/spreadsheet123" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://twitter.com/Spreadsheet123" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plus.google.com/u/0/b/117014028071621729542/117014028071621729542/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pinterest.com/spreadsheet123" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.linkedin.com/company/spreadsheet123-ltd" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.spreadsheet123.com/ExcelTemplates/family-budget-planner-spreadsheet.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.facebook.com/spreadsheet123" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://twitter.com/Spreadsheet123" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plus.google.com/u/0/b/117014028071621729542/117014028071621729542/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pinterest.com/spreadsheet123" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.linkedin.com/company/spreadsheet123-ltd" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.spreadsheet123.com/ExcelTemplates/family-budget-planner-spreadsheet.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.facebook.com/spreadsheet123" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://twitter.com/Spreadsheet123" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plus.google.com/u/0/b/117014028071621729542/117014028071621729542/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pinterest.com/spreadsheet123" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.linkedin.com/company/spreadsheet123-ltd" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.spreadsheet123.com/ExcelTemplates/family-budget-planner-spreadsheet.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.facebook.com/spreadsheet123" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://twitter.com/Spreadsheet123" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plus.google.com/u/0/b/117014028071621729542/117014028071621729542/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pinterest.com/spreadsheet123" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.linkedin.com/company/spreadsheet123-ltd" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.spreadsheet123.com/ExcelTemplates/family-budget-planner-spreadsheet.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.facebook.com/spreadsheet123" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://twitter.com/Spreadsheet123" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plus.google.com/u/0/b/117014028071621729542/117014028071621729542/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pinterest.com/spreadsheet123" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.linkedin.com/company/spreadsheet123-ltd" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.spreadsheet123.com/ExcelTemplates/family-budget-planner-spreadsheet.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pinterest.com/spreadsheet123" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.linkedin.com/company/spreadsheet123-ltd" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.spreadsheet123.com/ExcelTemplates/family-budget-planner-spreadsheet.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.facebook.com/spreadsheet123" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://twitter.com/Spreadsheet123" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plus.google.com/u/0/b/117014028071621729542/117014028071621729542/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.facebook.com/spreadsheet123" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://twitter.com/Spreadsheet123" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plus.google.com/u/0/b/117014028071621729542/117014028071621729542/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pinterest.com/spreadsheet123" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.linkedin.com/company/spreadsheet123-ltd" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.spreadsheet123.com/ExcelTemplates/family-budget-planner-spreadsheet.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plus.google.com/u/0/b/117014028071621729542/117014028071621729542/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pinterest.com/spreadsheet123" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart5.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.spreadsheet123.com/ExcelTemplates/family-budget-planner-spreadsheet.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart4.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.linkedin.com/company/spreadsheet123-ltd" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.facebook.com/spreadsheet123" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://twitter.com/Spreadsheet123" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart4.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>14</xdr:col>
-      <xdr:colOff>38100</xdr:colOff>
+      <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>47625</xdr:rowOff>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>19</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>152400</xdr:rowOff>
+      <xdr:col>18</xdr:col>
+      <xdr:colOff>590550</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>133350</xdr:rowOff>
     </xdr:to>
     <xdr:grpSp>
       <xdr:nvGrpSpPr>
-        <xdr:cNvPr id="1199" name="Group 175"/>
-[...2 lines deleted...]
-        </xdr:cNvGrpSpPr>
+        <xdr:cNvPr id="3" name="Group 2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4A23B95D-B844-42AD-84D6-BAD2E24F058E}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvGrpSpPr/>
       </xdr:nvGrpSpPr>
-      <xdr:grpSpPr bwMode="auto">
+      <xdr:grpSpPr>
         <a:xfrm>
-          <a:off x="10772775" y="47625"/>
-[...2 lines deleted...]
-          <a:chExt cx="323" cy="315"/>
+          <a:off x="10734675" y="0"/>
+          <a:ext cx="3028950" cy="733425"/>
+          <a:chOff x="10772775" y="47625"/>
+          <a:chExt cx="3028950" cy="733425"/>
         </a:xfrm>
       </xdr:grpSpPr>
       <xdr:pic>
         <xdr:nvPicPr>
-          <xdr:cNvPr id="1180" name="Picture 55"/>
+          <xdr:cNvPr id="4" name="Picture 55">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3AB8BDB9-D2B4-6612-60CE-A22D1101C6C7}"/>
+              </a:ext>
+            </a:extLst>
+          </xdr:cNvPr>
           <xdr:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </xdr:cNvPicPr>
         </xdr:nvPicPr>
         <xdr:blipFill>
           <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </xdr:blipFill>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="1133" y="5"/>
-            <a:ext cx="212" cy="50"/>
+            <a:off x="10791825" y="47625"/>
+            <a:ext cx="2019300" cy="476250"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
           </a:extLst>
         </xdr:spPr>
       </xdr:pic>
-      <xdr:grpSp>
-[...45 lines deleted...]
-            </a:ln>
+      <xdr:sp macro="" textlink="'Terms Of Use (EULA)'!I3">
+        <xdr:nvSpPr>
+          <xdr:cNvPr id="5" name="Text Box 73">
             <a:extLst>
-              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
-[...14 lines deleted...]
-                </a14:hiddenLine>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{91933B2A-C014-85A1-5D79-CEA97185ED56}"/>
               </a:ext>
             </a:extLst>
-          </xdr:spPr>
-[...333 lines deleted...]
-            <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId14" tooltip="Write your review about this template"/>
           </xdr:cNvPr>
-          <xdr:cNvGrpSpPr>
-[...385 lines deleted...]
-          <xdr:cNvPr id="1097" name="Text Box 73"/>
           <xdr:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </xdr:cNvSpPr>
         </xdr:nvSpPr>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="1131" y="61"/>
-            <a:ext cx="318" cy="21"/>
+            <a:off x="10772775" y="581025"/>
+            <a:ext cx="3028950" cy="200025"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
           </a:extLst>
         </xdr:spPr>
         <xdr:txBody>
           <a:bodyPr vertOverflow="clip" wrap="square" lIns="27432" tIns="22860" rIns="0" bIns="0" anchor="t" upright="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="l" rtl="0">
               <a:defRPr sz="1000"/>
             </a:pPr>
             <a:fld id="{68905381-63B0-4376-AFA8-A29AE96E0567}" type="TxLink">
               <a:rPr lang="en-GB" sz="1000" b="0" i="0" u="none" strike="noStrike" baseline="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:pPr algn="l" rtl="0">
                 <a:defRPr sz="1000"/>
               </a:pPr>
-              <a:t>© 2007 - 2017 Spreadsheet123 LTD</a:t>
+              <a:t>© 2007 - 2025 Spreadsheet123 LTD</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB" sz="1000" b="0" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </xdr:txBody>
       </xdr:sp>
     </xdr:grpSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>12</xdr:col>
-      <xdr:colOff>114300</xdr:colOff>
+      <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>47625</xdr:rowOff>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>17</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>104775</xdr:rowOff>
+      <xdr:col>16</xdr:col>
+      <xdr:colOff>590550</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>133350</xdr:rowOff>
     </xdr:to>
     <xdr:grpSp>
       <xdr:nvGrpSpPr>
-        <xdr:cNvPr id="2218" name="Group 170"/>
-[...2 lines deleted...]
-        </xdr:cNvGrpSpPr>
+        <xdr:cNvPr id="3" name="Group 2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{743E2D85-B97A-4D54-B41E-B77155CD04F0}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvGrpSpPr/>
       </xdr:nvGrpSpPr>
-      <xdr:grpSpPr bwMode="auto">
+      <xdr:grpSpPr>
         <a:xfrm>
-          <a:off x="7886700" y="47625"/>
-[...2 lines deleted...]
-          <a:chExt cx="323" cy="315"/>
+          <a:off x="7772400" y="0"/>
+          <a:ext cx="3028950" cy="733425"/>
+          <a:chOff x="10772775" y="47625"/>
+          <a:chExt cx="3028950" cy="733425"/>
         </a:xfrm>
       </xdr:grpSpPr>
       <xdr:pic>
         <xdr:nvPicPr>
-          <xdr:cNvPr id="2219" name="Picture 55"/>
+          <xdr:cNvPr id="4" name="Picture 55">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{25D3D3CB-33A3-91D4-7D39-6879E7806333}"/>
+              </a:ext>
+            </a:extLst>
+          </xdr:cNvPr>
           <xdr:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </xdr:cNvPicPr>
         </xdr:nvPicPr>
         <xdr:blipFill>
           <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </xdr:blipFill>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="1133" y="5"/>
-            <a:ext cx="212" cy="50"/>
+            <a:off x="10791825" y="47625"/>
+            <a:ext cx="2019300" cy="476250"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
           </a:extLst>
         </xdr:spPr>
       </xdr:pic>
-      <xdr:grpSp>
-[...45 lines deleted...]
-            </a:ln>
+      <xdr:sp macro="" textlink="'Terms Of Use (EULA)'!I3">
+        <xdr:nvSpPr>
+          <xdr:cNvPr id="5" name="Text Box 73">
             <a:extLst>
-              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
-[...14 lines deleted...]
-                </a14:hiddenLine>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FF6064D7-863C-CBBE-0431-CFBEE1596843}"/>
               </a:ext>
             </a:extLst>
-          </xdr:spPr>
-[...333 lines deleted...]
-            <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId14" tooltip="Write your review about this template"/>
           </xdr:cNvPr>
-          <xdr:cNvGrpSpPr>
-[...385 lines deleted...]
-          <xdr:cNvPr id="1097" name="Text Box 73"/>
           <xdr:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </xdr:cNvSpPr>
         </xdr:nvSpPr>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="1131" y="61"/>
-            <a:ext cx="318" cy="21"/>
+            <a:off x="10772775" y="581025"/>
+            <a:ext cx="3028950" cy="200025"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
           </a:extLst>
         </xdr:spPr>
         <xdr:txBody>
           <a:bodyPr vertOverflow="clip" wrap="square" lIns="27432" tIns="22860" rIns="0" bIns="0" anchor="t" upright="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="l" rtl="0">
               <a:defRPr sz="1000"/>
             </a:pPr>
-            <a:fld id="{F3A741F1-638E-40F2-8FAA-F212B952FA7B}" type="TxLink">
+            <a:fld id="{68905381-63B0-4376-AFA8-A29AE96E0567}" type="TxLink">
               <a:rPr lang="en-GB" sz="1000" b="0" i="0" u="none" strike="noStrike" baseline="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:pPr algn="l" rtl="0">
                 <a:defRPr sz="1000"/>
               </a:pPr>
-              <a:t>© 2007 - 2017 Spreadsheet123 LTD</a:t>
+              <a:t>© 2007 - 2025 Spreadsheet123 LTD</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB" sz="1000" b="0" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </xdr:txBody>
       </xdr:sp>
     </xdr:grpSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>12</xdr:col>
-      <xdr:colOff>104775</xdr:colOff>
+      <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>47625</xdr:rowOff>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>17</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>104775</xdr:rowOff>
+      <xdr:col>16</xdr:col>
+      <xdr:colOff>590550</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>133350</xdr:rowOff>
     </xdr:to>
     <xdr:grpSp>
       <xdr:nvGrpSpPr>
-        <xdr:cNvPr id="28833" name="Group 161"/>
-[...2 lines deleted...]
-        </xdr:cNvGrpSpPr>
+        <xdr:cNvPr id="3" name="Group 2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{95260F0F-98D3-482C-B399-E40D59832FD0}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvGrpSpPr/>
       </xdr:nvGrpSpPr>
-      <xdr:grpSpPr bwMode="auto">
+      <xdr:grpSpPr>
         <a:xfrm>
-          <a:off x="7877175" y="47625"/>
-[...2 lines deleted...]
-          <a:chExt cx="323" cy="315"/>
+          <a:off x="7772400" y="0"/>
+          <a:ext cx="3028950" cy="733425"/>
+          <a:chOff x="10772775" y="47625"/>
+          <a:chExt cx="3028950" cy="733425"/>
         </a:xfrm>
       </xdr:grpSpPr>
       <xdr:pic>
         <xdr:nvPicPr>
-          <xdr:cNvPr id="28834" name="Picture 55"/>
+          <xdr:cNvPr id="4" name="Picture 55">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{08E299C5-65CA-F51A-BE88-D06E69B59BDC}"/>
+              </a:ext>
+            </a:extLst>
+          </xdr:cNvPr>
           <xdr:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </xdr:cNvPicPr>
         </xdr:nvPicPr>
         <xdr:blipFill>
           <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </xdr:blipFill>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="1133" y="5"/>
-            <a:ext cx="212" cy="50"/>
+            <a:off x="10791825" y="47625"/>
+            <a:ext cx="2019300" cy="476250"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
           </a:extLst>
         </xdr:spPr>
       </xdr:pic>
-      <xdr:grpSp>
-[...45 lines deleted...]
-            </a:ln>
+      <xdr:sp macro="" textlink="'Terms Of Use (EULA)'!I3">
+        <xdr:nvSpPr>
+          <xdr:cNvPr id="5" name="Text Box 73">
             <a:extLst>
-              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
-[...14 lines deleted...]
-                </a14:hiddenLine>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{03D4774B-74AF-AD91-4C4C-D466BA404FA3}"/>
               </a:ext>
             </a:extLst>
-          </xdr:spPr>
-[...333 lines deleted...]
-            <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId14" tooltip="Write your review about this template"/>
           </xdr:cNvPr>
-          <xdr:cNvGrpSpPr>
-[...385 lines deleted...]
-          <xdr:cNvPr id="1097" name="Text Box 73"/>
           <xdr:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </xdr:cNvSpPr>
         </xdr:nvSpPr>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="1131" y="61"/>
-            <a:ext cx="318" cy="21"/>
+            <a:off x="10772775" y="581025"/>
+            <a:ext cx="3028950" cy="200025"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
           </a:extLst>
         </xdr:spPr>
         <xdr:txBody>
           <a:bodyPr vertOverflow="clip" wrap="square" lIns="27432" tIns="22860" rIns="0" bIns="0" anchor="t" upright="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="l" rtl="0">
               <a:defRPr sz="1000"/>
             </a:pPr>
-            <a:fld id="{29B703E4-5552-4533-B7F4-DA20EB1F968F}" type="TxLink">
+            <a:fld id="{68905381-63B0-4376-AFA8-A29AE96E0567}" type="TxLink">
               <a:rPr lang="en-GB" sz="1000" b="0" i="0" u="none" strike="noStrike" baseline="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:pPr algn="l" rtl="0">
                 <a:defRPr sz="1000"/>
               </a:pPr>
-              <a:t>© 2007 - 2017 Spreadsheet123 LTD</a:t>
+              <a:t>© 2007 - 2025 Spreadsheet123 LTD</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB" sz="1000" b="0" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </xdr:txBody>
       </xdr:sp>
     </xdr:grpSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>12</xdr:col>
-      <xdr:colOff>85725</xdr:colOff>
+      <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>47625</xdr:rowOff>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>17</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>104775</xdr:rowOff>
+      <xdr:col>16</xdr:col>
+      <xdr:colOff>590550</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>133350</xdr:rowOff>
     </xdr:to>
     <xdr:grpSp>
       <xdr:nvGrpSpPr>
-        <xdr:cNvPr id="29863" name="Group 167"/>
-[...2 lines deleted...]
-        </xdr:cNvGrpSpPr>
+        <xdr:cNvPr id="2" name="Group 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EAECBBE1-E4CF-4BD3-B59A-D689211F2EFF}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvGrpSpPr/>
       </xdr:nvGrpSpPr>
-      <xdr:grpSpPr bwMode="auto">
+      <xdr:grpSpPr>
         <a:xfrm>
-          <a:off x="7858125" y="47625"/>
-[...2 lines deleted...]
-          <a:chExt cx="323" cy="315"/>
+          <a:off x="7772400" y="0"/>
+          <a:ext cx="3028950" cy="733425"/>
+          <a:chOff x="10772775" y="47625"/>
+          <a:chExt cx="3028950" cy="733425"/>
         </a:xfrm>
       </xdr:grpSpPr>
       <xdr:pic>
         <xdr:nvPicPr>
-          <xdr:cNvPr id="29864" name="Picture 55"/>
+          <xdr:cNvPr id="3" name="Picture 55">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7AA43FAD-C0A4-8E99-E719-2EE663B778AD}"/>
+              </a:ext>
+            </a:extLst>
+          </xdr:cNvPr>
           <xdr:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </xdr:cNvPicPr>
         </xdr:nvPicPr>
         <xdr:blipFill>
           <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </xdr:blipFill>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="1133" y="5"/>
-            <a:ext cx="212" cy="50"/>
+            <a:off x="10791825" y="47625"/>
+            <a:ext cx="2019300" cy="476250"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
           </a:extLst>
         </xdr:spPr>
       </xdr:pic>
-      <xdr:grpSp>
-[...45 lines deleted...]
-            </a:ln>
+      <xdr:sp macro="" textlink="'Terms Of Use (EULA)'!I3">
+        <xdr:nvSpPr>
+          <xdr:cNvPr id="4" name="Text Box 73">
             <a:extLst>
-              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
-[...14 lines deleted...]
-                </a14:hiddenLine>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D13DF03B-3DF5-4356-5557-F60D668C29BC}"/>
               </a:ext>
             </a:extLst>
-          </xdr:spPr>
-[...333 lines deleted...]
-            <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId14" tooltip="Write your review about this template"/>
           </xdr:cNvPr>
-          <xdr:cNvGrpSpPr>
-[...385 lines deleted...]
-          <xdr:cNvPr id="1097" name="Text Box 73"/>
           <xdr:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </xdr:cNvSpPr>
         </xdr:nvSpPr>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="1131" y="61"/>
-            <a:ext cx="318" cy="21"/>
+            <a:off x="10772775" y="581025"/>
+            <a:ext cx="3028950" cy="200025"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
           </a:extLst>
         </xdr:spPr>
         <xdr:txBody>
           <a:bodyPr vertOverflow="clip" wrap="square" lIns="27432" tIns="22860" rIns="0" bIns="0" anchor="t" upright="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="l" rtl="0">
               <a:defRPr sz="1000"/>
             </a:pPr>
-            <a:fld id="{130651DC-D66C-4347-B98D-D9D9BAD4F7C0}" type="TxLink">
+            <a:fld id="{68905381-63B0-4376-AFA8-A29AE96E0567}" type="TxLink">
               <a:rPr lang="en-GB" sz="1000" b="0" i="0" u="none" strike="noStrike" baseline="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:pPr algn="l" rtl="0">
                 <a:defRPr sz="1000"/>
               </a:pPr>
-              <a:t>© 2007 - 2017 Spreadsheet123 LTD</a:t>
+              <a:t>© 2007 - 2025 Spreadsheet123 LTD</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB" sz="1000" b="0" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </xdr:txBody>
       </xdr:sp>
     </xdr:grpSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing5.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>12</xdr:col>
-      <xdr:colOff>95250</xdr:colOff>
+      <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>47625</xdr:rowOff>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>17</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>104775</xdr:rowOff>
+      <xdr:col>16</xdr:col>
+      <xdr:colOff>590550</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>133350</xdr:rowOff>
     </xdr:to>
     <xdr:grpSp>
       <xdr:nvGrpSpPr>
-        <xdr:cNvPr id="30887" name="Group 167"/>
-[...2 lines deleted...]
-        </xdr:cNvGrpSpPr>
+        <xdr:cNvPr id="2" name="Group 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{32B808D1-69A0-47D7-BCB1-67E7CBF95FAE}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvGrpSpPr/>
       </xdr:nvGrpSpPr>
-      <xdr:grpSpPr bwMode="auto">
+      <xdr:grpSpPr>
         <a:xfrm>
-          <a:off x="7867650" y="47625"/>
-[...2 lines deleted...]
-          <a:chExt cx="323" cy="315"/>
+          <a:off x="7772400" y="0"/>
+          <a:ext cx="3028950" cy="733425"/>
+          <a:chOff x="10772775" y="47625"/>
+          <a:chExt cx="3028950" cy="733425"/>
         </a:xfrm>
       </xdr:grpSpPr>
       <xdr:pic>
         <xdr:nvPicPr>
-          <xdr:cNvPr id="30888" name="Picture 55"/>
+          <xdr:cNvPr id="3" name="Picture 55">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{355B98DF-6105-49C4-2651-F596BD34E143}"/>
+              </a:ext>
+            </a:extLst>
+          </xdr:cNvPr>
           <xdr:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </xdr:cNvPicPr>
         </xdr:nvPicPr>
         <xdr:blipFill>
           <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </xdr:blipFill>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="1133" y="5"/>
-            <a:ext cx="212" cy="50"/>
+            <a:off x="10791825" y="47625"/>
+            <a:ext cx="2019300" cy="476250"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
           </a:extLst>
         </xdr:spPr>
       </xdr:pic>
-      <xdr:grpSp>
-[...45 lines deleted...]
-            </a:ln>
+      <xdr:sp macro="" textlink="'Terms Of Use (EULA)'!I3">
+        <xdr:nvSpPr>
+          <xdr:cNvPr id="4" name="Text Box 73">
             <a:extLst>
-              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
-[...14 lines deleted...]
-                </a14:hiddenLine>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{84BC0BE6-EC04-4BFE-536B-D5D702B2BCC9}"/>
               </a:ext>
             </a:extLst>
-          </xdr:spPr>
-[...333 lines deleted...]
-            <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId14" tooltip="Write your review about this template"/>
           </xdr:cNvPr>
-          <xdr:cNvGrpSpPr>
-[...385 lines deleted...]
-          <xdr:cNvPr id="1097" name="Text Box 73"/>
           <xdr:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </xdr:cNvSpPr>
         </xdr:nvSpPr>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="1131" y="61"/>
-            <a:ext cx="318" cy="21"/>
+            <a:off x="10772775" y="581025"/>
+            <a:ext cx="3028950" cy="200025"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
           </a:extLst>
         </xdr:spPr>
         <xdr:txBody>
           <a:bodyPr vertOverflow="clip" wrap="square" lIns="27432" tIns="22860" rIns="0" bIns="0" anchor="t" upright="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="l" rtl="0">
               <a:defRPr sz="1000"/>
             </a:pPr>
-            <a:fld id="{6995FEE9-0386-4F65-BE6B-83A61004F71C}" type="TxLink">
+            <a:fld id="{68905381-63B0-4376-AFA8-A29AE96E0567}" type="TxLink">
               <a:rPr lang="en-GB" sz="1000" b="0" i="0" u="none" strike="noStrike" baseline="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:pPr algn="l" rtl="0">
                 <a:defRPr sz="1000"/>
               </a:pPr>
-              <a:t>© 2007 - 2017 Spreadsheet123 LTD</a:t>
+              <a:t>© 2007 - 2025 Spreadsheet123 LTD</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB" sz="1000" b="0" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </xdr:txBody>
       </xdr:sp>
     </xdr:grpSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing6.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>9</xdr:col>
       <xdr:colOff>133350</xdr:colOff>
       <xdr:row>5</xdr:row>
       <xdr:rowOff>161925</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>16</xdr:col>
       <xdr:colOff>438150</xdr:colOff>
       <xdr:row>28</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
-        <xdr:cNvPr id="31967" name="Chart 2"/>
+        <xdr:cNvPr id="31967" name="Chart 2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0500-0000DF7C0000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>9</xdr:col>
       <xdr:colOff>133350</xdr:colOff>
       <xdr:row>28</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>16</xdr:col>
       <xdr:colOff>438150</xdr:colOff>
       <xdr:row>51</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
-        <xdr:cNvPr id="31968" name="Chart 3"/>
+        <xdr:cNvPr id="31968" name="Chart 3">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0500-0000E07C0000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId2"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>581025</xdr:colOff>
       <xdr:row>21</xdr:row>
       <xdr:rowOff>133350</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>9</xdr:col>
       <xdr:colOff>66675</xdr:colOff>
       <xdr:row>51</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
-        <xdr:cNvPr id="31969" name="Chart 4"/>
+        <xdr:cNvPr id="31969" name="Chart 4">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0500-0000E17C0000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId3"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>17</xdr:col>
-      <xdr:colOff>76200</xdr:colOff>
+      <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>47625</xdr:rowOff>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>22</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>28575</xdr:rowOff>
+      <xdr:col>21</xdr:col>
+      <xdr:colOff>582529</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>131846</xdr:rowOff>
     </xdr:to>
     <xdr:grpSp>
       <xdr:nvGrpSpPr>
-        <xdr:cNvPr id="31990" name="Group 246"/>
-[...2 lines deleted...]
-        </xdr:cNvGrpSpPr>
+        <xdr:cNvPr id="2" name="Group 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AF5E78C7-67B6-46FA-91EF-E82F65658C7B}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvGrpSpPr/>
       </xdr:nvGrpSpPr>
-      <xdr:grpSpPr bwMode="auto">
+      <xdr:grpSpPr>
         <a:xfrm>
-          <a:off x="10744200" y="47625"/>
-[...2 lines deleted...]
-          <a:chExt cx="323" cy="315"/>
+          <a:off x="10668000" y="0"/>
+          <a:ext cx="3028950" cy="733425"/>
+          <a:chOff x="10772775" y="47625"/>
+          <a:chExt cx="3028950" cy="733425"/>
         </a:xfrm>
       </xdr:grpSpPr>
       <xdr:pic>
         <xdr:nvPicPr>
-          <xdr:cNvPr id="31991" name="Picture 55"/>
+          <xdr:cNvPr id="3" name="Picture 55">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{90167483-C2AF-651A-D8AB-B3878921AA21}"/>
+              </a:ext>
+            </a:extLst>
+          </xdr:cNvPr>
           <xdr:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </xdr:cNvPicPr>
         </xdr:nvPicPr>
         <xdr:blipFill>
           <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </xdr:blipFill>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="1133" y="5"/>
-            <a:ext cx="212" cy="50"/>
+            <a:off x="10791825" y="47625"/>
+            <a:ext cx="2019300" cy="476250"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
           </a:extLst>
         </xdr:spPr>
       </xdr:pic>
-      <xdr:grpSp>
-[...45 lines deleted...]
-            </a:ln>
+      <xdr:sp macro="" textlink="'Terms Of Use (EULA)'!I3">
+        <xdr:nvSpPr>
+          <xdr:cNvPr id="4" name="Text Box 73">
             <a:extLst>
-              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
-[...14 lines deleted...]
-                </a14:hiddenLine>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EE80B9C6-4634-60FD-9A08-C60545671C76}"/>
               </a:ext>
             </a:extLst>
-          </xdr:spPr>
-[...333 lines deleted...]
-            <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId17" tooltip="Write your review about this template"/>
           </xdr:cNvPr>
-          <xdr:cNvGrpSpPr>
-[...385 lines deleted...]
-          <xdr:cNvPr id="1097" name="Text Box 73"/>
           <xdr:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </xdr:cNvSpPr>
         </xdr:nvSpPr>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="1131" y="61"/>
-            <a:ext cx="318" cy="21"/>
+            <a:off x="10772775" y="581025"/>
+            <a:ext cx="3028950" cy="200025"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
           </a:extLst>
         </xdr:spPr>
         <xdr:txBody>
           <a:bodyPr vertOverflow="clip" wrap="square" lIns="27432" tIns="22860" rIns="0" bIns="0" anchor="t" upright="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="l" rtl="0">
               <a:defRPr sz="1000"/>
             </a:pPr>
-            <a:fld id="{364F7E3F-77EA-491E-99EC-C3057C775D2A}" type="TxLink">
+            <a:fld id="{68905381-63B0-4376-AFA8-A29AE96E0567}" type="TxLink">
               <a:rPr lang="en-GB" sz="1000" b="0" i="0" u="none" strike="noStrike" baseline="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:pPr algn="l" rtl="0">
                 <a:defRPr sz="1000"/>
               </a:pPr>
-              <a:t>© 2007 - 2017 Spreadsheet123 LTD</a:t>
+              <a:t>© 2007 - 2025 Spreadsheet123 LTD</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB" sz="1000" b="0" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </xdr:txBody>
       </xdr:sp>
     </xdr:grpSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing7.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>10</xdr:col>
-      <xdr:colOff>85725</xdr:colOff>
+      <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>57150</xdr:rowOff>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>15</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>161925</xdr:rowOff>
+      <xdr:col>14</xdr:col>
+      <xdr:colOff>590550</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>133350</xdr:rowOff>
     </xdr:to>
     <xdr:grpSp>
       <xdr:nvGrpSpPr>
-        <xdr:cNvPr id="42144" name="Group 160"/>
-[...2 lines deleted...]
-        </xdr:cNvGrpSpPr>
+        <xdr:cNvPr id="2" name="Group 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{95148EB1-1B15-4005-AB36-C8AD27159AEF}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvGrpSpPr/>
       </xdr:nvGrpSpPr>
-      <xdr:grpSpPr bwMode="auto">
+      <xdr:grpSpPr>
         <a:xfrm>
-          <a:off x="6600825" y="57150"/>
-[...2 lines deleted...]
-          <a:chExt cx="323" cy="315"/>
+          <a:off x="6515100" y="0"/>
+          <a:ext cx="3028950" cy="733425"/>
+          <a:chOff x="10772775" y="47625"/>
+          <a:chExt cx="3028950" cy="733425"/>
         </a:xfrm>
       </xdr:grpSpPr>
       <xdr:pic>
         <xdr:nvPicPr>
-          <xdr:cNvPr id="42145" name="Picture 55"/>
+          <xdr:cNvPr id="3" name="Picture 55">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7C798A2F-8A96-E52B-69ED-7C45ACFBDDAB}"/>
+              </a:ext>
+            </a:extLst>
+          </xdr:cNvPr>
           <xdr:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </xdr:cNvPicPr>
         </xdr:nvPicPr>
         <xdr:blipFill>
           <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </xdr:blipFill>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="1133" y="5"/>
-            <a:ext cx="212" cy="50"/>
+            <a:off x="10791825" y="47625"/>
+            <a:ext cx="2019300" cy="476250"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
           </a:extLst>
         </xdr:spPr>
       </xdr:pic>
-      <xdr:grpSp>
-[...45 lines deleted...]
-            </a:ln>
+      <xdr:sp macro="" textlink="'Terms Of Use (EULA)'!I3">
+        <xdr:nvSpPr>
+          <xdr:cNvPr id="4" name="Text Box 73">
             <a:extLst>
-              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
-[...14 lines deleted...]
-                </a14:hiddenLine>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BF6AFA0A-0E46-6F91-4C8D-46B9CE89D89C}"/>
               </a:ext>
             </a:extLst>
-          </xdr:spPr>
-[...333 lines deleted...]
-            <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId14" tooltip="Write your review about this template"/>
           </xdr:cNvPr>
-          <xdr:cNvGrpSpPr>
-[...385 lines deleted...]
-          <xdr:cNvPr id="1097" name="Text Box 73"/>
           <xdr:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </xdr:cNvSpPr>
         </xdr:nvSpPr>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="1131" y="61"/>
-            <a:ext cx="318" cy="21"/>
+            <a:off x="10772775" y="581025"/>
+            <a:ext cx="3028950" cy="200025"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
           </a:extLst>
         </xdr:spPr>
         <xdr:txBody>
           <a:bodyPr vertOverflow="clip" wrap="square" lIns="27432" tIns="22860" rIns="0" bIns="0" anchor="t" upright="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="l" rtl="0">
               <a:defRPr sz="1000"/>
             </a:pPr>
-            <a:fld id="{9492FF49-EAE3-428E-9301-70D4E8484A9F}" type="TxLink">
+            <a:fld id="{68905381-63B0-4376-AFA8-A29AE96E0567}" type="TxLink">
               <a:rPr lang="en-GB" sz="1000" b="0" i="0" u="none" strike="noStrike" baseline="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:pPr algn="l" rtl="0">
                 <a:defRPr sz="1000"/>
               </a:pPr>
-              <a:t>© 2007 - 2017 Spreadsheet123 LTD</a:t>
+              <a:t>© 2007 - 2025 Spreadsheet123 LTD</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB" sz="1000" b="0" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </xdr:txBody>
       </xdr:sp>
     </xdr:grpSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing8.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>590550</xdr:colOff>
       <xdr:row>25</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>9</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>42</xdr:row>
       <xdr:rowOff>161925</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
-        <xdr:cNvPr id="107566" name="Chart 46"/>
+        <xdr:cNvPr id="107566" name="Chart 46">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0700-00002EA40100}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>19050</xdr:colOff>
       <xdr:row>18</xdr:row>
       <xdr:rowOff>76200</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>8</xdr:col>
       <xdr:colOff>66675</xdr:colOff>
       <xdr:row>25</xdr:row>
       <xdr:rowOff>171450</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
-        <xdr:cNvPr id="107568" name="Chart 48"/>
+        <xdr:cNvPr id="107568" name="Chart 48">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0700-000030A40100}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId2"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>10</xdr:col>
-      <xdr:colOff>123825</xdr:colOff>
+      <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>47625</xdr:rowOff>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>15</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>95250</xdr:rowOff>
+      <xdr:col>14</xdr:col>
+      <xdr:colOff>590550</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>66675</xdr:rowOff>
     </xdr:to>
     <xdr:grpSp>
       <xdr:nvGrpSpPr>
-        <xdr:cNvPr id="107589" name="Group 69"/>
-[...2 lines deleted...]
-        </xdr:cNvGrpSpPr>
+        <xdr:cNvPr id="2" name="Group 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{01013EFE-7C55-456A-8771-0937DD806592}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvGrpSpPr/>
       </xdr:nvGrpSpPr>
-      <xdr:grpSpPr bwMode="auto">
+      <xdr:grpSpPr>
         <a:xfrm>
-          <a:off x="6886575" y="47625"/>
-[...2 lines deleted...]
-          <a:chExt cx="323" cy="315"/>
+          <a:off x="6762750" y="0"/>
+          <a:ext cx="3028950" cy="733425"/>
+          <a:chOff x="10772775" y="47625"/>
+          <a:chExt cx="3028950" cy="733425"/>
         </a:xfrm>
       </xdr:grpSpPr>
       <xdr:pic>
         <xdr:nvPicPr>
-          <xdr:cNvPr id="107590" name="Picture 55"/>
+          <xdr:cNvPr id="3" name="Picture 55">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{412CC8F6-E056-F5EB-E06C-E50B4B2BB8AC}"/>
+              </a:ext>
+            </a:extLst>
+          </xdr:cNvPr>
           <xdr:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </xdr:cNvPicPr>
         </xdr:nvPicPr>
         <xdr:blipFill>
           <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </xdr:blipFill>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="1133" y="5"/>
-            <a:ext cx="212" cy="50"/>
+            <a:off x="10791825" y="47625"/>
+            <a:ext cx="2019300" cy="476250"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
           </a:extLst>
         </xdr:spPr>
       </xdr:pic>
-      <xdr:grpSp>
-[...45 lines deleted...]
-            </a:ln>
+      <xdr:sp macro="" textlink="'Terms Of Use (EULA)'!I3">
+        <xdr:nvSpPr>
+          <xdr:cNvPr id="4" name="Text Box 73">
             <a:extLst>
-              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
-[...14 lines deleted...]
-                </a14:hiddenLine>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FD7D5731-CC91-4A95-3BBF-4761B47B4F07}"/>
               </a:ext>
             </a:extLst>
-          </xdr:spPr>
-[...333 lines deleted...]
-            <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId16" tooltip="Write your review about this template"/>
           </xdr:cNvPr>
-          <xdr:cNvGrpSpPr>
-[...385 lines deleted...]
-          <xdr:cNvPr id="1097" name="Text Box 73"/>
           <xdr:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </xdr:cNvSpPr>
         </xdr:nvSpPr>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="1131" y="61"/>
-            <a:ext cx="318" cy="21"/>
+            <a:off x="10772775" y="581025"/>
+            <a:ext cx="3028950" cy="200025"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
           </a:extLst>
         </xdr:spPr>
         <xdr:txBody>
           <a:bodyPr vertOverflow="clip" wrap="square" lIns="27432" tIns="22860" rIns="0" bIns="0" anchor="t" upright="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="l" rtl="0">
               <a:defRPr sz="1000"/>
             </a:pPr>
-            <a:fld id="{E4FC0E9B-2B15-4B0D-A5CB-BF261B3CCFBA}" type="TxLink">
+            <a:fld id="{68905381-63B0-4376-AFA8-A29AE96E0567}" type="TxLink">
               <a:rPr lang="en-GB" sz="1000" b="0" i="0" u="none" strike="noStrike" baseline="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:pPr algn="l" rtl="0">
                 <a:defRPr sz="1000"/>
               </a:pPr>
-              <a:t>© 2007 - 2017 Spreadsheet123 LTD</a:t>
+              <a:t>© 2007 - 2025 Spreadsheet123 LTD</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB" sz="1000" b="0" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </xdr:txBody>
       </xdr:sp>
     </xdr:grpSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing9.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>8</xdr:col>
       <xdr:colOff>323850</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>8</xdr:col>
       <xdr:colOff>2343150</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="7218" name="Picture 45"/>
+        <xdr:cNvPr id="7218" name="Picture 45">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0800-0000321C0000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="5200650" y="28575"/>
           <a:ext cx="2019300" cy="466725"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
@@ -15117,1381 +9124,1381 @@
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.spreadsheet123.com/ExcelTemplates/family-budget-planner-spreadsheet.html" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.spreadsheet123.com/ExcelTemplates/family-budget-planner-spreadsheet.html" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing6.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.spreadsheet123.com/ExcelTemplates/family-budget-planner-spreadsheet.html" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.spreadsheet123.com/ExcelTemplates/family-budget-planner-spreadsheet.html" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.spreadsheet123.com/ExcelTemplates/family-budget-planner-spreadsheet.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing7.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings9.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:N238"/>
   <sheetViews>
-    <sheetView showGridLines="0" workbookViewId="0">
-      <selection activeCell="S34" sqref="S34"/>
+    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
+      <selection activeCell="R18" sqref="R18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="23.25" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="20.7109375" style="91" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="15" max="16384" width="9.140625" style="72"/>
+    <col min="1" max="1" width="20.7109375" style="72" customWidth="1"/>
+    <col min="2" max="13" width="10.7109375" style="72" customWidth="1"/>
+    <col min="14" max="14" width="11.7109375" style="72" customWidth="1"/>
+    <col min="15" max="16384" width="9.140625" style="54"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14" ht="35.1" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="199" t="s">
-[...14 lines deleted...]
-      <c r="N1" s="199"/>
+      <c r="A1" s="165" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="165"/>
+      <c r="C1" s="165"/>
+      <c r="D1" s="165"/>
+      <c r="E1" s="165"/>
+      <c r="F1" s="165"/>
+      <c r="G1" s="165"/>
+      <c r="H1" s="165"/>
+      <c r="I1" s="165"/>
+      <c r="J1" s="165"/>
+      <c r="K1" s="165"/>
+      <c r="L1" s="165"/>
+      <c r="M1" s="165"/>
+      <c r="N1" s="165"/>
     </row>
     <row r="2" spans="1:14" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A2" s="22"/>
-[...12 lines deleted...]
-      <c r="N2" s="22"/>
+      <c r="A2"/>
+      <c r="B2"/>
+      <c r="C2"/>
+      <c r="D2"/>
+      <c r="E2"/>
+      <c r="F2"/>
+      <c r="G2"/>
+      <c r="H2"/>
+      <c r="I2"/>
+      <c r="J2"/>
+      <c r="K2"/>
+      <c r="L2"/>
+      <c r="M2"/>
+      <c r="N2"/>
     </row>
     <row r="3" spans="1:14" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A3" s="73"/>
-[...12 lines deleted...]
-      <c r="N3" s="7"/>
+      <c r="A3" s="55"/>
+      <c r="B3" s="56"/>
+      <c r="C3"/>
+      <c r="D3"/>
+      <c r="E3"/>
+      <c r="F3"/>
+      <c r="G3"/>
+      <c r="H3"/>
+      <c r="I3"/>
+      <c r="J3"/>
+      <c r="K3"/>
+      <c r="L3"/>
+      <c r="M3"/>
+      <c r="N3" s="6"/>
     </row>
     <row r="4" spans="1:14" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A4" s="200" t="s">
+      <c r="A4" s="166" t="s">
         <v>2</v>
       </c>
-      <c r="B4" s="200"/>
-[...11 lines deleted...]
-      <c r="N4" s="22"/>
+      <c r="B4" s="166"/>
+      <c r="C4" s="57"/>
+      <c r="D4" s="57"/>
+      <c r="E4" s="58"/>
+      <c r="F4"/>
+      <c r="G4"/>
+      <c r="H4"/>
+      <c r="I4"/>
+      <c r="J4"/>
+      <c r="K4"/>
+      <c r="L4" s="9"/>
+      <c r="M4" s="9"/>
+      <c r="N4"/>
     </row>
     <row r="5" spans="1:14" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A5" s="78"/>
-[...12 lines deleted...]
-      <c r="N5" s="77"/>
+      <c r="A5" s="60"/>
+      <c r="B5" s="57"/>
+      <c r="C5" s="57"/>
+      <c r="D5" s="57"/>
+      <c r="E5" s="57"/>
+      <c r="F5" s="57"/>
+      <c r="G5" s="57"/>
+      <c r="H5" s="57"/>
+      <c r="I5" s="57"/>
+      <c r="J5" s="57"/>
+      <c r="K5" s="57"/>
+      <c r="L5" s="57"/>
+      <c r="M5" s="57"/>
+      <c r="N5" s="59"/>
     </row>
     <row r="6" spans="1:14" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A6" s="79"/>
-[...12 lines deleted...]
-      <c r="N6" s="77"/>
+      <c r="A6" s="61"/>
+      <c r="B6" s="62"/>
+      <c r="C6" s="63"/>
+      <c r="D6" s="57"/>
+      <c r="E6" s="57"/>
+      <c r="F6" s="57"/>
+      <c r="G6" s="57"/>
+      <c r="H6" s="57"/>
+      <c r="I6" s="57"/>
+      <c r="J6" s="57"/>
+      <c r="K6" s="57"/>
+      <c r="L6" s="57"/>
+      <c r="M6" s="57"/>
+      <c r="N6" s="59"/>
     </row>
     <row r="7" spans="1:14" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A7" s="78"/>
-[...15 lines deleted...]
-      <c r="A8" s="198" t="s">
+      <c r="A7" s="60"/>
+      <c r="B7" s="64"/>
+      <c r="C7" s="64"/>
+      <c r="D7" s="64"/>
+      <c r="E7" s="64"/>
+      <c r="F7" s="64"/>
+      <c r="G7" s="64"/>
+      <c r="H7" s="64"/>
+      <c r="I7" s="64"/>
+      <c r="J7" s="64"/>
+      <c r="K7" s="64"/>
+      <c r="L7" s="64"/>
+      <c r="M7" s="64"/>
+      <c r="N7"/>
+    </row>
+    <row r="8" spans="1:14" s="75" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="164" t="s">
         <v>3</v>
       </c>
-      <c r="B8" s="198"/>
-[...30 lines deleted...]
-      <c r="A10" s="107" t="s">
+      <c r="B8" s="164"/>
+      <c r="C8" s="73"/>
+      <c r="D8" s="74"/>
+      <c r="E8" s="74"/>
+      <c r="F8" s="74"/>
+      <c r="G8" s="73"/>
+      <c r="H8" s="73"/>
+      <c r="I8" s="73"/>
+      <c r="J8" s="73"/>
+      <c r="K8" s="73"/>
+      <c r="L8" s="73"/>
+      <c r="M8" s="73"/>
+      <c r="N8" s="73"/>
+    </row>
+    <row r="9" spans="1:14" s="75" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="73"/>
+      <c r="B9" s="73"/>
+      <c r="C9" s="73"/>
+      <c r="D9" s="73"/>
+      <c r="E9" s="73"/>
+      <c r="F9" s="73"/>
+      <c r="G9" s="73"/>
+      <c r="H9" s="73"/>
+      <c r="I9" s="73"/>
+      <c r="J9" s="73"/>
+      <c r="K9" s="73"/>
+      <c r="L9" s="73"/>
+      <c r="M9" s="73"/>
+      <c r="N9" s="73"/>
+    </row>
+    <row r="10" spans="1:14" s="75" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="88" t="s">
         <v>5</v>
       </c>
-      <c r="B10" s="108">
+      <c r="B10" s="89">
         <v>100</v>
       </c>
-      <c r="C10" s="96"/>
-[...13 lines deleted...]
-      <c r="A11" s="107" t="s">
+      <c r="C10" s="77"/>
+      <c r="D10" s="73"/>
+      <c r="E10" s="73"/>
+      <c r="F10" s="78"/>
+      <c r="G10" s="77"/>
+      <c r="H10" s="77"/>
+      <c r="I10" s="77"/>
+      <c r="J10" s="77"/>
+      <c r="K10" s="77"/>
+      <c r="L10" s="77"/>
+      <c r="M10" s="77"/>
+      <c r="N10" s="60"/>
+    </row>
+    <row r="11" spans="1:14" s="75" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="88" t="s">
         <v>6</v>
       </c>
-      <c r="B11" s="108">
+      <c r="B11" s="89">
         <v>500</v>
       </c>
-      <c r="C11" s="96"/>
-[...13 lines deleted...]
-      <c r="A12" s="109" t="s">
+      <c r="C11" s="77"/>
+      <c r="D11" s="79"/>
+      <c r="E11" s="79"/>
+      <c r="F11" s="77"/>
+      <c r="G11" s="77"/>
+      <c r="H11" s="77"/>
+      <c r="I11" s="77"/>
+      <c r="J11" s="77"/>
+      <c r="K11" s="77"/>
+      <c r="L11" s="77"/>
+      <c r="M11" s="77"/>
+      <c r="N11" s="60"/>
+    </row>
+    <row r="12" spans="1:14" s="75" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="90" t="s">
         <v>7</v>
       </c>
-      <c r="B12" s="110">
+      <c r="B12" s="91">
         <v>-1200</v>
       </c>
-      <c r="C12" s="83"/>
-[...13 lines deleted...]
-      <c r="A13" s="109" t="s">
+      <c r="C12" s="65"/>
+      <c r="D12" s="79"/>
+      <c r="E12" s="79"/>
+      <c r="F12" s="76"/>
+      <c r="G12" s="65"/>
+      <c r="H12" s="65"/>
+      <c r="I12" s="65"/>
+      <c r="J12" s="65"/>
+      <c r="K12" s="65"/>
+      <c r="L12" s="65"/>
+      <c r="M12" s="65"/>
+      <c r="N12" s="65"/>
+    </row>
+    <row r="13" spans="1:14" s="75" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="90" t="s">
         <v>8</v>
       </c>
-      <c r="B13" s="110">
+      <c r="B13" s="91">
         <v>-350</v>
       </c>
-      <c r="C13" s="99"/>
-[...13 lines deleted...]
-      <c r="A14" s="109" t="s">
+      <c r="C13" s="80"/>
+      <c r="D13" s="71"/>
+      <c r="E13" s="71"/>
+      <c r="F13" s="67"/>
+      <c r="G13" s="80"/>
+      <c r="H13" s="80"/>
+      <c r="I13" s="80"/>
+      <c r="J13" s="80"/>
+      <c r="K13" s="80"/>
+      <c r="L13" s="80"/>
+      <c r="M13" s="80"/>
+      <c r="N13" s="81"/>
+    </row>
+    <row r="14" spans="1:14" s="75" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="90" t="s">
         <v>10</v>
       </c>
-      <c r="B14" s="110">
+      <c r="B14" s="91">
         <v>-450</v>
       </c>
-      <c r="C14" s="99"/>
-[...13 lines deleted...]
-      <c r="A15" s="109" t="s">
+      <c r="C14" s="80"/>
+      <c r="D14" s="80"/>
+      <c r="E14" s="80"/>
+      <c r="F14" s="80"/>
+      <c r="G14" s="80"/>
+      <c r="H14" s="80"/>
+      <c r="I14" s="80"/>
+      <c r="J14" s="80"/>
+      <c r="K14" s="80"/>
+      <c r="L14" s="80"/>
+      <c r="M14" s="80"/>
+      <c r="N14" s="81"/>
+    </row>
+    <row r="15" spans="1:14" s="75" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="90" t="s">
         <v>11</v>
       </c>
-      <c r="B15" s="110">
-[...16 lines deleted...]
-      <c r="A16" s="101" t="s">
+      <c r="B15" s="91">
+        <v>0</v>
+      </c>
+      <c r="C15" s="80"/>
+      <c r="D15" s="80"/>
+      <c r="E15" s="80"/>
+      <c r="F15" s="80"/>
+      <c r="G15" s="80"/>
+      <c r="H15" s="80"/>
+      <c r="I15" s="80"/>
+      <c r="J15" s="80"/>
+      <c r="K15" s="80"/>
+      <c r="L15" s="80"/>
+      <c r="M15" s="80"/>
+      <c r="N15" s="81"/>
+    </row>
+    <row r="16" spans="1:14" s="75" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="82" t="s">
         <v>12</v>
       </c>
-      <c r="B16" s="102">
+      <c r="B16" s="83">
         <f>SUM(B10:B15)</f>
         <v>-1400</v>
       </c>
-      <c r="C16" s="99"/>
-[...29 lines deleted...]
-      <c r="A18" s="196" t="s">
+      <c r="C16" s="80"/>
+      <c r="D16" s="84"/>
+      <c r="E16" s="84"/>
+      <c r="F16" s="85"/>
+      <c r="G16" s="80"/>
+      <c r="H16" s="80"/>
+      <c r="I16" s="80"/>
+      <c r="J16" s="80"/>
+      <c r="K16" s="80"/>
+      <c r="L16" s="80"/>
+      <c r="M16" s="80"/>
+      <c r="N16" s="81"/>
+    </row>
+    <row r="17" spans="1:14" s="75" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="65"/>
+      <c r="B17" s="80"/>
+      <c r="C17" s="80"/>
+      <c r="D17" s="80"/>
+      <c r="E17" s="80"/>
+      <c r="F17" s="80"/>
+      <c r="G17" s="80"/>
+      <c r="H17" s="80"/>
+      <c r="I17" s="80"/>
+      <c r="J17" s="80"/>
+      <c r="K17" s="80"/>
+      <c r="L17" s="80"/>
+      <c r="M17" s="80"/>
+      <c r="N17" s="81"/>
+    </row>
+    <row r="18" spans="1:14" s="75" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="169" t="s">
         <v>13</v>
       </c>
-      <c r="B18" s="196"/>
-[...31 lines deleted...]
-      <c r="B20" s="117" t="s">
+      <c r="B18" s="169"/>
+      <c r="C18" s="169"/>
+      <c r="D18" s="169"/>
+      <c r="E18" s="169"/>
+      <c r="F18" s="169"/>
+      <c r="G18" s="169"/>
+      <c r="H18" s="169"/>
+      <c r="I18" s="169"/>
+      <c r="J18" s="169"/>
+      <c r="K18" s="169"/>
+      <c r="L18" s="169"/>
+      <c r="M18" s="169"/>
+      <c r="N18" s="169"/>
+    </row>
+    <row r="19" spans="1:14" s="75" customFormat="1" ht="3" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A19" s="167"/>
+      <c r="B19" s="167"/>
+      <c r="C19" s="167"/>
+      <c r="D19" s="167"/>
+      <c r="E19" s="167"/>
+      <c r="F19" s="167"/>
+      <c r="G19" s="167"/>
+      <c r="H19" s="167"/>
+      <c r="I19" s="167"/>
+      <c r="J19" s="167"/>
+      <c r="K19" s="167"/>
+      <c r="L19" s="167"/>
+      <c r="M19" s="167"/>
+      <c r="N19" s="167"/>
+    </row>
+    <row r="20" spans="1:14" s="75" customFormat="1" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="65"/>
+      <c r="B20" s="98" t="s">
         <v>14</v>
       </c>
-      <c r="C20" s="121" t="s">
+      <c r="C20" s="102" t="s">
         <v>15</v>
       </c>
-      <c r="D20" s="117" t="s">
+      <c r="D20" s="98" t="s">
         <v>16</v>
       </c>
-      <c r="E20" s="121" t="s">
+      <c r="E20" s="102" t="s">
         <v>17</v>
       </c>
-      <c r="F20" s="117" t="s">
+      <c r="F20" s="98" t="s">
         <v>18</v>
       </c>
-      <c r="G20" s="121" t="s">
+      <c r="G20" s="102" t="s">
         <v>19</v>
       </c>
-      <c r="H20" s="117" t="s">
+      <c r="H20" s="98" t="s">
         <v>20</v>
       </c>
-      <c r="I20" s="121" t="s">
+      <c r="I20" s="102" t="s">
         <v>21</v>
       </c>
-      <c r="J20" s="117" t="s">
+      <c r="J20" s="98" t="s">
         <v>22</v>
       </c>
-      <c r="K20" s="121" t="s">
+      <c r="K20" s="102" t="s">
         <v>23</v>
       </c>
-      <c r="L20" s="117" t="s">
+      <c r="L20" s="98" t="s">
         <v>24</v>
       </c>
-      <c r="M20" s="121" t="s">
+      <c r="M20" s="102" t="s">
         <v>25</v>
       </c>
-      <c r="N20" s="118" t="s">
+      <c r="N20" s="99" t="s">
         <v>116</v>
       </c>
     </row>
-    <row r="21" spans="1:14" s="94" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A21" s="105" t="s">
+    <row r="21" spans="1:14" s="75" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="86" t="s">
         <v>26</v>
       </c>
-      <c r="B21" s="122">
+      <c r="B21" s="103">
         <v>3000</v>
       </c>
-      <c r="C21" s="119"/>
-[...10 lines deleted...]
-      <c r="N21" s="146">
+      <c r="C21" s="100"/>
+      <c r="D21" s="103"/>
+      <c r="E21" s="100"/>
+      <c r="F21" s="103"/>
+      <c r="G21" s="100"/>
+      <c r="H21" s="103"/>
+      <c r="I21" s="100"/>
+      <c r="J21" s="103"/>
+      <c r="K21" s="100"/>
+      <c r="L21" s="103"/>
+      <c r="M21" s="101"/>
+      <c r="N21" s="121">
         <f t="shared" ref="N21:N26" si="0">SUM(B21:M21)</f>
         <v>3000</v>
       </c>
     </row>
-    <row r="22" spans="1:14" s="94" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A22" s="105" t="s">
+    <row r="22" spans="1:14" s="75" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="86" t="s">
         <v>27</v>
       </c>
-      <c r="B22" s="123">
+      <c r="B22" s="104">
         <v>350</v>
       </c>
-      <c r="C22" s="111"/>
-[...10 lines deleted...]
-      <c r="N22" s="146">
+      <c r="C22" s="92"/>
+      <c r="D22" s="104"/>
+      <c r="E22" s="92"/>
+      <c r="F22" s="104"/>
+      <c r="G22" s="92"/>
+      <c r="H22" s="104"/>
+      <c r="I22" s="92"/>
+      <c r="J22" s="104"/>
+      <c r="K22" s="92"/>
+      <c r="L22" s="104"/>
+      <c r="M22" s="94"/>
+      <c r="N22" s="121">
         <f t="shared" si="0"/>
         <v>350</v>
       </c>
     </row>
-    <row r="23" spans="1:14" s="94" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A23" s="83" t="s">
+    <row r="23" spans="1:14" s="75" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="65" t="s">
         <v>28</v>
       </c>
-      <c r="B23" s="124">
+      <c r="B23" s="105">
         <v>430</v>
       </c>
-      <c r="C23" s="112"/>
-[...10 lines deleted...]
-      <c r="N23" s="146">
+      <c r="C23" s="93"/>
+      <c r="D23" s="105"/>
+      <c r="E23" s="93"/>
+      <c r="F23" s="105"/>
+      <c r="G23" s="93"/>
+      <c r="H23" s="105"/>
+      <c r="I23" s="93"/>
+      <c r="J23" s="105"/>
+      <c r="K23" s="93"/>
+      <c r="L23" s="105"/>
+      <c r="M23" s="95"/>
+      <c r="N23" s="121">
         <f t="shared" si="0"/>
         <v>430</v>
       </c>
     </row>
-    <row r="24" spans="1:14" s="94" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A24" s="83" t="s">
+    <row r="24" spans="1:14" s="75" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="65" t="s">
         <v>29</v>
       </c>
-      <c r="B24" s="124">
+      <c r="B24" s="105">
         <v>100</v>
       </c>
-      <c r="C24" s="112"/>
-[...10 lines deleted...]
-      <c r="N24" s="146">
+      <c r="C24" s="93"/>
+      <c r="D24" s="105"/>
+      <c r="E24" s="93"/>
+      <c r="F24" s="105"/>
+      <c r="G24" s="93"/>
+      <c r="H24" s="105"/>
+      <c r="I24" s="93"/>
+      <c r="J24" s="105"/>
+      <c r="K24" s="93"/>
+      <c r="L24" s="105"/>
+      <c r="M24" s="95"/>
+      <c r="N24" s="121">
         <f t="shared" si="0"/>
         <v>100</v>
       </c>
     </row>
-    <row r="25" spans="1:14" s="94" customFormat="1" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A25" s="83" t="s">
+    <row r="25" spans="1:14" s="75" customFormat="1" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="65" t="s">
         <v>29</v>
       </c>
-      <c r="B25" s="125">
-[...13 lines deleted...]
-      <c r="N25" s="146">
+      <c r="B25" s="106">
+        <v>0</v>
+      </c>
+      <c r="C25" s="96"/>
+      <c r="D25" s="106"/>
+      <c r="E25" s="96"/>
+      <c r="F25" s="106"/>
+      <c r="G25" s="96"/>
+      <c r="H25" s="106"/>
+      <c r="I25" s="96"/>
+      <c r="J25" s="106"/>
+      <c r="K25" s="96"/>
+      <c r="L25" s="106"/>
+      <c r="M25" s="97"/>
+      <c r="N25" s="121">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="26" spans="1:14" s="94" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A26" s="148" t="s">
+    <row r="26" spans="1:14" s="75" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A26" s="123" t="s">
         <v>30</v>
       </c>
-      <c r="B26" s="149">
+      <c r="B26" s="124">
         <f>SUM(B21:B25)</f>
         <v>3880</v>
       </c>
-      <c r="C26" s="149">
+      <c r="C26" s="124">
         <f t="shared" ref="C26:M26" si="1">SUM(C21:C25)</f>
         <v>0</v>
       </c>
-      <c r="D26" s="149">
+      <c r="D26" s="124">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="E26" s="149">
+      <c r="E26" s="124">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="F26" s="149">
+      <c r="F26" s="124">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="G26" s="149">
+      <c r="G26" s="124">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="H26" s="149">
+      <c r="H26" s="124">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="I26" s="149">
+      <c r="I26" s="124">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="J26" s="149">
+      <c r="J26" s="124">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="K26" s="149">
+      <c r="K26" s="124">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="L26" s="149">
+      <c r="L26" s="124">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="M26" s="149">
+      <c r="M26" s="124">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="N26" s="147">
+      <c r="N26" s="122">
         <f t="shared" si="0"/>
         <v>3880</v>
       </c>
     </row>
-    <row r="27" spans="1:14" s="94" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-[...16 lines deleted...]
-      <c r="A28" s="196" t="s">
+    <row r="27" spans="1:14" s="75" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A27" s="167"/>
+      <c r="B27" s="167"/>
+      <c r="C27" s="167"/>
+      <c r="D27" s="167"/>
+      <c r="E27" s="167"/>
+      <c r="F27" s="167"/>
+      <c r="G27" s="167"/>
+      <c r="H27" s="167"/>
+      <c r="I27" s="167"/>
+      <c r="J27" s="167"/>
+      <c r="K27" s="167"/>
+      <c r="L27" s="167"/>
+      <c r="M27" s="167"/>
+      <c r="N27" s="167"/>
+    </row>
+    <row r="28" spans="1:14" s="75" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A28" s="169" t="s">
         <v>31</v>
       </c>
-      <c r="B28" s="196"/>
-[...31 lines deleted...]
-      <c r="B30" s="117" t="s">
+      <c r="B28" s="169"/>
+      <c r="C28" s="169"/>
+      <c r="D28" s="169"/>
+      <c r="E28" s="169"/>
+      <c r="F28" s="169"/>
+      <c r="G28" s="169"/>
+      <c r="H28" s="169"/>
+      <c r="I28" s="169"/>
+      <c r="J28" s="169"/>
+      <c r="K28" s="169"/>
+      <c r="L28" s="169"/>
+      <c r="M28" s="169"/>
+      <c r="N28" s="169"/>
+    </row>
+    <row r="29" spans="1:14" s="75" customFormat="1" ht="3" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A29" s="167"/>
+      <c r="B29" s="167"/>
+      <c r="C29" s="167"/>
+      <c r="D29" s="167"/>
+      <c r="E29" s="167"/>
+      <c r="F29" s="167"/>
+      <c r="G29" s="167"/>
+      <c r="H29" s="167"/>
+      <c r="I29" s="167"/>
+      <c r="J29" s="167"/>
+      <c r="K29" s="167"/>
+      <c r="L29" s="167"/>
+      <c r="M29" s="167"/>
+      <c r="N29" s="167"/>
+    </row>
+    <row r="30" spans="1:14" s="75" customFormat="1" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="65"/>
+      <c r="B30" s="98" t="s">
         <v>14</v>
       </c>
-      <c r="C30" s="121" t="s">
+      <c r="C30" s="102" t="s">
         <v>15</v>
       </c>
-      <c r="D30" s="117" t="s">
+      <c r="D30" s="98" t="s">
         <v>16</v>
       </c>
-      <c r="E30" s="121" t="s">
+      <c r="E30" s="102" t="s">
         <v>17</v>
       </c>
-      <c r="F30" s="117" t="s">
+      <c r="F30" s="98" t="s">
         <v>18</v>
       </c>
-      <c r="G30" s="121" t="s">
+      <c r="G30" s="102" t="s">
         <v>19</v>
       </c>
-      <c r="H30" s="117" t="s">
+      <c r="H30" s="98" t="s">
         <v>20</v>
       </c>
-      <c r="I30" s="121" t="s">
+      <c r="I30" s="102" t="s">
         <v>21</v>
       </c>
-      <c r="J30" s="117" t="s">
+      <c r="J30" s="98" t="s">
         <v>22</v>
       </c>
-      <c r="K30" s="121" t="s">
+      <c r="K30" s="102" t="s">
         <v>23</v>
       </c>
-      <c r="L30" s="117" t="s">
+      <c r="L30" s="98" t="s">
         <v>24</v>
       </c>
-      <c r="M30" s="121" t="s">
+      <c r="M30" s="102" t="s">
         <v>25</v>
       </c>
-      <c r="N30" s="118" t="s">
+      <c r="N30" s="99" t="s">
         <v>116</v>
       </c>
     </row>
-    <row r="31" spans="1:14" s="94" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A31" s="105" t="s">
+    <row r="31" spans="1:14" s="75" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A31" s="86" t="s">
         <v>26</v>
       </c>
-      <c r="B31" s="122">
+      <c r="B31" s="103">
         <v>3120</v>
       </c>
-      <c r="C31" s="119"/>
-[...10 lines deleted...]
-      <c r="N31" s="146">
+      <c r="C31" s="100"/>
+      <c r="D31" s="103"/>
+      <c r="E31" s="100"/>
+      <c r="F31" s="103"/>
+      <c r="G31" s="100"/>
+      <c r="H31" s="103"/>
+      <c r="I31" s="100"/>
+      <c r="J31" s="103"/>
+      <c r="K31" s="100"/>
+      <c r="L31" s="103"/>
+      <c r="M31" s="101"/>
+      <c r="N31" s="121">
         <f t="shared" ref="N31:N36" si="2">SUM(B31:M31)</f>
         <v>3120</v>
       </c>
     </row>
-    <row r="32" spans="1:14" s="94" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A32" s="105" t="s">
+    <row r="32" spans="1:14" s="75" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A32" s="86" t="s">
         <v>27</v>
       </c>
-      <c r="B32" s="123">
+      <c r="B32" s="104">
         <v>320</v>
       </c>
-      <c r="C32" s="111"/>
-[...10 lines deleted...]
-      <c r="N32" s="146">
+      <c r="C32" s="92"/>
+      <c r="D32" s="104"/>
+      <c r="E32" s="92"/>
+      <c r="F32" s="104"/>
+      <c r="G32" s="92"/>
+      <c r="H32" s="104"/>
+      <c r="I32" s="92"/>
+      <c r="J32" s="104"/>
+      <c r="K32" s="92"/>
+      <c r="L32" s="104"/>
+      <c r="M32" s="94"/>
+      <c r="N32" s="121">
         <f t="shared" si="2"/>
         <v>320</v>
       </c>
     </row>
-    <row r="33" spans="1:14" s="94" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A33" s="83" t="s">
+    <row r="33" spans="1:14" s="75" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A33" s="65" t="s">
         <v>28</v>
       </c>
-      <c r="B33" s="124">
+      <c r="B33" s="105">
         <v>425</v>
       </c>
-      <c r="C33" s="112"/>
-[...10 lines deleted...]
-      <c r="N33" s="146">
+      <c r="C33" s="93"/>
+      <c r="D33" s="105"/>
+      <c r="E33" s="93"/>
+      <c r="F33" s="105"/>
+      <c r="G33" s="93"/>
+      <c r="H33" s="105"/>
+      <c r="I33" s="93"/>
+      <c r="J33" s="105"/>
+      <c r="K33" s="93"/>
+      <c r="L33" s="105"/>
+      <c r="M33" s="95"/>
+      <c r="N33" s="121">
         <f t="shared" si="2"/>
         <v>425</v>
       </c>
     </row>
-    <row r="34" spans="1:14" s="94" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A34" s="83" t="s">
+    <row r="34" spans="1:14" s="75" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A34" s="65" t="s">
         <v>29</v>
       </c>
-      <c r="B34" s="124">
+      <c r="B34" s="105">
         <v>110</v>
       </c>
-      <c r="C34" s="112"/>
-[...10 lines deleted...]
-      <c r="N34" s="146">
+      <c r="C34" s="93"/>
+      <c r="D34" s="105"/>
+      <c r="E34" s="93"/>
+      <c r="F34" s="105"/>
+      <c r="G34" s="93"/>
+      <c r="H34" s="105"/>
+      <c r="I34" s="93"/>
+      <c r="J34" s="105"/>
+      <c r="K34" s="93"/>
+      <c r="L34" s="105"/>
+      <c r="M34" s="95"/>
+      <c r="N34" s="121">
         <f t="shared" si="2"/>
         <v>110</v>
       </c>
     </row>
-    <row r="35" spans="1:14" s="94" customFormat="1" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A35" s="83" t="s">
+    <row r="35" spans="1:14" s="75" customFormat="1" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="65" t="s">
         <v>29</v>
       </c>
-      <c r="B35" s="125">
-[...13 lines deleted...]
-      <c r="N35" s="146">
+      <c r="B35" s="106">
+        <v>0</v>
+      </c>
+      <c r="C35" s="96"/>
+      <c r="D35" s="106"/>
+      <c r="E35" s="96"/>
+      <c r="F35" s="106"/>
+      <c r="G35" s="96"/>
+      <c r="H35" s="106"/>
+      <c r="I35" s="96"/>
+      <c r="J35" s="106"/>
+      <c r="K35" s="96"/>
+      <c r="L35" s="106"/>
+      <c r="M35" s="97"/>
+      <c r="N35" s="121">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
-    <row r="36" spans="1:14" s="94" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A36" s="148" t="s">
+    <row r="36" spans="1:14" s="75" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A36" s="123" t="s">
         <v>30</v>
       </c>
-      <c r="B36" s="149">
+      <c r="B36" s="124">
         <f t="shared" ref="B36:M36" si="3">SUM(B31:B35)</f>
         <v>3975</v>
       </c>
-      <c r="C36" s="149">
+      <c r="C36" s="124">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="D36" s="149">
+      <c r="D36" s="124">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="E36" s="149">
+      <c r="E36" s="124">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="F36" s="149">
+      <c r="F36" s="124">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="G36" s="149">
+      <c r="G36" s="124">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="H36" s="149">
+      <c r="H36" s="124">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="I36" s="149">
+      <c r="I36" s="124">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="J36" s="149">
+      <c r="J36" s="124">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="K36" s="149">
+      <c r="K36" s="124">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="L36" s="149">
+      <c r="L36" s="124">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="M36" s="149">
+      <c r="M36" s="124">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="N36" s="147">
+      <c r="N36" s="122">
         <f t="shared" si="2"/>
         <v>3975</v>
       </c>
     </row>
-    <row r="37" spans="1:14" s="94" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-[...16 lines deleted...]
-      <c r="A38" s="198" t="s">
+    <row r="37" spans="1:14" s="75" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A37" s="170"/>
+      <c r="B37" s="170"/>
+      <c r="C37" s="170"/>
+      <c r="D37" s="170"/>
+      <c r="E37" s="170"/>
+      <c r="F37" s="170"/>
+      <c r="G37" s="170"/>
+      <c r="H37" s="170"/>
+      <c r="I37" s="170"/>
+      <c r="J37" s="170"/>
+      <c r="K37" s="170"/>
+      <c r="L37" s="170"/>
+      <c r="M37" s="170"/>
+      <c r="N37" s="170"/>
+    </row>
+    <row r="38" spans="1:14" s="75" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A38" s="164" t="s">
         <v>32</v>
       </c>
-      <c r="B38" s="198"/>
-[...31 lines deleted...]
-      <c r="B40" s="117" t="s">
+      <c r="B38" s="164"/>
+      <c r="C38" s="164"/>
+      <c r="D38" s="164"/>
+      <c r="E38" s="164"/>
+      <c r="F38" s="164"/>
+      <c r="G38" s="164"/>
+      <c r="H38" s="164"/>
+      <c r="I38" s="164"/>
+      <c r="J38" s="164"/>
+      <c r="K38" s="164"/>
+      <c r="L38" s="164"/>
+      <c r="M38" s="164"/>
+      <c r="N38" s="164"/>
+    </row>
+    <row r="39" spans="1:14" s="75" customFormat="1" ht="3" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A39" s="167"/>
+      <c r="B39" s="167"/>
+      <c r="C39" s="167"/>
+      <c r="D39" s="167"/>
+      <c r="E39" s="167"/>
+      <c r="F39" s="167"/>
+      <c r="G39" s="167"/>
+      <c r="H39" s="167"/>
+      <c r="I39" s="167"/>
+      <c r="J39" s="167"/>
+      <c r="K39" s="167"/>
+      <c r="L39" s="167"/>
+      <c r="M39" s="167"/>
+      <c r="N39" s="167"/>
+    </row>
+    <row r="40" spans="1:14" s="75" customFormat="1" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="65"/>
+      <c r="B40" s="98" t="s">
         <v>14</v>
       </c>
-      <c r="C40" s="121" t="s">
+      <c r="C40" s="102" t="s">
         <v>15</v>
       </c>
-      <c r="D40" s="117" t="s">
+      <c r="D40" s="98" t="s">
         <v>16</v>
       </c>
-      <c r="E40" s="121" t="s">
+      <c r="E40" s="102" t="s">
         <v>17</v>
       </c>
-      <c r="F40" s="117" t="s">
+      <c r="F40" s="98" t="s">
         <v>18</v>
       </c>
-      <c r="G40" s="121" t="s">
+      <c r="G40" s="102" t="s">
         <v>19</v>
       </c>
-      <c r="H40" s="117" t="s">
+      <c r="H40" s="98" t="s">
         <v>20</v>
       </c>
-      <c r="I40" s="121" t="s">
+      <c r="I40" s="102" t="s">
         <v>21</v>
       </c>
-      <c r="J40" s="117" t="s">
+      <c r="J40" s="98" t="s">
         <v>22</v>
       </c>
-      <c r="K40" s="121" t="s">
+      <c r="K40" s="102" t="s">
         <v>23</v>
       </c>
-      <c r="L40" s="117" t="s">
+      <c r="L40" s="98" t="s">
         <v>24</v>
       </c>
-      <c r="M40" s="121" t="s">
+      <c r="M40" s="102" t="s">
         <v>25</v>
       </c>
-      <c r="N40" s="118" t="s">
+      <c r="N40" s="99" t="s">
         <v>116</v>
       </c>
     </row>
-    <row r="41" spans="1:14" s="94" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A41" s="105" t="s">
+    <row r="41" spans="1:14" s="75" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A41" s="86" t="s">
         <v>26</v>
       </c>
-      <c r="B41" s="106">
+      <c r="B41" s="87">
         <f>B31-B21</f>
         <v>120</v>
       </c>
-      <c r="C41" s="106">
+      <c r="C41" s="87">
         <f t="shared" ref="C41:M41" si="4">C31-C21</f>
         <v>0</v>
       </c>
-      <c r="D41" s="106">
+      <c r="D41" s="87">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="E41" s="106">
+      <c r="E41" s="87">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="F41" s="106">
+      <c r="F41" s="87">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="G41" s="106">
+      <c r="G41" s="87">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="H41" s="106">
+      <c r="H41" s="87">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="I41" s="106">
+      <c r="I41" s="87">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="J41" s="106">
+      <c r="J41" s="87">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="K41" s="106">
+      <c r="K41" s="87">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="L41" s="106">
+      <c r="L41" s="87">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="M41" s="106">
+      <c r="M41" s="87">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="N41" s="152">
+      <c r="N41" s="127">
         <f t="shared" ref="N41:N46" si="5">SUM(B41:M41)</f>
         <v>120</v>
       </c>
     </row>
-    <row r="42" spans="1:14" s="94" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A42" s="105" t="s">
+    <row r="42" spans="1:14" s="75" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A42" s="86" t="s">
         <v>27</v>
       </c>
-      <c r="B42" s="106">
+      <c r="B42" s="87">
         <f t="shared" ref="B42:M42" si="6">B32-B22</f>
         <v>-30</v>
       </c>
-      <c r="C42" s="106">
+      <c r="C42" s="87">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="D42" s="106">
+      <c r="D42" s="87">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="E42" s="106">
+      <c r="E42" s="87">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="F42" s="106">
+      <c r="F42" s="87">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="G42" s="106">
+      <c r="G42" s="87">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="H42" s="106">
+      <c r="H42" s="87">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="I42" s="106">
+      <c r="I42" s="87">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="J42" s="106">
+      <c r="J42" s="87">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K42" s="106">
+      <c r="K42" s="87">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="L42" s="106">
+      <c r="L42" s="87">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="M42" s="106">
+      <c r="M42" s="87">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="N42" s="152">
+      <c r="N42" s="127">
         <f t="shared" si="5"/>
         <v>-30</v>
       </c>
     </row>
-    <row r="43" spans="1:14" s="94" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A43" s="83" t="s">
+    <row r="43" spans="1:14" s="75" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A43" s="65" t="s">
         <v>28</v>
       </c>
-      <c r="B43" s="106">
+      <c r="B43" s="87">
         <f t="shared" ref="B43:M43" si="7">B33-B23</f>
         <v>-5</v>
       </c>
-      <c r="C43" s="106">
+      <c r="C43" s="87">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="D43" s="106">
+      <c r="D43" s="87">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="E43" s="106">
+      <c r="E43" s="87">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="F43" s="106">
+      <c r="F43" s="87">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="G43" s="106">
+      <c r="G43" s="87">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="H43" s="106">
+      <c r="H43" s="87">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="I43" s="106">
+      <c r="I43" s="87">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="J43" s="106">
+      <c r="J43" s="87">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="K43" s="106">
+      <c r="K43" s="87">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="L43" s="106">
+      <c r="L43" s="87">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="M43" s="106">
+      <c r="M43" s="87">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="N43" s="152">
+      <c r="N43" s="127">
         <f t="shared" si="5"/>
         <v>-5</v>
       </c>
     </row>
-    <row r="44" spans="1:14" s="94" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A44" s="83" t="s">
+    <row r="44" spans="1:14" s="75" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A44" s="65" t="s">
         <v>29</v>
       </c>
-      <c r="B44" s="106">
+      <c r="B44" s="87">
         <f t="shared" ref="B44:M44" si="8">B34-B24</f>
         <v>10</v>
       </c>
-      <c r="C44" s="106">
+      <c r="C44" s="87">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="D44" s="106">
+      <c r="D44" s="87">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="E44" s="106">
+      <c r="E44" s="87">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="F44" s="106">
+      <c r="F44" s="87">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="G44" s="106">
+      <c r="G44" s="87">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="H44" s="106">
+      <c r="H44" s="87">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="I44" s="106">
+      <c r="I44" s="87">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="J44" s="106">
+      <c r="J44" s="87">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="K44" s="106">
+      <c r="K44" s="87">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="L44" s="106">
+      <c r="L44" s="87">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="M44" s="106">
+      <c r="M44" s="87">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="N44" s="152">
+      <c r="N44" s="127">
         <f t="shared" si="5"/>
         <v>10</v>
       </c>
     </row>
-    <row r="45" spans="1:14" s="94" customFormat="1" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A45" s="83" t="s">
+    <row r="45" spans="1:14" s="75" customFormat="1" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A45" s="65" t="s">
         <v>29</v>
       </c>
-      <c r="B45" s="106">
+      <c r="B45" s="87">
         <f t="shared" ref="B45:M45" si="9">B35-B25</f>
         <v>0</v>
       </c>
-      <c r="C45" s="106">
+      <c r="C45" s="87">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="D45" s="106">
+      <c r="D45" s="87">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="E45" s="106">
+      <c r="E45" s="87">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="F45" s="106">
+      <c r="F45" s="87">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="G45" s="106">
+      <c r="G45" s="87">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="H45" s="106">
+      <c r="H45" s="87">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="I45" s="106">
+      <c r="I45" s="87">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="J45" s="106">
+      <c r="J45" s="87">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="K45" s="106">
+      <c r="K45" s="87">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="L45" s="106">
+      <c r="L45" s="87">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="M45" s="106">
+      <c r="M45" s="87">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="N45" s="152">
+      <c r="N45" s="127">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
-    <row r="46" spans="1:14" s="94" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A46" s="148" t="s">
+    <row r="46" spans="1:14" s="75" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A46" s="123" t="s">
         <v>30</v>
       </c>
-      <c r="B46" s="150">
+      <c r="B46" s="125">
         <f>SUM(B41:B45)</f>
         <v>95</v>
       </c>
-      <c r="C46" s="150">
+      <c r="C46" s="125">
         <f t="shared" ref="C46:M46" si="10">SUM(C41:C45)</f>
         <v>0</v>
       </c>
-      <c r="D46" s="150">
+      <c r="D46" s="125">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
-      <c r="E46" s="150">
+      <c r="E46" s="125">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
-      <c r="F46" s="150">
+      <c r="F46" s="125">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
-      <c r="G46" s="150">
+      <c r="G46" s="125">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
-      <c r="H46" s="150">
+      <c r="H46" s="125">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
-      <c r="I46" s="150">
+      <c r="I46" s="125">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
-      <c r="J46" s="150">
+      <c r="J46" s="125">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
-      <c r="K46" s="150">
+      <c r="K46" s="125">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
-      <c r="L46" s="150">
+      <c r="L46" s="125">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
-      <c r="M46" s="150">
+      <c r="M46" s="125">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
-      <c r="N46" s="151">
+      <c r="N46" s="126">
         <f t="shared" si="5"/>
         <v>95</v>
       </c>
     </row>
     <row r="47" spans="1:14" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A47" s="195"/>
-[...12 lines deleted...]
-      <c r="N47" s="195"/>
+      <c r="A47" s="168"/>
+      <c r="B47" s="168"/>
+      <c r="C47" s="168"/>
+      <c r="D47" s="168"/>
+      <c r="E47" s="168"/>
+      <c r="F47" s="168"/>
+      <c r="G47" s="168"/>
+      <c r="H47" s="168"/>
+      <c r="I47" s="168"/>
+      <c r="J47" s="168"/>
+      <c r="K47" s="168"/>
+      <c r="L47" s="168"/>
+      <c r="M47" s="168"/>
+      <c r="N47" s="168"/>
     </row>
     <row r="48" spans="1:14" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A48" s="87"/>
-[...12 lines deleted...]
-      <c r="N48" s="86"/>
+      <c r="A48" s="69"/>
+      <c r="B48" s="66"/>
+      <c r="C48" s="66"/>
+      <c r="D48" s="66"/>
+      <c r="E48" s="66"/>
+      <c r="F48" s="66"/>
+      <c r="G48" s="66"/>
+      <c r="H48" s="66"/>
+      <c r="I48" s="66"/>
+      <c r="J48" s="66"/>
+      <c r="K48" s="66"/>
+      <c r="L48" s="70"/>
+      <c r="M48" s="66"/>
+      <c r="N48" s="68"/>
     </row>
     <row r="49" spans="1:14" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A49" s="87"/>
-[...12 lines deleted...]
-      <c r="N49" s="86"/>
+      <c r="A49" s="69"/>
+      <c r="B49" s="66"/>
+      <c r="C49" s="66"/>
+      <c r="D49" s="66"/>
+      <c r="E49" s="66"/>
+      <c r="F49" s="66"/>
+      <c r="G49" s="66"/>
+      <c r="H49" s="66"/>
+      <c r="I49" s="66"/>
+      <c r="J49" s="66"/>
+      <c r="K49" s="66"/>
+      <c r="L49" s="70"/>
+      <c r="M49" s="66"/>
+      <c r="N49" s="68"/>
     </row>
     <row r="50" spans="1:14" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A50" s="87"/>
-[...12 lines deleted...]
-      <c r="N50" s="86"/>
+      <c r="A50" s="69"/>
+      <c r="B50" s="66"/>
+      <c r="C50" s="66"/>
+      <c r="D50" s="66"/>
+      <c r="E50" s="66"/>
+      <c r="F50" s="66"/>
+      <c r="G50" s="66"/>
+      <c r="H50" s="66"/>
+      <c r="I50" s="66"/>
+      <c r="J50" s="66"/>
+      <c r="K50" s="66"/>
+      <c r="L50" s="70"/>
+      <c r="M50" s="66"/>
+      <c r="N50" s="68"/>
     </row>
     <row r="51" spans="1:14" ht="12.75" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="52" spans="1:14" ht="12.75" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="53" spans="1:14" ht="12.75" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="54" spans="1:14" ht="12.75" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="55" spans="1:14" ht="12.75" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="56" spans="1:14" ht="12.75" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="57" spans="1:14" ht="12.75" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="58" spans="1:14" ht="12.75" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="59" spans="1:14" ht="12.75" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="60" spans="1:14" ht="12.75" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="61" spans="1:14" ht="12.75" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="62" spans="1:14" ht="12.75" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="63" spans="1:14" ht="12.75" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="64" spans="1:14" ht="12.75" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="65" ht="12.75" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="66" ht="12.75" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="67" ht="12.75" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="68" ht="12.75" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="69" ht="12.75" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="70" ht="12.75" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="71" ht="12.75" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="72" ht="12.75" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="73" ht="12.75" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="74" ht="12.75" customHeight="1" x14ac:dyDescent="0.35"/>
@@ -16653,19964 +10660,19933 @@
     <row r="230" ht="12.75" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="231" ht="12.75" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="232" ht="12.75" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="233" ht="12.75" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="234" ht="12.75" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="235" ht="12.75" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="236" ht="12.75" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="237" ht="12.75" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="238" ht="12.75" customHeight="1" x14ac:dyDescent="0.35"/>
   </sheetData>
   <mergeCells count="12">
     <mergeCell ref="A8:B8"/>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A4:B4"/>
     <mergeCell ref="A39:N39"/>
     <mergeCell ref="A47:N47"/>
     <mergeCell ref="A27:N27"/>
     <mergeCell ref="A18:N18"/>
     <mergeCell ref="A19:N19"/>
     <mergeCell ref="A28:N28"/>
     <mergeCell ref="A29:N29"/>
     <mergeCell ref="A37:N37"/>
     <mergeCell ref="A38:N38"/>
   </mergeCells>
   <phoneticPr fontId="29" type="noConversion"/>
-  <conditionalFormatting sqref="F5:M6 B5 D4:E6 C4:C5">
+  <conditionalFormatting sqref="C4:C5 D4:E6 B5 F5:M6">
     <cfRule type="expression" dxfId="14" priority="1" stopIfTrue="1">
       <formula>(MOD(COLUMN(),3)=1)</formula>
     </cfRule>
     <cfRule type="expression" dxfId="13" priority="2" stopIfTrue="1">
       <formula>(MOD(COLUMN(),3)=2)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D8:F16">
     <cfRule type="expression" dxfId="12" priority="3" stopIfTrue="1">
       <formula>IF($B$6="No",TRUE,FALSE)</formula>
     </cfRule>
   </conditionalFormatting>
   <hyperlinks>
-    <hyperlink ref="A4" r:id="rId1"/>
-    <hyperlink ref="A4:B4" r:id="rId2" tooltip="HELP with Family Budget Planner" display="HELP"/>
+    <hyperlink ref="A4" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
+    <hyperlink ref="A4:B4" r:id="rId2" tooltip="HELP with Family Budget Planner" display="HELP" xr:uid="{00000000-0004-0000-0000-000001000000}"/>
   </hyperlinks>
   <pageMargins left="0.86614173228346458" right="0.74803149606299213" top="0.78740157480314965" bottom="0.78740157480314965" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" scale="80" firstPageNumber="0" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId3"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L© Spreadsheet123.com. All rights reserved&amp;RFamily Budget Planner by Spreadsheet123.com</oddFooter>
   </headerFooter>
   <drawing r:id="rId4"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:L183"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="T27" sqref="T27"/>
+      <selection activeCell="R11" sqref="R11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="25.7109375" style="6" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="13" max="16384" width="9.140625" style="6"/>
+    <col min="1" max="1" width="25.7109375" customWidth="1"/>
+    <col min="2" max="4" width="9.7109375" customWidth="1"/>
+    <col min="5" max="5" width="1.7109375" customWidth="1"/>
+    <col min="6" max="8" width="9.7109375" customWidth="1"/>
+    <col min="9" max="9" width="1.7109375" customWidth="1"/>
+    <col min="10" max="12" width="9.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" ht="35.1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="199" t="s">
-[...12 lines deleted...]
-      <c r="L1" s="199"/>
+      <c r="A1" s="165" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="165"/>
+      <c r="C1" s="165"/>
+      <c r="D1" s="165"/>
+      <c r="E1" s="165"/>
+      <c r="F1" s="165"/>
+      <c r="G1" s="165"/>
+      <c r="H1" s="165"/>
+      <c r="I1" s="165"/>
+      <c r="J1" s="165"/>
+      <c r="K1" s="165"/>
+      <c r="L1" s="165"/>
     </row>
     <row r="2" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A2" s="205"/>
-[...8 lines deleted...]
-      <c r="L2" s="204"/>
+      <c r="A2" s="179"/>
+      <c r="B2" s="179"/>
+      <c r="C2" s="179"/>
+      <c r="D2" s="179"/>
+      <c r="E2" s="179"/>
+      <c r="H2" s="178"/>
+      <c r="I2" s="178"/>
+      <c r="J2" s="178"/>
+      <c r="K2" s="178"/>
+      <c r="L2" s="178"/>
     </row>
     <row r="4" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A4" s="8" t="s">
+      <c r="A4" s="7" t="s">
         <v>2</v>
       </c>
-      <c r="B4" s="9"/>
-[...9 lines deleted...]
-      <c r="L4" s="206"/>
+      <c r="B4" s="8"/>
+      <c r="C4" s="9"/>
+      <c r="D4" s="9"/>
+      <c r="E4" s="9"/>
+      <c r="F4" s="9"/>
+      <c r="G4" s="9"/>
+      <c r="H4" s="9"/>
+      <c r="I4" s="9"/>
+      <c r="J4" s="180"/>
+      <c r="K4" s="180"/>
+      <c r="L4" s="180"/>
     </row>
     <row r="5" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
     <row r="6" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A6" s="2" t="s">
         <v>128</v>
       </c>
-      <c r="B6" s="23">
+      <c r="B6" s="1">
         <f>Income!B16</f>
         <v>-1400</v>
       </c>
-      <c r="C6" s="201"/>
-[...6 lines deleted...]
-      <c r="L6" s="13"/>
+      <c r="C6" s="175"/>
+      <c r="D6" s="175"/>
+      <c r="E6" s="175"/>
+      <c r="F6" s="175"/>
+      <c r="I6" s="10"/>
+      <c r="J6" s="11"/>
+      <c r="K6" s="10"/>
+      <c r="L6" s="12"/>
     </row>
     <row r="7" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="G7" s="202"/>
-[...4 lines deleted...]
-      <c r="L7" s="14"/>
+      <c r="G7" s="176"/>
+      <c r="H7" s="176"/>
+      <c r="I7" s="13"/>
+      <c r="J7" s="13"/>
+      <c r="K7" s="13"/>
+      <c r="L7" s="13"/>
     </row>
     <row r="8" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="B8" s="203" t="str">
+      <c r="B8" s="177" t="str">
         <f>Income!B20</f>
         <v>JAN</v>
       </c>
-      <c r="C8" s="203"/>
-[...1 lines deleted...]
-      <c r="F8" s="203" t="str">
+      <c r="C8" s="177"/>
+      <c r="D8" s="177"/>
+      <c r="F8" s="177" t="str">
         <f>Income!C20</f>
         <v>FEB</v>
       </c>
-      <c r="G8" s="203"/>
-[...1 lines deleted...]
-      <c r="J8" s="203" t="str">
+      <c r="G8" s="177"/>
+      <c r="H8" s="177"/>
+      <c r="J8" s="177" t="str">
         <f>Income!D20</f>
         <v>MAR</v>
       </c>
-      <c r="K8" s="203"/>
-      <c r="L8" s="203"/>
+      <c r="K8" s="177"/>
+      <c r="L8" s="177"/>
     </row>
     <row r="9" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A9" s="28"/>
-      <c r="B9" s="29" t="s">
+      <c r="A9" s="23"/>
+      <c r="B9" s="24" t="s">
         <v>34</v>
       </c>
-      <c r="C9" s="34" t="s">
+      <c r="C9" s="29" t="s">
         <v>9</v>
       </c>
-      <c r="D9" s="29" t="s">
+      <c r="D9" s="24" t="s">
         <v>32</v>
       </c>
-      <c r="E9" s="15"/>
-      <c r="F9" s="29" t="s">
+      <c r="E9" s="14"/>
+      <c r="F9" s="24" t="s">
         <v>34</v>
       </c>
-      <c r="G9" s="34" t="s">
+      <c r="G9" s="29" t="s">
         <v>9</v>
       </c>
-      <c r="H9" s="29" t="s">
+      <c r="H9" s="24" t="s">
         <v>32</v>
       </c>
-      <c r="I9" s="15"/>
-      <c r="J9" s="29" t="s">
+      <c r="I9" s="14"/>
+      <c r="J9" s="24" t="s">
         <v>34</v>
       </c>
-      <c r="K9" s="34" t="s">
+      <c r="K9" s="29" t="s">
         <v>9</v>
       </c>
-      <c r="L9" s="29" t="s">
+      <c r="L9" s="24" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="10" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A10" s="16" t="s">
+      <c r="A10" s="15" t="s">
         <v>110</v>
       </c>
-      <c r="B10" s="17">
+      <c r="B10" s="13">
         <f>B23</f>
         <v>3880</v>
       </c>
-      <c r="C10" s="17">
+      <c r="C10" s="13">
         <f>C23</f>
         <v>3975</v>
       </c>
-      <c r="D10" s="27">
+      <c r="D10" s="22">
         <f>C10-B10</f>
         <v>95</v>
       </c>
-      <c r="F10" s="17">
+      <c r="F10" s="13">
         <f>F23</f>
         <v>0</v>
       </c>
-      <c r="G10" s="17">
+      <c r="G10" s="13">
         <f>G23</f>
         <v>0</v>
       </c>
-      <c r="H10" s="27">
+      <c r="H10" s="22">
         <f>G10-F10</f>
         <v>0</v>
       </c>
-      <c r="J10" s="17">
+      <c r="J10" s="13">
         <f>J23</f>
         <v>0</v>
       </c>
-      <c r="K10" s="17">
+      <c r="K10" s="13">
         <f>K23</f>
         <v>0</v>
       </c>
-      <c r="L10" s="27">
+      <c r="L10" s="22">
         <f>K10-J10</f>
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:12" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A11" s="16" t="s">
+      <c r="A11" s="15" t="s">
         <v>118</v>
       </c>
-      <c r="B11" s="17">
+      <c r="B11" s="13">
         <f>B43+B57+B67+B80+B95+B108+B119+B131+B142+B156+B167+B175+B183</f>
         <v>2435</v>
       </c>
-      <c r="C11" s="17">
+      <c r="C11" s="13">
         <f>C43+C57+C67+C80+C95+C108+C119+C131+C142+C156+C167+C175+C183</f>
         <v>2345</v>
       </c>
-      <c r="D11" s="27">
+      <c r="D11" s="22">
         <f>B11-C11</f>
         <v>90</v>
       </c>
-      <c r="F11" s="17">
+      <c r="F11" s="13">
         <f>F43+F57+F67+F80+F95+F108+F119+F131+F142+F156+F167+F175+F183</f>
         <v>0</v>
       </c>
-      <c r="G11" s="17">
+      <c r="G11" s="13">
         <f>G43+G57+G67+G80+G95+G108+G119+G131+G142+G156+G167+G175+G183</f>
         <v>0</v>
       </c>
-      <c r="H11" s="27">
+      <c r="H11" s="22">
         <f>F11-G11</f>
         <v>0</v>
       </c>
-      <c r="J11" s="17">
+      <c r="J11" s="13">
         <f>J43+J57+J67+J80+J95+J108+J119+J131+J142+J156+J167+J175+J183</f>
         <v>0</v>
       </c>
-      <c r="K11" s="17">
+      <c r="K11" s="13">
         <f>K43+K57+K67+K80+K95+K108+K119+K131+K142+K156+K167+K175+K183</f>
         <v>0</v>
       </c>
-      <c r="L11" s="27">
+      <c r="L11" s="22">
         <f>J11-K11</f>
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:12" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A12" s="24" t="s">
+      <c r="A12" s="19" t="s">
         <v>119</v>
       </c>
-      <c r="B12" s="25">
+      <c r="B12" s="20">
         <f>B10-B11</f>
         <v>1445</v>
       </c>
-      <c r="C12" s="25">
+      <c r="C12" s="20">
         <f>C10-C11</f>
         <v>1630</v>
       </c>
-      <c r="D12" s="26"/>
-      <c r="F12" s="25">
+      <c r="D12" s="21"/>
+      <c r="F12" s="20">
         <f>F10-F11</f>
         <v>0</v>
       </c>
-      <c r="G12" s="25">
+      <c r="G12" s="20">
         <f>G10-G11</f>
         <v>0</v>
       </c>
-      <c r="H12" s="26"/>
-      <c r="J12" s="25">
+      <c r="H12" s="21"/>
+      <c r="J12" s="20">
         <f>J10-J11</f>
         <v>0</v>
       </c>
-      <c r="K12" s="25">
+      <c r="K12" s="20">
         <f>K10-K11</f>
         <v>0</v>
       </c>
-      <c r="L12" s="26"/>
+      <c r="L12" s="21"/>
     </row>
     <row r="13" spans="1:12" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A13" s="16"/>
-[...8 lines deleted...]
-      <c r="L13" s="17"/>
+      <c r="A13" s="15"/>
+      <c r="B13" s="13"/>
+      <c r="C13" s="13"/>
+      <c r="D13" s="13"/>
+      <c r="F13" s="13"/>
+      <c r="G13" s="13"/>
+      <c r="H13" s="13"/>
+      <c r="J13" s="13"/>
+      <c r="K13" s="13"/>
+      <c r="L13" s="13"/>
     </row>
     <row r="14" spans="1:12" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A14" s="5" t="s">
         <v>120</v>
       </c>
-      <c r="B14" s="208">
+      <c r="B14" s="174">
         <f>B6+C12</f>
         <v>230</v>
       </c>
-      <c r="C14" s="208"/>
-[...1 lines deleted...]
-      <c r="F14" s="208">
+      <c r="C14" s="174"/>
+      <c r="D14" s="174"/>
+      <c r="F14" s="174">
         <f>B14+G12</f>
         <v>230</v>
       </c>
-      <c r="G14" s="208"/>
-[...1 lines deleted...]
-      <c r="J14" s="208">
+      <c r="G14" s="174"/>
+      <c r="H14" s="174"/>
+      <c r="J14" s="174">
         <f>F14+K12</f>
         <v>230</v>
       </c>
-      <c r="K14" s="208"/>
-      <c r="L14" s="208"/>
+      <c r="K14" s="174"/>
+      <c r="L14" s="174"/>
     </row>
     <row r="15" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B15" s="11"/>
-[...9 lines deleted...]
-      <c r="L15" s="20"/>
+      <c r="B15" s="10"/>
+      <c r="C15" s="10"/>
+      <c r="D15" s="10"/>
+      <c r="E15" s="16"/>
+      <c r="G15" s="172"/>
+      <c r="H15" s="172"/>
+      <c r="I15" s="17"/>
+      <c r="J15" s="17"/>
+      <c r="K15" s="17"/>
+      <c r="L15" s="17"/>
     </row>
     <row r="16" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="B16" s="210" t="str">
+      <c r="B16" s="171" t="str">
         <f>B8</f>
         <v>JAN</v>
       </c>
-      <c r="C16" s="210"/>
-[...1 lines deleted...]
-      <c r="F16" s="210" t="str">
+      <c r="C16" s="171"/>
+      <c r="D16" s="171"/>
+      <c r="F16" s="171" t="str">
         <f>F8</f>
         <v>FEB</v>
       </c>
-      <c r="G16" s="210"/>
-[...1 lines deleted...]
-      <c r="J16" s="210" t="str">
+      <c r="G16" s="171"/>
+      <c r="H16" s="171"/>
+      <c r="J16" s="171" t="str">
         <f>J8</f>
         <v>MAR</v>
       </c>
-      <c r="K16" s="210"/>
-      <c r="L16" s="210"/>
+      <c r="K16" s="171"/>
+      <c r="L16" s="171"/>
     </row>
     <row r="17" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A17" s="32" t="s">
+      <c r="A17" s="27" t="s">
         <v>117</v>
       </c>
-      <c r="B17" s="33" t="s">
+      <c r="B17" s="28" t="s">
         <v>34</v>
       </c>
-      <c r="C17" s="35" t="s">
+      <c r="C17" s="30" t="s">
         <v>9</v>
       </c>
-      <c r="D17" s="33" t="s">
+      <c r="D17" s="28" t="s">
         <v>32</v>
       </c>
-      <c r="E17" s="15"/>
-      <c r="F17" s="33" t="s">
+      <c r="E17" s="14"/>
+      <c r="F17" s="28" t="s">
         <v>34</v>
       </c>
-      <c r="G17" s="35" t="s">
+      <c r="G17" s="30" t="s">
         <v>9</v>
       </c>
-      <c r="H17" s="33" t="s">
+      <c r="H17" s="28" t="s">
         <v>32</v>
       </c>
-      <c r="I17" s="15"/>
-      <c r="J17" s="33" t="s">
+      <c r="I17" s="14"/>
+      <c r="J17" s="28" t="s">
         <v>34</v>
       </c>
-      <c r="K17" s="35" t="s">
+      <c r="K17" s="30" t="s">
         <v>9</v>
       </c>
-      <c r="L17" s="33" t="s">
+      <c r="L17" s="28" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="18" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A18" s="16" t="str">
+      <c r="A18" s="15" t="str">
         <f>Income!A21</f>
         <v>Income 1</v>
       </c>
-      <c r="B18" s="17">
+      <c r="B18" s="13">
         <f>Income!B21</f>
         <v>3000</v>
       </c>
-      <c r="C18" s="17">
+      <c r="C18" s="13">
         <f>Income!B31</f>
         <v>3120</v>
       </c>
-      <c r="D18" s="27">
+      <c r="D18" s="22">
         <f>C18-B18</f>
         <v>120</v>
       </c>
-      <c r="F18" s="17">
+      <c r="F18" s="13">
         <f>Income!C21</f>
         <v>0</v>
       </c>
-      <c r="G18" s="17">
+      <c r="G18" s="13">
         <f>Income!C31</f>
         <v>0</v>
       </c>
-      <c r="H18" s="27">
+      <c r="H18" s="22">
         <f>G18-F18</f>
         <v>0</v>
       </c>
-      <c r="J18" s="17">
+      <c r="J18" s="13">
         <f>Income!D21</f>
         <v>0</v>
       </c>
-      <c r="K18" s="17">
+      <c r="K18" s="13">
         <f>Income!D31</f>
         <v>0</v>
       </c>
-      <c r="L18" s="27">
+      <c r="L18" s="22">
         <f>K18-J18</f>
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A19" s="16" t="str">
+      <c r="A19" s="15" t="str">
         <f>Income!A22</f>
         <v>Income 2</v>
       </c>
-      <c r="B19" s="17">
+      <c r="B19" s="13">
         <f>Income!B22</f>
         <v>350</v>
       </c>
-      <c r="C19" s="17">
+      <c r="C19" s="13">
         <f>Income!B32</f>
         <v>320</v>
       </c>
-      <c r="D19" s="27">
+      <c r="D19" s="22">
         <f>C19-B19</f>
         <v>-30</v>
       </c>
-      <c r="F19" s="17">
+      <c r="F19" s="13">
         <f>Income!C22</f>
         <v>0</v>
       </c>
-      <c r="G19" s="17">
+      <c r="G19" s="13">
         <f>Income!C32</f>
         <v>0</v>
       </c>
-      <c r="H19" s="27">
+      <c r="H19" s="22">
         <f>G19-F19</f>
         <v>0</v>
       </c>
-      <c r="J19" s="17">
+      <c r="J19" s="13">
         <f>Income!D22</f>
         <v>0</v>
       </c>
-      <c r="K19" s="17">
+      <c r="K19" s="13">
         <f>Income!D32</f>
         <v>0</v>
       </c>
-      <c r="L19" s="27">
+      <c r="L19" s="22">
         <f>K19-J19</f>
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A20" s="16" t="str">
+      <c r="A20" s="15" t="str">
         <f>Income!A23</f>
         <v>Interest/Dividends</v>
       </c>
-      <c r="B20" s="17">
+      <c r="B20" s="13">
         <f>Income!B23</f>
         <v>430</v>
       </c>
-      <c r="C20" s="17">
+      <c r="C20" s="13">
         <f>Income!B33</f>
         <v>425</v>
       </c>
-      <c r="D20" s="27">
+      <c r="D20" s="22">
         <f>C20-B20</f>
         <v>-5</v>
       </c>
-      <c r="F20" s="17">
+      <c r="F20" s="13">
         <f>Income!C23</f>
         <v>0</v>
       </c>
-      <c r="G20" s="17">
+      <c r="G20" s="13">
         <f>Income!C33</f>
         <v>0</v>
       </c>
-      <c r="H20" s="27">
+      <c r="H20" s="22">
         <f>G20-F20</f>
         <v>0</v>
       </c>
-      <c r="J20" s="17">
+      <c r="J20" s="13">
         <f>Income!D23</f>
         <v>0</v>
       </c>
-      <c r="K20" s="17">
+      <c r="K20" s="13">
         <f>Income!D33</f>
         <v>0</v>
       </c>
-      <c r="L20" s="27">
+      <c r="L20" s="22">
         <f>K20-J20</f>
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A21" s="16" t="str">
+      <c r="A21" s="15" t="str">
         <f>Income!A24</f>
         <v>Other</v>
       </c>
-      <c r="B21" s="17">
+      <c r="B21" s="13">
         <f>Income!B24</f>
         <v>100</v>
       </c>
-      <c r="C21" s="17">
+      <c r="C21" s="13">
         <f>Income!B34</f>
         <v>110</v>
       </c>
-      <c r="D21" s="27">
+      <c r="D21" s="22">
         <f>C21-B21</f>
         <v>10</v>
       </c>
-      <c r="F21" s="17">
+      <c r="F21" s="13">
         <f>Income!C24</f>
         <v>0</v>
       </c>
-      <c r="G21" s="17">
+      <c r="G21" s="13">
         <f>Income!C34</f>
         <v>0</v>
       </c>
-      <c r="H21" s="27">
+      <c r="H21" s="22">
         <f>G21-F21</f>
         <v>0</v>
       </c>
-      <c r="J21" s="17">
+      <c r="J21" s="13">
         <f>Income!D24</f>
         <v>0</v>
       </c>
-      <c r="K21" s="17">
+      <c r="K21" s="13">
         <f>Income!D34</f>
         <v>0</v>
       </c>
-      <c r="L21" s="27">
+      <c r="L21" s="22">
         <f>K21-J21</f>
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:12" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A22" s="16" t="str">
+      <c r="A22" s="15" t="str">
         <f>Income!A25</f>
         <v>Other</v>
       </c>
-      <c r="B22" s="17">
+      <c r="B22" s="13">
         <f>Income!B25</f>
         <v>0</v>
       </c>
-      <c r="C22" s="17">
+      <c r="C22" s="13">
         <f>Income!B35</f>
         <v>0</v>
       </c>
-      <c r="D22" s="27">
+      <c r="D22" s="22">
         <f>C22-B22</f>
         <v>0</v>
       </c>
-      <c r="F22" s="17">
+      <c r="F22" s="13">
         <f>Income!C25</f>
         <v>0</v>
       </c>
-      <c r="G22" s="17">
+      <c r="G22" s="13">
         <f>Income!C35</f>
         <v>0</v>
       </c>
-      <c r="H22" s="27">
+      <c r="H22" s="22">
         <f>G22-F22</f>
         <v>0</v>
       </c>
-      <c r="J22" s="17">
+      <c r="J22" s="13">
         <f>Income!D25</f>
         <v>0</v>
       </c>
-      <c r="K22" s="17">
+      <c r="K22" s="13">
         <f>Income!D35</f>
         <v>0</v>
       </c>
-      <c r="L22" s="27">
+      <c r="L22" s="22">
         <f>K22-J22</f>
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:12" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A23" s="30" t="s">
+      <c r="A23" s="25" t="s">
         <v>30</v>
       </c>
-      <c r="B23" s="31">
+      <c r="B23" s="26">
         <f>SUM(B18:B22)</f>
         <v>3880</v>
       </c>
-      <c r="C23" s="31">
+      <c r="C23" s="26">
         <f>SUM(C18:C22)</f>
         <v>3975</v>
       </c>
-      <c r="D23" s="31">
+      <c r="D23" s="26">
         <f>SUM(D18:D22)</f>
         <v>95</v>
       </c>
-      <c r="F23" s="31">
+      <c r="F23" s="26">
         <f>SUM(F18:F22)</f>
         <v>0</v>
       </c>
-      <c r="G23" s="31">
+      <c r="G23" s="26">
         <f>SUM(G18:G22)</f>
         <v>0</v>
       </c>
-      <c r="H23" s="31">
+      <c r="H23" s="26">
         <f>SUM(H18:H22)</f>
         <v>0</v>
       </c>
-      <c r="J23" s="31">
+      <c r="J23" s="26">
         <f>SUM(J18:J22)</f>
         <v>0</v>
       </c>
-      <c r="K23" s="31">
+      <c r="K23" s="26">
         <f>SUM(K18:K22)</f>
         <v>0</v>
       </c>
-      <c r="L23" s="31">
+      <c r="L23" s="26">
         <f>SUM(L18:L22)</f>
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B24" s="11"/>
-[...9 lines deleted...]
-      <c r="L24" s="20"/>
+      <c r="B24" s="10"/>
+      <c r="C24" s="10"/>
+      <c r="D24" s="10"/>
+      <c r="E24" s="16"/>
+      <c r="G24" s="172"/>
+      <c r="H24" s="172"/>
+      <c r="I24" s="17"/>
+      <c r="J24" s="17"/>
+      <c r="K24" s="17"/>
+      <c r="L24" s="17"/>
     </row>
     <row r="25" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B25" s="207" t="str">
+      <c r="B25" s="173" t="str">
         <f>B8</f>
         <v>JAN</v>
       </c>
-      <c r="C25" s="207"/>
-[...1 lines deleted...]
-      <c r="F25" s="207" t="str">
+      <c r="C25" s="173"/>
+      <c r="D25" s="173"/>
+      <c r="F25" s="173" t="str">
         <f>F8</f>
         <v>FEB</v>
       </c>
-      <c r="G25" s="207"/>
-[...1 lines deleted...]
-      <c r="J25" s="207" t="str">
+      <c r="G25" s="173"/>
+      <c r="H25" s="173"/>
+      <c r="J25" s="173" t="str">
         <f>J8</f>
         <v>MAR</v>
       </c>
-      <c r="K25" s="207"/>
-      <c r="L25" s="207"/>
+      <c r="K25" s="173"/>
+      <c r="L25" s="173"/>
     </row>
     <row r="26" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A26" s="36" t="s">
+      <c r="A26" s="31" t="s">
         <v>33</v>
       </c>
-      <c r="B26" s="37" t="s">
+      <c r="B26" s="32" t="s">
         <v>34</v>
       </c>
-      <c r="C26" s="43" t="s">
+      <c r="C26" s="36" t="s">
         <v>9</v>
       </c>
-      <c r="D26" s="37" t="s">
+      <c r="D26" s="32" t="s">
         <v>32</v>
       </c>
-      <c r="E26" s="15"/>
-      <c r="F26" s="37" t="s">
+      <c r="E26" s="14"/>
+      <c r="F26" s="32" t="s">
         <v>34</v>
       </c>
-      <c r="G26" s="43" t="s">
+      <c r="G26" s="36" t="s">
         <v>9</v>
       </c>
-      <c r="H26" s="37" t="s">
+      <c r="H26" s="32" t="s">
         <v>32</v>
       </c>
-      <c r="I26" s="15"/>
-      <c r="J26" s="37" t="s">
+      <c r="I26" s="14"/>
+      <c r="J26" s="32" t="s">
         <v>34</v>
       </c>
-      <c r="K26" s="43" t="s">
+      <c r="K26" s="36" t="s">
         <v>9</v>
       </c>
-      <c r="L26" s="37" t="s">
+      <c r="L26" s="32" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="27" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A27" s="21" t="s">
+      <c r="A27" s="18" t="s">
         <v>35</v>
       </c>
-      <c r="B27" s="127"/>
-[...1 lines deleted...]
-      <c r="D27" s="27">
+      <c r="B27" s="107"/>
+      <c r="C27" s="108"/>
+      <c r="D27" s="22">
         <f>B27-C27</f>
         <v>0</v>
       </c>
-      <c r="F27" s="127"/>
-[...1 lines deleted...]
-      <c r="H27" s="27">
+      <c r="F27" s="107"/>
+      <c r="G27" s="108"/>
+      <c r="H27" s="22">
         <f t="shared" ref="H27:H40" si="0">F27-G27</f>
         <v>0</v>
       </c>
-      <c r="J27" s="127"/>
-[...1 lines deleted...]
-      <c r="L27" s="27">
+      <c r="J27" s="107"/>
+      <c r="K27" s="108"/>
+      <c r="L27" s="22">
         <f t="shared" ref="L27:L40" si="1">J27-K27</f>
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A28" s="21" t="s">
+      <c r="A28" s="18" t="s">
         <v>36</v>
       </c>
-      <c r="B28" s="41">
+      <c r="B28" s="3">
         <v>650</v>
       </c>
-      <c r="C28" s="129">
+      <c r="C28" s="109">
         <v>600</v>
       </c>
-      <c r="D28" s="27">
+      <c r="D28" s="22">
         <f>B28-C28</f>
         <v>50</v>
       </c>
-      <c r="F28" s="41"/>
-[...1 lines deleted...]
-      <c r="H28" s="27">
+      <c r="F28" s="3"/>
+      <c r="G28" s="109"/>
+      <c r="H28" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="J28" s="41"/>
-[...1 lines deleted...]
-      <c r="L28" s="27">
+      <c r="J28" s="3"/>
+      <c r="K28" s="109"/>
+      <c r="L28" s="22">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A29" s="21" t="s">
+      <c r="A29" s="18" t="s">
         <v>37</v>
       </c>
-      <c r="B29" s="41"/>
-[...1 lines deleted...]
-      <c r="D29" s="27">
+      <c r="B29" s="3"/>
+      <c r="C29" s="109"/>
+      <c r="D29" s="22">
         <f t="shared" ref="D29:D42" si="2">B29-C29</f>
         <v>0</v>
       </c>
-      <c r="F29" s="41"/>
-[...1 lines deleted...]
-      <c r="H29" s="27">
+      <c r="F29" s="3"/>
+      <c r="G29" s="109"/>
+      <c r="H29" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="J29" s="41"/>
-[...1 lines deleted...]
-      <c r="L29" s="27">
+      <c r="J29" s="3"/>
+      <c r="K29" s="109"/>
+      <c r="L29" s="22">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A30" s="21" t="s">
+      <c r="A30" s="18" t="s">
         <v>38</v>
       </c>
-      <c r="B30" s="41"/>
-[...1 lines deleted...]
-      <c r="D30" s="27">
+      <c r="B30" s="3"/>
+      <c r="C30" s="109"/>
+      <c r="D30" s="22">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="F30" s="41"/>
-[...1 lines deleted...]
-      <c r="H30" s="27">
+      <c r="F30" s="3"/>
+      <c r="G30" s="109"/>
+      <c r="H30" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="J30" s="41"/>
-[...1 lines deleted...]
-      <c r="L30" s="27">
+      <c r="J30" s="3"/>
+      <c r="K30" s="109"/>
+      <c r="L30" s="22">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A31" s="21" t="s">
+      <c r="A31" s="18" t="s">
         <v>39</v>
       </c>
-      <c r="B31" s="41"/>
-[...1 lines deleted...]
-      <c r="D31" s="27">
+      <c r="B31" s="3"/>
+      <c r="C31" s="109"/>
+      <c r="D31" s="22">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="F31" s="41"/>
-[...1 lines deleted...]
-      <c r="H31" s="27">
+      <c r="F31" s="3"/>
+      <c r="G31" s="109"/>
+      <c r="H31" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="J31" s="41"/>
-[...1 lines deleted...]
-      <c r="L31" s="27">
+      <c r="J31" s="3"/>
+      <c r="K31" s="109"/>
+      <c r="L31" s="22">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A32" s="21" t="s">
+      <c r="A32" s="18" t="s">
         <v>40</v>
       </c>
-      <c r="B32" s="41"/>
-[...1 lines deleted...]
-      <c r="D32" s="27">
+      <c r="B32" s="3"/>
+      <c r="C32" s="109"/>
+      <c r="D32" s="22">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="F32" s="41"/>
-[...1 lines deleted...]
-      <c r="H32" s="27">
+      <c r="F32" s="3"/>
+      <c r="G32" s="109"/>
+      <c r="H32" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="J32" s="41"/>
-[...1 lines deleted...]
-      <c r="L32" s="27">
+      <c r="J32" s="3"/>
+      <c r="K32" s="109"/>
+      <c r="L32" s="22">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A33" s="21" t="s">
+      <c r="A33" s="18" t="s">
         <v>41</v>
       </c>
-      <c r="B33" s="41"/>
-[...1 lines deleted...]
-      <c r="D33" s="27">
+      <c r="B33" s="3"/>
+      <c r="C33" s="109"/>
+      <c r="D33" s="22">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="F33" s="41"/>
-[...1 lines deleted...]
-      <c r="H33" s="27">
+      <c r="F33" s="3"/>
+      <c r="G33" s="109"/>
+      <c r="H33" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="J33" s="41"/>
-[...1 lines deleted...]
-      <c r="L33" s="27">
+      <c r="J33" s="3"/>
+      <c r="K33" s="109"/>
+      <c r="L33" s="22">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A34" s="21" t="s">
+      <c r="A34" s="18" t="s">
         <v>42</v>
       </c>
-      <c r="B34" s="41"/>
-[...1 lines deleted...]
-      <c r="D34" s="27">
+      <c r="B34" s="3"/>
+      <c r="C34" s="109"/>
+      <c r="D34" s="22">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="F34" s="41"/>
-[...1 lines deleted...]
-      <c r="H34" s="27">
+      <c r="F34" s="3"/>
+      <c r="G34" s="109"/>
+      <c r="H34" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="J34" s="41"/>
-[...1 lines deleted...]
-      <c r="L34" s="27">
+      <c r="J34" s="3"/>
+      <c r="K34" s="109"/>
+      <c r="L34" s="22">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A35" s="21" t="s">
+      <c r="A35" s="18" t="s">
         <v>43</v>
       </c>
-      <c r="B35" s="41"/>
-[...1 lines deleted...]
-      <c r="D35" s="27">
+      <c r="B35" s="3"/>
+      <c r="C35" s="109"/>
+      <c r="D35" s="22">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="F35" s="41"/>
-[...1 lines deleted...]
-      <c r="H35" s="27">
+      <c r="F35" s="3"/>
+      <c r="G35" s="109"/>
+      <c r="H35" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="J35" s="41"/>
-[...1 lines deleted...]
-      <c r="L35" s="27">
+      <c r="J35" s="3"/>
+      <c r="K35" s="109"/>
+      <c r="L35" s="22">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A36" s="21" t="s">
+      <c r="A36" s="18" t="s">
         <v>44</v>
       </c>
-      <c r="B36" s="41"/>
-[...1 lines deleted...]
-      <c r="D36" s="27">
+      <c r="B36" s="3"/>
+      <c r="C36" s="109"/>
+      <c r="D36" s="22">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="F36" s="41"/>
-[...1 lines deleted...]
-      <c r="H36" s="27">
+      <c r="F36" s="3"/>
+      <c r="G36" s="109"/>
+      <c r="H36" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="J36" s="41"/>
-[...1 lines deleted...]
-      <c r="L36" s="27">
+      <c r="J36" s="3"/>
+      <c r="K36" s="109"/>
+      <c r="L36" s="22">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A37" s="21" t="s">
+      <c r="A37" s="18" t="s">
         <v>45</v>
       </c>
-      <c r="B37" s="41"/>
-[...1 lines deleted...]
-      <c r="D37" s="27">
+      <c r="B37" s="3"/>
+      <c r="C37" s="109"/>
+      <c r="D37" s="22">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="F37" s="41"/>
-[...1 lines deleted...]
-      <c r="H37" s="27">
+      <c r="F37" s="3"/>
+      <c r="G37" s="109"/>
+      <c r="H37" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="J37" s="41"/>
-[...1 lines deleted...]
-      <c r="L37" s="27">
+      <c r="J37" s="3"/>
+      <c r="K37" s="109"/>
+      <c r="L37" s="22">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A38" s="21" t="s">
+      <c r="A38" s="18" t="s">
         <v>46</v>
       </c>
-      <c r="B38" s="41"/>
-[...1 lines deleted...]
-      <c r="D38" s="27">
+      <c r="B38" s="3"/>
+      <c r="C38" s="109"/>
+      <c r="D38" s="22">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="F38" s="41"/>
-[...1 lines deleted...]
-      <c r="H38" s="27">
+      <c r="F38" s="3"/>
+      <c r="G38" s="109"/>
+      <c r="H38" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="J38" s="41"/>
-[...1 lines deleted...]
-      <c r="L38" s="27">
+      <c r="J38" s="3"/>
+      <c r="K38" s="109"/>
+      <c r="L38" s="22">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A39" s="21" t="s">
+      <c r="A39" s="18" t="s">
         <v>47</v>
       </c>
-      <c r="B39" s="41"/>
-[...1 lines deleted...]
-      <c r="D39" s="27">
+      <c r="B39" s="3"/>
+      <c r="C39" s="109"/>
+      <c r="D39" s="22">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="F39" s="41"/>
-[...1 lines deleted...]
-      <c r="H39" s="27">
+      <c r="F39" s="3"/>
+      <c r="G39" s="109"/>
+      <c r="H39" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="J39" s="41"/>
-[...1 lines deleted...]
-      <c r="L39" s="27">
+      <c r="J39" s="3"/>
+      <c r="K39" s="109"/>
+      <c r="L39" s="22">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A40" s="21" t="s">
+      <c r="A40" s="18" t="s">
         <v>48</v>
       </c>
-      <c r="B40" s="41"/>
-[...1 lines deleted...]
-      <c r="D40" s="27">
+      <c r="B40" s="3"/>
+      <c r="C40" s="109"/>
+      <c r="D40" s="22">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="F40" s="41"/>
-[...1 lines deleted...]
-      <c r="H40" s="27">
+      <c r="F40" s="3"/>
+      <c r="G40" s="109"/>
+      <c r="H40" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="J40" s="41"/>
-[...1 lines deleted...]
-      <c r="L40" s="27">
+      <c r="J40" s="3"/>
+      <c r="K40" s="109"/>
+      <c r="L40" s="22">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A41" s="21" t="s">
+      <c r="A41" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="B41" s="41"/>
-[...1 lines deleted...]
-      <c r="D41" s="27">
+      <c r="B41" s="3"/>
+      <c r="C41" s="109"/>
+      <c r="D41" s="22">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="F41" s="41"/>
-[...1 lines deleted...]
-      <c r="H41" s="27">
+      <c r="F41" s="3"/>
+      <c r="G41" s="109"/>
+      <c r="H41" s="22">
         <f>F41-G41</f>
         <v>0</v>
       </c>
-      <c r="J41" s="41"/>
-[...1 lines deleted...]
-      <c r="L41" s="27">
+      <c r="J41" s="3"/>
+      <c r="K41" s="109"/>
+      <c r="L41" s="22">
         <f>J41-K41</f>
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:12" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A42" s="22" t="s">
+      <c r="A42" t="s">
         <v>29</v>
       </c>
-      <c r="B42" s="42"/>
-[...1 lines deleted...]
-      <c r="D42" s="27">
+      <c r="B42" s="4"/>
+      <c r="C42" s="110"/>
+      <c r="D42" s="22">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="F42" s="42"/>
-[...1 lines deleted...]
-      <c r="H42" s="27">
+      <c r="F42" s="4"/>
+      <c r="G42" s="110"/>
+      <c r="H42" s="22">
         <f>F42-G42</f>
         <v>0</v>
       </c>
-      <c r="J42" s="42"/>
-[...1 lines deleted...]
-      <c r="L42" s="27">
+      <c r="J42" s="4"/>
+      <c r="K42" s="110"/>
+      <c r="L42" s="22">
         <f>J42-K42</f>
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:12" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A43" s="40" t="s">
+      <c r="A43" s="35" t="s">
         <v>30</v>
       </c>
-      <c r="B43" s="39">
+      <c r="B43" s="34">
         <f>SUM(B27:B42)</f>
         <v>650</v>
       </c>
-      <c r="C43" s="39">
+      <c r="C43" s="34">
         <f>SUM(C27:C42)</f>
         <v>600</v>
       </c>
-      <c r="D43" s="39">
+      <c r="D43" s="34">
         <f>SUM(D27:D42)</f>
         <v>50</v>
       </c>
-      <c r="F43" s="39">
+      <c r="F43" s="34">
         <f>SUM(F27:F42)</f>
         <v>0</v>
       </c>
-      <c r="G43" s="39">
+      <c r="G43" s="34">
         <f>SUM(G27:G42)</f>
         <v>0</v>
       </c>
-      <c r="H43" s="39">
+      <c r="H43" s="34">
         <f>SUM(H27:H42)</f>
         <v>0</v>
       </c>
-      <c r="J43" s="39">
+      <c r="J43" s="34">
         <f>SUM(J27:J42)</f>
         <v>0</v>
       </c>
-      <c r="K43" s="39">
+      <c r="K43" s="34">
         <f>SUM(K27:K42)</f>
         <v>0</v>
       </c>
-      <c r="L43" s="39">
+      <c r="L43" s="34">
         <f>SUM(L27:L42)</f>
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:12" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25"/>
     <row r="45" spans="1:12" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B45" s="207" t="str">
+      <c r="B45" s="173" t="str">
         <f>B8</f>
         <v>JAN</v>
       </c>
-      <c r="C45" s="207"/>
-[...1 lines deleted...]
-      <c r="F45" s="207" t="str">
+      <c r="C45" s="173"/>
+      <c r="D45" s="173"/>
+      <c r="F45" s="173" t="str">
         <f>F8</f>
         <v>FEB</v>
       </c>
-      <c r="G45" s="207"/>
-[...1 lines deleted...]
-      <c r="J45" s="207" t="str">
+      <c r="G45" s="173"/>
+      <c r="H45" s="173"/>
+      <c r="J45" s="173" t="str">
         <f>J8</f>
         <v>MAR</v>
       </c>
-      <c r="K45" s="207"/>
-      <c r="L45" s="207"/>
+      <c r="K45" s="173"/>
+      <c r="L45" s="173"/>
     </row>
     <row r="46" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A46" s="36" t="s">
+      <c r="A46" s="31" t="s">
         <v>49</v>
       </c>
-      <c r="B46" s="37" t="s">
+      <c r="B46" s="32" t="s">
         <v>34</v>
       </c>
-      <c r="C46" s="43" t="s">
+      <c r="C46" s="36" t="s">
         <v>9</v>
       </c>
-      <c r="D46" s="37" t="s">
+      <c r="D46" s="32" t="s">
         <v>32</v>
       </c>
-      <c r="F46" s="37" t="s">
+      <c r="F46" s="32" t="s">
         <v>34</v>
       </c>
-      <c r="G46" s="43" t="s">
+      <c r="G46" s="36" t="s">
         <v>9</v>
       </c>
-      <c r="H46" s="37" t="s">
+      <c r="H46" s="32" t="s">
         <v>32</v>
       </c>
-      <c r="J46" s="37" t="s">
+      <c r="J46" s="32" t="s">
         <v>34</v>
       </c>
-      <c r="K46" s="43" t="s">
+      <c r="K46" s="36" t="s">
         <v>9</v>
       </c>
-      <c r="L46" s="37" t="s">
+      <c r="L46" s="32" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="47" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A47" s="21" t="s">
+      <c r="A47" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="B47" s="127"/>
-[...1 lines deleted...]
-      <c r="D47" s="27">
+      <c r="B47" s="107"/>
+      <c r="C47" s="108"/>
+      <c r="D47" s="22">
         <f t="shared" ref="D47:D54" si="3">B47-C47</f>
         <v>0</v>
       </c>
-      <c r="F47" s="127"/>
-[...1 lines deleted...]
-      <c r="H47" s="27">
+      <c r="F47" s="107"/>
+      <c r="G47" s="108"/>
+      <c r="H47" s="22">
         <f t="shared" ref="H47:H54" si="4">F47-G47</f>
         <v>0</v>
       </c>
-      <c r="J47" s="127"/>
-[...1 lines deleted...]
-      <c r="L47" s="27">
+      <c r="J47" s="107"/>
+      <c r="K47" s="108"/>
+      <c r="L47" s="22">
         <f t="shared" ref="L47:L54" si="5">J47-K47</f>
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A48" s="21" t="s">
+      <c r="A48" s="18" t="s">
         <v>51</v>
       </c>
-      <c r="B48" s="41"/>
-[...1 lines deleted...]
-      <c r="D48" s="27">
+      <c r="B48" s="3"/>
+      <c r="C48" s="109"/>
+      <c r="D48" s="22">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="F48" s="41"/>
-[...1 lines deleted...]
-      <c r="H48" s="27">
+      <c r="F48" s="3"/>
+      <c r="G48" s="109"/>
+      <c r="H48" s="22">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="J48" s="41"/>
-[...1 lines deleted...]
-      <c r="L48" s="27">
+      <c r="J48" s="3"/>
+      <c r="K48" s="109"/>
+      <c r="L48" s="22">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A49" s="21" t="s">
+      <c r="A49" s="18" t="s">
         <v>52</v>
       </c>
-      <c r="B49" s="41"/>
-[...1 lines deleted...]
-      <c r="D49" s="27">
+      <c r="B49" s="3"/>
+      <c r="C49" s="109"/>
+      <c r="D49" s="22">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="F49" s="41"/>
-[...1 lines deleted...]
-      <c r="H49" s="27">
+      <c r="F49" s="3"/>
+      <c r="G49" s="109"/>
+      <c r="H49" s="22">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="J49" s="41"/>
-[...1 lines deleted...]
-      <c r="L49" s="27">
+      <c r="J49" s="3"/>
+      <c r="K49" s="109"/>
+      <c r="L49" s="22">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A50" s="21" t="s">
+      <c r="A50" s="18" t="s">
         <v>53</v>
       </c>
-      <c r="B50" s="41">
+      <c r="B50" s="3">
         <v>100</v>
       </c>
-      <c r="C50" s="129">
+      <c r="C50" s="109">
         <v>120</v>
       </c>
-      <c r="D50" s="27">
+      <c r="D50" s="22">
         <f t="shared" si="3"/>
         <v>-20</v>
       </c>
-      <c r="F50" s="41"/>
-[...1 lines deleted...]
-      <c r="H50" s="27">
+      <c r="F50" s="3"/>
+      <c r="G50" s="109"/>
+      <c r="H50" s="22">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="J50" s="41"/>
-[...1 lines deleted...]
-      <c r="L50" s="27">
+      <c r="J50" s="3"/>
+      <c r="K50" s="109"/>
+      <c r="L50" s="22">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A51" s="21" t="s">
+      <c r="A51" s="18" t="s">
         <v>54</v>
       </c>
-      <c r="B51" s="41"/>
-[...1 lines deleted...]
-      <c r="D51" s="27">
+      <c r="B51" s="3"/>
+      <c r="C51" s="109"/>
+      <c r="D51" s="22">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="F51" s="41"/>
-[...1 lines deleted...]
-      <c r="H51" s="27">
+      <c r="F51" s="3"/>
+      <c r="G51" s="109"/>
+      <c r="H51" s="22">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="J51" s="41"/>
-[...1 lines deleted...]
-      <c r="L51" s="27">
+      <c r="J51" s="3"/>
+      <c r="K51" s="109"/>
+      <c r="L51" s="22">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A52" s="21" t="s">
+      <c r="A52" s="18" t="s">
         <v>55</v>
       </c>
-      <c r="B52" s="41"/>
-[...1 lines deleted...]
-      <c r="D52" s="27">
+      <c r="B52" s="3"/>
+      <c r="C52" s="109"/>
+      <c r="D52" s="22">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="F52" s="41"/>
-[...1 lines deleted...]
-      <c r="H52" s="27">
+      <c r="F52" s="3"/>
+      <c r="G52" s="109"/>
+      <c r="H52" s="22">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="J52" s="41"/>
-[...1 lines deleted...]
-      <c r="L52" s="27">
+      <c r="J52" s="3"/>
+      <c r="K52" s="109"/>
+      <c r="L52" s="22">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A53" s="21" t="s">
+      <c r="A53" s="18" t="s">
         <v>56</v>
       </c>
-      <c r="B53" s="41"/>
-[...1 lines deleted...]
-      <c r="D53" s="27">
+      <c r="B53" s="3"/>
+      <c r="C53" s="109"/>
+      <c r="D53" s="22">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="F53" s="41"/>
-[...1 lines deleted...]
-      <c r="H53" s="27">
+      <c r="F53" s="3"/>
+      <c r="G53" s="109"/>
+      <c r="H53" s="22">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="J53" s="41"/>
-[...1 lines deleted...]
-      <c r="L53" s="27">
+      <c r="J53" s="3"/>
+      <c r="K53" s="109"/>
+      <c r="L53" s="22">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A54" s="21" t="s">
+      <c r="A54" s="18" t="s">
         <v>57</v>
       </c>
-      <c r="B54" s="41"/>
-[...1 lines deleted...]
-      <c r="D54" s="27">
+      <c r="B54" s="3"/>
+      <c r="C54" s="109"/>
+      <c r="D54" s="22">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="F54" s="41"/>
-[...1 lines deleted...]
-      <c r="H54" s="27">
+      <c r="F54" s="3"/>
+      <c r="G54" s="109"/>
+      <c r="H54" s="22">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="J54" s="41"/>
-[...1 lines deleted...]
-      <c r="L54" s="27">
+      <c r="J54" s="3"/>
+      <c r="K54" s="109"/>
+      <c r="L54" s="22">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A55" s="21" t="s">
+      <c r="A55" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="B55" s="41"/>
-[...1 lines deleted...]
-      <c r="D55" s="27">
+      <c r="B55" s="3"/>
+      <c r="C55" s="109"/>
+      <c r="D55" s="22">
         <f>B55-C55</f>
         <v>0</v>
       </c>
-      <c r="F55" s="41"/>
-[...1 lines deleted...]
-      <c r="H55" s="27">
+      <c r="F55" s="3"/>
+      <c r="G55" s="109"/>
+      <c r="H55" s="22">
         <f>F55-G55</f>
         <v>0</v>
       </c>
-      <c r="J55" s="41"/>
-[...1 lines deleted...]
-      <c r="L55" s="27">
+      <c r="J55" s="3"/>
+      <c r="K55" s="109"/>
+      <c r="L55" s="22">
         <f>J55-K55</f>
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A56" s="21" t="s">
+      <c r="A56" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="B56" s="42"/>
-[...1 lines deleted...]
-      <c r="D56" s="27">
+      <c r="B56" s="4"/>
+      <c r="C56" s="110"/>
+      <c r="D56" s="22">
         <f>B56-C56</f>
         <v>0</v>
       </c>
-      <c r="F56" s="42"/>
-[...1 lines deleted...]
-      <c r="H56" s="27">
+      <c r="F56" s="4"/>
+      <c r="G56" s="110"/>
+      <c r="H56" s="22">
         <f>F56-G56</f>
         <v>0</v>
       </c>
-      <c r="J56" s="42"/>
-[...1 lines deleted...]
-      <c r="L56" s="27">
+      <c r="J56" s="4"/>
+      <c r="K56" s="110"/>
+      <c r="L56" s="22">
         <f>J56-K56</f>
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A57" s="38" t="s">
+      <c r="A57" s="33" t="s">
         <v>30</v>
       </c>
-      <c r="B57" s="39">
+      <c r="B57" s="34">
         <f>SUM(B47:B56)</f>
         <v>100</v>
       </c>
-      <c r="C57" s="39">
+      <c r="C57" s="34">
         <f>SUM(C47:C56)</f>
         <v>120</v>
       </c>
-      <c r="D57" s="39">
+      <c r="D57" s="34">
         <f>SUM(D47:D56)</f>
         <v>-20</v>
       </c>
-      <c r="F57" s="39">
+      <c r="F57" s="34">
         <f>SUM(F47:F56)</f>
         <v>0</v>
       </c>
-      <c r="G57" s="39">
+      <c r="G57" s="34">
         <f>SUM(G47:G56)</f>
         <v>0</v>
       </c>
-      <c r="H57" s="39">
+      <c r="H57" s="34">
         <f>SUM(H47:H56)</f>
         <v>0</v>
       </c>
-      <c r="J57" s="39">
+      <c r="J57" s="34">
         <f>SUM(J47:J56)</f>
         <v>0</v>
       </c>
-      <c r="K57" s="39">
+      <c r="K57" s="34">
         <f>SUM(K47:K56)</f>
         <v>0</v>
       </c>
-      <c r="L57" s="39">
+      <c r="L57" s="34">
         <f>SUM(L47:L56)</f>
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
     <row r="59" spans="1:12" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B59" s="207" t="str">
+      <c r="B59" s="173" t="str">
         <f>B8</f>
         <v>JAN</v>
       </c>
-      <c r="C59" s="207"/>
-[...1 lines deleted...]
-      <c r="F59" s="207" t="str">
+      <c r="C59" s="173"/>
+      <c r="D59" s="173"/>
+      <c r="F59" s="173" t="str">
         <f>F8</f>
         <v>FEB</v>
       </c>
-      <c r="G59" s="207"/>
-[...1 lines deleted...]
-      <c r="J59" s="207" t="str">
+      <c r="G59" s="173"/>
+      <c r="H59" s="173"/>
+      <c r="J59" s="173" t="str">
         <f>J8</f>
         <v>MAR</v>
       </c>
-      <c r="K59" s="207"/>
-      <c r="L59" s="207"/>
+      <c r="K59" s="173"/>
+      <c r="L59" s="173"/>
     </row>
     <row r="60" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A60" s="36" t="s">
+      <c r="A60" s="31" t="s">
         <v>54</v>
       </c>
-      <c r="B60" s="37" t="s">
+      <c r="B60" s="32" t="s">
         <v>34</v>
       </c>
-      <c r="C60" s="43" t="s">
+      <c r="C60" s="36" t="s">
         <v>9</v>
       </c>
-      <c r="D60" s="37" t="s">
+      <c r="D60" s="32" t="s">
         <v>32</v>
       </c>
-      <c r="F60" s="37" t="s">
+      <c r="F60" s="32" t="s">
         <v>34</v>
       </c>
-      <c r="G60" s="43" t="s">
+      <c r="G60" s="36" t="s">
         <v>9</v>
       </c>
-      <c r="H60" s="37" t="s">
+      <c r="H60" s="32" t="s">
         <v>32</v>
       </c>
-      <c r="J60" s="37" t="s">
+      <c r="J60" s="32" t="s">
         <v>34</v>
       </c>
-      <c r="K60" s="43" t="s">
+      <c r="K60" s="36" t="s">
         <v>9</v>
       </c>
-      <c r="L60" s="37" t="s">
+      <c r="L60" s="32" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="61" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A61" s="21" t="s">
+      <c r="A61" s="18" t="s">
         <v>58</v>
       </c>
-      <c r="B61" s="127"/>
-[...1 lines deleted...]
-      <c r="D61" s="27">
+      <c r="B61" s="107"/>
+      <c r="C61" s="108"/>
+      <c r="D61" s="22">
         <f t="shared" ref="D61:D66" si="6">B61-C61</f>
         <v>0</v>
       </c>
-      <c r="F61" s="127"/>
-[...1 lines deleted...]
-      <c r="H61" s="27">
+      <c r="F61" s="107"/>
+      <c r="G61" s="108"/>
+      <c r="H61" s="22">
         <f t="shared" ref="H61:H66" si="7">F61-G61</f>
         <v>0</v>
       </c>
-      <c r="J61" s="127"/>
-[...1 lines deleted...]
-      <c r="L61" s="27">
+      <c r="J61" s="107"/>
+      <c r="K61" s="108"/>
+      <c r="L61" s="22">
         <f t="shared" ref="L61:L66" si="8">J61-K61</f>
         <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A62" s="21" t="s">
+      <c r="A62" s="18" t="s">
         <v>59</v>
       </c>
-      <c r="B62" s="41">
+      <c r="B62" s="3">
         <v>20</v>
       </c>
-      <c r="C62" s="129">
+      <c r="C62" s="109">
         <v>20</v>
       </c>
-      <c r="D62" s="27">
+      <c r="D62" s="22">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="F62" s="41"/>
-[...1 lines deleted...]
-      <c r="H62" s="27">
+      <c r="F62" s="3"/>
+      <c r="G62" s="109"/>
+      <c r="H62" s="22">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="J62" s="41"/>
-[...1 lines deleted...]
-      <c r="L62" s="27">
+      <c r="J62" s="3"/>
+      <c r="K62" s="109"/>
+      <c r="L62" s="22">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="63" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A63" s="21" t="s">
+      <c r="A63" s="18" t="s">
         <v>60</v>
       </c>
-      <c r="B63" s="41"/>
-[...1 lines deleted...]
-      <c r="D63" s="27">
+      <c r="B63" s="3"/>
+      <c r="C63" s="109"/>
+      <c r="D63" s="22">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="F63" s="41"/>
-[...1 lines deleted...]
-      <c r="H63" s="27">
+      <c r="F63" s="3"/>
+      <c r="G63" s="109"/>
+      <c r="H63" s="22">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="J63" s="41"/>
-[...1 lines deleted...]
-      <c r="L63" s="27">
+      <c r="J63" s="3"/>
+      <c r="K63" s="109"/>
+      <c r="L63" s="22">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A64" s="21" t="s">
+      <c r="A64" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="B64" s="41"/>
-[...1 lines deleted...]
-      <c r="D64" s="27">
+      <c r="B64" s="3"/>
+      <c r="C64" s="109"/>
+      <c r="D64" s="22">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="F64" s="41"/>
-[...1 lines deleted...]
-      <c r="H64" s="27">
+      <c r="F64" s="3"/>
+      <c r="G64" s="109"/>
+      <c r="H64" s="22">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="J64" s="41"/>
-[...1 lines deleted...]
-      <c r="L64" s="27">
+      <c r="J64" s="3"/>
+      <c r="K64" s="109"/>
+      <c r="L64" s="22">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="65" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A65" s="21" t="s">
+      <c r="A65" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="B65" s="41"/>
-[...1 lines deleted...]
-      <c r="D65" s="27">
+      <c r="B65" s="3"/>
+      <c r="C65" s="109"/>
+      <c r="D65" s="22">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="F65" s="41"/>
-[...1 lines deleted...]
-      <c r="H65" s="27">
+      <c r="F65" s="3"/>
+      <c r="G65" s="109"/>
+      <c r="H65" s="22">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="J65" s="41"/>
-[...1 lines deleted...]
-      <c r="L65" s="27">
+      <c r="J65" s="3"/>
+      <c r="K65" s="109"/>
+      <c r="L65" s="22">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="66" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A66" s="21" t="s">
+      <c r="A66" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="B66" s="42"/>
-[...1 lines deleted...]
-      <c r="D66" s="27">
+      <c r="B66" s="4"/>
+      <c r="C66" s="110"/>
+      <c r="D66" s="22">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="F66" s="42"/>
-[...1 lines deleted...]
-      <c r="H66" s="27">
+      <c r="F66" s="4"/>
+      <c r="G66" s="110"/>
+      <c r="H66" s="22">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="J66" s="42"/>
-[...1 lines deleted...]
-      <c r="L66" s="27">
+      <c r="J66" s="4"/>
+      <c r="K66" s="110"/>
+      <c r="L66" s="22">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="67" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A67" s="38" t="s">
+      <c r="A67" s="33" t="s">
         <v>30</v>
       </c>
-      <c r="B67" s="39">
+      <c r="B67" s="34">
         <f>SUM(B61:B66)</f>
         <v>20</v>
       </c>
-      <c r="C67" s="39">
+      <c r="C67" s="34">
         <f>SUM(C61:C66)</f>
         <v>20</v>
       </c>
-      <c r="D67" s="39">
+      <c r="D67" s="34">
         <f>SUM(D61:D66)</f>
         <v>0</v>
       </c>
-      <c r="F67" s="39">
+      <c r="F67" s="34">
         <f>SUM(F61:F66)</f>
         <v>0</v>
       </c>
-      <c r="G67" s="39">
+      <c r="G67" s="34">
         <f>SUM(G61:G66)</f>
         <v>0</v>
       </c>
-      <c r="H67" s="39">
+      <c r="H67" s="34">
         <f>SUM(H61:H66)</f>
         <v>0</v>
       </c>
-      <c r="J67" s="39">
+      <c r="J67" s="34">
         <f>SUM(J61:J66)</f>
         <v>0</v>
       </c>
-      <c r="K67" s="39">
+      <c r="K67" s="34">
         <f>SUM(K61:K66)</f>
         <v>0</v>
       </c>
-      <c r="L67" s="39">
+      <c r="L67" s="34">
         <f>SUM(L61:L66)</f>
         <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
     <row r="69" spans="1:12" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B69" s="207" t="str">
+      <c r="B69" s="173" t="str">
         <f>B8</f>
         <v>JAN</v>
       </c>
-      <c r="C69" s="207"/>
-[...1 lines deleted...]
-      <c r="F69" s="207" t="str">
+      <c r="C69" s="173"/>
+      <c r="D69" s="173"/>
+      <c r="F69" s="173" t="str">
         <f>F8</f>
         <v>FEB</v>
       </c>
-      <c r="G69" s="207"/>
-[...1 lines deleted...]
-      <c r="J69" s="207" t="str">
+      <c r="G69" s="173"/>
+      <c r="H69" s="173"/>
+      <c r="J69" s="173" t="str">
         <f>J8</f>
         <v>MAR</v>
       </c>
-      <c r="K69" s="207"/>
-      <c r="L69" s="207"/>
+      <c r="K69" s="173"/>
+      <c r="L69" s="173"/>
     </row>
     <row r="70" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A70" s="36" t="s">
+      <c r="A70" s="31" t="s">
         <v>61</v>
       </c>
-      <c r="B70" s="37" t="s">
+      <c r="B70" s="32" t="s">
         <v>34</v>
       </c>
-      <c r="C70" s="43" t="s">
+      <c r="C70" s="36" t="s">
         <v>9</v>
       </c>
-      <c r="D70" s="37" t="s">
+      <c r="D70" s="32" t="s">
         <v>32</v>
       </c>
-      <c r="F70" s="37" t="s">
+      <c r="F70" s="32" t="s">
         <v>34</v>
       </c>
-      <c r="G70" s="43" t="s">
+      <c r="G70" s="36" t="s">
         <v>9</v>
       </c>
-      <c r="H70" s="37" t="s">
+      <c r="H70" s="32" t="s">
         <v>32</v>
       </c>
-      <c r="J70" s="37" t="s">
+      <c r="J70" s="32" t="s">
         <v>34</v>
       </c>
-      <c r="K70" s="43" t="s">
+      <c r="K70" s="36" t="s">
         <v>9</v>
       </c>
-      <c r="L70" s="37" t="s">
+      <c r="L70" s="32" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="71" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A71" s="21" t="s">
+      <c r="A71" s="18" t="s">
         <v>62</v>
       </c>
-      <c r="B71" s="127"/>
-[...1 lines deleted...]
-      <c r="D71" s="27">
+      <c r="B71" s="107"/>
+      <c r="C71" s="108"/>
+      <c r="D71" s="22">
         <f t="shared" ref="D71:D77" si="9">B71-C71</f>
         <v>0</v>
       </c>
-      <c r="F71" s="127"/>
-[...1 lines deleted...]
-      <c r="H71" s="27">
+      <c r="F71" s="107"/>
+      <c r="G71" s="108"/>
+      <c r="H71" s="22">
         <f t="shared" ref="H71:H77" si="10">F71-G71</f>
         <v>0</v>
       </c>
-      <c r="J71" s="127"/>
-[...1 lines deleted...]
-      <c r="L71" s="27">
+      <c r="J71" s="107"/>
+      <c r="K71" s="108"/>
+      <c r="L71" s="22">
         <f t="shared" ref="L71:L77" si="11">J71-K71</f>
         <v>0</v>
       </c>
     </row>
     <row r="72" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A72" s="21" t="s">
+      <c r="A72" s="18" t="s">
         <v>63</v>
       </c>
-      <c r="B72" s="41">
+      <c r="B72" s="3">
         <v>200</v>
       </c>
-      <c r="C72" s="129">
+      <c r="C72" s="109">
         <v>210</v>
       </c>
-      <c r="D72" s="27">
+      <c r="D72" s="22">
         <f t="shared" si="9"/>
         <v>-10</v>
       </c>
-      <c r="F72" s="41"/>
-[...1 lines deleted...]
-      <c r="H72" s="27">
+      <c r="F72" s="3"/>
+      <c r="G72" s="109"/>
+      <c r="H72" s="22">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
-      <c r="J72" s="41"/>
-[...1 lines deleted...]
-      <c r="L72" s="27">
+      <c r="J72" s="3"/>
+      <c r="K72" s="109"/>
+      <c r="L72" s="22">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
     </row>
     <row r="73" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A73" s="21" t="s">
+      <c r="A73" s="18" t="s">
         <v>64</v>
       </c>
-      <c r="B73" s="41"/>
-[...1 lines deleted...]
-      <c r="D73" s="27">
+      <c r="B73" s="3"/>
+      <c r="C73" s="109"/>
+      <c r="D73" s="22">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="F73" s="41"/>
-[...1 lines deleted...]
-      <c r="H73" s="27">
+      <c r="F73" s="3"/>
+      <c r="G73" s="109"/>
+      <c r="H73" s="22">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
-      <c r="J73" s="41"/>
-[...1 lines deleted...]
-      <c r="L73" s="27">
+      <c r="J73" s="3"/>
+      <c r="K73" s="109"/>
+      <c r="L73" s="22">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
     </row>
     <row r="74" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A74" s="21" t="s">
+      <c r="A74" s="18" t="s">
         <v>65</v>
       </c>
-      <c r="B74" s="41"/>
-[...1 lines deleted...]
-      <c r="D74" s="27">
+      <c r="B74" s="3"/>
+      <c r="C74" s="109"/>
+      <c r="D74" s="22">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="F74" s="41"/>
-[...1 lines deleted...]
-      <c r="H74" s="27">
+      <c r="F74" s="3"/>
+      <c r="G74" s="109"/>
+      <c r="H74" s="22">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
-      <c r="J74" s="41"/>
-[...1 lines deleted...]
-      <c r="L74" s="27">
+      <c r="J74" s="3"/>
+      <c r="K74" s="109"/>
+      <c r="L74" s="22">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
     </row>
     <row r="75" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A75" s="21" t="s">
+      <c r="A75" s="18" t="s">
         <v>66</v>
       </c>
-      <c r="B75" s="41"/>
-[...1 lines deleted...]
-      <c r="D75" s="27">
+      <c r="B75" s="3"/>
+      <c r="C75" s="109"/>
+      <c r="D75" s="22">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="F75" s="41"/>
-[...1 lines deleted...]
-      <c r="H75" s="27">
+      <c r="F75" s="3"/>
+      <c r="G75" s="109"/>
+      <c r="H75" s="22">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
-      <c r="J75" s="41"/>
-[...1 lines deleted...]
-      <c r="L75" s="27">
+      <c r="J75" s="3"/>
+      <c r="K75" s="109"/>
+      <c r="L75" s="22">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
     </row>
     <row r="76" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A76" s="21" t="s">
+      <c r="A76" s="18" t="s">
         <v>67</v>
       </c>
-      <c r="B76" s="41"/>
-[...1 lines deleted...]
-      <c r="D76" s="27">
+      <c r="B76" s="3"/>
+      <c r="C76" s="109"/>
+      <c r="D76" s="22">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="F76" s="41"/>
-[...1 lines deleted...]
-      <c r="H76" s="27">
+      <c r="F76" s="3"/>
+      <c r="G76" s="109"/>
+      <c r="H76" s="22">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
-      <c r="J76" s="41"/>
-[...1 lines deleted...]
-      <c r="L76" s="27">
+      <c r="J76" s="3"/>
+      <c r="K76" s="109"/>
+      <c r="L76" s="22">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
     </row>
     <row r="77" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A77" s="21" t="s">
+      <c r="A77" s="18" t="s">
         <v>68</v>
       </c>
-      <c r="B77" s="41"/>
-[...1 lines deleted...]
-      <c r="D77" s="27">
+      <c r="B77" s="3"/>
+      <c r="C77" s="109"/>
+      <c r="D77" s="22">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="F77" s="41"/>
-[...1 lines deleted...]
-      <c r="H77" s="27">
+      <c r="F77" s="3"/>
+      <c r="G77" s="109"/>
+      <c r="H77" s="22">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
-      <c r="J77" s="41"/>
-[...1 lines deleted...]
-      <c r="L77" s="27">
+      <c r="J77" s="3"/>
+      <c r="K77" s="109"/>
+      <c r="L77" s="22">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
     </row>
     <row r="78" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A78" s="21" t="s">
+      <c r="A78" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="B78" s="41"/>
-[...1 lines deleted...]
-      <c r="D78" s="27">
+      <c r="B78" s="3"/>
+      <c r="C78" s="109"/>
+      <c r="D78" s="22">
         <f>B78-C78</f>
         <v>0</v>
       </c>
-      <c r="F78" s="41"/>
-[...1 lines deleted...]
-      <c r="H78" s="27">
+      <c r="F78" s="3"/>
+      <c r="G78" s="109"/>
+      <c r="H78" s="22">
         <f>F78-G78</f>
         <v>0</v>
       </c>
-      <c r="J78" s="41"/>
-[...1 lines deleted...]
-      <c r="L78" s="27">
+      <c r="J78" s="3"/>
+      <c r="K78" s="109"/>
+      <c r="L78" s="22">
         <f>J78-K78</f>
         <v>0</v>
       </c>
     </row>
     <row r="79" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A79" s="21" t="s">
+      <c r="A79" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="B79" s="42"/>
-[...1 lines deleted...]
-      <c r="D79" s="27">
+      <c r="B79" s="4"/>
+      <c r="C79" s="110"/>
+      <c r="D79" s="22">
         <f>B79-C79</f>
         <v>0</v>
       </c>
-      <c r="F79" s="42"/>
-[...1 lines deleted...]
-      <c r="H79" s="27">
+      <c r="F79" s="4"/>
+      <c r="G79" s="110"/>
+      <c r="H79" s="22">
         <f>F79-G79</f>
         <v>0</v>
       </c>
-      <c r="J79" s="42"/>
-[...1 lines deleted...]
-      <c r="L79" s="27">
+      <c r="J79" s="4"/>
+      <c r="K79" s="110"/>
+      <c r="L79" s="22">
         <f>J79-K79</f>
         <v>0</v>
       </c>
     </row>
     <row r="80" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A80" s="38" t="s">
+      <c r="A80" s="33" t="s">
         <v>30</v>
       </c>
-      <c r="B80" s="39">
+      <c r="B80" s="34">
         <f>SUM(B71:B79)</f>
         <v>200</v>
       </c>
-      <c r="C80" s="39">
+      <c r="C80" s="34">
         <f>SUM(C71:C79)</f>
         <v>210</v>
       </c>
-      <c r="D80" s="39">
+      <c r="D80" s="34">
         <f>SUM(D71:D79)</f>
         <v>-10</v>
       </c>
-      <c r="F80" s="39">
+      <c r="F80" s="34">
         <f>SUM(F71:F79)</f>
         <v>0</v>
       </c>
-      <c r="G80" s="39">
+      <c r="G80" s="34">
         <f>SUM(G71:G79)</f>
         <v>0</v>
       </c>
-      <c r="H80" s="39">
+      <c r="H80" s="34">
         <f>SUM(H71:H79)</f>
         <v>0</v>
       </c>
-      <c r="J80" s="39">
+      <c r="J80" s="34">
         <f>SUM(J71:J79)</f>
         <v>0</v>
       </c>
-      <c r="K80" s="39">
+      <c r="K80" s="34">
         <f>SUM(K71:K79)</f>
         <v>0</v>
       </c>
-      <c r="L80" s="39">
+      <c r="L80" s="34">
         <f>SUM(L71:L79)</f>
         <v>0</v>
       </c>
     </row>
     <row r="81" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
     <row r="82" spans="1:12" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B82" s="207" t="str">
+      <c r="B82" s="173" t="str">
         <f>B8</f>
         <v>JAN</v>
       </c>
-      <c r="C82" s="207"/>
-[...1 lines deleted...]
-      <c r="F82" s="207" t="str">
+      <c r="C82" s="173"/>
+      <c r="D82" s="173"/>
+      <c r="F82" s="173" t="str">
         <f>F8</f>
         <v>FEB</v>
       </c>
-      <c r="G82" s="207"/>
-[...1 lines deleted...]
-      <c r="J82" s="207" t="str">
+      <c r="G82" s="173"/>
+      <c r="H82" s="173"/>
+      <c r="J82" s="173" t="str">
         <f>J8</f>
         <v>MAR</v>
       </c>
-      <c r="K82" s="207"/>
-      <c r="L82" s="207"/>
+      <c r="K82" s="173"/>
+      <c r="L82" s="173"/>
     </row>
     <row r="83" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A83" s="36" t="s">
+      <c r="A83" s="31" t="s">
         <v>69</v>
       </c>
-      <c r="B83" s="37" t="s">
+      <c r="B83" s="32" t="s">
         <v>34</v>
       </c>
-      <c r="C83" s="43" t="s">
+      <c r="C83" s="36" t="s">
         <v>9</v>
       </c>
-      <c r="D83" s="37" t="s">
+      <c r="D83" s="32" t="s">
         <v>32</v>
       </c>
-      <c r="F83" s="37" t="s">
+      <c r="F83" s="32" t="s">
         <v>34</v>
       </c>
-      <c r="G83" s="43" t="s">
+      <c r="G83" s="36" t="s">
         <v>9</v>
       </c>
-      <c r="H83" s="37" t="s">
+      <c r="H83" s="32" t="s">
         <v>32</v>
       </c>
-      <c r="J83" s="37" t="s">
+      <c r="J83" s="32" t="s">
         <v>34</v>
       </c>
-      <c r="K83" s="43" t="s">
+      <c r="K83" s="36" t="s">
         <v>9</v>
       </c>
-      <c r="L83" s="37" t="s">
+      <c r="L83" s="32" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="84" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A84" s="21" t="s">
+      <c r="A84" s="18" t="s">
         <v>70</v>
       </c>
-      <c r="B84" s="127"/>
-[...1 lines deleted...]
-      <c r="D84" s="27">
+      <c r="B84" s="107"/>
+      <c r="C84" s="108"/>
+      <c r="D84" s="22">
         <f t="shared" ref="D84:D92" si="12">B84-C84</f>
         <v>0</v>
       </c>
-      <c r="F84" s="127"/>
-[...1 lines deleted...]
-      <c r="H84" s="27">
+      <c r="F84" s="107"/>
+      <c r="G84" s="108"/>
+      <c r="H84" s="22">
         <f t="shared" ref="H84:H92" si="13">F84-G84</f>
         <v>0</v>
       </c>
-      <c r="J84" s="127"/>
-[...1 lines deleted...]
-      <c r="L84" s="27">
+      <c r="J84" s="107"/>
+      <c r="K84" s="108"/>
+      <c r="L84" s="22">
         <f t="shared" ref="L84:L92" si="14">J84-K84</f>
         <v>0</v>
       </c>
     </row>
     <row r="85" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A85" s="21" t="s">
+      <c r="A85" s="18" t="s">
         <v>71</v>
       </c>
-      <c r="B85" s="41"/>
-[...1 lines deleted...]
-      <c r="D85" s="27">
+      <c r="B85" s="3"/>
+      <c r="C85" s="109"/>
+      <c r="D85" s="22">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
-      <c r="F85" s="41"/>
-[...1 lines deleted...]
-      <c r="H85" s="27">
+      <c r="F85" s="3"/>
+      <c r="G85" s="109"/>
+      <c r="H85" s="22">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
-      <c r="J85" s="41"/>
-[...1 lines deleted...]
-      <c r="L85" s="27">
+      <c r="J85" s="3"/>
+      <c r="K85" s="109"/>
+      <c r="L85" s="22">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
     </row>
     <row r="86" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A86" s="21" t="s">
+      <c r="A86" s="18" t="s">
         <v>72</v>
       </c>
-      <c r="B86" s="41">
+      <c r="B86" s="3">
         <v>200</v>
       </c>
-      <c r="C86" s="129">
+      <c r="C86" s="109">
         <v>210</v>
       </c>
-      <c r="D86" s="27">
+      <c r="D86" s="22">
         <f t="shared" si="12"/>
         <v>-10</v>
       </c>
-      <c r="F86" s="41"/>
-[...1 lines deleted...]
-      <c r="H86" s="27">
+      <c r="F86" s="3"/>
+      <c r="G86" s="109"/>
+      <c r="H86" s="22">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
-      <c r="J86" s="41"/>
-[...1 lines deleted...]
-      <c r="L86" s="27">
+      <c r="J86" s="3"/>
+      <c r="K86" s="109"/>
+      <c r="L86" s="22">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
     </row>
     <row r="87" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A87" s="21" t="s">
+      <c r="A87" s="18" t="s">
         <v>73</v>
       </c>
-      <c r="B87" s="41"/>
-[...1 lines deleted...]
-      <c r="D87" s="27">
+      <c r="B87" s="3"/>
+      <c r="C87" s="109"/>
+      <c r="D87" s="22">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
-      <c r="F87" s="41"/>
-[...1 lines deleted...]
-      <c r="H87" s="27">
+      <c r="F87" s="3"/>
+      <c r="G87" s="109"/>
+      <c r="H87" s="22">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
-      <c r="J87" s="41"/>
-[...1 lines deleted...]
-      <c r="L87" s="27">
+      <c r="J87" s="3"/>
+      <c r="K87" s="109"/>
+      <c r="L87" s="22">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
     </row>
     <row r="88" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A88" s="21" t="s">
+      <c r="A88" s="18" t="s">
         <v>74</v>
       </c>
-      <c r="B88" s="41"/>
-[...1 lines deleted...]
-      <c r="D88" s="27">
+      <c r="B88" s="3"/>
+      <c r="C88" s="109"/>
+      <c r="D88" s="22">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
-      <c r="F88" s="41"/>
-[...1 lines deleted...]
-      <c r="H88" s="27">
+      <c r="F88" s="3"/>
+      <c r="G88" s="109"/>
+      <c r="H88" s="22">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
-      <c r="J88" s="41"/>
-[...1 lines deleted...]
-      <c r="L88" s="27">
+      <c r="J88" s="3"/>
+      <c r="K88" s="109"/>
+      <c r="L88" s="22">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
     </row>
     <row r="89" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A89" s="21" t="s">
+      <c r="A89" s="18" t="s">
         <v>75</v>
       </c>
-      <c r="B89" s="41"/>
-[...1 lines deleted...]
-      <c r="D89" s="27">
+      <c r="B89" s="3"/>
+      <c r="C89" s="109"/>
+      <c r="D89" s="22">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
-      <c r="F89" s="41"/>
-[...1 lines deleted...]
-      <c r="H89" s="27">
+      <c r="F89" s="3"/>
+      <c r="G89" s="109"/>
+      <c r="H89" s="22">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
-      <c r="J89" s="41"/>
-[...1 lines deleted...]
-      <c r="L89" s="27">
+      <c r="J89" s="3"/>
+      <c r="K89" s="109"/>
+      <c r="L89" s="22">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
     </row>
     <row r="90" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A90" s="21" t="s">
+      <c r="A90" s="18" t="s">
         <v>56</v>
       </c>
-      <c r="B90" s="41"/>
-[...1 lines deleted...]
-      <c r="D90" s="27">
+      <c r="B90" s="3"/>
+      <c r="C90" s="109"/>
+      <c r="D90" s="22">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
-      <c r="F90" s="41"/>
-[...1 lines deleted...]
-      <c r="H90" s="27">
+      <c r="F90" s="3"/>
+      <c r="G90" s="109"/>
+      <c r="H90" s="22">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
-      <c r="J90" s="41"/>
-[...1 lines deleted...]
-      <c r="L90" s="27">
+      <c r="J90" s="3"/>
+      <c r="K90" s="109"/>
+      <c r="L90" s="22">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
     </row>
     <row r="91" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A91" s="21" t="s">
+      <c r="A91" s="18" t="s">
         <v>63</v>
       </c>
-      <c r="B91" s="41"/>
-[...1 lines deleted...]
-      <c r="D91" s="27">
+      <c r="B91" s="3"/>
+      <c r="C91" s="109"/>
+      <c r="D91" s="22">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
-      <c r="F91" s="41"/>
-[...1 lines deleted...]
-      <c r="H91" s="27">
+      <c r="F91" s="3"/>
+      <c r="G91" s="109"/>
+      <c r="H91" s="22">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
-      <c r="J91" s="41"/>
-[...1 lines deleted...]
-      <c r="L91" s="27">
+      <c r="J91" s="3"/>
+      <c r="K91" s="109"/>
+      <c r="L91" s="22">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
     </row>
     <row r="92" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A92" s="21" t="s">
+      <c r="A92" s="18" t="s">
         <v>76</v>
       </c>
-      <c r="B92" s="41"/>
-[...1 lines deleted...]
-      <c r="D92" s="27">
+      <c r="B92" s="3"/>
+      <c r="C92" s="109"/>
+      <c r="D92" s="22">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
-      <c r="F92" s="41"/>
-[...1 lines deleted...]
-      <c r="H92" s="27">
+      <c r="F92" s="3"/>
+      <c r="G92" s="109"/>
+      <c r="H92" s="22">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
-      <c r="J92" s="41"/>
-[...1 lines deleted...]
-      <c r="L92" s="27">
+      <c r="J92" s="3"/>
+      <c r="K92" s="109"/>
+      <c r="L92" s="22">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
     </row>
     <row r="93" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A93" s="21" t="s">
+      <c r="A93" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="B93" s="41"/>
-[...1 lines deleted...]
-      <c r="D93" s="27">
+      <c r="B93" s="3"/>
+      <c r="C93" s="109"/>
+      <c r="D93" s="22">
         <f>B93-C93</f>
         <v>0</v>
       </c>
-      <c r="F93" s="41"/>
-[...1 lines deleted...]
-      <c r="H93" s="27">
+      <c r="F93" s="3"/>
+      <c r="G93" s="109"/>
+      <c r="H93" s="22">
         <f>F93-G93</f>
         <v>0</v>
       </c>
-      <c r="J93" s="41"/>
-[...1 lines deleted...]
-      <c r="L93" s="27">
+      <c r="J93" s="3"/>
+      <c r="K93" s="109"/>
+      <c r="L93" s="22">
         <f>J93-K93</f>
         <v>0</v>
       </c>
     </row>
     <row r="94" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A94" s="21" t="s">
+      <c r="A94" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="B94" s="42"/>
-[...1 lines deleted...]
-      <c r="D94" s="27">
+      <c r="B94" s="4"/>
+      <c r="C94" s="110"/>
+      <c r="D94" s="22">
         <f>B94-C94</f>
         <v>0</v>
       </c>
-      <c r="F94" s="42"/>
-[...1 lines deleted...]
-      <c r="H94" s="27">
+      <c r="F94" s="4"/>
+      <c r="G94" s="110"/>
+      <c r="H94" s="22">
         <f>F94-G94</f>
         <v>0</v>
       </c>
-      <c r="J94" s="42"/>
-[...1 lines deleted...]
-      <c r="L94" s="27">
+      <c r="J94" s="4"/>
+      <c r="K94" s="110"/>
+      <c r="L94" s="22">
         <f>J94-K94</f>
         <v>0</v>
       </c>
     </row>
     <row r="95" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A95" s="38" t="s">
+      <c r="A95" s="33" t="s">
         <v>30</v>
       </c>
-      <c r="B95" s="39">
+      <c r="B95" s="34">
         <f>SUM(B84:B94)</f>
         <v>200</v>
       </c>
-      <c r="C95" s="39">
+      <c r="C95" s="34">
         <f>SUM(C84:C94)</f>
         <v>210</v>
       </c>
-      <c r="D95" s="39">
+      <c r="D95" s="34">
         <f>SUM(D84:D94)</f>
         <v>-10</v>
       </c>
-      <c r="F95" s="39">
+      <c r="F95" s="34">
         <f>SUM(F84:F94)</f>
         <v>0</v>
       </c>
-      <c r="G95" s="39">
+      <c r="G95" s="34">
         <f>SUM(G84:G94)</f>
         <v>0</v>
       </c>
-      <c r="H95" s="39">
+      <c r="H95" s="34">
         <f>SUM(H84:H94)</f>
         <v>0</v>
       </c>
-      <c r="J95" s="39">
+      <c r="J95" s="34">
         <f>SUM(J84:J94)</f>
         <v>0</v>
       </c>
-      <c r="K95" s="39">
+      <c r="K95" s="34">
         <f>SUM(K84:K94)</f>
         <v>0</v>
       </c>
-      <c r="L95" s="39">
+      <c r="L95" s="34">
         <f>SUM(L84:L94)</f>
         <v>0</v>
       </c>
     </row>
     <row r="96" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
     <row r="97" spans="1:12" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B97" s="207" t="str">
+      <c r="B97" s="173" t="str">
         <f>B8</f>
         <v>JAN</v>
       </c>
-      <c r="C97" s="207"/>
-[...1 lines deleted...]
-      <c r="F97" s="207" t="str">
+      <c r="C97" s="173"/>
+      <c r="D97" s="173"/>
+      <c r="F97" s="173" t="str">
         <f>F8</f>
         <v>FEB</v>
       </c>
-      <c r="G97" s="207"/>
-[...1 lines deleted...]
-      <c r="J97" s="207" t="str">
+      <c r="G97" s="173"/>
+      <c r="H97" s="173"/>
+      <c r="J97" s="173" t="str">
         <f>J8</f>
         <v>MAR</v>
       </c>
-      <c r="K97" s="207"/>
-      <c r="L97" s="207"/>
+      <c r="K97" s="173"/>
+      <c r="L97" s="173"/>
     </row>
     <row r="98" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A98" s="36" t="s">
+      <c r="A98" s="31" t="s">
         <v>77</v>
       </c>
-      <c r="B98" s="37" t="s">
+      <c r="B98" s="32" t="s">
         <v>34</v>
       </c>
-      <c r="C98" s="43" t="s">
+      <c r="C98" s="36" t="s">
         <v>9</v>
       </c>
-      <c r="D98" s="37" t="s">
+      <c r="D98" s="32" t="s">
         <v>32</v>
       </c>
-      <c r="F98" s="37" t="s">
+      <c r="F98" s="32" t="s">
         <v>34</v>
       </c>
-      <c r="G98" s="43" t="s">
+      <c r="G98" s="36" t="s">
         <v>9</v>
       </c>
-      <c r="H98" s="37" t="s">
+      <c r="H98" s="32" t="s">
         <v>32</v>
       </c>
-      <c r="J98" s="37" t="s">
+      <c r="J98" s="32" t="s">
         <v>34</v>
       </c>
-      <c r="K98" s="43" t="s">
+      <c r="K98" s="36" t="s">
         <v>9</v>
       </c>
-      <c r="L98" s="37" t="s">
+      <c r="L98" s="32" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="99" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A99" s="21" t="s">
+      <c r="A99" s="18" t="s">
         <v>78</v>
       </c>
-      <c r="B99" s="127"/>
-[...1 lines deleted...]
-      <c r="D99" s="27">
+      <c r="B99" s="107"/>
+      <c r="C99" s="108"/>
+      <c r="D99" s="22">
         <f t="shared" ref="D99:D105" si="15">B99-C99</f>
         <v>0</v>
       </c>
-      <c r="F99" s="127"/>
-[...1 lines deleted...]
-      <c r="H99" s="27">
+      <c r="F99" s="107"/>
+      <c r="G99" s="108"/>
+      <c r="H99" s="22">
         <f t="shared" ref="H99:H105" si="16">F99-G99</f>
         <v>0</v>
       </c>
-      <c r="J99" s="127"/>
-[...1 lines deleted...]
-      <c r="L99" s="27">
+      <c r="J99" s="107"/>
+      <c r="K99" s="108"/>
+      <c r="L99" s="22">
         <f t="shared" ref="L99:L105" si="17">J99-K99</f>
         <v>0</v>
       </c>
     </row>
     <row r="100" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A100" s="21" t="s">
+      <c r="A100" s="18" t="s">
         <v>79</v>
       </c>
-      <c r="B100" s="41">
+      <c r="B100" s="3">
         <v>15</v>
       </c>
-      <c r="C100" s="129">
+      <c r="C100" s="109">
         <v>20</v>
       </c>
-      <c r="D100" s="27">
+      <c r="D100" s="22">
         <f t="shared" si="15"/>
         <v>-5</v>
       </c>
-      <c r="F100" s="41"/>
-[...1 lines deleted...]
-      <c r="H100" s="27">
+      <c r="F100" s="3"/>
+      <c r="G100" s="109"/>
+      <c r="H100" s="22">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
-      <c r="J100" s="41"/>
-[...1 lines deleted...]
-      <c r="L100" s="27">
+      <c r="J100" s="3"/>
+      <c r="K100" s="109"/>
+      <c r="L100" s="22">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
     </row>
     <row r="101" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A101" s="21" t="s">
+      <c r="A101" s="18" t="s">
         <v>80</v>
       </c>
-      <c r="B101" s="41"/>
-[...1 lines deleted...]
-      <c r="D101" s="27">
+      <c r="B101" s="3"/>
+      <c r="C101" s="109"/>
+      <c r="D101" s="22">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
-      <c r="F101" s="41"/>
-[...1 lines deleted...]
-      <c r="H101" s="27">
+      <c r="F101" s="3"/>
+      <c r="G101" s="109"/>
+      <c r="H101" s="22">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
-      <c r="J101" s="41"/>
-[...1 lines deleted...]
-      <c r="L101" s="27">
+      <c r="J101" s="3"/>
+      <c r="K101" s="109"/>
+      <c r="L101" s="22">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
     </row>
     <row r="102" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A102" s="21" t="s">
+      <c r="A102" s="18" t="s">
         <v>81</v>
       </c>
-      <c r="B102" s="41"/>
-[...1 lines deleted...]
-      <c r="D102" s="27">
+      <c r="B102" s="3"/>
+      <c r="C102" s="109"/>
+      <c r="D102" s="22">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
-      <c r="F102" s="41"/>
-[...1 lines deleted...]
-      <c r="H102" s="27">
+      <c r="F102" s="3"/>
+      <c r="G102" s="109"/>
+      <c r="H102" s="22">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
-      <c r="J102" s="41"/>
-[...1 lines deleted...]
-      <c r="L102" s="27">
+      <c r="J102" s="3"/>
+      <c r="K102" s="109"/>
+      <c r="L102" s="22">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
     </row>
     <row r="103" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A103" s="21" t="s">
+      <c r="A103" s="18" t="s">
         <v>82</v>
       </c>
-      <c r="B103" s="41"/>
-[...1 lines deleted...]
-      <c r="D103" s="27">
+      <c r="B103" s="3"/>
+      <c r="C103" s="109"/>
+      <c r="D103" s="22">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
-      <c r="F103" s="41"/>
-[...1 lines deleted...]
-      <c r="H103" s="27">
+      <c r="F103" s="3"/>
+      <c r="G103" s="109"/>
+      <c r="H103" s="22">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
-      <c r="J103" s="41"/>
-[...1 lines deleted...]
-      <c r="L103" s="27">
+      <c r="J103" s="3"/>
+      <c r="K103" s="109"/>
+      <c r="L103" s="22">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
     </row>
     <row r="104" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A104" s="21" t="s">
+      <c r="A104" s="18" t="s">
         <v>83</v>
       </c>
-      <c r="B104" s="41"/>
-[...1 lines deleted...]
-      <c r="D104" s="27">
+      <c r="B104" s="3"/>
+      <c r="C104" s="109"/>
+      <c r="D104" s="22">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
-      <c r="F104" s="41"/>
-[...1 lines deleted...]
-      <c r="H104" s="27">
+      <c r="F104" s="3"/>
+      <c r="G104" s="109"/>
+      <c r="H104" s="22">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
-      <c r="J104" s="41"/>
-[...1 lines deleted...]
-      <c r="L104" s="27">
+      <c r="J104" s="3"/>
+      <c r="K104" s="109"/>
+      <c r="L104" s="22">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
     </row>
     <row r="105" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A105" s="21" t="s">
+      <c r="A105" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="B105" s="41"/>
-[...1 lines deleted...]
-      <c r="D105" s="27">
+      <c r="B105" s="3"/>
+      <c r="C105" s="109"/>
+      <c r="D105" s="22">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
-      <c r="F105" s="41"/>
-[...1 lines deleted...]
-      <c r="H105" s="27">
+      <c r="F105" s="3"/>
+      <c r="G105" s="109"/>
+      <c r="H105" s="22">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
-      <c r="J105" s="41"/>
-[...1 lines deleted...]
-      <c r="L105" s="27">
+      <c r="J105" s="3"/>
+      <c r="K105" s="109"/>
+      <c r="L105" s="22">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
     </row>
     <row r="106" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A106" s="21" t="s">
+      <c r="A106" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="B106" s="41"/>
-[...1 lines deleted...]
-      <c r="D106" s="27">
+      <c r="B106" s="3"/>
+      <c r="C106" s="109"/>
+      <c r="D106" s="22">
         <f>B106-C106</f>
         <v>0</v>
       </c>
-      <c r="F106" s="41"/>
-[...1 lines deleted...]
-      <c r="H106" s="27">
+      <c r="F106" s="3"/>
+      <c r="G106" s="109"/>
+      <c r="H106" s="22">
         <f>F106-G106</f>
         <v>0</v>
       </c>
-      <c r="J106" s="41"/>
-[...1 lines deleted...]
-      <c r="L106" s="27">
+      <c r="J106" s="3"/>
+      <c r="K106" s="109"/>
+      <c r="L106" s="22">
         <f>J106-K106</f>
         <v>0</v>
       </c>
     </row>
     <row r="107" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A107" s="21" t="s">
+      <c r="A107" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="B107" s="42"/>
-[...1 lines deleted...]
-      <c r="D107" s="27">
+      <c r="B107" s="4"/>
+      <c r="C107" s="110"/>
+      <c r="D107" s="22">
         <f>B107-C107</f>
         <v>0</v>
       </c>
-      <c r="F107" s="42"/>
-[...1 lines deleted...]
-      <c r="H107" s="27">
+      <c r="F107" s="4"/>
+      <c r="G107" s="110"/>
+      <c r="H107" s="22">
         <f>F107-G107</f>
         <v>0</v>
       </c>
-      <c r="J107" s="42"/>
-[...1 lines deleted...]
-      <c r="L107" s="27">
+      <c r="J107" s="4"/>
+      <c r="K107" s="110"/>
+      <c r="L107" s="22">
         <f>J107-K107</f>
         <v>0</v>
       </c>
     </row>
     <row r="108" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A108" s="38" t="s">
+      <c r="A108" s="33" t="s">
         <v>30</v>
       </c>
-      <c r="B108" s="39">
+      <c r="B108" s="34">
         <f>SUM(B99:B107)</f>
         <v>15</v>
       </c>
-      <c r="C108" s="39">
+      <c r="C108" s="34">
         <f>SUM(C99:C107)</f>
         <v>20</v>
       </c>
-      <c r="D108" s="39">
+      <c r="D108" s="34">
         <f>SUM(D99:D107)</f>
         <v>-5</v>
       </c>
-      <c r="F108" s="39">
+      <c r="F108" s="34">
         <f>SUM(F99:F107)</f>
         <v>0</v>
       </c>
-      <c r="G108" s="39">
+      <c r="G108" s="34">
         <f>SUM(G99:G107)</f>
         <v>0</v>
       </c>
-      <c r="H108" s="39">
+      <c r="H108" s="34">
         <f>SUM(H99:H107)</f>
         <v>0</v>
       </c>
-      <c r="J108" s="39">
+      <c r="J108" s="34">
         <f>SUM(J99:J107)</f>
         <v>0</v>
       </c>
-      <c r="K108" s="39">
+      <c r="K108" s="34">
         <f>SUM(K99:K107)</f>
         <v>0</v>
       </c>
-      <c r="L108" s="39">
+      <c r="L108" s="34">
         <f>SUM(L99:L107)</f>
         <v>0</v>
       </c>
     </row>
     <row r="109" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
     <row r="110" spans="1:12" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B110" s="207" t="str">
+      <c r="B110" s="173" t="str">
         <f>B8</f>
         <v>JAN</v>
       </c>
-      <c r="C110" s="207"/>
-[...1 lines deleted...]
-      <c r="F110" s="207" t="str">
+      <c r="C110" s="173"/>
+      <c r="D110" s="173"/>
+      <c r="F110" s="173" t="str">
         <f>F8</f>
         <v>FEB</v>
       </c>
-      <c r="G110" s="207"/>
-[...1 lines deleted...]
-      <c r="J110" s="207" t="str">
+      <c r="G110" s="173"/>
+      <c r="H110" s="173"/>
+      <c r="J110" s="173" t="str">
         <f>J8</f>
         <v>MAR</v>
       </c>
-      <c r="K110" s="207"/>
-      <c r="L110" s="207"/>
+      <c r="K110" s="173"/>
+      <c r="L110" s="173"/>
     </row>
     <row r="111" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A111" s="36" t="s">
+      <c r="A111" s="31" t="s">
         <v>84</v>
       </c>
-      <c r="B111" s="37" t="s">
+      <c r="B111" s="32" t="s">
         <v>34</v>
       </c>
-      <c r="C111" s="43" t="s">
+      <c r="C111" s="36" t="s">
         <v>9</v>
       </c>
-      <c r="D111" s="37" t="s">
+      <c r="D111" s="32" t="s">
         <v>32</v>
       </c>
-      <c r="F111" s="37" t="s">
+      <c r="F111" s="32" t="s">
         <v>34</v>
       </c>
-      <c r="G111" s="43" t="s">
+      <c r="G111" s="36" t="s">
         <v>9</v>
       </c>
-      <c r="H111" s="37" t="s">
+      <c r="H111" s="32" t="s">
         <v>32</v>
       </c>
-      <c r="J111" s="37" t="s">
+      <c r="J111" s="32" t="s">
         <v>34</v>
       </c>
-      <c r="K111" s="43" t="s">
+      <c r="K111" s="36" t="s">
         <v>9</v>
       </c>
-      <c r="L111" s="37" t="s">
+      <c r="L111" s="32" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="112" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A112" s="21" t="s">
+      <c r="A112" s="18" t="s">
         <v>70</v>
       </c>
-      <c r="B112" s="127">
+      <c r="B112" s="107">
         <v>150</v>
       </c>
-      <c r="C112" s="128">
+      <c r="C112" s="108">
         <v>100</v>
       </c>
-      <c r="D112" s="27">
+      <c r="D112" s="22">
         <f t="shared" ref="D112:D118" si="18">B112-C112</f>
         <v>50</v>
       </c>
-      <c r="F112" s="127"/>
-[...1 lines deleted...]
-      <c r="H112" s="27">
+      <c r="F112" s="107"/>
+      <c r="G112" s="108"/>
+      <c r="H112" s="22">
         <f t="shared" ref="H112:H118" si="19">F112-G112</f>
         <v>0</v>
       </c>
-      <c r="J112" s="127"/>
-[...1 lines deleted...]
-      <c r="L112" s="27">
+      <c r="J112" s="107"/>
+      <c r="K112" s="108"/>
+      <c r="L112" s="22">
         <f t="shared" ref="L112:L118" si="20">J112-K112</f>
         <v>0</v>
       </c>
     </row>
     <row r="113" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A113" s="21" t="s">
+      <c r="A113" s="18" t="s">
         <v>85</v>
       </c>
-      <c r="B113" s="41"/>
-[...1 lines deleted...]
-      <c r="D113" s="27">
+      <c r="B113" s="3"/>
+      <c r="C113" s="109"/>
+      <c r="D113" s="22">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
-      <c r="F113" s="41"/>
-[...1 lines deleted...]
-      <c r="H113" s="27">
+      <c r="F113" s="3"/>
+      <c r="G113" s="109"/>
+      <c r="H113" s="22">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
-      <c r="J113" s="41"/>
-[...1 lines deleted...]
-      <c r="L113" s="27">
+      <c r="J113" s="3"/>
+      <c r="K113" s="109"/>
+      <c r="L113" s="22">
         <f t="shared" si="20"/>
         <v>0</v>
       </c>
     </row>
     <row r="114" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A114" s="21" t="s">
+      <c r="A114" s="18" t="s">
         <v>71</v>
       </c>
-      <c r="B114" s="41"/>
-[...1 lines deleted...]
-      <c r="D114" s="27">
+      <c r="B114" s="3"/>
+      <c r="C114" s="109"/>
+      <c r="D114" s="22">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
-      <c r="F114" s="41"/>
-[...1 lines deleted...]
-      <c r="H114" s="27">
+      <c r="F114" s="3"/>
+      <c r="G114" s="109"/>
+      <c r="H114" s="22">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
-      <c r="J114" s="41"/>
-[...1 lines deleted...]
-      <c r="L114" s="27">
+      <c r="J114" s="3"/>
+      <c r="K114" s="109"/>
+      <c r="L114" s="22">
         <f t="shared" si="20"/>
         <v>0</v>
       </c>
     </row>
     <row r="115" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A115" s="21" t="s">
+      <c r="A115" s="18" t="s">
         <v>86</v>
       </c>
-      <c r="B115" s="41"/>
-[...1 lines deleted...]
-      <c r="D115" s="27">
+      <c r="B115" s="3"/>
+      <c r="C115" s="109"/>
+      <c r="D115" s="22">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
-      <c r="F115" s="41"/>
-[...1 lines deleted...]
-      <c r="H115" s="27">
+      <c r="F115" s="3"/>
+      <c r="G115" s="109"/>
+      <c r="H115" s="22">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
-      <c r="J115" s="41"/>
-[...1 lines deleted...]
-      <c r="L115" s="27">
+      <c r="J115" s="3"/>
+      <c r="K115" s="109"/>
+      <c r="L115" s="22">
         <f t="shared" si="20"/>
         <v>0</v>
       </c>
     </row>
     <row r="116" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A116" s="21" t="s">
+      <c r="A116" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="B116" s="41"/>
-[...1 lines deleted...]
-      <c r="D116" s="27">
+      <c r="B116" s="3"/>
+      <c r="C116" s="109"/>
+      <c r="D116" s="22">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
-      <c r="F116" s="41"/>
-[...1 lines deleted...]
-      <c r="H116" s="27">
+      <c r="F116" s="3"/>
+      <c r="G116" s="109"/>
+      <c r="H116" s="22">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
-      <c r="J116" s="41"/>
-[...1 lines deleted...]
-      <c r="L116" s="27">
+      <c r="J116" s="3"/>
+      <c r="K116" s="109"/>
+      <c r="L116" s="22">
         <f t="shared" si="20"/>
         <v>0</v>
       </c>
     </row>
     <row r="117" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A117" s="21" t="s">
+      <c r="A117" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="B117" s="41"/>
-[...1 lines deleted...]
-      <c r="D117" s="27">
+      <c r="B117" s="3"/>
+      <c r="C117" s="109"/>
+      <c r="D117" s="22">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
-      <c r="F117" s="41"/>
-[...1 lines deleted...]
-      <c r="H117" s="27">
+      <c r="F117" s="3"/>
+      <c r="G117" s="109"/>
+      <c r="H117" s="22">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
-      <c r="J117" s="41"/>
-[...1 lines deleted...]
-      <c r="L117" s="27">
+      <c r="J117" s="3"/>
+      <c r="K117" s="109"/>
+      <c r="L117" s="22">
         <f t="shared" si="20"/>
         <v>0</v>
       </c>
     </row>
     <row r="118" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A118" s="21" t="s">
+      <c r="A118" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="B118" s="42"/>
-[...1 lines deleted...]
-      <c r="D118" s="27">
+      <c r="B118" s="4"/>
+      <c r="C118" s="110"/>
+      <c r="D118" s="22">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
-      <c r="F118" s="42"/>
-[...1 lines deleted...]
-      <c r="H118" s="27">
+      <c r="F118" s="4"/>
+      <c r="G118" s="110"/>
+      <c r="H118" s="22">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
-      <c r="J118" s="42"/>
-[...1 lines deleted...]
-      <c r="L118" s="27">
+      <c r="J118" s="4"/>
+      <c r="K118" s="110"/>
+      <c r="L118" s="22">
         <f t="shared" si="20"/>
         <v>0</v>
       </c>
     </row>
     <row r="119" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A119" s="38" t="s">
+      <c r="A119" s="33" t="s">
         <v>30</v>
       </c>
-      <c r="B119" s="39">
+      <c r="B119" s="34">
         <f>SUM(B112:B118)</f>
         <v>150</v>
       </c>
-      <c r="C119" s="39">
+      <c r="C119" s="34">
         <f>SUM(C112:C118)</f>
         <v>100</v>
       </c>
-      <c r="D119" s="39">
+      <c r="D119" s="34">
         <f>SUM(D112:D118)</f>
         <v>50</v>
       </c>
-      <c r="F119" s="39">
+      <c r="F119" s="34">
         <f>SUM(F112:F118)</f>
         <v>0</v>
       </c>
-      <c r="G119" s="39">
+      <c r="G119" s="34">
         <f>SUM(G112:G118)</f>
         <v>0</v>
       </c>
-      <c r="H119" s="39">
+      <c r="H119" s="34">
         <f>SUM(H112:H118)</f>
         <v>0</v>
       </c>
-      <c r="J119" s="39">
+      <c r="J119" s="34">
         <f>SUM(J112:J118)</f>
         <v>0</v>
       </c>
-      <c r="K119" s="39">
+      <c r="K119" s="34">
         <f>SUM(K112:K118)</f>
         <v>0</v>
       </c>
-      <c r="L119" s="39">
+      <c r="L119" s="34">
         <f>SUM(L112:L118)</f>
         <v>0</v>
       </c>
     </row>
     <row r="120" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
     <row r="121" spans="1:12" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B121" s="207" t="str">
+      <c r="B121" s="173" t="str">
         <f>B8</f>
         <v>JAN</v>
       </c>
-      <c r="C121" s="207"/>
-[...1 lines deleted...]
-      <c r="F121" s="207" t="str">
+      <c r="C121" s="173"/>
+      <c r="D121" s="173"/>
+      <c r="F121" s="173" t="str">
         <f>F8</f>
         <v>FEB</v>
       </c>
-      <c r="G121" s="207"/>
-[...1 lines deleted...]
-      <c r="J121" s="207" t="str">
+      <c r="G121" s="173"/>
+      <c r="H121" s="173"/>
+      <c r="J121" s="173" t="str">
         <f>J8</f>
         <v>MAR</v>
       </c>
-      <c r="K121" s="207"/>
-      <c r="L121" s="207"/>
+      <c r="K121" s="173"/>
+      <c r="L121" s="173"/>
     </row>
     <row r="122" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A122" s="36" t="s">
+      <c r="A122" s="31" t="s">
         <v>87</v>
       </c>
-      <c r="B122" s="37" t="s">
+      <c r="B122" s="32" t="s">
         <v>34</v>
       </c>
-      <c r="C122" s="43" t="s">
+      <c r="C122" s="36" t="s">
         <v>9</v>
       </c>
-      <c r="D122" s="37" t="s">
+      <c r="D122" s="32" t="s">
         <v>32</v>
       </c>
-      <c r="F122" s="37" t="s">
+      <c r="F122" s="32" t="s">
         <v>34</v>
       </c>
-      <c r="G122" s="43" t="s">
+      <c r="G122" s="36" t="s">
         <v>9</v>
       </c>
-      <c r="H122" s="37" t="s">
+      <c r="H122" s="32" t="s">
         <v>32</v>
       </c>
-      <c r="J122" s="37" t="s">
+      <c r="J122" s="32" t="s">
         <v>34</v>
       </c>
-      <c r="K122" s="43" t="s">
+      <c r="K122" s="36" t="s">
         <v>9</v>
       </c>
-      <c r="L122" s="37" t="s">
+      <c r="L122" s="32" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="123" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A123" s="21" t="s">
+      <c r="A123" s="18" t="s">
         <v>88</v>
       </c>
-      <c r="B123" s="127">
+      <c r="B123" s="107">
         <v>600</v>
       </c>
-      <c r="C123" s="128">
+      <c r="C123" s="108">
         <v>680</v>
       </c>
-      <c r="D123" s="27">
+      <c r="D123" s="22">
         <f t="shared" ref="D123:D128" si="21">B123-C123</f>
         <v>-80</v>
       </c>
-      <c r="F123" s="127"/>
-[...1 lines deleted...]
-      <c r="H123" s="27">
+      <c r="F123" s="107"/>
+      <c r="G123" s="108"/>
+      <c r="H123" s="22">
         <f t="shared" ref="H123:H128" si="22">F123-G123</f>
         <v>0</v>
       </c>
-      <c r="J123" s="127"/>
-[...1 lines deleted...]
-      <c r="L123" s="27">
+      <c r="J123" s="107"/>
+      <c r="K123" s="108"/>
+      <c r="L123" s="22">
         <f t="shared" ref="L123:L128" si="23">J123-K123</f>
         <v>0</v>
       </c>
     </row>
     <row r="124" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A124" s="21" t="s">
+      <c r="A124" s="18" t="s">
         <v>70</v>
       </c>
-      <c r="B124" s="41"/>
-[...1 lines deleted...]
-      <c r="D124" s="27">
+      <c r="B124" s="3"/>
+      <c r="C124" s="109"/>
+      <c r="D124" s="22">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
-      <c r="F124" s="41"/>
-[...1 lines deleted...]
-      <c r="H124" s="27">
+      <c r="F124" s="3"/>
+      <c r="G124" s="109"/>
+      <c r="H124" s="22">
         <f t="shared" si="22"/>
         <v>0</v>
       </c>
-      <c r="J124" s="41"/>
-[...1 lines deleted...]
-      <c r="L124" s="27">
+      <c r="J124" s="3"/>
+      <c r="K124" s="109"/>
+      <c r="L124" s="22">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
     </row>
     <row r="125" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A125" s="21" t="s">
+      <c r="A125" s="18" t="s">
         <v>89</v>
       </c>
-      <c r="B125" s="41"/>
-[...1 lines deleted...]
-      <c r="D125" s="27">
+      <c r="B125" s="3"/>
+      <c r="C125" s="109"/>
+      <c r="D125" s="22">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
-      <c r="F125" s="41"/>
-[...1 lines deleted...]
-      <c r="H125" s="27">
+      <c r="F125" s="3"/>
+      <c r="G125" s="109"/>
+      <c r="H125" s="22">
         <f t="shared" si="22"/>
         <v>0</v>
       </c>
-      <c r="J125" s="41"/>
-[...1 lines deleted...]
-      <c r="L125" s="27">
+      <c r="J125" s="3"/>
+      <c r="K125" s="109"/>
+      <c r="L125" s="22">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
     </row>
     <row r="126" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A126" s="21" t="s">
+      <c r="A126" s="18" t="s">
         <v>90</v>
       </c>
-      <c r="B126" s="41"/>
-[...1 lines deleted...]
-      <c r="D126" s="27">
+      <c r="B126" s="3"/>
+      <c r="C126" s="109"/>
+      <c r="D126" s="22">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
-      <c r="F126" s="41"/>
-[...1 lines deleted...]
-      <c r="H126" s="27">
+      <c r="F126" s="3"/>
+      <c r="G126" s="109"/>
+      <c r="H126" s="22">
         <f t="shared" si="22"/>
         <v>0</v>
       </c>
-      <c r="J126" s="41"/>
-[...1 lines deleted...]
-      <c r="L126" s="27">
+      <c r="J126" s="3"/>
+      <c r="K126" s="109"/>
+      <c r="L126" s="22">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
     </row>
     <row r="127" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A127" s="21" t="s">
+      <c r="A127" s="18" t="s">
         <v>91</v>
       </c>
-      <c r="B127" s="41"/>
-[...1 lines deleted...]
-      <c r="D127" s="27">
+      <c r="B127" s="3"/>
+      <c r="C127" s="109"/>
+      <c r="D127" s="22">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
-      <c r="F127" s="41"/>
-[...1 lines deleted...]
-      <c r="H127" s="27">
+      <c r="F127" s="3"/>
+      <c r="G127" s="109"/>
+      <c r="H127" s="22">
         <f t="shared" si="22"/>
         <v>0</v>
       </c>
-      <c r="J127" s="41"/>
-[...1 lines deleted...]
-      <c r="L127" s="27">
+      <c r="J127" s="3"/>
+      <c r="K127" s="109"/>
+      <c r="L127" s="22">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
     </row>
     <row r="128" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A128" s="21" t="s">
+      <c r="A128" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="B128" s="41"/>
-[...1 lines deleted...]
-      <c r="D128" s="27">
+      <c r="B128" s="3"/>
+      <c r="C128" s="109"/>
+      <c r="D128" s="22">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
-      <c r="F128" s="41"/>
-[...1 lines deleted...]
-      <c r="H128" s="27">
+      <c r="F128" s="3"/>
+      <c r="G128" s="109"/>
+      <c r="H128" s="22">
         <f t="shared" si="22"/>
         <v>0</v>
       </c>
-      <c r="J128" s="41"/>
-[...1 lines deleted...]
-      <c r="L128" s="27">
+      <c r="J128" s="3"/>
+      <c r="K128" s="109"/>
+      <c r="L128" s="22">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
     </row>
     <row r="129" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A129" s="21" t="s">
+      <c r="A129" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="B129" s="41"/>
-[...1 lines deleted...]
-      <c r="D129" s="27">
+      <c r="B129" s="3"/>
+      <c r="C129" s="109"/>
+      <c r="D129" s="22">
         <f>B129-C129</f>
         <v>0</v>
       </c>
-      <c r="F129" s="41"/>
-[...1 lines deleted...]
-      <c r="H129" s="27">
+      <c r="F129" s="3"/>
+      <c r="G129" s="109"/>
+      <c r="H129" s="22">
         <f>F129-G129</f>
         <v>0</v>
       </c>
-      <c r="J129" s="41"/>
-[...1 lines deleted...]
-      <c r="L129" s="27">
+      <c r="J129" s="3"/>
+      <c r="K129" s="109"/>
+      <c r="L129" s="22">
         <f>J129-K129</f>
         <v>0</v>
       </c>
     </row>
     <row r="130" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A130" s="21" t="s">
+      <c r="A130" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="B130" s="42"/>
-[...1 lines deleted...]
-      <c r="D130" s="27">
+      <c r="B130" s="4"/>
+      <c r="C130" s="110"/>
+      <c r="D130" s="22">
         <f>B130-C130</f>
         <v>0</v>
       </c>
-      <c r="F130" s="42"/>
-[...1 lines deleted...]
-      <c r="H130" s="27">
+      <c r="F130" s="4"/>
+      <c r="G130" s="110"/>
+      <c r="H130" s="22">
         <f>F130-G130</f>
         <v>0</v>
       </c>
-      <c r="J130" s="42"/>
-[...1 lines deleted...]
-      <c r="L130" s="27">
+      <c r="J130" s="4"/>
+      <c r="K130" s="110"/>
+      <c r="L130" s="22">
         <f>J130-K130</f>
         <v>0</v>
       </c>
     </row>
     <row r="131" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A131" s="38" t="s">
+      <c r="A131" s="33" t="s">
         <v>30</v>
       </c>
-      <c r="B131" s="39">
+      <c r="B131" s="34">
         <f>SUM(B123:B130)</f>
         <v>600</v>
       </c>
-      <c r="C131" s="39">
+      <c r="C131" s="34">
         <f>SUM(C123:C130)</f>
         <v>680</v>
       </c>
-      <c r="D131" s="39">
+      <c r="D131" s="34">
         <f>SUM(D123:D130)</f>
         <v>-80</v>
       </c>
-      <c r="F131" s="39">
+      <c r="F131" s="34">
         <f>SUM(F123:F130)</f>
         <v>0</v>
       </c>
-      <c r="G131" s="39">
+      <c r="G131" s="34">
         <f>SUM(G123:G130)</f>
         <v>0</v>
       </c>
-      <c r="H131" s="39">
+      <c r="H131" s="34">
         <f>SUM(H123:H130)</f>
         <v>0</v>
       </c>
-      <c r="J131" s="39">
+      <c r="J131" s="34">
         <f>SUM(J123:J130)</f>
         <v>0</v>
       </c>
-      <c r="K131" s="39">
+      <c r="K131" s="34">
         <f>SUM(K123:K130)</f>
         <v>0</v>
       </c>
-      <c r="L131" s="39">
+      <c r="L131" s="34">
         <f>SUM(L123:L130)</f>
         <v>0</v>
       </c>
     </row>
     <row r="132" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
     <row r="133" spans="1:12" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B133" s="207" t="str">
+      <c r="B133" s="173" t="str">
         <f>B8</f>
         <v>JAN</v>
       </c>
-      <c r="C133" s="207"/>
-[...1 lines deleted...]
-      <c r="F133" s="207" t="str">
+      <c r="C133" s="173"/>
+      <c r="D133" s="173"/>
+      <c r="F133" s="173" t="str">
         <f>F8</f>
         <v>FEB</v>
       </c>
-      <c r="G133" s="207"/>
-[...1 lines deleted...]
-      <c r="J133" s="207" t="str">
+      <c r="G133" s="173"/>
+      <c r="H133" s="173"/>
+      <c r="J133" s="173" t="str">
         <f>J8</f>
         <v>MAR</v>
       </c>
-      <c r="K133" s="207"/>
-      <c r="L133" s="207"/>
+      <c r="K133" s="173"/>
+      <c r="L133" s="173"/>
     </row>
     <row r="134" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A134" s="36" t="s">
+      <c r="A134" s="31" t="s">
         <v>92</v>
       </c>
-      <c r="B134" s="37" t="s">
+      <c r="B134" s="32" t="s">
         <v>34</v>
       </c>
-      <c r="C134" s="43" t="s">
+      <c r="C134" s="36" t="s">
         <v>9</v>
       </c>
-      <c r="D134" s="37" t="s">
+      <c r="D134" s="32" t="s">
         <v>32</v>
       </c>
-      <c r="F134" s="37" t="s">
+      <c r="F134" s="32" t="s">
         <v>34</v>
       </c>
-      <c r="G134" s="43" t="s">
+      <c r="G134" s="36" t="s">
         <v>9</v>
       </c>
-      <c r="H134" s="37" t="s">
+      <c r="H134" s="32" t="s">
         <v>32</v>
       </c>
-      <c r="J134" s="37" t="s">
+      <c r="J134" s="32" t="s">
         <v>34</v>
       </c>
-      <c r="K134" s="43" t="s">
+      <c r="K134" s="36" t="s">
         <v>9</v>
       </c>
-      <c r="L134" s="37" t="s">
+      <c r="L134" s="32" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="135" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A135" s="21" t="s">
+      <c r="A135" s="18" t="s">
         <v>93</v>
       </c>
-      <c r="B135" s="127">
+      <c r="B135" s="107">
         <v>50</v>
       </c>
-      <c r="C135" s="128">
+      <c r="C135" s="108">
         <v>35</v>
       </c>
-      <c r="D135" s="27">
+      <c r="D135" s="22">
         <f t="shared" ref="D135:D141" si="24">B135-C135</f>
         <v>15</v>
       </c>
-      <c r="F135" s="127"/>
-[...1 lines deleted...]
-      <c r="H135" s="27">
+      <c r="F135" s="107"/>
+      <c r="G135" s="108"/>
+      <c r="H135" s="22">
         <f t="shared" ref="H135:H141" si="25">F135-G135</f>
         <v>0</v>
       </c>
-      <c r="J135" s="127"/>
-[...1 lines deleted...]
-      <c r="L135" s="27">
+      <c r="J135" s="107"/>
+      <c r="K135" s="108"/>
+      <c r="L135" s="22">
         <f t="shared" ref="L135:L141" si="26">J135-K135</f>
         <v>0</v>
       </c>
     </row>
     <row r="136" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A136" s="21" t="s">
+      <c r="A136" s="18" t="s">
         <v>94</v>
       </c>
-      <c r="B136" s="41"/>
-[...1 lines deleted...]
-      <c r="D136" s="27">
+      <c r="B136" s="3"/>
+      <c r="C136" s="109"/>
+      <c r="D136" s="22">
         <f t="shared" si="24"/>
         <v>0</v>
       </c>
-      <c r="F136" s="41"/>
-[...1 lines deleted...]
-      <c r="H136" s="27">
+      <c r="F136" s="3"/>
+      <c r="G136" s="109"/>
+      <c r="H136" s="22">
         <f t="shared" si="25"/>
         <v>0</v>
       </c>
-      <c r="J136" s="41"/>
-[...1 lines deleted...]
-      <c r="L136" s="27">
+      <c r="J136" s="3"/>
+      <c r="K136" s="109"/>
+      <c r="L136" s="22">
         <f t="shared" si="26"/>
         <v>0</v>
       </c>
     </row>
     <row r="137" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A137" s="21" t="s">
+      <c r="A137" s="18" t="s">
         <v>95</v>
       </c>
-      <c r="B137" s="41"/>
-[...1 lines deleted...]
-      <c r="D137" s="27">
+      <c r="B137" s="3"/>
+      <c r="C137" s="109"/>
+      <c r="D137" s="22">
         <f t="shared" si="24"/>
         <v>0</v>
       </c>
-      <c r="F137" s="41"/>
-[...1 lines deleted...]
-      <c r="H137" s="27">
+      <c r="F137" s="3"/>
+      <c r="G137" s="109"/>
+      <c r="H137" s="22">
         <f t="shared" si="25"/>
         <v>0</v>
       </c>
-      <c r="J137" s="41"/>
-[...1 lines deleted...]
-      <c r="L137" s="27">
+      <c r="J137" s="3"/>
+      <c r="K137" s="109"/>
+      <c r="L137" s="22">
         <f t="shared" si="26"/>
         <v>0</v>
       </c>
     </row>
     <row r="138" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A138" s="21" t="s">
+      <c r="A138" s="18" t="s">
         <v>96</v>
       </c>
-      <c r="B138" s="41"/>
-[...1 lines deleted...]
-      <c r="D138" s="27">
+      <c r="B138" s="3"/>
+      <c r="C138" s="109"/>
+      <c r="D138" s="22">
         <f t="shared" si="24"/>
         <v>0</v>
       </c>
-      <c r="F138" s="41"/>
-[...1 lines deleted...]
-      <c r="H138" s="27">
+      <c r="F138" s="3"/>
+      <c r="G138" s="109"/>
+      <c r="H138" s="22">
         <f t="shared" si="25"/>
         <v>0</v>
       </c>
-      <c r="J138" s="41"/>
-[...1 lines deleted...]
-      <c r="L138" s="27">
+      <c r="J138" s="3"/>
+      <c r="K138" s="109"/>
+      <c r="L138" s="22">
         <f t="shared" si="26"/>
         <v>0</v>
       </c>
     </row>
     <row r="139" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A139" s="21" t="s">
+      <c r="A139" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="B139" s="41"/>
-[...1 lines deleted...]
-      <c r="D139" s="27">
+      <c r="B139" s="3"/>
+      <c r="C139" s="109"/>
+      <c r="D139" s="22">
         <f t="shared" si="24"/>
         <v>0</v>
       </c>
-      <c r="F139" s="41"/>
-[...1 lines deleted...]
-      <c r="H139" s="27">
+      <c r="F139" s="3"/>
+      <c r="G139" s="109"/>
+      <c r="H139" s="22">
         <f t="shared" si="25"/>
         <v>0</v>
       </c>
-      <c r="J139" s="41"/>
-[...1 lines deleted...]
-      <c r="L139" s="27">
+      <c r="J139" s="3"/>
+      <c r="K139" s="109"/>
+      <c r="L139" s="22">
         <f t="shared" si="26"/>
         <v>0</v>
       </c>
     </row>
     <row r="140" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A140" s="21" t="s">
+      <c r="A140" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="B140" s="41"/>
-[...1 lines deleted...]
-      <c r="D140" s="27">
+      <c r="B140" s="3"/>
+      <c r="C140" s="109"/>
+      <c r="D140" s="22">
         <f t="shared" si="24"/>
         <v>0</v>
       </c>
-      <c r="F140" s="41"/>
-[...1 lines deleted...]
-      <c r="H140" s="27">
+      <c r="F140" s="3"/>
+      <c r="G140" s="109"/>
+      <c r="H140" s="22">
         <f t="shared" si="25"/>
         <v>0</v>
       </c>
-      <c r="J140" s="41"/>
-[...1 lines deleted...]
-      <c r="L140" s="27">
+      <c r="J140" s="3"/>
+      <c r="K140" s="109"/>
+      <c r="L140" s="22">
         <f t="shared" si="26"/>
         <v>0</v>
       </c>
     </row>
     <row r="141" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A141" s="21" t="s">
+      <c r="A141" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="B141" s="42"/>
-[...1 lines deleted...]
-      <c r="D141" s="27">
+      <c r="B141" s="4"/>
+      <c r="C141" s="110"/>
+      <c r="D141" s="22">
         <f t="shared" si="24"/>
         <v>0</v>
       </c>
-      <c r="F141" s="42"/>
-[...1 lines deleted...]
-      <c r="H141" s="27">
+      <c r="F141" s="4"/>
+      <c r="G141" s="110"/>
+      <c r="H141" s="22">
         <f t="shared" si="25"/>
         <v>0</v>
       </c>
-      <c r="J141" s="42"/>
-[...1 lines deleted...]
-      <c r="L141" s="27">
+      <c r="J141" s="4"/>
+      <c r="K141" s="110"/>
+      <c r="L141" s="22">
         <f t="shared" si="26"/>
         <v>0</v>
       </c>
     </row>
     <row r="142" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A142" s="38" t="s">
+      <c r="A142" s="33" t="s">
         <v>30</v>
       </c>
-      <c r="B142" s="39">
+      <c r="B142" s="34">
         <f>SUM(B135:B141)</f>
         <v>50</v>
       </c>
-      <c r="C142" s="39">
+      <c r="C142" s="34">
         <f>SUM(C135:C141)</f>
         <v>35</v>
       </c>
-      <c r="D142" s="39">
+      <c r="D142" s="34">
         <f>SUM(D135:D141)</f>
         <v>15</v>
       </c>
-      <c r="F142" s="39">
+      <c r="F142" s="34">
         <f>SUM(F135:F141)</f>
         <v>0</v>
       </c>
-      <c r="G142" s="39">
+      <c r="G142" s="34">
         <f>SUM(G135:G141)</f>
         <v>0</v>
       </c>
-      <c r="H142" s="39">
+      <c r="H142" s="34">
         <f>SUM(H135:H141)</f>
         <v>0</v>
       </c>
-      <c r="J142" s="39">
+      <c r="J142" s="34">
         <f>SUM(J135:J141)</f>
         <v>0</v>
       </c>
-      <c r="K142" s="39">
+      <c r="K142" s="34">
         <f>SUM(K135:K141)</f>
         <v>0</v>
       </c>
-      <c r="L142" s="39">
+      <c r="L142" s="34">
         <f>SUM(L135:L141)</f>
         <v>0</v>
       </c>
     </row>
     <row r="143" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
     <row r="144" spans="1:12" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B144" s="207" t="str">
+      <c r="B144" s="173" t="str">
         <f>B8</f>
         <v>JAN</v>
       </c>
-      <c r="C144" s="207"/>
-[...1 lines deleted...]
-      <c r="F144" s="207" t="str">
+      <c r="C144" s="173"/>
+      <c r="D144" s="173"/>
+      <c r="F144" s="173" t="str">
         <f>F8</f>
         <v>FEB</v>
       </c>
-      <c r="G144" s="207"/>
-[...1 lines deleted...]
-      <c r="J144" s="207" t="str">
+      <c r="G144" s="173"/>
+      <c r="H144" s="173"/>
+      <c r="J144" s="173" t="str">
         <f>J8</f>
         <v>MAR</v>
       </c>
-      <c r="K144" s="207"/>
-      <c r="L144" s="207"/>
+      <c r="K144" s="173"/>
+      <c r="L144" s="173"/>
     </row>
     <row r="145" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A145" s="36" t="s">
+      <c r="A145" s="31" t="s">
         <v>97</v>
       </c>
-      <c r="B145" s="37" t="s">
+      <c r="B145" s="32" t="s">
         <v>34</v>
       </c>
-      <c r="C145" s="43" t="s">
+      <c r="C145" s="36" t="s">
         <v>9</v>
       </c>
-      <c r="D145" s="37" t="s">
+      <c r="D145" s="32" t="s">
         <v>32</v>
       </c>
-      <c r="F145" s="37" t="s">
+      <c r="F145" s="32" t="s">
         <v>34</v>
       </c>
-      <c r="G145" s="43" t="s">
+      <c r="G145" s="36" t="s">
         <v>9</v>
       </c>
-      <c r="H145" s="37" t="s">
+      <c r="H145" s="32" t="s">
         <v>32</v>
       </c>
-      <c r="J145" s="37" t="s">
+      <c r="J145" s="32" t="s">
         <v>34</v>
       </c>
-      <c r="K145" s="43" t="s">
+      <c r="K145" s="36" t="s">
         <v>9</v>
       </c>
-      <c r="L145" s="37" t="s">
+      <c r="L145" s="32" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="146" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A146" s="21" t="s">
+      <c r="A146" s="18" t="s">
         <v>98</v>
       </c>
-      <c r="B146" s="127"/>
-[...1 lines deleted...]
-      <c r="D146" s="27">
+      <c r="B146" s="107"/>
+      <c r="C146" s="108"/>
+      <c r="D146" s="22">
         <f t="shared" ref="D146:D155" si="27">B146-C146</f>
         <v>0</v>
       </c>
-      <c r="F146" s="127"/>
-[...1 lines deleted...]
-      <c r="H146" s="27">
+      <c r="F146" s="107"/>
+      <c r="G146" s="108"/>
+      <c r="H146" s="22">
         <f t="shared" ref="H146:H153" si="28">F146-G146</f>
         <v>0</v>
       </c>
-      <c r="J146" s="127"/>
-[...1 lines deleted...]
-      <c r="L146" s="27">
+      <c r="J146" s="107"/>
+      <c r="K146" s="108"/>
+      <c r="L146" s="22">
         <f t="shared" ref="L146:L153" si="29">J146-K146</f>
         <v>0</v>
       </c>
     </row>
     <row r="147" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A147" s="21" t="str">
+      <c r="A147" s="18" t="str">
         <f>Income!$A$12</f>
         <v>Credit Card 1</v>
       </c>
-      <c r="B147" s="41"/>
-[...1 lines deleted...]
-      <c r="D147" s="27">
+      <c r="B147" s="3"/>
+      <c r="C147" s="109"/>
+      <c r="D147" s="22">
         <f t="shared" si="27"/>
         <v>0</v>
       </c>
-      <c r="F147" s="41"/>
-[...1 lines deleted...]
-      <c r="H147" s="27">
+      <c r="F147" s="3"/>
+      <c r="G147" s="109"/>
+      <c r="H147" s="22">
         <f t="shared" si="28"/>
         <v>0</v>
       </c>
-      <c r="J147" s="41"/>
-[...1 lines deleted...]
-      <c r="L147" s="27">
+      <c r="J147" s="3"/>
+      <c r="K147" s="109"/>
+      <c r="L147" s="22">
         <f t="shared" si="29"/>
         <v>0</v>
       </c>
     </row>
     <row r="148" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A148" s="21" t="str">
+      <c r="A148" s="18" t="str">
         <f>Income!$A$13</f>
         <v>Credit Card 2</v>
       </c>
-      <c r="B148" s="41"/>
-[...1 lines deleted...]
-      <c r="D148" s="27">
+      <c r="B148" s="3"/>
+      <c r="C148" s="109"/>
+      <c r="D148" s="22">
         <f t="shared" si="27"/>
         <v>0</v>
       </c>
-      <c r="F148" s="41"/>
-[...1 lines deleted...]
-      <c r="H148" s="27">
+      <c r="F148" s="3"/>
+      <c r="G148" s="109"/>
+      <c r="H148" s="22">
         <f t="shared" si="28"/>
         <v>0</v>
       </c>
-      <c r="J148" s="41"/>
-[...1 lines deleted...]
-      <c r="L148" s="27">
+      <c r="J148" s="3"/>
+      <c r="K148" s="109"/>
+      <c r="L148" s="22">
         <f t="shared" si="29"/>
         <v>0</v>
       </c>
     </row>
     <row r="149" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A149" s="21" t="str">
+      <c r="A149" s="18" t="str">
         <f>Income!$A$14</f>
         <v>Credit Card 3</v>
       </c>
-      <c r="B149" s="41"/>
-[...1 lines deleted...]
-      <c r="D149" s="27">
+      <c r="B149" s="3"/>
+      <c r="C149" s="109"/>
+      <c r="D149" s="22">
         <f t="shared" si="27"/>
         <v>0</v>
       </c>
-      <c r="F149" s="41"/>
-[...1 lines deleted...]
-      <c r="H149" s="27">
+      <c r="F149" s="3"/>
+      <c r="G149" s="109"/>
+      <c r="H149" s="22">
         <f t="shared" si="28"/>
         <v>0</v>
       </c>
-      <c r="J149" s="41"/>
-[...1 lines deleted...]
-      <c r="L149" s="27">
+      <c r="J149" s="3"/>
+      <c r="K149" s="109"/>
+      <c r="L149" s="22">
         <f t="shared" si="29"/>
         <v>0</v>
       </c>
     </row>
     <row r="150" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A150" s="21" t="s">
+      <c r="A150" s="18" t="s">
         <v>99</v>
       </c>
-      <c r="B150" s="41">
+      <c r="B150" s="3">
         <v>100</v>
       </c>
-      <c r="C150" s="129">
+      <c r="C150" s="109">
         <v>150</v>
       </c>
-      <c r="D150" s="27">
+      <c r="D150" s="22">
         <f t="shared" si="27"/>
         <v>-50</v>
       </c>
-      <c r="F150" s="41"/>
-[...1 lines deleted...]
-      <c r="H150" s="27">
+      <c r="F150" s="3"/>
+      <c r="G150" s="109"/>
+      <c r="H150" s="22">
         <f t="shared" si="28"/>
         <v>0</v>
       </c>
-      <c r="J150" s="41"/>
-[...1 lines deleted...]
-      <c r="L150" s="27">
+      <c r="J150" s="3"/>
+      <c r="K150" s="109"/>
+      <c r="L150" s="22">
         <f t="shared" si="29"/>
         <v>0</v>
       </c>
     </row>
     <row r="151" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A151" s="21" t="s">
+      <c r="A151" s="18" t="s">
         <v>100</v>
       </c>
-      <c r="B151" s="41"/>
-[...1 lines deleted...]
-      <c r="D151" s="27">
+      <c r="B151" s="3"/>
+      <c r="C151" s="109"/>
+      <c r="D151" s="22">
         <f t="shared" si="27"/>
         <v>0</v>
       </c>
-      <c r="F151" s="41"/>
-[...1 lines deleted...]
-      <c r="H151" s="27">
+      <c r="F151" s="3"/>
+      <c r="G151" s="109"/>
+      <c r="H151" s="22">
         <f t="shared" si="28"/>
         <v>0</v>
       </c>
-      <c r="J151" s="41"/>
-[...1 lines deleted...]
-      <c r="L151" s="27">
+      <c r="J151" s="3"/>
+      <c r="K151" s="109"/>
+      <c r="L151" s="22">
         <f t="shared" si="29"/>
         <v>0</v>
       </c>
     </row>
     <row r="152" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A152" s="21" t="s">
+      <c r="A152" s="18" t="s">
         <v>101</v>
       </c>
-      <c r="B152" s="41"/>
-[...1 lines deleted...]
-      <c r="D152" s="27">
+      <c r="B152" s="3"/>
+      <c r="C152" s="109"/>
+      <c r="D152" s="22">
         <f t="shared" si="27"/>
         <v>0</v>
       </c>
-      <c r="F152" s="41"/>
-[...1 lines deleted...]
-      <c r="H152" s="27">
+      <c r="F152" s="3"/>
+      <c r="G152" s="109"/>
+      <c r="H152" s="22">
         <f t="shared" si="28"/>
         <v>0</v>
       </c>
-      <c r="J152" s="41"/>
-[...1 lines deleted...]
-      <c r="L152" s="27">
+      <c r="J152" s="3"/>
+      <c r="K152" s="109"/>
+      <c r="L152" s="22">
         <f t="shared" si="29"/>
         <v>0</v>
       </c>
     </row>
     <row r="153" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A153" s="21" t="s">
+      <c r="A153" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="B153" s="41"/>
-[...1 lines deleted...]
-      <c r="D153" s="27">
+      <c r="B153" s="3"/>
+      <c r="C153" s="109"/>
+      <c r="D153" s="22">
         <f t="shared" si="27"/>
         <v>0</v>
       </c>
-      <c r="F153" s="41"/>
-[...1 lines deleted...]
-      <c r="H153" s="27">
+      <c r="F153" s="3"/>
+      <c r="G153" s="109"/>
+      <c r="H153" s="22">
         <f t="shared" si="28"/>
         <v>0</v>
       </c>
-      <c r="J153" s="41"/>
-[...1 lines deleted...]
-      <c r="L153" s="27">
+      <c r="J153" s="3"/>
+      <c r="K153" s="109"/>
+      <c r="L153" s="22">
         <f t="shared" si="29"/>
         <v>0</v>
       </c>
     </row>
     <row r="154" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A154" s="21" t="s">
+      <c r="A154" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="B154" s="41"/>
-[...1 lines deleted...]
-      <c r="D154" s="27">
+      <c r="B154" s="3"/>
+      <c r="C154" s="109"/>
+      <c r="D154" s="22">
         <f t="shared" si="27"/>
         <v>0</v>
       </c>
-      <c r="F154" s="41"/>
-[...1 lines deleted...]
-      <c r="H154" s="27">
+      <c r="F154" s="3"/>
+      <c r="G154" s="109"/>
+      <c r="H154" s="22">
         <f>F154-G154</f>
         <v>0</v>
       </c>
-      <c r="J154" s="41"/>
-[...1 lines deleted...]
-      <c r="L154" s="27">
+      <c r="J154" s="3"/>
+      <c r="K154" s="109"/>
+      <c r="L154" s="22">
         <f>J154-K154</f>
         <v>0</v>
       </c>
     </row>
     <row r="155" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A155" s="21" t="s">
+      <c r="A155" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="B155" s="42"/>
-[...1 lines deleted...]
-      <c r="D155" s="27">
+      <c r="B155" s="4"/>
+      <c r="C155" s="110"/>
+      <c r="D155" s="22">
         <f t="shared" si="27"/>
         <v>0</v>
       </c>
-      <c r="F155" s="42"/>
-[...1 lines deleted...]
-      <c r="H155" s="27">
+      <c r="F155" s="4"/>
+      <c r="G155" s="110"/>
+      <c r="H155" s="22">
         <f>F155-G155</f>
         <v>0</v>
       </c>
-      <c r="J155" s="42"/>
-[...1 lines deleted...]
-      <c r="L155" s="27">
+      <c r="J155" s="4"/>
+      <c r="K155" s="110"/>
+      <c r="L155" s="22">
         <f>J155-K155</f>
         <v>0</v>
       </c>
     </row>
     <row r="156" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A156" s="38" t="s">
+      <c r="A156" s="33" t="s">
         <v>30</v>
       </c>
-      <c r="B156" s="39">
+      <c r="B156" s="34">
         <f>SUM(B146:B155)</f>
         <v>100</v>
       </c>
-      <c r="C156" s="39">
+      <c r="C156" s="34">
         <f>SUM(C146:C155)</f>
         <v>150</v>
       </c>
-      <c r="D156" s="39">
+      <c r="D156" s="34">
         <f>SUM(D146:D155)</f>
         <v>-50</v>
       </c>
-      <c r="F156" s="39">
+      <c r="F156" s="34">
         <f>SUM(F146:F155)</f>
         <v>0</v>
       </c>
-      <c r="G156" s="39">
+      <c r="G156" s="34">
         <f>SUM(G146:G155)</f>
         <v>0</v>
       </c>
-      <c r="H156" s="39">
+      <c r="H156" s="34">
         <f>SUM(H146:H155)</f>
         <v>0</v>
       </c>
-      <c r="J156" s="39">
+      <c r="J156" s="34">
         <f>SUM(J146:J155)</f>
         <v>0</v>
       </c>
-      <c r="K156" s="39">
+      <c r="K156" s="34">
         <f>SUM(K146:K155)</f>
         <v>0</v>
       </c>
-      <c r="L156" s="39">
+      <c r="L156" s="34">
         <f>SUM(L146:L155)</f>
         <v>0</v>
       </c>
     </row>
     <row r="157" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
     <row r="158" spans="1:12" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B158" s="207" t="str">
+      <c r="B158" s="173" t="str">
         <f>B8</f>
         <v>JAN</v>
       </c>
-      <c r="C158" s="207"/>
-[...1 lines deleted...]
-      <c r="F158" s="207" t="str">
+      <c r="C158" s="173"/>
+      <c r="D158" s="173"/>
+      <c r="F158" s="173" t="str">
         <f>F8</f>
         <v>FEB</v>
       </c>
-      <c r="G158" s="207"/>
-[...1 lines deleted...]
-      <c r="J158" s="207" t="str">
+      <c r="G158" s="173"/>
+      <c r="H158" s="173"/>
+      <c r="J158" s="173" t="str">
         <f>J8</f>
         <v>MAR</v>
       </c>
-      <c r="K158" s="207"/>
-      <c r="L158" s="207"/>
+      <c r="K158" s="173"/>
+      <c r="L158" s="173"/>
     </row>
     <row r="159" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A159" s="36" t="s">
+      <c r="A159" s="31" t="s">
         <v>102</v>
       </c>
-      <c r="B159" s="37" t="s">
+      <c r="B159" s="32" t="s">
         <v>34</v>
       </c>
-      <c r="C159" s="43" t="s">
+      <c r="C159" s="36" t="s">
         <v>9</v>
       </c>
-      <c r="D159" s="37" t="s">
+      <c r="D159" s="32" t="s">
         <v>32</v>
       </c>
-      <c r="F159" s="37" t="s">
+      <c r="F159" s="32" t="s">
         <v>34</v>
       </c>
-      <c r="G159" s="43" t="s">
+      <c r="G159" s="36" t="s">
         <v>9</v>
       </c>
-      <c r="H159" s="37" t="s">
+      <c r="H159" s="32" t="s">
         <v>32</v>
       </c>
-      <c r="J159" s="37" t="s">
+      <c r="J159" s="32" t="s">
         <v>34</v>
       </c>
-      <c r="K159" s="43" t="s">
+      <c r="K159" s="36" t="s">
         <v>9</v>
       </c>
-      <c r="L159" s="37" t="s">
+      <c r="L159" s="32" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="160" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A160" s="21" t="s">
+      <c r="A160" s="18" t="s">
         <v>103</v>
       </c>
-      <c r="B160" s="127">
+      <c r="B160" s="107">
         <v>350</v>
       </c>
-      <c r="C160" s="128">
+      <c r="C160" s="108">
         <v>200</v>
       </c>
-      <c r="D160" s="27">
+      <c r="D160" s="22">
         <f t="shared" ref="D160:D166" si="30">B160-C160</f>
         <v>150</v>
       </c>
-      <c r="F160" s="127"/>
-[...1 lines deleted...]
-      <c r="H160" s="27">
+      <c r="F160" s="107"/>
+      <c r="G160" s="108"/>
+      <c r="H160" s="22">
         <f t="shared" ref="H160:H166" si="31">F160-G160</f>
         <v>0</v>
       </c>
-      <c r="J160" s="127"/>
-[...1 lines deleted...]
-      <c r="L160" s="27">
+      <c r="J160" s="107"/>
+      <c r="K160" s="108"/>
+      <c r="L160" s="22">
         <f t="shared" ref="L160:L166" si="32">J160-K160</f>
         <v>0</v>
       </c>
     </row>
     <row r="161" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A161" s="21" t="s">
+      <c r="A161" s="18" t="s">
         <v>104</v>
       </c>
-      <c r="B161" s="41"/>
-[...1 lines deleted...]
-      <c r="D161" s="27">
+      <c r="B161" s="3"/>
+      <c r="C161" s="109"/>
+      <c r="D161" s="22">
         <f t="shared" si="30"/>
         <v>0</v>
       </c>
-      <c r="F161" s="41"/>
-[...1 lines deleted...]
-      <c r="H161" s="27">
+      <c r="F161" s="3"/>
+      <c r="G161" s="109"/>
+      <c r="H161" s="22">
         <f t="shared" si="31"/>
         <v>0</v>
       </c>
-      <c r="J161" s="41"/>
-[...1 lines deleted...]
-      <c r="L161" s="27">
+      <c r="J161" s="3"/>
+      <c r="K161" s="109"/>
+      <c r="L161" s="22">
         <f t="shared" si="32"/>
         <v>0</v>
       </c>
     </row>
     <row r="162" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A162" s="21" t="s">
+      <c r="A162" s="18" t="s">
         <v>105</v>
       </c>
-      <c r="B162" s="41"/>
-[...1 lines deleted...]
-      <c r="D162" s="27">
+      <c r="B162" s="3"/>
+      <c r="C162" s="109"/>
+      <c r="D162" s="22">
         <f t="shared" si="30"/>
         <v>0</v>
       </c>
-      <c r="F162" s="41"/>
-[...1 lines deleted...]
-      <c r="H162" s="27">
+      <c r="F162" s="3"/>
+      <c r="G162" s="109"/>
+      <c r="H162" s="22">
         <f t="shared" si="31"/>
         <v>0</v>
       </c>
-      <c r="J162" s="41"/>
-[...1 lines deleted...]
-      <c r="L162" s="27">
+      <c r="J162" s="3"/>
+      <c r="K162" s="109"/>
+      <c r="L162" s="22">
         <f t="shared" si="32"/>
         <v>0</v>
       </c>
     </row>
     <row r="163" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A163" s="21" t="s">
+      <c r="A163" s="18" t="s">
         <v>106</v>
       </c>
-      <c r="B163" s="41"/>
-[...1 lines deleted...]
-      <c r="D163" s="27">
+      <c r="B163" s="3"/>
+      <c r="C163" s="109"/>
+      <c r="D163" s="22">
         <f t="shared" si="30"/>
         <v>0</v>
       </c>
-      <c r="F163" s="41"/>
-[...1 lines deleted...]
-      <c r="H163" s="27">
+      <c r="F163" s="3"/>
+      <c r="G163" s="109"/>
+      <c r="H163" s="22">
         <f t="shared" si="31"/>
         <v>0</v>
       </c>
-      <c r="J163" s="41"/>
-[...1 lines deleted...]
-      <c r="L163" s="27">
+      <c r="J163" s="3"/>
+      <c r="K163" s="109"/>
+      <c r="L163" s="22">
         <f t="shared" si="32"/>
         <v>0</v>
       </c>
     </row>
     <row r="164" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A164" s="21" t="s">
+      <c r="A164" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="B164" s="41"/>
-[...1 lines deleted...]
-      <c r="D164" s="27">
+      <c r="B164" s="3"/>
+      <c r="C164" s="109"/>
+      <c r="D164" s="22">
         <f t="shared" si="30"/>
         <v>0</v>
       </c>
-      <c r="F164" s="41"/>
-[...1 lines deleted...]
-      <c r="H164" s="27">
+      <c r="F164" s="3"/>
+      <c r="G164" s="109"/>
+      <c r="H164" s="22">
         <f t="shared" si="31"/>
         <v>0</v>
       </c>
-      <c r="J164" s="41"/>
-[...1 lines deleted...]
-      <c r="L164" s="27">
+      <c r="J164" s="3"/>
+      <c r="K164" s="109"/>
+      <c r="L164" s="22">
         <f t="shared" si="32"/>
         <v>0</v>
       </c>
     </row>
     <row r="165" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A165" s="21" t="s">
+      <c r="A165" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="B165" s="41"/>
-[...1 lines deleted...]
-      <c r="D165" s="27">
+      <c r="B165" s="3"/>
+      <c r="C165" s="109"/>
+      <c r="D165" s="22">
         <f t="shared" si="30"/>
         <v>0</v>
       </c>
-      <c r="F165" s="41"/>
-[...1 lines deleted...]
-      <c r="H165" s="27">
+      <c r="F165" s="3"/>
+      <c r="G165" s="109"/>
+      <c r="H165" s="22">
         <f t="shared" si="31"/>
         <v>0</v>
       </c>
-      <c r="J165" s="41"/>
-[...1 lines deleted...]
-      <c r="L165" s="27">
+      <c r="J165" s="3"/>
+      <c r="K165" s="109"/>
+      <c r="L165" s="22">
         <f t="shared" si="32"/>
         <v>0</v>
       </c>
     </row>
     <row r="166" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A166" s="21" t="s">
+      <c r="A166" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="B166" s="42"/>
-[...1 lines deleted...]
-      <c r="D166" s="27">
+      <c r="B166" s="4"/>
+      <c r="C166" s="110"/>
+      <c r="D166" s="22">
         <f t="shared" si="30"/>
         <v>0</v>
       </c>
-      <c r="F166" s="42"/>
-[...1 lines deleted...]
-      <c r="H166" s="27">
+      <c r="F166" s="4"/>
+      <c r="G166" s="110"/>
+      <c r="H166" s="22">
         <f t="shared" si="31"/>
         <v>0</v>
       </c>
-      <c r="J166" s="42"/>
-[...1 lines deleted...]
-      <c r="L166" s="27">
+      <c r="J166" s="4"/>
+      <c r="K166" s="110"/>
+      <c r="L166" s="22">
         <f t="shared" si="32"/>
         <v>0</v>
       </c>
     </row>
     <row r="167" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A167" s="38" t="s">
+      <c r="A167" s="33" t="s">
         <v>30</v>
       </c>
-      <c r="B167" s="39">
+      <c r="B167" s="34">
         <f>SUM(B160:B166)</f>
         <v>350</v>
       </c>
-      <c r="C167" s="39">
+      <c r="C167" s="34">
         <f>SUM(C160:C166)</f>
         <v>200</v>
       </c>
-      <c r="D167" s="39">
+      <c r="D167" s="34">
         <f>SUM(D160:D166)</f>
         <v>150</v>
       </c>
-      <c r="F167" s="39">
+      <c r="F167" s="34">
         <f>SUM(F160:F166)</f>
         <v>0</v>
       </c>
-      <c r="G167" s="39">
+      <c r="G167" s="34">
         <f>SUM(G160:G166)</f>
         <v>0</v>
       </c>
-      <c r="H167" s="39">
+      <c r="H167" s="34">
         <f>SUM(H160:H166)</f>
         <v>0</v>
       </c>
-      <c r="J167" s="39">
+      <c r="J167" s="34">
         <f>SUM(J160:J166)</f>
         <v>0</v>
       </c>
-      <c r="K167" s="39">
+      <c r="K167" s="34">
         <f>SUM(K160:K166)</f>
         <v>0</v>
       </c>
-      <c r="L167" s="39">
+      <c r="L167" s="34">
         <f>SUM(L160:L166)</f>
         <v>0</v>
       </c>
     </row>
     <row r="168" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
     <row r="169" spans="1:12" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B169" s="207" t="str">
+      <c r="B169" s="173" t="str">
         <f>B8</f>
         <v>JAN</v>
       </c>
-      <c r="C169" s="207"/>
-[...1 lines deleted...]
-      <c r="F169" s="207" t="str">
+      <c r="C169" s="173"/>
+      <c r="D169" s="173"/>
+      <c r="F169" s="173" t="str">
         <f>F8</f>
         <v>FEB</v>
       </c>
-      <c r="G169" s="207"/>
-[...1 lines deleted...]
-      <c r="J169" s="207" t="str">
+      <c r="G169" s="173"/>
+      <c r="H169" s="173"/>
+      <c r="J169" s="173" t="str">
         <f>J8</f>
         <v>MAR</v>
       </c>
-      <c r="K169" s="207"/>
-      <c r="L169" s="207"/>
+      <c r="K169" s="173"/>
+      <c r="L169" s="173"/>
     </row>
     <row r="170" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A170" s="36" t="s">
+      <c r="A170" s="31" t="s">
         <v>107</v>
       </c>
-      <c r="B170" s="37" t="s">
+      <c r="B170" s="32" t="s">
         <v>34</v>
       </c>
-      <c r="C170" s="43" t="s">
+      <c r="C170" s="36" t="s">
         <v>9</v>
       </c>
-      <c r="D170" s="37" t="s">
+      <c r="D170" s="32" t="s">
         <v>32</v>
       </c>
-      <c r="F170" s="37" t="s">
+      <c r="F170" s="32" t="s">
         <v>34</v>
       </c>
-      <c r="G170" s="43" t="s">
+      <c r="G170" s="36" t="s">
         <v>9</v>
       </c>
-      <c r="H170" s="37" t="s">
+      <c r="H170" s="32" t="s">
         <v>32</v>
       </c>
-      <c r="J170" s="37" t="s">
+      <c r="J170" s="32" t="s">
         <v>34</v>
       </c>
-      <c r="K170" s="43" t="s">
+      <c r="K170" s="36" t="s">
         <v>9</v>
       </c>
-      <c r="L170" s="37" t="s">
+      <c r="L170" s="32" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="171" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A171" s="21" t="s">
+      <c r="A171" s="18" t="s">
         <v>108</v>
       </c>
-      <c r="B171" s="127"/>
-[...1 lines deleted...]
-      <c r="D171" s="27">
+      <c r="B171" s="107"/>
+      <c r="C171" s="108"/>
+      <c r="D171" s="22">
         <f>B171-C171</f>
         <v>0</v>
       </c>
-      <c r="F171" s="127"/>
-[...1 lines deleted...]
-      <c r="H171" s="27">
+      <c r="F171" s="107"/>
+      <c r="G171" s="108"/>
+      <c r="H171" s="22">
         <f>F171-G171</f>
         <v>0</v>
       </c>
-      <c r="J171" s="127"/>
-[...1 lines deleted...]
-      <c r="L171" s="27">
+      <c r="J171" s="107"/>
+      <c r="K171" s="108"/>
+      <c r="L171" s="22">
         <f>J171-K171</f>
         <v>0</v>
       </c>
     </row>
     <row r="172" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A172" s="21" t="s">
+      <c r="A172" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="B172" s="41"/>
-[...1 lines deleted...]
-      <c r="D172" s="27">
+      <c r="B172" s="3"/>
+      <c r="C172" s="109"/>
+      <c r="D172" s="22">
         <f>B172-C172</f>
         <v>0</v>
       </c>
-      <c r="F172" s="41"/>
-[...1 lines deleted...]
-      <c r="H172" s="27">
+      <c r="F172" s="3"/>
+      <c r="G172" s="109"/>
+      <c r="H172" s="22">
         <f>F172-G172</f>
         <v>0</v>
       </c>
-      <c r="J172" s="41"/>
-[...1 lines deleted...]
-      <c r="L172" s="27">
+      <c r="J172" s="3"/>
+      <c r="K172" s="109"/>
+      <c r="L172" s="22">
         <f>J172-K172</f>
         <v>0</v>
       </c>
     </row>
     <row r="173" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A173" s="21" t="s">
+      <c r="A173" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="B173" s="41"/>
-[...1 lines deleted...]
-      <c r="D173" s="27">
+      <c r="B173" s="3"/>
+      <c r="C173" s="109"/>
+      <c r="D173" s="22">
         <f>B173-C173</f>
         <v>0</v>
       </c>
-      <c r="F173" s="41"/>
-[...1 lines deleted...]
-      <c r="H173" s="27">
+      <c r="F173" s="3"/>
+      <c r="G173" s="109"/>
+      <c r="H173" s="22">
         <f>F173-G173</f>
         <v>0</v>
       </c>
-      <c r="J173" s="41"/>
-[...1 lines deleted...]
-      <c r="L173" s="27">
+      <c r="J173" s="3"/>
+      <c r="K173" s="109"/>
+      <c r="L173" s="22">
         <f>J173-K173</f>
         <v>0</v>
       </c>
     </row>
     <row r="174" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A174" s="21" t="s">
+      <c r="A174" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="B174" s="42"/>
-[...1 lines deleted...]
-      <c r="D174" s="27">
+      <c r="B174" s="4"/>
+      <c r="C174" s="110"/>
+      <c r="D174" s="22">
         <f>B174-C174</f>
         <v>0</v>
       </c>
-      <c r="F174" s="42"/>
-[...1 lines deleted...]
-      <c r="H174" s="27">
+      <c r="F174" s="4"/>
+      <c r="G174" s="110"/>
+      <c r="H174" s="22">
         <f>F174-G174</f>
         <v>0</v>
       </c>
-      <c r="J174" s="42"/>
-[...1 lines deleted...]
-      <c r="L174" s="27">
+      <c r="J174" s="4"/>
+      <c r="K174" s="110"/>
+      <c r="L174" s="22">
         <f>J174-K174</f>
         <v>0</v>
       </c>
     </row>
     <row r="175" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A175" s="38" t="s">
+      <c r="A175" s="33" t="s">
         <v>30</v>
       </c>
-      <c r="B175" s="39">
+      <c r="B175" s="34">
         <f>SUM(B171:B174)</f>
         <v>0</v>
       </c>
-      <c r="C175" s="39">
+      <c r="C175" s="34">
         <f>SUM(C171:C174)</f>
         <v>0</v>
       </c>
-      <c r="D175" s="39">
+      <c r="D175" s="34">
         <f>SUM(D171:D174)</f>
         <v>0</v>
       </c>
-      <c r="F175" s="39">
+      <c r="F175" s="34">
         <f>SUM(F171:F174)</f>
         <v>0</v>
       </c>
-      <c r="G175" s="39">
+      <c r="G175" s="34">
         <f>SUM(G171:G174)</f>
         <v>0</v>
       </c>
-      <c r="H175" s="39">
+      <c r="H175" s="34">
         <f>SUM(H171:H174)</f>
         <v>0</v>
       </c>
-      <c r="J175" s="39">
+      <c r="J175" s="34">
         <f>SUM(J171:J174)</f>
         <v>0</v>
       </c>
-      <c r="K175" s="39">
+      <c r="K175" s="34">
         <f>SUM(K171:K174)</f>
         <v>0</v>
       </c>
-      <c r="L175" s="39">
+      <c r="L175" s="34">
         <f>SUM(L171:L174)</f>
         <v>0</v>
       </c>
     </row>
     <row r="176" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
     <row r="177" spans="1:12" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B177" s="207" t="str">
+      <c r="B177" s="173" t="str">
         <f>B8</f>
         <v>JAN</v>
       </c>
-      <c r="C177" s="207"/>
-[...1 lines deleted...]
-      <c r="F177" s="207" t="str">
+      <c r="C177" s="173"/>
+      <c r="D177" s="173"/>
+      <c r="F177" s="173" t="str">
         <f>F8</f>
         <v>FEB</v>
       </c>
-      <c r="G177" s="207"/>
-[...1 lines deleted...]
-      <c r="J177" s="207" t="str">
+      <c r="G177" s="173"/>
+      <c r="H177" s="173"/>
+      <c r="J177" s="173" t="str">
         <f>J8</f>
         <v>MAR</v>
       </c>
-      <c r="K177" s="207"/>
-      <c r="L177" s="207"/>
+      <c r="K177" s="173"/>
+      <c r="L177" s="173"/>
     </row>
     <row r="178" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A178" s="36" t="s">
+      <c r="A178" s="31" t="s">
         <v>109</v>
       </c>
-      <c r="B178" s="37" t="s">
+      <c r="B178" s="32" t="s">
         <v>34</v>
       </c>
-      <c r="C178" s="43" t="s">
+      <c r="C178" s="36" t="s">
         <v>9</v>
       </c>
-      <c r="D178" s="37" t="s">
+      <c r="D178" s="32" t="s">
         <v>32</v>
       </c>
-      <c r="F178" s="37" t="s">
+      <c r="F178" s="32" t="s">
         <v>34</v>
       </c>
-      <c r="G178" s="43" t="s">
+      <c r="G178" s="36" t="s">
         <v>9</v>
       </c>
-      <c r="H178" s="37" t="s">
+      <c r="H178" s="32" t="s">
         <v>32</v>
       </c>
-      <c r="J178" s="37" t="s">
+      <c r="J178" s="32" t="s">
         <v>34</v>
       </c>
-      <c r="K178" s="43" t="s">
+      <c r="K178" s="36" t="s">
         <v>9</v>
       </c>
-      <c r="L178" s="37" t="s">
+      <c r="L178" s="32" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="179" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A179" s="21" t="s">
+      <c r="A179" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="B179" s="127"/>
-[...1 lines deleted...]
-      <c r="D179" s="27">
+      <c r="B179" s="107"/>
+      <c r="C179" s="108"/>
+      <c r="D179" s="22">
         <f>B179-C179</f>
         <v>0</v>
       </c>
-      <c r="F179" s="127"/>
-[...1 lines deleted...]
-      <c r="H179" s="27">
+      <c r="F179" s="107"/>
+      <c r="G179" s="108"/>
+      <c r="H179" s="22">
         <f>F179-G179</f>
         <v>0</v>
       </c>
-      <c r="J179" s="127"/>
-[...1 lines deleted...]
-      <c r="L179" s="27">
+      <c r="J179" s="107"/>
+      <c r="K179" s="108"/>
+      <c r="L179" s="22">
         <f>J179-K179</f>
         <v>0</v>
       </c>
     </row>
     <row r="180" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A180" s="21" t="s">
+      <c r="A180" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="B180" s="41"/>
-[...1 lines deleted...]
-      <c r="D180" s="27">
+      <c r="B180" s="3"/>
+      <c r="C180" s="109"/>
+      <c r="D180" s="22">
         <f>B180-C180</f>
         <v>0</v>
       </c>
-      <c r="F180" s="41"/>
-[...1 lines deleted...]
-      <c r="H180" s="27">
+      <c r="F180" s="3"/>
+      <c r="G180" s="109"/>
+      <c r="H180" s="22">
         <f>F180-G180</f>
         <v>0</v>
       </c>
-      <c r="J180" s="41"/>
-[...1 lines deleted...]
-      <c r="L180" s="27">
+      <c r="J180" s="3"/>
+      <c r="K180" s="109"/>
+      <c r="L180" s="22">
         <f>J180-K180</f>
         <v>0</v>
       </c>
     </row>
     <row r="181" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A181" s="21" t="s">
+      <c r="A181" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="B181" s="41"/>
-[...1 lines deleted...]
-      <c r="D181" s="27">
+      <c r="B181" s="3"/>
+      <c r="C181" s="109"/>
+      <c r="D181" s="22">
         <f>B181-C181</f>
         <v>0</v>
       </c>
-      <c r="F181" s="41"/>
-[...1 lines deleted...]
-      <c r="H181" s="27">
+      <c r="F181" s="3"/>
+      <c r="G181" s="109"/>
+      <c r="H181" s="22">
         <f>F181-G181</f>
         <v>0</v>
       </c>
-      <c r="J181" s="41"/>
-[...1 lines deleted...]
-      <c r="L181" s="27">
+      <c r="J181" s="3"/>
+      <c r="K181" s="109"/>
+      <c r="L181" s="22">
         <f>J181-K181</f>
         <v>0</v>
       </c>
     </row>
     <row r="182" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A182" s="21" t="s">
+      <c r="A182" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="B182" s="42"/>
-[...1 lines deleted...]
-      <c r="D182" s="27">
+      <c r="B182" s="4"/>
+      <c r="C182" s="110"/>
+      <c r="D182" s="22">
         <f>B182-C182</f>
         <v>0</v>
       </c>
-      <c r="F182" s="42"/>
-[...1 lines deleted...]
-      <c r="H182" s="27">
+      <c r="F182" s="4"/>
+      <c r="G182" s="110"/>
+      <c r="H182" s="22">
         <f>F182-G182</f>
         <v>0</v>
       </c>
-      <c r="J182" s="42"/>
-[...1 lines deleted...]
-      <c r="L182" s="27">
+      <c r="J182" s="4"/>
+      <c r="K182" s="110"/>
+      <c r="L182" s="22">
         <f>J182-K182</f>
         <v>0</v>
       </c>
     </row>
     <row r="183" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A183" s="38" t="s">
+      <c r="A183" s="33" t="s">
         <v>30</v>
       </c>
-      <c r="B183" s="39">
+      <c r="B183" s="34">
         <f>SUM(B179:B182)</f>
         <v>0</v>
       </c>
-      <c r="C183" s="39">
+      <c r="C183" s="34">
         <f>SUM(C179:C182)</f>
         <v>0</v>
       </c>
-      <c r="D183" s="39">
+      <c r="D183" s="34">
         <f>SUM(D179:D182)</f>
         <v>0</v>
       </c>
-      <c r="F183" s="39">
+      <c r="F183" s="34">
         <f>SUM(F179:F182)</f>
         <v>0</v>
       </c>
-      <c r="G183" s="39">
+      <c r="G183" s="34">
         <f>SUM(G179:G182)</f>
         <v>0</v>
       </c>
-      <c r="H183" s="39">
+      <c r="H183" s="34">
         <f>SUM(H179:H182)</f>
         <v>0</v>
       </c>
-      <c r="J183" s="39">
+      <c r="J183" s="34">
         <f>SUM(J179:J182)</f>
         <v>0</v>
       </c>
-      <c r="K183" s="39">
+      <c r="K183" s="34">
         <f>SUM(K179:K182)</f>
         <v>0</v>
       </c>
-      <c r="L183" s="39">
+      <c r="L183" s="34">
         <f>SUM(L179:L182)</f>
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="56">
-    <mergeCell ref="J16:L16"/>
-[...22 lines deleted...]
-    <mergeCell ref="B121:D121"/>
+    <mergeCell ref="A1:L1"/>
+    <mergeCell ref="C6:F6"/>
+    <mergeCell ref="G7:H7"/>
+    <mergeCell ref="B8:D8"/>
+    <mergeCell ref="F8:H8"/>
+    <mergeCell ref="J8:L8"/>
+    <mergeCell ref="H2:L2"/>
+    <mergeCell ref="A2:E2"/>
+    <mergeCell ref="J4:L4"/>
+    <mergeCell ref="J169:L169"/>
+    <mergeCell ref="J158:L158"/>
+    <mergeCell ref="B177:D177"/>
+    <mergeCell ref="F177:H177"/>
+    <mergeCell ref="J177:L177"/>
+    <mergeCell ref="F169:H169"/>
+    <mergeCell ref="B169:D169"/>
     <mergeCell ref="J14:L14"/>
     <mergeCell ref="J110:L110"/>
     <mergeCell ref="J45:L45"/>
     <mergeCell ref="B69:D69"/>
     <mergeCell ref="F69:H69"/>
     <mergeCell ref="J69:L69"/>
     <mergeCell ref="G15:H15"/>
     <mergeCell ref="B14:D14"/>
     <mergeCell ref="F14:H14"/>
     <mergeCell ref="B97:D97"/>
     <mergeCell ref="F59:H59"/>
     <mergeCell ref="F16:H16"/>
     <mergeCell ref="F97:H97"/>
     <mergeCell ref="F82:H82"/>
     <mergeCell ref="B82:D82"/>
     <mergeCell ref="J82:L82"/>
-    <mergeCell ref="J169:L169"/>
-[...14 lines deleted...]
-    <mergeCell ref="J4:L4"/>
+    <mergeCell ref="J121:L121"/>
+    <mergeCell ref="J97:L97"/>
+    <mergeCell ref="B110:D110"/>
+    <mergeCell ref="F110:H110"/>
+    <mergeCell ref="F121:H121"/>
+    <mergeCell ref="B121:D121"/>
+    <mergeCell ref="F133:H133"/>
+    <mergeCell ref="J133:L133"/>
+    <mergeCell ref="F158:H158"/>
+    <mergeCell ref="B158:D158"/>
+    <mergeCell ref="B144:D144"/>
+    <mergeCell ref="F144:H144"/>
+    <mergeCell ref="J144:L144"/>
+    <mergeCell ref="B133:D133"/>
+    <mergeCell ref="J16:L16"/>
+    <mergeCell ref="G24:H24"/>
+    <mergeCell ref="B16:D16"/>
+    <mergeCell ref="J59:L59"/>
+    <mergeCell ref="B25:D25"/>
+    <mergeCell ref="F25:H25"/>
+    <mergeCell ref="J25:L25"/>
+    <mergeCell ref="B45:D45"/>
+    <mergeCell ref="F45:H45"/>
+    <mergeCell ref="B59:D59"/>
   </mergeCells>
   <phoneticPr fontId="29" type="noConversion"/>
   <hyperlinks>
-    <hyperlink ref="A4" r:id="rId1" tooltip="HELP with Family Budget Planner"/>
+    <hyperlink ref="A4" r:id="rId1" tooltip="HELP with Family Budget Planner" xr:uid="{00000000-0004-0000-0100-000000000000}"/>
   </hyperlinks>
   <pageMargins left="0.35433070866141736" right="0.15748031496062992" top="0.59055118110236227" bottom="0.59055118110236227" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" scale="85" firstPageNumber="0" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L© Spreadsheet123.com. All rights reserved&amp;RFamily Budget Planner by Spreadsheet123.com</oddFooter>
   </headerFooter>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1:L183"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
-      <selection activeCell="U21" sqref="U21"/>
+      <selection activeCell="S15" sqref="S15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="25.7109375" style="6" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="13" max="16384" width="9.140625" style="6"/>
+    <col min="1" max="1" width="25.7109375" customWidth="1"/>
+    <col min="2" max="4" width="9.7109375" customWidth="1"/>
+    <col min="5" max="5" width="1.7109375" customWidth="1"/>
+    <col min="6" max="8" width="9.7109375" customWidth="1"/>
+    <col min="9" max="9" width="1.7109375" customWidth="1"/>
+    <col min="10" max="12" width="9.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" ht="35.1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="199" t="s">
-[...12 lines deleted...]
-      <c r="L1" s="199"/>
+      <c r="A1" s="165" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="165"/>
+      <c r="C1" s="165"/>
+      <c r="D1" s="165"/>
+      <c r="E1" s="165"/>
+      <c r="F1" s="165"/>
+      <c r="G1" s="165"/>
+      <c r="H1" s="165"/>
+      <c r="I1" s="165"/>
+      <c r="J1" s="165"/>
+      <c r="K1" s="165"/>
+      <c r="L1" s="165"/>
     </row>
     <row r="2" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A2" s="205"/>
-[...8 lines deleted...]
-      <c r="L2" s="204"/>
+      <c r="A2" s="179"/>
+      <c r="B2" s="179"/>
+      <c r="C2" s="179"/>
+      <c r="D2" s="179"/>
+      <c r="E2" s="179"/>
+      <c r="H2" s="178"/>
+      <c r="I2" s="178"/>
+      <c r="J2" s="178"/>
+      <c r="K2" s="178"/>
+      <c r="L2" s="178"/>
     </row>
     <row r="4" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A4" s="8" t="s">
+      <c r="A4" s="7" t="s">
         <v>2</v>
       </c>
-      <c r="B4" s="9"/>
-[...9 lines deleted...]
-      <c r="L4" s="206"/>
+      <c r="B4" s="8"/>
+      <c r="C4" s="9"/>
+      <c r="D4" s="9"/>
+      <c r="E4" s="9"/>
+      <c r="F4" s="9"/>
+      <c r="G4" s="9"/>
+      <c r="H4" s="9"/>
+      <c r="I4" s="9"/>
+      <c r="J4" s="180"/>
+      <c r="K4" s="180"/>
+      <c r="L4" s="180"/>
     </row>
     <row r="5" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
     <row r="6" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A6" s="2" t="s">
         <v>128</v>
       </c>
-      <c r="B6" s="23">
+      <c r="B6" s="1">
         <f>'Jan-Mar'!J14</f>
         <v>230</v>
       </c>
-      <c r="C6" s="201"/>
-[...6 lines deleted...]
-      <c r="L6" s="13"/>
+      <c r="C6" s="175"/>
+      <c r="D6" s="175"/>
+      <c r="E6" s="175"/>
+      <c r="F6" s="175"/>
+      <c r="I6" s="10"/>
+      <c r="J6" s="11"/>
+      <c r="K6" s="10"/>
+      <c r="L6" s="12"/>
     </row>
     <row r="7" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="G7" s="202"/>
-[...4 lines deleted...]
-      <c r="L7" s="14"/>
+      <c r="G7" s="176"/>
+      <c r="H7" s="176"/>
+      <c r="I7" s="13"/>
+      <c r="J7" s="13"/>
+      <c r="K7" s="13"/>
+      <c r="L7" s="13"/>
     </row>
     <row r="8" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="B8" s="203" t="str">
+      <c r="B8" s="177" t="str">
         <f>Income!E20</f>
         <v>APR</v>
       </c>
-      <c r="C8" s="203"/>
-[...1 lines deleted...]
-      <c r="F8" s="203" t="str">
+      <c r="C8" s="177"/>
+      <c r="D8" s="177"/>
+      <c r="F8" s="177" t="str">
         <f>Income!F20</f>
         <v>MAY</v>
       </c>
-      <c r="G8" s="203"/>
-[...1 lines deleted...]
-      <c r="J8" s="203" t="str">
+      <c r="G8" s="177"/>
+      <c r="H8" s="177"/>
+      <c r="J8" s="177" t="str">
         <f>Income!G20</f>
         <v>JUNE</v>
       </c>
-      <c r="K8" s="203"/>
-      <c r="L8" s="203"/>
+      <c r="K8" s="177"/>
+      <c r="L8" s="177"/>
     </row>
     <row r="9" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A9" s="28"/>
-      <c r="B9" s="29" t="s">
+      <c r="A9" s="23"/>
+      <c r="B9" s="24" t="s">
         <v>34</v>
       </c>
-      <c r="C9" s="34" t="s">
+      <c r="C9" s="29" t="s">
         <v>9</v>
       </c>
-      <c r="D9" s="29" t="s">
+      <c r="D9" s="24" t="s">
         <v>32</v>
       </c>
-      <c r="E9" s="15"/>
-      <c r="F9" s="29" t="s">
+      <c r="E9" s="14"/>
+      <c r="F9" s="24" t="s">
         <v>34</v>
       </c>
-      <c r="G9" s="34" t="s">
+      <c r="G9" s="29" t="s">
         <v>9</v>
       </c>
-      <c r="H9" s="29" t="s">
+      <c r="H9" s="24" t="s">
         <v>32</v>
       </c>
-      <c r="I9" s="15"/>
-      <c r="J9" s="29" t="s">
+      <c r="I9" s="14"/>
+      <c r="J9" s="24" t="s">
         <v>34</v>
       </c>
-      <c r="K9" s="34" t="s">
+      <c r="K9" s="29" t="s">
         <v>9</v>
       </c>
-      <c r="L9" s="29" t="s">
+      <c r="L9" s="24" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="10" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A10" s="16" t="s">
+      <c r="A10" s="15" t="s">
         <v>110</v>
       </c>
-      <c r="B10" s="17">
+      <c r="B10" s="13">
         <f>B23</f>
         <v>0</v>
       </c>
-      <c r="C10" s="17">
+      <c r="C10" s="13">
         <f>C23</f>
         <v>0</v>
       </c>
-      <c r="D10" s="27">
+      <c r="D10" s="22">
         <f>C10-B10</f>
         <v>0</v>
       </c>
-      <c r="F10" s="17">
+      <c r="F10" s="13">
         <f>F23</f>
         <v>0</v>
       </c>
-      <c r="G10" s="17">
+      <c r="G10" s="13">
         <f>G23</f>
         <v>0</v>
       </c>
-      <c r="H10" s="27">
+      <c r="H10" s="22">
         <f>G10-F10</f>
         <v>0</v>
       </c>
-      <c r="J10" s="17">
+      <c r="J10" s="13">
         <f>J23</f>
         <v>0</v>
       </c>
-      <c r="K10" s="17">
+      <c r="K10" s="13">
         <f>K23</f>
         <v>0</v>
       </c>
-      <c r="L10" s="27">
+      <c r="L10" s="22">
         <f>K10-J10</f>
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:12" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A11" s="16" t="s">
+      <c r="A11" s="15" t="s">
         <v>118</v>
       </c>
-      <c r="B11" s="17">
+      <c r="B11" s="13">
         <f>B43+B57+B67+B80+B95+B108+B119+B131+B142+B156+B167+B175+B183</f>
         <v>200</v>
       </c>
-      <c r="C11" s="17">
+      <c r="C11" s="13">
         <f>C43+C57+C67+C80+C95+C108+C119+C131+C142+C156+C167+C175+C183</f>
         <v>120</v>
       </c>
-      <c r="D11" s="27">
+      <c r="D11" s="22">
         <f>B11-C11</f>
         <v>80</v>
       </c>
-      <c r="F11" s="17">
+      <c r="F11" s="13">
         <f>F43+F57+F67+F80+F95+F108+F119+F131+F142+F156+F167+F175+F183</f>
         <v>0</v>
       </c>
-      <c r="G11" s="17">
+      <c r="G11" s="13">
         <f>G43+G57+G67+G80+G95+G108+G119+G131+G142+G156+G167+G175+G183</f>
         <v>0</v>
       </c>
-      <c r="H11" s="27">
+      <c r="H11" s="22">
         <f>F11-G11</f>
         <v>0</v>
       </c>
-      <c r="J11" s="17">
+      <c r="J11" s="13">
         <f>J43+J57+J67+J80+J95+J108+J119+J131+J142+J156+J167+J175+J183</f>
         <v>0</v>
       </c>
-      <c r="K11" s="17">
+      <c r="K11" s="13">
         <f>K43+K57+K67+K80+K95+K108+K119+K131+K142+K156+K167+K175+K183</f>
         <v>0</v>
       </c>
-      <c r="L11" s="27">
+      <c r="L11" s="22">
         <f>J11-K11</f>
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:12" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A12" s="24" t="s">
+      <c r="A12" s="19" t="s">
         <v>119</v>
       </c>
-      <c r="B12" s="25">
+      <c r="B12" s="20">
         <f>B10-B11</f>
         <v>-200</v>
       </c>
-      <c r="C12" s="25">
+      <c r="C12" s="20">
         <f>C10-C11</f>
         <v>-120</v>
       </c>
-      <c r="D12" s="26"/>
-      <c r="F12" s="25">
+      <c r="D12" s="21"/>
+      <c r="F12" s="20">
         <f>F10-F11</f>
         <v>0</v>
       </c>
-      <c r="G12" s="25">
+      <c r="G12" s="20">
         <f>G10-G11</f>
         <v>0</v>
       </c>
-      <c r="H12" s="26"/>
-      <c r="J12" s="25">
+      <c r="H12" s="21"/>
+      <c r="J12" s="20">
         <f>J10-J11</f>
         <v>0</v>
       </c>
-      <c r="K12" s="25">
+      <c r="K12" s="20">
         <f>K10-K11</f>
         <v>0</v>
       </c>
-      <c r="L12" s="26"/>
+      <c r="L12" s="21"/>
     </row>
     <row r="13" spans="1:12" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A13" s="16"/>
-[...8 lines deleted...]
-      <c r="L13" s="17"/>
+      <c r="A13" s="15"/>
+      <c r="B13" s="13"/>
+      <c r="C13" s="13"/>
+      <c r="D13" s="13"/>
+      <c r="F13" s="13"/>
+      <c r="G13" s="13"/>
+      <c r="H13" s="13"/>
+      <c r="J13" s="13"/>
+      <c r="K13" s="13"/>
+      <c r="L13" s="13"/>
     </row>
     <row r="14" spans="1:12" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A14" s="5" t="s">
         <v>120</v>
       </c>
-      <c r="B14" s="208">
+      <c r="B14" s="174">
         <f>B6+C12</f>
         <v>110</v>
       </c>
-      <c r="C14" s="208"/>
-[...1 lines deleted...]
-      <c r="F14" s="208">
+      <c r="C14" s="174"/>
+      <c r="D14" s="174"/>
+      <c r="F14" s="174">
         <f>B14+G12</f>
         <v>110</v>
       </c>
-      <c r="G14" s="208"/>
-[...1 lines deleted...]
-      <c r="J14" s="208">
+      <c r="G14" s="174"/>
+      <c r="H14" s="174"/>
+      <c r="J14" s="174">
         <f>F14+K12</f>
         <v>110</v>
       </c>
-      <c r="K14" s="208"/>
-      <c r="L14" s="208"/>
+      <c r="K14" s="174"/>
+      <c r="L14" s="174"/>
     </row>
     <row r="15" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B15" s="11"/>
-[...9 lines deleted...]
-      <c r="L15" s="20"/>
+      <c r="B15" s="10"/>
+      <c r="C15" s="10"/>
+      <c r="D15" s="10"/>
+      <c r="E15" s="16"/>
+      <c r="G15" s="172"/>
+      <c r="H15" s="172"/>
+      <c r="I15" s="17"/>
+      <c r="J15" s="17"/>
+      <c r="K15" s="17"/>
+      <c r="L15" s="17"/>
     </row>
     <row r="16" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="B16" s="210" t="str">
+      <c r="B16" s="171" t="str">
         <f>B8</f>
         <v>APR</v>
       </c>
-      <c r="C16" s="210"/>
-[...1 lines deleted...]
-      <c r="F16" s="210" t="str">
+      <c r="C16" s="171"/>
+      <c r="D16" s="171"/>
+      <c r="F16" s="171" t="str">
         <f>F8</f>
         <v>MAY</v>
       </c>
-      <c r="G16" s="210"/>
-[...1 lines deleted...]
-      <c r="J16" s="210" t="str">
+      <c r="G16" s="171"/>
+      <c r="H16" s="171"/>
+      <c r="J16" s="171" t="str">
         <f>J8</f>
         <v>JUNE</v>
       </c>
-      <c r="K16" s="210"/>
-      <c r="L16" s="210"/>
+      <c r="K16" s="171"/>
+      <c r="L16" s="171"/>
     </row>
     <row r="17" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A17" s="32" t="s">
+      <c r="A17" s="27" t="s">
         <v>117</v>
       </c>
-      <c r="B17" s="33" t="s">
+      <c r="B17" s="28" t="s">
         <v>34</v>
       </c>
-      <c r="C17" s="35" t="s">
+      <c r="C17" s="30" t="s">
         <v>9</v>
       </c>
-      <c r="D17" s="33" t="s">
+      <c r="D17" s="28" t="s">
         <v>32</v>
       </c>
-      <c r="E17" s="15"/>
-      <c r="F17" s="33" t="s">
+      <c r="E17" s="14"/>
+      <c r="F17" s="28" t="s">
         <v>34</v>
       </c>
-      <c r="G17" s="35" t="s">
+      <c r="G17" s="30" t="s">
         <v>9</v>
       </c>
-      <c r="H17" s="33" t="s">
+      <c r="H17" s="28" t="s">
         <v>32</v>
       </c>
-      <c r="I17" s="15"/>
-      <c r="J17" s="33" t="s">
+      <c r="I17" s="14"/>
+      <c r="J17" s="28" t="s">
         <v>34</v>
       </c>
-      <c r="K17" s="35" t="s">
+      <c r="K17" s="30" t="s">
         <v>9</v>
       </c>
-      <c r="L17" s="33" t="s">
+      <c r="L17" s="28" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="18" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A18" s="16" t="str">
+      <c r="A18" s="15" t="str">
         <f>Income!A21</f>
         <v>Income 1</v>
       </c>
-      <c r="B18" s="17">
+      <c r="B18" s="13">
         <f>Income!E21</f>
         <v>0</v>
       </c>
-      <c r="C18" s="17">
+      <c r="C18" s="13">
         <f>Income!E31</f>
         <v>0</v>
       </c>
-      <c r="D18" s="27">
+      <c r="D18" s="22">
         <f>C18-B18</f>
         <v>0</v>
       </c>
-      <c r="F18" s="17">
+      <c r="F18" s="13">
         <f>Income!F21</f>
         <v>0</v>
       </c>
-      <c r="G18" s="17">
+      <c r="G18" s="13">
         <f>Income!F31</f>
         <v>0</v>
       </c>
-      <c r="H18" s="27">
+      <c r="H18" s="22">
         <f>G18-F18</f>
         <v>0</v>
       </c>
-      <c r="J18" s="17">
+      <c r="J18" s="13">
         <f>Income!G21</f>
         <v>0</v>
       </c>
-      <c r="K18" s="17">
+      <c r="K18" s="13">
         <f>Income!G31</f>
         <v>0</v>
       </c>
-      <c r="L18" s="27">
+      <c r="L18" s="22">
         <f>K18-J18</f>
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A19" s="16" t="str">
+      <c r="A19" s="15" t="str">
         <f>Income!A22</f>
         <v>Income 2</v>
       </c>
-      <c r="B19" s="17">
+      <c r="B19" s="13">
         <f>Income!E22</f>
         <v>0</v>
       </c>
-      <c r="C19" s="17">
+      <c r="C19" s="13">
         <f>Income!E32</f>
         <v>0</v>
       </c>
-      <c r="D19" s="27">
+      <c r="D19" s="22">
         <f>C19-B19</f>
         <v>0</v>
       </c>
-      <c r="F19" s="17">
+      <c r="F19" s="13">
         <f>Income!F22</f>
         <v>0</v>
       </c>
-      <c r="G19" s="17">
+      <c r="G19" s="13">
         <f>Income!F32</f>
         <v>0</v>
       </c>
-      <c r="H19" s="27">
+      <c r="H19" s="22">
         <f>G19-F19</f>
         <v>0</v>
       </c>
-      <c r="J19" s="17">
+      <c r="J19" s="13">
         <f>Income!G22</f>
         <v>0</v>
       </c>
-      <c r="K19" s="17">
+      <c r="K19" s="13">
         <f>Income!G32</f>
         <v>0</v>
       </c>
-      <c r="L19" s="27">
+      <c r="L19" s="22">
         <f>K19-J19</f>
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A20" s="16" t="str">
+      <c r="A20" s="15" t="str">
         <f>Income!A23</f>
         <v>Interest/Dividends</v>
       </c>
-      <c r="B20" s="17">
+      <c r="B20" s="13">
         <f>Income!E23</f>
         <v>0</v>
       </c>
-      <c r="C20" s="17">
+      <c r="C20" s="13">
         <f>Income!E33</f>
         <v>0</v>
       </c>
-      <c r="D20" s="27">
+      <c r="D20" s="22">
         <f>C20-B20</f>
         <v>0</v>
       </c>
-      <c r="F20" s="17">
+      <c r="F20" s="13">
         <f>Income!F23</f>
         <v>0</v>
       </c>
-      <c r="G20" s="17">
+      <c r="G20" s="13">
         <f>Income!F33</f>
         <v>0</v>
       </c>
-      <c r="H20" s="27">
+      <c r="H20" s="22">
         <f>G20-F20</f>
         <v>0</v>
       </c>
-      <c r="J20" s="17">
+      <c r="J20" s="13">
         <f>Income!G23</f>
         <v>0</v>
       </c>
-      <c r="K20" s="17">
+      <c r="K20" s="13">
         <f>Income!G33</f>
         <v>0</v>
       </c>
-      <c r="L20" s="27">
+      <c r="L20" s="22">
         <f>K20-J20</f>
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A21" s="16" t="str">
+      <c r="A21" s="15" t="str">
         <f>Income!A24</f>
         <v>Other</v>
       </c>
-      <c r="B21" s="17">
+      <c r="B21" s="13">
         <f>Income!E24</f>
         <v>0</v>
       </c>
-      <c r="C21" s="17">
+      <c r="C21" s="13">
         <f>Income!E34</f>
         <v>0</v>
       </c>
-      <c r="D21" s="27">
+      <c r="D21" s="22">
         <f>C21-B21</f>
         <v>0</v>
       </c>
-      <c r="F21" s="17">
+      <c r="F21" s="13">
         <f>Income!F24</f>
         <v>0</v>
       </c>
-      <c r="G21" s="17">
+      <c r="G21" s="13">
         <f>Income!F34</f>
         <v>0</v>
       </c>
-      <c r="H21" s="27">
+      <c r="H21" s="22">
         <f>G21-F21</f>
         <v>0</v>
       </c>
-      <c r="J21" s="17">
+      <c r="J21" s="13">
         <f>Income!G24</f>
         <v>0</v>
       </c>
-      <c r="K21" s="17">
+      <c r="K21" s="13">
         <f>Income!G34</f>
         <v>0</v>
       </c>
-      <c r="L21" s="27">
+      <c r="L21" s="22">
         <f>K21-J21</f>
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:12" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A22" s="16" t="str">
+      <c r="A22" s="15" t="str">
         <f>Income!A25</f>
         <v>Other</v>
       </c>
-      <c r="B22" s="17">
+      <c r="B22" s="13">
         <f>Income!E25</f>
         <v>0</v>
       </c>
-      <c r="C22" s="17">
+      <c r="C22" s="13">
         <f>Income!E35</f>
         <v>0</v>
       </c>
-      <c r="D22" s="27">
+      <c r="D22" s="22">
         <f>C22-B22</f>
         <v>0</v>
       </c>
-      <c r="F22" s="17">
+      <c r="F22" s="13">
         <f>Income!F25</f>
         <v>0</v>
       </c>
-      <c r="G22" s="17">
+      <c r="G22" s="13">
         <f>Income!F35</f>
         <v>0</v>
       </c>
-      <c r="H22" s="27">
+      <c r="H22" s="22">
         <f>G22-F22</f>
         <v>0</v>
       </c>
-      <c r="J22" s="17">
+      <c r="J22" s="13">
         <f>Income!G25</f>
         <v>0</v>
       </c>
-      <c r="K22" s="17">
+      <c r="K22" s="13">
         <f>Income!G35</f>
         <v>0</v>
       </c>
-      <c r="L22" s="27">
+      <c r="L22" s="22">
         <f>K22-J22</f>
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:12" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A23" s="30" t="s">
+      <c r="A23" s="25" t="s">
         <v>30</v>
       </c>
-      <c r="B23" s="31">
+      <c r="B23" s="26">
         <f>SUM(B18:B22)</f>
         <v>0</v>
       </c>
-      <c r="C23" s="31">
+      <c r="C23" s="26">
         <f>SUM(C18:C22)</f>
         <v>0</v>
       </c>
-      <c r="D23" s="31">
+      <c r="D23" s="26">
         <f>SUM(D18:D22)</f>
         <v>0</v>
       </c>
-      <c r="F23" s="31">
+      <c r="F23" s="26">
         <f>SUM(F18:F22)</f>
         <v>0</v>
       </c>
-      <c r="G23" s="31">
+      <c r="G23" s="26">
         <f>SUM(G18:G22)</f>
         <v>0</v>
       </c>
-      <c r="H23" s="31">
+      <c r="H23" s="26">
         <f>SUM(H18:H22)</f>
         <v>0</v>
       </c>
-      <c r="J23" s="31">
+      <c r="J23" s="26">
         <f>SUM(J18:J22)</f>
         <v>0</v>
       </c>
-      <c r="K23" s="31">
+      <c r="K23" s="26">
         <f>SUM(K18:K22)</f>
         <v>0</v>
       </c>
-      <c r="L23" s="31">
+      <c r="L23" s="26">
         <f>SUM(L18:L22)</f>
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B24" s="11"/>
-[...9 lines deleted...]
-      <c r="L24" s="20"/>
+      <c r="B24" s="10"/>
+      <c r="C24" s="10"/>
+      <c r="D24" s="10"/>
+      <c r="E24" s="16"/>
+      <c r="G24" s="172"/>
+      <c r="H24" s="172"/>
+      <c r="I24" s="17"/>
+      <c r="J24" s="17"/>
+      <c r="K24" s="17"/>
+      <c r="L24" s="17"/>
     </row>
     <row r="25" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="B25" s="207" t="str">
+      <c r="B25" s="173" t="str">
         <f>B8</f>
         <v>APR</v>
       </c>
-      <c r="C25" s="207"/>
-[...1 lines deleted...]
-      <c r="F25" s="207" t="str">
+      <c r="C25" s="173"/>
+      <c r="D25" s="173"/>
+      <c r="F25" s="173" t="str">
         <f>F8</f>
         <v>MAY</v>
       </c>
-      <c r="G25" s="207"/>
-[...1 lines deleted...]
-      <c r="J25" s="207" t="str">
+      <c r="G25" s="173"/>
+      <c r="H25" s="173"/>
+      <c r="J25" s="173" t="str">
         <f>J8</f>
         <v>JUNE</v>
       </c>
-      <c r="K25" s="207"/>
-      <c r="L25" s="207"/>
+      <c r="K25" s="173"/>
+      <c r="L25" s="173"/>
     </row>
     <row r="26" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A26" s="44" t="s">
+      <c r="A26" s="37" t="s">
         <v>33</v>
       </c>
-      <c r="B26" s="45" t="s">
+      <c r="B26" s="38" t="s">
         <v>34</v>
       </c>
-      <c r="C26" s="70" t="s">
+      <c r="C26" s="52" t="s">
         <v>9</v>
       </c>
-      <c r="D26" s="45" t="s">
+      <c r="D26" s="38" t="s">
         <v>32</v>
       </c>
-      <c r="E26" s="15"/>
-      <c r="F26" s="45" t="s">
+      <c r="E26" s="14"/>
+      <c r="F26" s="38" t="s">
         <v>34</v>
       </c>
-      <c r="G26" s="70" t="s">
+      <c r="G26" s="52" t="s">
         <v>9</v>
       </c>
-      <c r="H26" s="45" t="s">
+      <c r="H26" s="38" t="s">
         <v>32</v>
       </c>
-      <c r="I26" s="15"/>
-      <c r="J26" s="45" t="s">
+      <c r="I26" s="14"/>
+      <c r="J26" s="38" t="s">
         <v>34</v>
       </c>
-      <c r="K26" s="70" t="s">
+      <c r="K26" s="52" t="s">
         <v>9</v>
       </c>
-      <c r="L26" s="45" t="s">
+      <c r="L26" s="38" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="27" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A27" s="21" t="s">
+      <c r="A27" s="18" t="s">
         <v>35</v>
       </c>
-      <c r="B27" s="127"/>
-[...1 lines deleted...]
-      <c r="D27" s="27">
+      <c r="B27" s="107"/>
+      <c r="C27" s="108"/>
+      <c r="D27" s="22">
         <f>B27-C27</f>
         <v>0</v>
       </c>
-      <c r="F27" s="127"/>
-[...1 lines deleted...]
-      <c r="H27" s="27">
+      <c r="F27" s="107"/>
+      <c r="G27" s="108"/>
+      <c r="H27" s="22">
         <f t="shared" ref="H27:H40" si="0">F27-G27</f>
         <v>0</v>
       </c>
-      <c r="J27" s="127"/>
-[...1 lines deleted...]
-      <c r="L27" s="27">
+      <c r="J27" s="107"/>
+      <c r="K27" s="108"/>
+      <c r="L27" s="22">
         <f t="shared" ref="L27:L40" si="1">J27-K27</f>
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A28" s="21" t="s">
+      <c r="A28" s="18" t="s">
         <v>36</v>
       </c>
-      <c r="B28" s="41"/>
-[...1 lines deleted...]
-      <c r="D28" s="27">
+      <c r="B28" s="3"/>
+      <c r="C28" s="109"/>
+      <c r="D28" s="22">
         <f>B28-C28</f>
         <v>0</v>
       </c>
-      <c r="F28" s="41"/>
-[...1 lines deleted...]
-      <c r="H28" s="27">
+      <c r="F28" s="3"/>
+      <c r="G28" s="109"/>
+      <c r="H28" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="J28" s="41"/>
-[...1 lines deleted...]
-      <c r="L28" s="27">
+      <c r="J28" s="3"/>
+      <c r="K28" s="109"/>
+      <c r="L28" s="22">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A29" s="21" t="s">
+      <c r="A29" s="18" t="s">
         <v>37</v>
       </c>
-      <c r="B29" s="41"/>
-[...1 lines deleted...]
-      <c r="D29" s="27">
+      <c r="B29" s="3"/>
+      <c r="C29" s="109"/>
+      <c r="D29" s="22">
         <f t="shared" ref="D29:D42" si="2">B29-C29</f>
         <v>0</v>
       </c>
-      <c r="F29" s="41"/>
-[...1 lines deleted...]
-      <c r="H29" s="27">
+      <c r="F29" s="3"/>
+      <c r="G29" s="109"/>
+      <c r="H29" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="J29" s="41"/>
-[...1 lines deleted...]
-      <c r="L29" s="27">
+      <c r="J29" s="3"/>
+      <c r="K29" s="109"/>
+      <c r="L29" s="22">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A30" s="21" t="s">
+      <c r="A30" s="18" t="s">
         <v>38</v>
       </c>
-      <c r="B30" s="41"/>
-[...1 lines deleted...]
-      <c r="D30" s="27">
+      <c r="B30" s="3"/>
+      <c r="C30" s="109"/>
+      <c r="D30" s="22">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="F30" s="41"/>
-[...1 lines deleted...]
-      <c r="H30" s="27">
+      <c r="F30" s="3"/>
+      <c r="G30" s="109"/>
+      <c r="H30" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="J30" s="41"/>
-[...1 lines deleted...]
-      <c r="L30" s="27">
+      <c r="J30" s="3"/>
+      <c r="K30" s="109"/>
+      <c r="L30" s="22">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A31" s="21" t="s">
+      <c r="A31" s="18" t="s">
         <v>39</v>
       </c>
-      <c r="B31" s="41"/>
-[...1 lines deleted...]
-      <c r="D31" s="27">
+      <c r="B31" s="3"/>
+      <c r="C31" s="109"/>
+      <c r="D31" s="22">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="F31" s="41"/>
-[...1 lines deleted...]
-      <c r="H31" s="27">
+      <c r="F31" s="3"/>
+      <c r="G31" s="109"/>
+      <c r="H31" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="J31" s="41"/>
-[...1 lines deleted...]
-      <c r="L31" s="27">
+      <c r="J31" s="3"/>
+      <c r="K31" s="109"/>
+      <c r="L31" s="22">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A32" s="21" t="s">
+      <c r="A32" s="18" t="s">
         <v>40</v>
       </c>
-      <c r="B32" s="41"/>
-[...1 lines deleted...]
-      <c r="D32" s="27">
+      <c r="B32" s="3"/>
+      <c r="C32" s="109"/>
+      <c r="D32" s="22">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="F32" s="41"/>
-[...1 lines deleted...]
-      <c r="H32" s="27">
+      <c r="F32" s="3"/>
+      <c r="G32" s="109"/>
+      <c r="H32" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="J32" s="41"/>
-[...1 lines deleted...]
-      <c r="L32" s="27">
+      <c r="J32" s="3"/>
+      <c r="K32" s="109"/>
+      <c r="L32" s="22">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A33" s="21" t="s">
+      <c r="A33" s="18" t="s">
         <v>41</v>
       </c>
-      <c r="B33" s="41"/>
-[...1 lines deleted...]
-      <c r="D33" s="27">
+      <c r="B33" s="3"/>
+      <c r="C33" s="109"/>
+      <c r="D33" s="22">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="F33" s="41"/>
-[...1 lines deleted...]
-      <c r="H33" s="27">
+      <c r="F33" s="3"/>
+      <c r="G33" s="109"/>
+      <c r="H33" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="J33" s="41"/>
-[...1 lines deleted...]
-      <c r="L33" s="27">
+      <c r="J33" s="3"/>
+      <c r="K33" s="109"/>
+      <c r="L33" s="22">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A34" s="21" t="s">
+      <c r="A34" s="18" t="s">
         <v>42</v>
       </c>
-      <c r="B34" s="41"/>
-[...1 lines deleted...]
-      <c r="D34" s="27">
+      <c r="B34" s="3"/>
+      <c r="C34" s="109"/>
+      <c r="D34" s="22">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="F34" s="41"/>
-[...1 lines deleted...]
-      <c r="H34" s="27">
+      <c r="F34" s="3"/>
+      <c r="G34" s="109"/>
+      <c r="H34" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="J34" s="41"/>
-[...1 lines deleted...]
-      <c r="L34" s="27">
+      <c r="J34" s="3"/>
+      <c r="K34" s="109"/>
+      <c r="L34" s="22">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A35" s="21" t="s">
+      <c r="A35" s="18" t="s">
         <v>43</v>
       </c>
-      <c r="B35" s="41"/>
-[...1 lines deleted...]
-      <c r="D35" s="27">
+      <c r="B35" s="3"/>
+      <c r="C35" s="109"/>
+      <c r="D35" s="22">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="F35" s="41"/>
-[...1 lines deleted...]
-      <c r="H35" s="27">
+      <c r="F35" s="3"/>
+      <c r="G35" s="109"/>
+      <c r="H35" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="J35" s="41"/>
-[...1 lines deleted...]
-      <c r="L35" s="27">
+      <c r="J35" s="3"/>
+      <c r="K35" s="109"/>
+      <c r="L35" s="22">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A36" s="21" t="s">
+      <c r="A36" s="18" t="s">
         <v>44</v>
       </c>
-      <c r="B36" s="41"/>
-[...1 lines deleted...]
-      <c r="D36" s="27">
+      <c r="B36" s="3"/>
+      <c r="C36" s="109"/>
+      <c r="D36" s="22">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="F36" s="41"/>
-[...1 lines deleted...]
-      <c r="H36" s="27">
+      <c r="F36" s="3"/>
+      <c r="G36" s="109"/>
+      <c r="H36" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="J36" s="41"/>
-[...1 lines deleted...]
-      <c r="L36" s="27">
+      <c r="J36" s="3"/>
+      <c r="K36" s="109"/>
+      <c r="L36" s="22">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A37" s="21" t="s">
+      <c r="A37" s="18" t="s">
         <v>45</v>
       </c>
-      <c r="B37" s="41"/>
-[...1 lines deleted...]
-      <c r="D37" s="27">
+      <c r="B37" s="3"/>
+      <c r="C37" s="109"/>
+      <c r="D37" s="22">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="F37" s="41"/>
-[...1 lines deleted...]
-      <c r="H37" s="27">
+      <c r="F37" s="3"/>
+      <c r="G37" s="109"/>
+      <c r="H37" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="J37" s="41"/>
-[...1 lines deleted...]
-      <c r="L37" s="27">
+      <c r="J37" s="3"/>
+      <c r="K37" s="109"/>
+      <c r="L37" s="22">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A38" s="21" t="s">
+      <c r="A38" s="18" t="s">
         <v>46</v>
       </c>
-      <c r="B38" s="41"/>
-[...1 lines deleted...]
-      <c r="D38" s="27">
+      <c r="B38" s="3"/>
+      <c r="C38" s="109"/>
+      <c r="D38" s="22">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="F38" s="41"/>
-[...1 lines deleted...]
-      <c r="H38" s="27">
+      <c r="F38" s="3"/>
+      <c r="G38" s="109"/>
+      <c r="H38" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="J38" s="41"/>
-[...1 lines deleted...]
-      <c r="L38" s="27">
+      <c r="J38" s="3"/>
+      <c r="K38" s="109"/>
+      <c r="L38" s="22">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A39" s="21" t="s">
+      <c r="A39" s="18" t="s">
         <v>47</v>
       </c>
-      <c r="B39" s="41"/>
-[...1 lines deleted...]
-      <c r="D39" s="27">
+      <c r="B39" s="3"/>
+      <c r="C39" s="109"/>
+      <c r="D39" s="22">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="F39" s="41"/>
-[...1 lines deleted...]
-      <c r="H39" s="27">
+      <c r="F39" s="3"/>
+      <c r="G39" s="109"/>
+      <c r="H39" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="J39" s="41"/>
-[...1 lines deleted...]
-      <c r="L39" s="27">
+      <c r="J39" s="3"/>
+      <c r="K39" s="109"/>
+      <c r="L39" s="22">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A40" s="21" t="s">
+      <c r="A40" s="18" t="s">
         <v>48</v>
       </c>
-      <c r="B40" s="41"/>
-[...1 lines deleted...]
-      <c r="D40" s="27">
+      <c r="B40" s="3"/>
+      <c r="C40" s="109"/>
+      <c r="D40" s="22">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="F40" s="41"/>
-[...1 lines deleted...]
-      <c r="H40" s="27">
+      <c r="F40" s="3"/>
+      <c r="G40" s="109"/>
+      <c r="H40" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="J40" s="41"/>
-[...1 lines deleted...]
-      <c r="L40" s="27">
+      <c r="J40" s="3"/>
+      <c r="K40" s="109"/>
+      <c r="L40" s="22">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A41" s="21" t="s">
+      <c r="A41" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="B41" s="41"/>
-[...1 lines deleted...]
-      <c r="D41" s="27">
+      <c r="B41" s="3"/>
+      <c r="C41" s="109"/>
+      <c r="D41" s="22">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="F41" s="41"/>
-[...1 lines deleted...]
-      <c r="H41" s="27">
+      <c r="F41" s="3"/>
+      <c r="G41" s="109"/>
+      <c r="H41" s="22">
         <f>F41-G41</f>
         <v>0</v>
       </c>
-      <c r="J41" s="41"/>
-[...1 lines deleted...]
-      <c r="L41" s="27">
+      <c r="J41" s="3"/>
+      <c r="K41" s="109"/>
+      <c r="L41" s="22">
         <f>J41-K41</f>
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:12" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A42" s="22" t="s">
+      <c r="A42" t="s">
         <v>29</v>
       </c>
-      <c r="B42" s="42"/>
-[...1 lines deleted...]
-      <c r="D42" s="27">
+      <c r="B42" s="4"/>
+      <c r="C42" s="110"/>
+      <c r="D42" s="22">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="F42" s="42"/>
-[...1 lines deleted...]
-      <c r="H42" s="27">
+      <c r="F42" s="4"/>
+      <c r="G42" s="110"/>
+      <c r="H42" s="22">
         <f>F42-G42</f>
         <v>0</v>
       </c>
-      <c r="J42" s="42"/>
-[...1 lines deleted...]
-      <c r="L42" s="27">
+      <c r="J42" s="4"/>
+      <c r="K42" s="110"/>
+      <c r="L42" s="22">
         <f>J42-K42</f>
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:12" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A43" s="40" t="s">
+      <c r="A43" s="35" t="s">
         <v>30</v>
       </c>
-      <c r="B43" s="39">
+      <c r="B43" s="34">
         <f>SUM(B27:B42)</f>
         <v>0</v>
       </c>
-      <c r="C43" s="39">
+      <c r="C43" s="34">
         <f>SUM(C27:C42)</f>
         <v>0</v>
       </c>
-      <c r="D43" s="39">
+      <c r="D43" s="34">
         <f>SUM(D27:D42)</f>
         <v>0</v>
       </c>
-      <c r="F43" s="39">
+      <c r="F43" s="34">
         <f>SUM(F27:F42)</f>
         <v>0</v>
       </c>
-      <c r="G43" s="39">
+      <c r="G43" s="34">
         <f>SUM(G27:G42)</f>
         <v>0</v>
       </c>
-      <c r="H43" s="39">
+      <c r="H43" s="34">
         <f>SUM(H27:H42)</f>
         <v>0</v>
       </c>
-      <c r="J43" s="39">
+      <c r="J43" s="34">
         <f>SUM(J27:J42)</f>
         <v>0</v>
       </c>
-      <c r="K43" s="39">
+      <c r="K43" s="34">
         <f>SUM(K27:K42)</f>
         <v>0</v>
       </c>
-      <c r="L43" s="39">
+      <c r="L43" s="34">
         <f>SUM(L27:L42)</f>
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:12" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25"/>
     <row r="45" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B45" s="207" t="str">
+      <c r="B45" s="173" t="str">
         <f>B8</f>
         <v>APR</v>
       </c>
-      <c r="C45" s="207"/>
-[...1 lines deleted...]
-      <c r="F45" s="207" t="str">
+      <c r="C45" s="173"/>
+      <c r="D45" s="173"/>
+      <c r="F45" s="173" t="str">
         <f>F8</f>
         <v>MAY</v>
       </c>
-      <c r="G45" s="207"/>
-[...1 lines deleted...]
-      <c r="J45" s="207" t="str">
+      <c r="G45" s="173"/>
+      <c r="H45" s="173"/>
+      <c r="J45" s="173" t="str">
         <f>J8</f>
         <v>JUNE</v>
       </c>
-      <c r="K45" s="207"/>
-      <c r="L45" s="207"/>
+      <c r="K45" s="173"/>
+      <c r="L45" s="173"/>
     </row>
     <row r="46" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A46" s="44" t="s">
+      <c r="A46" s="37" t="s">
         <v>49</v>
       </c>
-      <c r="B46" s="45" t="s">
+      <c r="B46" s="38" t="s">
         <v>34</v>
       </c>
-      <c r="C46" s="70" t="s">
+      <c r="C46" s="52" t="s">
         <v>9</v>
       </c>
-      <c r="D46" s="45" t="s">
+      <c r="D46" s="38" t="s">
         <v>32</v>
       </c>
-      <c r="F46" s="45" t="s">
+      <c r="F46" s="38" t="s">
         <v>34</v>
       </c>
-      <c r="G46" s="70" t="s">
+      <c r="G46" s="52" t="s">
         <v>9</v>
       </c>
-      <c r="H46" s="45" t="s">
+      <c r="H46" s="38" t="s">
         <v>32</v>
       </c>
-      <c r="J46" s="45" t="s">
+      <c r="J46" s="38" t="s">
         <v>34</v>
       </c>
-      <c r="K46" s="70" t="s">
+      <c r="K46" s="52" t="s">
         <v>9</v>
       </c>
-      <c r="L46" s="45" t="s">
+      <c r="L46" s="38" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="47" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A47" s="21" t="s">
+      <c r="A47" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="B47" s="127"/>
-[...1 lines deleted...]
-      <c r="D47" s="27">
+      <c r="B47" s="107"/>
+      <c r="C47" s="108"/>
+      <c r="D47" s="22">
         <f t="shared" ref="D47:D54" si="3">B47-C47</f>
         <v>0</v>
       </c>
-      <c r="F47" s="127"/>
-[...1 lines deleted...]
-      <c r="H47" s="27">
+      <c r="F47" s="107"/>
+      <c r="G47" s="108"/>
+      <c r="H47" s="22">
         <f t="shared" ref="H47:H54" si="4">F47-G47</f>
         <v>0</v>
       </c>
-      <c r="J47" s="127"/>
-[...1 lines deleted...]
-      <c r="L47" s="27">
+      <c r="J47" s="107"/>
+      <c r="K47" s="108"/>
+      <c r="L47" s="22">
         <f t="shared" ref="L47:L54" si="5">J47-K47</f>
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A48" s="21" t="s">
+      <c r="A48" s="18" t="s">
         <v>51</v>
       </c>
-      <c r="B48" s="41"/>
-[...1 lines deleted...]
-      <c r="D48" s="27">
+      <c r="B48" s="3"/>
+      <c r="C48" s="109"/>
+      <c r="D48" s="22">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="F48" s="41"/>
-[...1 lines deleted...]
-      <c r="H48" s="27">
+      <c r="F48" s="3"/>
+      <c r="G48" s="109"/>
+      <c r="H48" s="22">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="J48" s="41"/>
-[...1 lines deleted...]
-      <c r="L48" s="27">
+      <c r="J48" s="3"/>
+      <c r="K48" s="109"/>
+      <c r="L48" s="22">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A49" s="21" t="s">
+      <c r="A49" s="18" t="s">
         <v>52</v>
       </c>
-      <c r="B49" s="41"/>
-[...1 lines deleted...]
-      <c r="D49" s="27">
+      <c r="B49" s="3"/>
+      <c r="C49" s="109"/>
+      <c r="D49" s="22">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="F49" s="41"/>
-[...1 lines deleted...]
-      <c r="H49" s="27">
+      <c r="F49" s="3"/>
+      <c r="G49" s="109"/>
+      <c r="H49" s="22">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="J49" s="41"/>
-[...1 lines deleted...]
-      <c r="L49" s="27">
+      <c r="J49" s="3"/>
+      <c r="K49" s="109"/>
+      <c r="L49" s="22">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A50" s="21" t="s">
+      <c r="A50" s="18" t="s">
         <v>53</v>
       </c>
-      <c r="B50" s="41"/>
-[...1 lines deleted...]
-      <c r="D50" s="27">
+      <c r="B50" s="3"/>
+      <c r="C50" s="109"/>
+      <c r="D50" s="22">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="F50" s="41"/>
-[...1 lines deleted...]
-      <c r="H50" s="27">
+      <c r="F50" s="3"/>
+      <c r="G50" s="109"/>
+      <c r="H50" s="22">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="J50" s="41"/>
-[...1 lines deleted...]
-      <c r="L50" s="27">
+      <c r="J50" s="3"/>
+      <c r="K50" s="109"/>
+      <c r="L50" s="22">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A51" s="21" t="s">
+      <c r="A51" s="18" t="s">
         <v>54</v>
       </c>
-      <c r="B51" s="41"/>
-[...1 lines deleted...]
-      <c r="D51" s="27">
+      <c r="B51" s="3"/>
+      <c r="C51" s="109"/>
+      <c r="D51" s="22">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="F51" s="41"/>
-[...1 lines deleted...]
-      <c r="H51" s="27">
+      <c r="F51" s="3"/>
+      <c r="G51" s="109"/>
+      <c r="H51" s="22">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="J51" s="41"/>
-[...1 lines deleted...]
-      <c r="L51" s="27">
+      <c r="J51" s="3"/>
+      <c r="K51" s="109"/>
+      <c r="L51" s="22">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A52" s="21" t="s">
+      <c r="A52" s="18" t="s">
         <v>55</v>
       </c>
-      <c r="B52" s="41"/>
-[...1 lines deleted...]
-      <c r="D52" s="27">
+      <c r="B52" s="3"/>
+      <c r="C52" s="109"/>
+      <c r="D52" s="22">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="F52" s="41"/>
-[...1 lines deleted...]
-      <c r="H52" s="27">
+      <c r="F52" s="3"/>
+      <c r="G52" s="109"/>
+      <c r="H52" s="22">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="J52" s="41"/>
-[...1 lines deleted...]
-      <c r="L52" s="27">
+      <c r="J52" s="3"/>
+      <c r="K52" s="109"/>
+      <c r="L52" s="22">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A53" s="21" t="s">
+      <c r="A53" s="18" t="s">
         <v>56</v>
       </c>
-      <c r="B53" s="41"/>
-[...1 lines deleted...]
-      <c r="D53" s="27">
+      <c r="B53" s="3"/>
+      <c r="C53" s="109"/>
+      <c r="D53" s="22">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="F53" s="41"/>
-[...1 lines deleted...]
-      <c r="H53" s="27">
+      <c r="F53" s="3"/>
+      <c r="G53" s="109"/>
+      <c r="H53" s="22">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="J53" s="41"/>
-[...1 lines deleted...]
-      <c r="L53" s="27">
+      <c r="J53" s="3"/>
+      <c r="K53" s="109"/>
+      <c r="L53" s="22">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A54" s="21" t="s">
+      <c r="A54" s="18" t="s">
         <v>57</v>
       </c>
-      <c r="B54" s="41"/>
-[...1 lines deleted...]
-      <c r="D54" s="27">
+      <c r="B54" s="3"/>
+      <c r="C54" s="109"/>
+      <c r="D54" s="22">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="F54" s="41"/>
-[...1 lines deleted...]
-      <c r="H54" s="27">
+      <c r="F54" s="3"/>
+      <c r="G54" s="109"/>
+      <c r="H54" s="22">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="J54" s="41"/>
-[...1 lines deleted...]
-      <c r="L54" s="27">
+      <c r="J54" s="3"/>
+      <c r="K54" s="109"/>
+      <c r="L54" s="22">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A55" s="21" t="s">
+      <c r="A55" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="B55" s="41"/>
-[...1 lines deleted...]
-      <c r="D55" s="27">
+      <c r="B55" s="3"/>
+      <c r="C55" s="109"/>
+      <c r="D55" s="22">
         <f>B55-C55</f>
         <v>0</v>
       </c>
-      <c r="F55" s="41"/>
-[...1 lines deleted...]
-      <c r="H55" s="27">
+      <c r="F55" s="3"/>
+      <c r="G55" s="109"/>
+      <c r="H55" s="22">
         <f>F55-G55</f>
         <v>0</v>
       </c>
-      <c r="J55" s="41"/>
-[...1 lines deleted...]
-      <c r="L55" s="27">
+      <c r="J55" s="3"/>
+      <c r="K55" s="109"/>
+      <c r="L55" s="22">
         <f>J55-K55</f>
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A56" s="21" t="s">
+      <c r="A56" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="B56" s="42"/>
-[...1 lines deleted...]
-      <c r="D56" s="27">
+      <c r="B56" s="4"/>
+      <c r="C56" s="110"/>
+      <c r="D56" s="22">
         <f>B56-C56</f>
         <v>0</v>
       </c>
-      <c r="F56" s="42"/>
-[...1 lines deleted...]
-      <c r="H56" s="27">
+      <c r="F56" s="4"/>
+      <c r="G56" s="110"/>
+      <c r="H56" s="22">
         <f>F56-G56</f>
         <v>0</v>
       </c>
-      <c r="J56" s="42"/>
-[...1 lines deleted...]
-      <c r="L56" s="27">
+      <c r="J56" s="4"/>
+      <c r="K56" s="110"/>
+      <c r="L56" s="22">
         <f>J56-K56</f>
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A57" s="38" t="s">
+      <c r="A57" s="33" t="s">
         <v>30</v>
       </c>
-      <c r="B57" s="39">
+      <c r="B57" s="34">
         <f>SUM(B47:B56)</f>
         <v>0</v>
       </c>
-      <c r="C57" s="39">
+      <c r="C57" s="34">
         <f>SUM(C47:C56)</f>
         <v>0</v>
       </c>
-      <c r="D57" s="39">
+      <c r="D57" s="34">
         <f>SUM(D47:D56)</f>
         <v>0</v>
       </c>
-      <c r="F57" s="39">
+      <c r="F57" s="34">
         <f>SUM(F47:F56)</f>
         <v>0</v>
       </c>
-      <c r="G57" s="39">
+      <c r="G57" s="34">
         <f>SUM(G47:G56)</f>
         <v>0</v>
       </c>
-      <c r="H57" s="39">
+      <c r="H57" s="34">
         <f>SUM(H47:H56)</f>
         <v>0</v>
       </c>
-      <c r="J57" s="39">
+      <c r="J57" s="34">
         <f>SUM(J47:J56)</f>
         <v>0</v>
       </c>
-      <c r="K57" s="39">
+      <c r="K57" s="34">
         <f>SUM(K47:K56)</f>
         <v>0</v>
       </c>
-      <c r="L57" s="39">
+      <c r="L57" s="34">
         <f>SUM(L47:L56)</f>
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
     <row r="59" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B59" s="207" t="str">
+      <c r="B59" s="173" t="str">
         <f>B8</f>
         <v>APR</v>
       </c>
-      <c r="C59" s="207"/>
-[...1 lines deleted...]
-      <c r="F59" s="207" t="str">
+      <c r="C59" s="173"/>
+      <c r="D59" s="173"/>
+      <c r="F59" s="173" t="str">
         <f>F8</f>
         <v>MAY</v>
       </c>
-      <c r="G59" s="207"/>
-[...1 lines deleted...]
-      <c r="J59" s="207" t="str">
+      <c r="G59" s="173"/>
+      <c r="H59" s="173"/>
+      <c r="J59" s="173" t="str">
         <f>J8</f>
         <v>JUNE</v>
       </c>
-      <c r="K59" s="207"/>
-      <c r="L59" s="207"/>
+      <c r="K59" s="173"/>
+      <c r="L59" s="173"/>
     </row>
     <row r="60" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A60" s="44" t="s">
+      <c r="A60" s="37" t="s">
         <v>54</v>
       </c>
-      <c r="B60" s="45" t="s">
+      <c r="B60" s="38" t="s">
         <v>34</v>
       </c>
-      <c r="C60" s="70" t="s">
+      <c r="C60" s="52" t="s">
         <v>9</v>
       </c>
-      <c r="D60" s="45" t="s">
+      <c r="D60" s="38" t="s">
         <v>32</v>
       </c>
-      <c r="F60" s="45" t="s">
+      <c r="F60" s="38" t="s">
         <v>34</v>
       </c>
-      <c r="G60" s="70" t="s">
+      <c r="G60" s="52" t="s">
         <v>9</v>
       </c>
-      <c r="H60" s="45" t="s">
+      <c r="H60" s="38" t="s">
         <v>32</v>
       </c>
-      <c r="J60" s="45" t="s">
+      <c r="J60" s="38" t="s">
         <v>34</v>
       </c>
-      <c r="K60" s="70" t="s">
+      <c r="K60" s="52" t="s">
         <v>9</v>
       </c>
-      <c r="L60" s="45" t="s">
+      <c r="L60" s="38" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="61" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A61" s="21" t="s">
+      <c r="A61" s="18" t="s">
         <v>58</v>
       </c>
-      <c r="B61" s="127"/>
-[...1 lines deleted...]
-      <c r="D61" s="27">
+      <c r="B61" s="107"/>
+      <c r="C61" s="108"/>
+      <c r="D61" s="22">
         <f t="shared" ref="D61:D66" si="6">B61-C61</f>
         <v>0</v>
       </c>
-      <c r="F61" s="127"/>
-[...1 lines deleted...]
-      <c r="H61" s="27">
+      <c r="F61" s="107"/>
+      <c r="G61" s="108"/>
+      <c r="H61" s="22">
         <f t="shared" ref="H61:H66" si="7">F61-G61</f>
         <v>0</v>
       </c>
-      <c r="J61" s="127"/>
-[...1 lines deleted...]
-      <c r="L61" s="27">
+      <c r="J61" s="107"/>
+      <c r="K61" s="108"/>
+      <c r="L61" s="22">
         <f t="shared" ref="L61:L66" si="8">J61-K61</f>
         <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A62" s="21" t="s">
+      <c r="A62" s="18" t="s">
         <v>59</v>
       </c>
-      <c r="B62" s="41"/>
-[...1 lines deleted...]
-      <c r="D62" s="27">
+      <c r="B62" s="3"/>
+      <c r="C62" s="109"/>
+      <c r="D62" s="22">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="F62" s="41"/>
-[...1 lines deleted...]
-      <c r="H62" s="27">
+      <c r="F62" s="3"/>
+      <c r="G62" s="109"/>
+      <c r="H62" s="22">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="J62" s="41"/>
-[...1 lines deleted...]
-      <c r="L62" s="27">
+      <c r="J62" s="3"/>
+      <c r="K62" s="109"/>
+      <c r="L62" s="22">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="63" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A63" s="21" t="s">
+      <c r="A63" s="18" t="s">
         <v>60</v>
       </c>
-      <c r="B63" s="41"/>
-[...1 lines deleted...]
-      <c r="D63" s="27">
+      <c r="B63" s="3"/>
+      <c r="C63" s="109"/>
+      <c r="D63" s="22">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="F63" s="41"/>
-[...1 lines deleted...]
-      <c r="H63" s="27">
+      <c r="F63" s="3"/>
+      <c r="G63" s="109"/>
+      <c r="H63" s="22">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="J63" s="41"/>
-[...1 lines deleted...]
-      <c r="L63" s="27">
+      <c r="J63" s="3"/>
+      <c r="K63" s="109"/>
+      <c r="L63" s="22">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A64" s="21" t="s">
+      <c r="A64" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="B64" s="41"/>
-[...1 lines deleted...]
-      <c r="D64" s="27">
+      <c r="B64" s="3"/>
+      <c r="C64" s="109"/>
+      <c r="D64" s="22">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="F64" s="41"/>
-[...1 lines deleted...]
-      <c r="H64" s="27">
+      <c r="F64" s="3"/>
+      <c r="G64" s="109"/>
+      <c r="H64" s="22">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="J64" s="41"/>
-[...1 lines deleted...]
-      <c r="L64" s="27">
+      <c r="J64" s="3"/>
+      <c r="K64" s="109"/>
+      <c r="L64" s="22">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="65" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A65" s="21" t="s">
+      <c r="A65" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="B65" s="41"/>
-[...1 lines deleted...]
-      <c r="D65" s="27">
+      <c r="B65" s="3"/>
+      <c r="C65" s="109"/>
+      <c r="D65" s="22">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="F65" s="41"/>
-[...1 lines deleted...]
-      <c r="H65" s="27">
+      <c r="F65" s="3"/>
+      <c r="G65" s="109"/>
+      <c r="H65" s="22">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="J65" s="41"/>
-[...1 lines deleted...]
-      <c r="L65" s="27">
+      <c r="J65" s="3"/>
+      <c r="K65" s="109"/>
+      <c r="L65" s="22">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="66" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A66" s="21" t="s">
+      <c r="A66" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="B66" s="42"/>
-[...1 lines deleted...]
-      <c r="D66" s="27">
+      <c r="B66" s="4"/>
+      <c r="C66" s="110"/>
+      <c r="D66" s="22">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="F66" s="42"/>
-[...1 lines deleted...]
-      <c r="H66" s="27">
+      <c r="F66" s="4"/>
+      <c r="G66" s="110"/>
+      <c r="H66" s="22">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="J66" s="42"/>
-[...1 lines deleted...]
-      <c r="L66" s="27">
+      <c r="J66" s="4"/>
+      <c r="K66" s="110"/>
+      <c r="L66" s="22">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="67" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A67" s="38" t="s">
+      <c r="A67" s="33" t="s">
         <v>30</v>
       </c>
-      <c r="B67" s="39">
+      <c r="B67" s="34">
         <f>SUM(B61:B66)</f>
         <v>0</v>
       </c>
-      <c r="C67" s="39">
+      <c r="C67" s="34">
         <f>SUM(C61:C66)</f>
         <v>0</v>
       </c>
-      <c r="D67" s="39">
+      <c r="D67" s="34">
         <f>SUM(D61:D66)</f>
         <v>0</v>
       </c>
-      <c r="F67" s="39">
+      <c r="F67" s="34">
         <f>SUM(F61:F66)</f>
         <v>0</v>
       </c>
-      <c r="G67" s="39">
+      <c r="G67" s="34">
         <f>SUM(G61:G66)</f>
         <v>0</v>
       </c>
-      <c r="H67" s="39">
+      <c r="H67" s="34">
         <f>SUM(H61:H66)</f>
         <v>0</v>
       </c>
-      <c r="J67" s="39">
+      <c r="J67" s="34">
         <f>SUM(J61:J66)</f>
         <v>0</v>
       </c>
-      <c r="K67" s="39">
+      <c r="K67" s="34">
         <f>SUM(K61:K66)</f>
         <v>0</v>
       </c>
-      <c r="L67" s="39">
+      <c r="L67" s="34">
         <f>SUM(L61:L66)</f>
         <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
     <row r="69" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B69" s="207" t="str">
+      <c r="B69" s="173" t="str">
         <f>B8</f>
         <v>APR</v>
       </c>
-      <c r="C69" s="207"/>
-[...1 lines deleted...]
-      <c r="F69" s="207" t="str">
+      <c r="C69" s="173"/>
+      <c r="D69" s="173"/>
+      <c r="F69" s="173" t="str">
         <f>F8</f>
         <v>MAY</v>
       </c>
-      <c r="G69" s="207"/>
-[...1 lines deleted...]
-      <c r="J69" s="207" t="str">
+      <c r="G69" s="173"/>
+      <c r="H69" s="173"/>
+      <c r="J69" s="173" t="str">
         <f>J8</f>
         <v>JUNE</v>
       </c>
-      <c r="K69" s="207"/>
-      <c r="L69" s="207"/>
+      <c r="K69" s="173"/>
+      <c r="L69" s="173"/>
     </row>
     <row r="70" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A70" s="44" t="s">
+      <c r="A70" s="37" t="s">
         <v>61</v>
       </c>
-      <c r="B70" s="45" t="s">
+      <c r="B70" s="38" t="s">
         <v>34</v>
       </c>
-      <c r="C70" s="70" t="s">
+      <c r="C70" s="52" t="s">
         <v>9</v>
       </c>
-      <c r="D70" s="45" t="s">
+      <c r="D70" s="38" t="s">
         <v>32</v>
       </c>
-      <c r="F70" s="45" t="s">
+      <c r="F70" s="38" t="s">
         <v>34</v>
       </c>
-      <c r="G70" s="70" t="s">
+      <c r="G70" s="52" t="s">
         <v>9</v>
       </c>
-      <c r="H70" s="45" t="s">
+      <c r="H70" s="38" t="s">
         <v>32</v>
       </c>
-      <c r="J70" s="45" t="s">
+      <c r="J70" s="38" t="s">
         <v>34</v>
       </c>
-      <c r="K70" s="70" t="s">
+      <c r="K70" s="52" t="s">
         <v>9</v>
       </c>
-      <c r="L70" s="45" t="s">
+      <c r="L70" s="38" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="71" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A71" s="21" t="s">
+      <c r="A71" s="18" t="s">
         <v>62</v>
       </c>
-      <c r="B71" s="127"/>
-[...1 lines deleted...]
-      <c r="D71" s="27">
+      <c r="B71" s="107"/>
+      <c r="C71" s="108"/>
+      <c r="D71" s="22">
         <f t="shared" ref="D71:D77" si="9">B71-C71</f>
         <v>0</v>
       </c>
-      <c r="F71" s="127"/>
-[...1 lines deleted...]
-      <c r="H71" s="27">
+      <c r="F71" s="107"/>
+      <c r="G71" s="108"/>
+      <c r="H71" s="22">
         <f t="shared" ref="H71:H77" si="10">F71-G71</f>
         <v>0</v>
       </c>
-      <c r="J71" s="127"/>
-[...1 lines deleted...]
-      <c r="L71" s="27">
+      <c r="J71" s="107"/>
+      <c r="K71" s="108"/>
+      <c r="L71" s="22">
         <f t="shared" ref="L71:L77" si="11">J71-K71</f>
         <v>0</v>
       </c>
     </row>
     <row r="72" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A72" s="21" t="s">
+      <c r="A72" s="18" t="s">
         <v>63</v>
       </c>
-      <c r="B72" s="41"/>
-[...1 lines deleted...]
-      <c r="D72" s="27">
+      <c r="B72" s="3"/>
+      <c r="C72" s="109"/>
+      <c r="D72" s="22">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="F72" s="41"/>
-[...1 lines deleted...]
-      <c r="H72" s="27">
+      <c r="F72" s="3"/>
+      <c r="G72" s="109"/>
+      <c r="H72" s="22">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
-      <c r="J72" s="41"/>
-[...1 lines deleted...]
-      <c r="L72" s="27">
+      <c r="J72" s="3"/>
+      <c r="K72" s="109"/>
+      <c r="L72" s="22">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
     </row>
     <row r="73" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A73" s="21" t="s">
+      <c r="A73" s="18" t="s">
         <v>64</v>
       </c>
-      <c r="B73" s="41"/>
-[...1 lines deleted...]
-      <c r="D73" s="27">
+      <c r="B73" s="3"/>
+      <c r="C73" s="109"/>
+      <c r="D73" s="22">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="F73" s="41"/>
-[...1 lines deleted...]
-      <c r="H73" s="27">
+      <c r="F73" s="3"/>
+      <c r="G73" s="109"/>
+      <c r="H73" s="22">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
-      <c r="J73" s="41"/>
-[...1 lines deleted...]
-      <c r="L73" s="27">
+      <c r="J73" s="3"/>
+      <c r="K73" s="109"/>
+      <c r="L73" s="22">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
     </row>
     <row r="74" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A74" s="21" t="s">
+      <c r="A74" s="18" t="s">
         <v>65</v>
       </c>
-      <c r="B74" s="41"/>
-[...1 lines deleted...]
-      <c r="D74" s="27">
+      <c r="B74" s="3"/>
+      <c r="C74" s="109"/>
+      <c r="D74" s="22">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="F74" s="41"/>
-[...1 lines deleted...]
-      <c r="H74" s="27">
+      <c r="F74" s="3"/>
+      <c r="G74" s="109"/>
+      <c r="H74" s="22">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
-      <c r="J74" s="41"/>
-[...1 lines deleted...]
-      <c r="L74" s="27">
+      <c r="J74" s="3"/>
+      <c r="K74" s="109"/>
+      <c r="L74" s="22">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
     </row>
     <row r="75" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A75" s="21" t="s">
+      <c r="A75" s="18" t="s">
         <v>66</v>
       </c>
-      <c r="B75" s="41"/>
-[...1 lines deleted...]
-      <c r="D75" s="27">
+      <c r="B75" s="3"/>
+      <c r="C75" s="109"/>
+      <c r="D75" s="22">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="F75" s="41"/>
-[...1 lines deleted...]
-      <c r="H75" s="27">
+      <c r="F75" s="3"/>
+      <c r="G75" s="109"/>
+      <c r="H75" s="22">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
-      <c r="J75" s="41"/>
-[...1 lines deleted...]
-      <c r="L75" s="27">
+      <c r="J75" s="3"/>
+      <c r="K75" s="109"/>
+      <c r="L75" s="22">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
     </row>
     <row r="76" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A76" s="21" t="s">
+      <c r="A76" s="18" t="s">
         <v>67</v>
       </c>
-      <c r="B76" s="41"/>
-[...1 lines deleted...]
-      <c r="D76" s="27">
+      <c r="B76" s="3"/>
+      <c r="C76" s="109"/>
+      <c r="D76" s="22">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="F76" s="41"/>
-[...1 lines deleted...]
-      <c r="H76" s="27">
+      <c r="F76" s="3"/>
+      <c r="G76" s="109"/>
+      <c r="H76" s="22">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
-      <c r="J76" s="41"/>
-[...1 lines deleted...]
-      <c r="L76" s="27">
+      <c r="J76" s="3"/>
+      <c r="K76" s="109"/>
+      <c r="L76" s="22">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
     </row>
     <row r="77" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A77" s="21" t="s">
+      <c r="A77" s="18" t="s">
         <v>68</v>
       </c>
-      <c r="B77" s="41"/>
-[...1 lines deleted...]
-      <c r="D77" s="27">
+      <c r="B77" s="3"/>
+      <c r="C77" s="109"/>
+      <c r="D77" s="22">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="F77" s="41"/>
-[...1 lines deleted...]
-      <c r="H77" s="27">
+      <c r="F77" s="3"/>
+      <c r="G77" s="109"/>
+      <c r="H77" s="22">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
-      <c r="J77" s="41"/>
-[...1 lines deleted...]
-      <c r="L77" s="27">
+      <c r="J77" s="3"/>
+      <c r="K77" s="109"/>
+      <c r="L77" s="22">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
     </row>
     <row r="78" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A78" s="21" t="s">
+      <c r="A78" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="B78" s="41"/>
-[...1 lines deleted...]
-      <c r="D78" s="27">
+      <c r="B78" s="3"/>
+      <c r="C78" s="109"/>
+      <c r="D78" s="22">
         <f>B78-C78</f>
         <v>0</v>
       </c>
-      <c r="F78" s="41"/>
-[...1 lines deleted...]
-      <c r="H78" s="27">
+      <c r="F78" s="3"/>
+      <c r="G78" s="109"/>
+      <c r="H78" s="22">
         <f>F78-G78</f>
         <v>0</v>
       </c>
-      <c r="J78" s="41"/>
-[...1 lines deleted...]
-      <c r="L78" s="27">
+      <c r="J78" s="3"/>
+      <c r="K78" s="109"/>
+      <c r="L78" s="22">
         <f>J78-K78</f>
         <v>0</v>
       </c>
     </row>
     <row r="79" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A79" s="21" t="s">
+      <c r="A79" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="B79" s="42"/>
-[...1 lines deleted...]
-      <c r="D79" s="27">
+      <c r="B79" s="4"/>
+      <c r="C79" s="110"/>
+      <c r="D79" s="22">
         <f>B79-C79</f>
         <v>0</v>
       </c>
-      <c r="F79" s="42"/>
-[...1 lines deleted...]
-      <c r="H79" s="27">
+      <c r="F79" s="4"/>
+      <c r="G79" s="110"/>
+      <c r="H79" s="22">
         <f>F79-G79</f>
         <v>0</v>
       </c>
-      <c r="J79" s="42"/>
-[...1 lines deleted...]
-      <c r="L79" s="27">
+      <c r="J79" s="4"/>
+      <c r="K79" s="110"/>
+      <c r="L79" s="22">
         <f>J79-K79</f>
         <v>0</v>
       </c>
     </row>
     <row r="80" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A80" s="38" t="s">
+      <c r="A80" s="33" t="s">
         <v>30</v>
       </c>
-      <c r="B80" s="39">
+      <c r="B80" s="34">
         <f>SUM(B71:B79)</f>
         <v>0</v>
       </c>
-      <c r="C80" s="39">
+      <c r="C80" s="34">
         <f>SUM(C71:C79)</f>
         <v>0</v>
       </c>
-      <c r="D80" s="39">
+      <c r="D80" s="34">
         <f>SUM(D71:D79)</f>
         <v>0</v>
       </c>
-      <c r="F80" s="39">
+      <c r="F80" s="34">
         <f>SUM(F71:F79)</f>
         <v>0</v>
       </c>
-      <c r="G80" s="39">
+      <c r="G80" s="34">
         <f>SUM(G71:G79)</f>
         <v>0</v>
       </c>
-      <c r="H80" s="39">
+      <c r="H80" s="34">
         <f>SUM(H71:H79)</f>
         <v>0</v>
       </c>
-      <c r="J80" s="39">
+      <c r="J80" s="34">
         <f>SUM(J71:J79)</f>
         <v>0</v>
       </c>
-      <c r="K80" s="39">
+      <c r="K80" s="34">
         <f>SUM(K71:K79)</f>
         <v>0</v>
       </c>
-      <c r="L80" s="39">
+      <c r="L80" s="34">
         <f>SUM(L71:L79)</f>
         <v>0</v>
       </c>
     </row>
     <row r="81" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
     <row r="82" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B82" s="207" t="str">
+      <c r="B82" s="173" t="str">
         <f>B8</f>
         <v>APR</v>
       </c>
-      <c r="C82" s="207"/>
-[...1 lines deleted...]
-      <c r="F82" s="207" t="str">
+      <c r="C82" s="173"/>
+      <c r="D82" s="173"/>
+      <c r="F82" s="173" t="str">
         <f>F8</f>
         <v>MAY</v>
       </c>
-      <c r="G82" s="207"/>
-[...1 lines deleted...]
-      <c r="J82" s="207" t="str">
+      <c r="G82" s="173"/>
+      <c r="H82" s="173"/>
+      <c r="J82" s="173" t="str">
         <f>J8</f>
         <v>JUNE</v>
       </c>
-      <c r="K82" s="207"/>
-      <c r="L82" s="207"/>
+      <c r="K82" s="173"/>
+      <c r="L82" s="173"/>
     </row>
     <row r="83" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A83" s="44" t="s">
+      <c r="A83" s="37" t="s">
         <v>69</v>
       </c>
-      <c r="B83" s="45" t="s">
+      <c r="B83" s="38" t="s">
         <v>34</v>
       </c>
-      <c r="C83" s="70" t="s">
+      <c r="C83" s="52" t="s">
         <v>9</v>
       </c>
-      <c r="D83" s="45" t="s">
+      <c r="D83" s="38" t="s">
         <v>32</v>
       </c>
-      <c r="F83" s="45" t="s">
+      <c r="F83" s="38" t="s">
         <v>34</v>
       </c>
-      <c r="G83" s="70" t="s">
+      <c r="G83" s="52" t="s">
         <v>9</v>
       </c>
-      <c r="H83" s="45" t="s">
+      <c r="H83" s="38" t="s">
         <v>32</v>
       </c>
-      <c r="J83" s="45" t="s">
+      <c r="J83" s="38" t="s">
         <v>34</v>
       </c>
-      <c r="K83" s="70" t="s">
+      <c r="K83" s="52" t="s">
         <v>9</v>
       </c>
-      <c r="L83" s="45" t="s">
+      <c r="L83" s="38" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="84" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A84" s="21" t="s">
+      <c r="A84" s="18" t="s">
         <v>70</v>
       </c>
-      <c r="B84" s="127"/>
-[...1 lines deleted...]
-      <c r="D84" s="27">
+      <c r="B84" s="107"/>
+      <c r="C84" s="108"/>
+      <c r="D84" s="22">
         <f t="shared" ref="D84:D92" si="12">B84-C84</f>
         <v>0</v>
       </c>
-      <c r="F84" s="127"/>
-[...1 lines deleted...]
-      <c r="H84" s="27">
+      <c r="F84" s="107"/>
+      <c r="G84" s="108"/>
+      <c r="H84" s="22">
         <f t="shared" ref="H84:H92" si="13">F84-G84</f>
         <v>0</v>
       </c>
-      <c r="J84" s="127"/>
-[...1 lines deleted...]
-      <c r="L84" s="27">
+      <c r="J84" s="107"/>
+      <c r="K84" s="108"/>
+      <c r="L84" s="22">
         <f t="shared" ref="L84:L92" si="14">J84-K84</f>
         <v>0</v>
       </c>
     </row>
     <row r="85" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A85" s="21" t="s">
+      <c r="A85" s="18" t="s">
         <v>71</v>
       </c>
-      <c r="B85" s="41"/>
-[...1 lines deleted...]
-      <c r="D85" s="27">
+      <c r="B85" s="3"/>
+      <c r="C85" s="109"/>
+      <c r="D85" s="22">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
-      <c r="F85" s="41"/>
-[...1 lines deleted...]
-      <c r="H85" s="27">
+      <c r="F85" s="3"/>
+      <c r="G85" s="109"/>
+      <c r="H85" s="22">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
-      <c r="J85" s="41"/>
-[...1 lines deleted...]
-      <c r="L85" s="27">
+      <c r="J85" s="3"/>
+      <c r="K85" s="109"/>
+      <c r="L85" s="22">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
     </row>
     <row r="86" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A86" s="21" t="s">
+      <c r="A86" s="18" t="s">
         <v>72</v>
       </c>
-      <c r="B86" s="41"/>
-[...1 lines deleted...]
-      <c r="D86" s="27">
+      <c r="B86" s="3"/>
+      <c r="C86" s="109"/>
+      <c r="D86" s="22">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
-      <c r="F86" s="41"/>
-[...1 lines deleted...]
-      <c r="H86" s="27">
+      <c r="F86" s="3"/>
+      <c r="G86" s="109"/>
+      <c r="H86" s="22">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
-      <c r="J86" s="41"/>
-[...1 lines deleted...]
-      <c r="L86" s="27">
+      <c r="J86" s="3"/>
+      <c r="K86" s="109"/>
+      <c r="L86" s="22">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
     </row>
     <row r="87" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A87" s="21" t="s">
+      <c r="A87" s="18" t="s">
         <v>73</v>
       </c>
-      <c r="B87" s="41"/>
-[...1 lines deleted...]
-      <c r="D87" s="27">
+      <c r="B87" s="3"/>
+      <c r="C87" s="109"/>
+      <c r="D87" s="22">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
-      <c r="F87" s="41"/>
-[...1 lines deleted...]
-      <c r="H87" s="27">
+      <c r="F87" s="3"/>
+      <c r="G87" s="109"/>
+      <c r="H87" s="22">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
-      <c r="J87" s="41"/>
-[...1 lines deleted...]
-      <c r="L87" s="27">
+      <c r="J87" s="3"/>
+      <c r="K87" s="109"/>
+      <c r="L87" s="22">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
     </row>
     <row r="88" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A88" s="21" t="s">
+      <c r="A88" s="18" t="s">
         <v>74</v>
       </c>
-      <c r="B88" s="41"/>
-[...1 lines deleted...]
-      <c r="D88" s="27">
+      <c r="B88" s="3"/>
+      <c r="C88" s="109"/>
+      <c r="D88" s="22">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
-      <c r="F88" s="41"/>
-[...1 lines deleted...]
-      <c r="H88" s="27">
+      <c r="F88" s="3"/>
+      <c r="G88" s="109"/>
+      <c r="H88" s="22">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
-      <c r="J88" s="41"/>
-[...1 lines deleted...]
-      <c r="L88" s="27">
+      <c r="J88" s="3"/>
+      <c r="K88" s="109"/>
+      <c r="L88" s="22">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
     </row>
     <row r="89" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A89" s="21" t="s">
+      <c r="A89" s="18" t="s">
         <v>75</v>
       </c>
-      <c r="B89" s="41"/>
-[...1 lines deleted...]
-      <c r="D89" s="27">
+      <c r="B89" s="3"/>
+      <c r="C89" s="109"/>
+      <c r="D89" s="22">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
-      <c r="F89" s="41"/>
-[...1 lines deleted...]
-      <c r="H89" s="27">
+      <c r="F89" s="3"/>
+      <c r="G89" s="109"/>
+      <c r="H89" s="22">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
-      <c r="J89" s="41"/>
-[...1 lines deleted...]
-      <c r="L89" s="27">
+      <c r="J89" s="3"/>
+      <c r="K89" s="109"/>
+      <c r="L89" s="22">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
     </row>
     <row r="90" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A90" s="21" t="s">
+      <c r="A90" s="18" t="s">
         <v>56</v>
       </c>
-      <c r="B90" s="41"/>
-[...1 lines deleted...]
-      <c r="D90" s="27">
+      <c r="B90" s="3"/>
+      <c r="C90" s="109"/>
+      <c r="D90" s="22">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
-      <c r="F90" s="41"/>
-[...1 lines deleted...]
-      <c r="H90" s="27">
+      <c r="F90" s="3"/>
+      <c r="G90" s="109"/>
+      <c r="H90" s="22">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
-      <c r="J90" s="41"/>
-[...1 lines deleted...]
-      <c r="L90" s="27">
+      <c r="J90" s="3"/>
+      <c r="K90" s="109"/>
+      <c r="L90" s="22">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
     </row>
     <row r="91" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A91" s="21" t="s">
+      <c r="A91" s="18" t="s">
         <v>63</v>
       </c>
-      <c r="B91" s="41"/>
-[...1 lines deleted...]
-      <c r="D91" s="27">
+      <c r="B91" s="3"/>
+      <c r="C91" s="109"/>
+      <c r="D91" s="22">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
-      <c r="F91" s="41"/>
-[...1 lines deleted...]
-      <c r="H91" s="27">
+      <c r="F91" s="3"/>
+      <c r="G91" s="109"/>
+      <c r="H91" s="22">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
-      <c r="J91" s="41"/>
-[...1 lines deleted...]
-      <c r="L91" s="27">
+      <c r="J91" s="3"/>
+      <c r="K91" s="109"/>
+      <c r="L91" s="22">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
     </row>
     <row r="92" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A92" s="21" t="s">
+      <c r="A92" s="18" t="s">
         <v>76</v>
       </c>
-      <c r="B92" s="41"/>
-[...1 lines deleted...]
-      <c r="D92" s="27">
+      <c r="B92" s="3"/>
+      <c r="C92" s="109"/>
+      <c r="D92" s="22">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
-      <c r="F92" s="41"/>
-[...1 lines deleted...]
-      <c r="H92" s="27">
+      <c r="F92" s="3"/>
+      <c r="G92" s="109"/>
+      <c r="H92" s="22">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
-      <c r="J92" s="41"/>
-[...1 lines deleted...]
-      <c r="L92" s="27">
+      <c r="J92" s="3"/>
+      <c r="K92" s="109"/>
+      <c r="L92" s="22">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
     </row>
     <row r="93" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A93" s="21" t="s">
+      <c r="A93" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="B93" s="41"/>
-[...1 lines deleted...]
-      <c r="D93" s="27">
+      <c r="B93" s="3"/>
+      <c r="C93" s="109"/>
+      <c r="D93" s="22">
         <f>B93-C93</f>
         <v>0</v>
       </c>
-      <c r="F93" s="41"/>
-[...1 lines deleted...]
-      <c r="H93" s="27">
+      <c r="F93" s="3"/>
+      <c r="G93" s="109"/>
+      <c r="H93" s="22">
         <f>F93-G93</f>
         <v>0</v>
       </c>
-      <c r="J93" s="41"/>
-[...1 lines deleted...]
-      <c r="L93" s="27">
+      <c r="J93" s="3"/>
+      <c r="K93" s="109"/>
+      <c r="L93" s="22">
         <f>J93-K93</f>
         <v>0</v>
       </c>
     </row>
     <row r="94" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A94" s="21" t="s">
+      <c r="A94" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="B94" s="42"/>
-[...1 lines deleted...]
-      <c r="D94" s="27">
+      <c r="B94" s="4"/>
+      <c r="C94" s="110"/>
+      <c r="D94" s="22">
         <f>B94-C94</f>
         <v>0</v>
       </c>
-      <c r="F94" s="42"/>
-[...1 lines deleted...]
-      <c r="H94" s="27">
+      <c r="F94" s="4"/>
+      <c r="G94" s="110"/>
+      <c r="H94" s="22">
         <f>F94-G94</f>
         <v>0</v>
       </c>
-      <c r="J94" s="42"/>
-[...1 lines deleted...]
-      <c r="L94" s="27">
+      <c r="J94" s="4"/>
+      <c r="K94" s="110"/>
+      <c r="L94" s="22">
         <f>J94-K94</f>
         <v>0</v>
       </c>
     </row>
     <row r="95" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A95" s="38" t="s">
+      <c r="A95" s="33" t="s">
         <v>30</v>
       </c>
-      <c r="B95" s="39">
+      <c r="B95" s="34">
         <f>SUM(B84:B94)</f>
         <v>0</v>
       </c>
-      <c r="C95" s="39">
+      <c r="C95" s="34">
         <f>SUM(C84:C94)</f>
         <v>0</v>
       </c>
-      <c r="D95" s="39">
+      <c r="D95" s="34">
         <f>SUM(D84:D94)</f>
         <v>0</v>
       </c>
-      <c r="F95" s="39">
+      <c r="F95" s="34">
         <f>SUM(F84:F94)</f>
         <v>0</v>
       </c>
-      <c r="G95" s="39">
+      <c r="G95" s="34">
         <f>SUM(G84:G94)</f>
         <v>0</v>
       </c>
-      <c r="H95" s="39">
+      <c r="H95" s="34">
         <f>SUM(H84:H94)</f>
         <v>0</v>
       </c>
-      <c r="J95" s="39">
+      <c r="J95" s="34">
         <f>SUM(J84:J94)</f>
         <v>0</v>
       </c>
-      <c r="K95" s="39">
+      <c r="K95" s="34">
         <f>SUM(K84:K94)</f>
         <v>0</v>
       </c>
-      <c r="L95" s="39">
+      <c r="L95" s="34">
         <f>SUM(L84:L94)</f>
         <v>0</v>
       </c>
     </row>
     <row r="96" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
     <row r="97" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B97" s="207" t="str">
+      <c r="B97" s="173" t="str">
         <f>B8</f>
         <v>APR</v>
       </c>
-      <c r="C97" s="207"/>
-[...1 lines deleted...]
-      <c r="F97" s="207" t="str">
+      <c r="C97" s="173"/>
+      <c r="D97" s="173"/>
+      <c r="F97" s="173" t="str">
         <f>F8</f>
         <v>MAY</v>
       </c>
-      <c r="G97" s="207"/>
-[...1 lines deleted...]
-      <c r="J97" s="207" t="str">
+      <c r="G97" s="173"/>
+      <c r="H97" s="173"/>
+      <c r="J97" s="173" t="str">
         <f>J8</f>
         <v>JUNE</v>
       </c>
-      <c r="K97" s="207"/>
-      <c r="L97" s="207"/>
+      <c r="K97" s="173"/>
+      <c r="L97" s="173"/>
     </row>
     <row r="98" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A98" s="44" t="s">
+      <c r="A98" s="37" t="s">
         <v>77</v>
       </c>
-      <c r="B98" s="45" t="s">
+      <c r="B98" s="38" t="s">
         <v>34</v>
       </c>
-      <c r="C98" s="70" t="s">
+      <c r="C98" s="52" t="s">
         <v>9</v>
       </c>
-      <c r="D98" s="45" t="s">
+      <c r="D98" s="38" t="s">
         <v>32</v>
       </c>
-      <c r="F98" s="45" t="s">
+      <c r="F98" s="38" t="s">
         <v>34</v>
       </c>
-      <c r="G98" s="70" t="s">
+      <c r="G98" s="52" t="s">
         <v>9</v>
       </c>
-      <c r="H98" s="45" t="s">
+      <c r="H98" s="38" t="s">
         <v>32</v>
       </c>
-      <c r="J98" s="45" t="s">
+      <c r="J98" s="38" t="s">
         <v>34</v>
       </c>
-      <c r="K98" s="70" t="s">
+      <c r="K98" s="52" t="s">
         <v>9</v>
       </c>
-      <c r="L98" s="45" t="s">
+      <c r="L98" s="38" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="99" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A99" s="21" t="s">
+      <c r="A99" s="18" t="s">
         <v>78</v>
       </c>
-      <c r="B99" s="127"/>
-[...1 lines deleted...]
-      <c r="D99" s="27">
+      <c r="B99" s="107"/>
+      <c r="C99" s="108"/>
+      <c r="D99" s="22">
         <f t="shared" ref="D99:D105" si="15">B99-C99</f>
         <v>0</v>
       </c>
-      <c r="F99" s="127"/>
-[...1 lines deleted...]
-      <c r="H99" s="27">
+      <c r="F99" s="107"/>
+      <c r="G99" s="108"/>
+      <c r="H99" s="22">
         <f t="shared" ref="H99:H105" si="16">F99-G99</f>
         <v>0</v>
       </c>
-      <c r="J99" s="127"/>
-[...1 lines deleted...]
-      <c r="L99" s="27">
+      <c r="J99" s="107"/>
+      <c r="K99" s="108"/>
+      <c r="L99" s="22">
         <f t="shared" ref="L99:L105" si="17">J99-K99</f>
         <v>0</v>
       </c>
     </row>
     <row r="100" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A100" s="21" t="s">
+      <c r="A100" s="18" t="s">
         <v>79</v>
       </c>
-      <c r="B100" s="41"/>
-[...1 lines deleted...]
-      <c r="D100" s="27">
+      <c r="B100" s="3"/>
+      <c r="C100" s="109"/>
+      <c r="D100" s="22">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
-      <c r="F100" s="41"/>
-[...1 lines deleted...]
-      <c r="H100" s="27">
+      <c r="F100" s="3"/>
+      <c r="G100" s="109"/>
+      <c r="H100" s="22">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
-      <c r="J100" s="41"/>
-[...1 lines deleted...]
-      <c r="L100" s="27">
+      <c r="J100" s="3"/>
+      <c r="K100" s="109"/>
+      <c r="L100" s="22">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
     </row>
     <row r="101" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A101" s="21" t="s">
+      <c r="A101" s="18" t="s">
         <v>80</v>
       </c>
-      <c r="B101" s="41"/>
-[...1 lines deleted...]
-      <c r="D101" s="27">
+      <c r="B101" s="3"/>
+      <c r="C101" s="109"/>
+      <c r="D101" s="22">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
-      <c r="F101" s="41"/>
-[...1 lines deleted...]
-      <c r="H101" s="27">
+      <c r="F101" s="3"/>
+      <c r="G101" s="109"/>
+      <c r="H101" s="22">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
-      <c r="J101" s="41"/>
-[...1 lines deleted...]
-      <c r="L101" s="27">
+      <c r="J101" s="3"/>
+      <c r="K101" s="109"/>
+      <c r="L101" s="22">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
     </row>
     <row r="102" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A102" s="21" t="s">
+      <c r="A102" s="18" t="s">
         <v>81</v>
       </c>
-      <c r="B102" s="41"/>
-[...1 lines deleted...]
-      <c r="D102" s="27">
+      <c r="B102" s="3"/>
+      <c r="C102" s="109"/>
+      <c r="D102" s="22">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
-      <c r="F102" s="41"/>
-[...1 lines deleted...]
-      <c r="H102" s="27">
+      <c r="F102" s="3"/>
+      <c r="G102" s="109"/>
+      <c r="H102" s="22">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
-      <c r="J102" s="41"/>
-[...1 lines deleted...]
-      <c r="L102" s="27">
+      <c r="J102" s="3"/>
+      <c r="K102" s="109"/>
+      <c r="L102" s="22">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
     </row>
     <row r="103" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A103" s="21" t="s">
+      <c r="A103" s="18" t="s">
         <v>82</v>
       </c>
-      <c r="B103" s="41"/>
-[...1 lines deleted...]
-      <c r="D103" s="27">
+      <c r="B103" s="3"/>
+      <c r="C103" s="109"/>
+      <c r="D103" s="22">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
-      <c r="F103" s="41"/>
-[...1 lines deleted...]
-      <c r="H103" s="27">
+      <c r="F103" s="3"/>
+      <c r="G103" s="109"/>
+      <c r="H103" s="22">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
-      <c r="J103" s="41"/>
-[...1 lines deleted...]
-      <c r="L103" s="27">
+      <c r="J103" s="3"/>
+      <c r="K103" s="109"/>
+      <c r="L103" s="22">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
     </row>
     <row r="104" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A104" s="21" t="s">
+      <c r="A104" s="18" t="s">
         <v>83</v>
       </c>
-      <c r="B104" s="41"/>
-[...1 lines deleted...]
-      <c r="D104" s="27">
+      <c r="B104" s="3"/>
+      <c r="C104" s="109"/>
+      <c r="D104" s="22">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
-      <c r="F104" s="41"/>
-[...1 lines deleted...]
-      <c r="H104" s="27">
+      <c r="F104" s="3"/>
+      <c r="G104" s="109"/>
+      <c r="H104" s="22">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
-      <c r="J104" s="41"/>
-[...1 lines deleted...]
-      <c r="L104" s="27">
+      <c r="J104" s="3"/>
+      <c r="K104" s="109"/>
+      <c r="L104" s="22">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
     </row>
     <row r="105" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A105" s="21" t="s">
+      <c r="A105" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="B105" s="41"/>
-[...1 lines deleted...]
-      <c r="D105" s="27">
+      <c r="B105" s="3"/>
+      <c r="C105" s="109"/>
+      <c r="D105" s="22">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
-      <c r="F105" s="41"/>
-[...1 lines deleted...]
-      <c r="H105" s="27">
+      <c r="F105" s="3"/>
+      <c r="G105" s="109"/>
+      <c r="H105" s="22">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
-      <c r="J105" s="41"/>
-[...1 lines deleted...]
-      <c r="L105" s="27">
+      <c r="J105" s="3"/>
+      <c r="K105" s="109"/>
+      <c r="L105" s="22">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
     </row>
     <row r="106" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A106" s="21" t="s">
+      <c r="A106" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="B106" s="41"/>
-[...1 lines deleted...]
-      <c r="D106" s="27">
+      <c r="B106" s="3"/>
+      <c r="C106" s="109"/>
+      <c r="D106" s="22">
         <f>B106-C106</f>
         <v>0</v>
       </c>
-      <c r="F106" s="41"/>
-[...1 lines deleted...]
-      <c r="H106" s="27">
+      <c r="F106" s="3"/>
+      <c r="G106" s="109"/>
+      <c r="H106" s="22">
         <f>F106-G106</f>
         <v>0</v>
       </c>
-      <c r="J106" s="41"/>
-[...1 lines deleted...]
-      <c r="L106" s="27">
+      <c r="J106" s="3"/>
+      <c r="K106" s="109"/>
+      <c r="L106" s="22">
         <f>J106-K106</f>
         <v>0</v>
       </c>
     </row>
     <row r="107" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A107" s="21" t="s">
+      <c r="A107" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="B107" s="42"/>
-[...1 lines deleted...]
-      <c r="D107" s="27">
+      <c r="B107" s="4"/>
+      <c r="C107" s="110"/>
+      <c r="D107" s="22">
         <f>B107-C107</f>
         <v>0</v>
       </c>
-      <c r="F107" s="42"/>
-[...1 lines deleted...]
-      <c r="H107" s="27">
+      <c r="F107" s="4"/>
+      <c r="G107" s="110"/>
+      <c r="H107" s="22">
         <f>F107-G107</f>
         <v>0</v>
       </c>
-      <c r="J107" s="42"/>
-[...1 lines deleted...]
-      <c r="L107" s="27">
+      <c r="J107" s="4"/>
+      <c r="K107" s="110"/>
+      <c r="L107" s="22">
         <f>J107-K107</f>
         <v>0</v>
       </c>
     </row>
     <row r="108" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A108" s="38" t="s">
+      <c r="A108" s="33" t="s">
         <v>30</v>
       </c>
-      <c r="B108" s="39">
+      <c r="B108" s="34">
         <f>SUM(B99:B107)</f>
         <v>0</v>
       </c>
-      <c r="C108" s="39">
+      <c r="C108" s="34">
         <f>SUM(C99:C107)</f>
         <v>0</v>
       </c>
-      <c r="D108" s="39">
+      <c r="D108" s="34">
         <f>SUM(D99:D107)</f>
         <v>0</v>
       </c>
-      <c r="F108" s="39">
+      <c r="F108" s="34">
         <f>SUM(F99:F107)</f>
         <v>0</v>
       </c>
-      <c r="G108" s="39">
+      <c r="G108" s="34">
         <f>SUM(G99:G107)</f>
         <v>0</v>
       </c>
-      <c r="H108" s="39">
+      <c r="H108" s="34">
         <f>SUM(H99:H107)</f>
         <v>0</v>
       </c>
-      <c r="J108" s="39">
+      <c r="J108" s="34">
         <f>SUM(J99:J107)</f>
         <v>0</v>
       </c>
-      <c r="K108" s="39">
+      <c r="K108" s="34">
         <f>SUM(K99:K107)</f>
         <v>0</v>
       </c>
-      <c r="L108" s="39">
+      <c r="L108" s="34">
         <f>SUM(L99:L107)</f>
         <v>0</v>
       </c>
     </row>
     <row r="109" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
     <row r="110" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B110" s="207" t="str">
+      <c r="B110" s="173" t="str">
         <f>B8</f>
         <v>APR</v>
       </c>
-      <c r="C110" s="207"/>
-[...1 lines deleted...]
-      <c r="F110" s="207" t="str">
+      <c r="C110" s="173"/>
+      <c r="D110" s="173"/>
+      <c r="F110" s="173" t="str">
         <f>F8</f>
         <v>MAY</v>
       </c>
-      <c r="G110" s="207"/>
-[...1 lines deleted...]
-      <c r="J110" s="207" t="str">
+      <c r="G110" s="173"/>
+      <c r="H110" s="173"/>
+      <c r="J110" s="173" t="str">
         <f>J8</f>
         <v>JUNE</v>
       </c>
-      <c r="K110" s="207"/>
-      <c r="L110" s="207"/>
+      <c r="K110" s="173"/>
+      <c r="L110" s="173"/>
     </row>
     <row r="111" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A111" s="44" t="s">
+      <c r="A111" s="37" t="s">
         <v>84</v>
       </c>
-      <c r="B111" s="45" t="s">
+      <c r="B111" s="38" t="s">
         <v>34</v>
       </c>
-      <c r="C111" s="70" t="s">
+      <c r="C111" s="52" t="s">
         <v>9</v>
       </c>
-      <c r="D111" s="45" t="s">
+      <c r="D111" s="38" t="s">
         <v>32</v>
       </c>
-      <c r="F111" s="45" t="s">
+      <c r="F111" s="38" t="s">
         <v>34</v>
       </c>
-      <c r="G111" s="70" t="s">
+      <c r="G111" s="52" t="s">
         <v>9</v>
       </c>
-      <c r="H111" s="45" t="s">
+      <c r="H111" s="38" t="s">
         <v>32</v>
       </c>
-      <c r="J111" s="45" t="s">
+      <c r="J111" s="38" t="s">
         <v>34</v>
       </c>
-      <c r="K111" s="70" t="s">
+      <c r="K111" s="52" t="s">
         <v>9</v>
       </c>
-      <c r="L111" s="45" t="s">
+      <c r="L111" s="38" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="112" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A112" s="21" t="s">
+      <c r="A112" s="18" t="s">
         <v>70</v>
       </c>
-      <c r="B112" s="127"/>
-[...1 lines deleted...]
-      <c r="D112" s="27">
+      <c r="B112" s="107"/>
+      <c r="C112" s="108"/>
+      <c r="D112" s="22">
         <f t="shared" ref="D112:D118" si="18">B112-C112</f>
         <v>0</v>
       </c>
-      <c r="F112" s="127"/>
-[...1 lines deleted...]
-      <c r="H112" s="27">
+      <c r="F112" s="107"/>
+      <c r="G112" s="108"/>
+      <c r="H112" s="22">
         <f t="shared" ref="H112:H118" si="19">F112-G112</f>
         <v>0</v>
       </c>
-      <c r="J112" s="127"/>
-[...1 lines deleted...]
-      <c r="L112" s="27">
+      <c r="J112" s="107"/>
+      <c r="K112" s="108"/>
+      <c r="L112" s="22">
         <f t="shared" ref="L112:L118" si="20">J112-K112</f>
         <v>0</v>
       </c>
     </row>
     <row r="113" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A113" s="21" t="s">
+      <c r="A113" s="18" t="s">
         <v>85</v>
       </c>
-      <c r="B113" s="41"/>
-[...1 lines deleted...]
-      <c r="D113" s="27">
+      <c r="B113" s="3"/>
+      <c r="C113" s="109"/>
+      <c r="D113" s="22">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
-      <c r="F113" s="41"/>
-[...1 lines deleted...]
-      <c r="H113" s="27">
+      <c r="F113" s="3"/>
+      <c r="G113" s="109"/>
+      <c r="H113" s="22">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
-      <c r="J113" s="41"/>
-[...1 lines deleted...]
-      <c r="L113" s="27">
+      <c r="J113" s="3"/>
+      <c r="K113" s="109"/>
+      <c r="L113" s="22">
         <f t="shared" si="20"/>
         <v>0</v>
       </c>
     </row>
     <row r="114" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A114" s="21" t="s">
+      <c r="A114" s="18" t="s">
         <v>71</v>
       </c>
-      <c r="B114" s="41"/>
-[...1 lines deleted...]
-      <c r="D114" s="27">
+      <c r="B114" s="3"/>
+      <c r="C114" s="109"/>
+      <c r="D114" s="22">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
-      <c r="F114" s="41"/>
-[...1 lines deleted...]
-      <c r="H114" s="27">
+      <c r="F114" s="3"/>
+      <c r="G114" s="109"/>
+      <c r="H114" s="22">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
-      <c r="J114" s="41"/>
-[...1 lines deleted...]
-      <c r="L114" s="27">
+      <c r="J114" s="3"/>
+      <c r="K114" s="109"/>
+      <c r="L114" s="22">
         <f t="shared" si="20"/>
         <v>0</v>
       </c>
     </row>
     <row r="115" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A115" s="21" t="s">
+      <c r="A115" s="18" t="s">
         <v>86</v>
       </c>
-      <c r="B115" s="41"/>
-[...1 lines deleted...]
-      <c r="D115" s="27">
+      <c r="B115" s="3"/>
+      <c r="C115" s="109"/>
+      <c r="D115" s="22">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
-      <c r="F115" s="41"/>
-[...1 lines deleted...]
-      <c r="H115" s="27">
+      <c r="F115" s="3"/>
+      <c r="G115" s="109"/>
+      <c r="H115" s="22">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
-      <c r="J115" s="41"/>
-[...1 lines deleted...]
-      <c r="L115" s="27">
+      <c r="J115" s="3"/>
+      <c r="K115" s="109"/>
+      <c r="L115" s="22">
         <f t="shared" si="20"/>
         <v>0</v>
       </c>
     </row>
     <row r="116" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A116" s="21" t="s">
+      <c r="A116" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="B116" s="41"/>
-[...1 lines deleted...]
-      <c r="D116" s="27">
+      <c r="B116" s="3"/>
+      <c r="C116" s="109"/>
+      <c r="D116" s="22">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
-      <c r="F116" s="41"/>
-[...1 lines deleted...]
-      <c r="H116" s="27">
+      <c r="F116" s="3"/>
+      <c r="G116" s="109"/>
+      <c r="H116" s="22">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
-      <c r="J116" s="41"/>
-[...1 lines deleted...]
-      <c r="L116" s="27">
+      <c r="J116" s="3"/>
+      <c r="K116" s="109"/>
+      <c r="L116" s="22">
         <f t="shared" si="20"/>
         <v>0</v>
       </c>
     </row>
     <row r="117" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A117" s="21" t="s">
+      <c r="A117" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="B117" s="41"/>
-[...1 lines deleted...]
-      <c r="D117" s="27">
+      <c r="B117" s="3"/>
+      <c r="C117" s="109"/>
+      <c r="D117" s="22">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
-      <c r="F117" s="41"/>
-[...1 lines deleted...]
-      <c r="H117" s="27">
+      <c r="F117" s="3"/>
+      <c r="G117" s="109"/>
+      <c r="H117" s="22">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
-      <c r="J117" s="41"/>
-[...1 lines deleted...]
-      <c r="L117" s="27">
+      <c r="J117" s="3"/>
+      <c r="K117" s="109"/>
+      <c r="L117" s="22">
         <f t="shared" si="20"/>
         <v>0</v>
       </c>
     </row>
     <row r="118" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A118" s="21" t="s">
+      <c r="A118" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="B118" s="42"/>
-[...1 lines deleted...]
-      <c r="D118" s="27">
+      <c r="B118" s="4"/>
+      <c r="C118" s="110"/>
+      <c r="D118" s="22">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
-      <c r="F118" s="42"/>
-[...1 lines deleted...]
-      <c r="H118" s="27">
+      <c r="F118" s="4"/>
+      <c r="G118" s="110"/>
+      <c r="H118" s="22">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
-      <c r="J118" s="42"/>
-[...1 lines deleted...]
-      <c r="L118" s="27">
+      <c r="J118" s="4"/>
+      <c r="K118" s="110"/>
+      <c r="L118" s="22">
         <f t="shared" si="20"/>
         <v>0</v>
       </c>
     </row>
     <row r="119" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A119" s="38" t="s">
+      <c r="A119" s="33" t="s">
         <v>30</v>
       </c>
-      <c r="B119" s="39">
+      <c r="B119" s="34">
         <f>SUM(B112:B118)</f>
         <v>0</v>
       </c>
-      <c r="C119" s="39">
+      <c r="C119" s="34">
         <f>SUM(C112:C118)</f>
         <v>0</v>
       </c>
-      <c r="D119" s="39">
+      <c r="D119" s="34">
         <f>SUM(D112:D118)</f>
         <v>0</v>
       </c>
-      <c r="F119" s="39">
+      <c r="F119" s="34">
         <f>SUM(F112:F118)</f>
         <v>0</v>
       </c>
-      <c r="G119" s="39">
+      <c r="G119" s="34">
         <f>SUM(G112:G118)</f>
         <v>0</v>
       </c>
-      <c r="H119" s="39">
+      <c r="H119" s="34">
         <f>SUM(H112:H118)</f>
         <v>0</v>
       </c>
-      <c r="J119" s="39">
+      <c r="J119" s="34">
         <f>SUM(J112:J118)</f>
         <v>0</v>
       </c>
-      <c r="K119" s="39">
+      <c r="K119" s="34">
         <f>SUM(K112:K118)</f>
         <v>0</v>
       </c>
-      <c r="L119" s="39">
+      <c r="L119" s="34">
         <f>SUM(L112:L118)</f>
         <v>0</v>
       </c>
     </row>
     <row r="120" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
     <row r="121" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B121" s="207" t="str">
+      <c r="B121" s="173" t="str">
         <f>B8</f>
         <v>APR</v>
       </c>
-      <c r="C121" s="207"/>
-[...1 lines deleted...]
-      <c r="F121" s="207" t="str">
+      <c r="C121" s="173"/>
+      <c r="D121" s="173"/>
+      <c r="F121" s="173" t="str">
         <f>F8</f>
         <v>MAY</v>
       </c>
-      <c r="G121" s="207"/>
-[...1 lines deleted...]
-      <c r="J121" s="207" t="str">
+      <c r="G121" s="173"/>
+      <c r="H121" s="173"/>
+      <c r="J121" s="173" t="str">
         <f>J8</f>
         <v>JUNE</v>
       </c>
-      <c r="K121" s="207"/>
-      <c r="L121" s="207"/>
+      <c r="K121" s="173"/>
+      <c r="L121" s="173"/>
     </row>
     <row r="122" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A122" s="44" t="s">
+      <c r="A122" s="37" t="s">
         <v>87</v>
       </c>
-      <c r="B122" s="45" t="s">
+      <c r="B122" s="38" t="s">
         <v>34</v>
       </c>
-      <c r="C122" s="70" t="s">
+      <c r="C122" s="52" t="s">
         <v>9</v>
       </c>
-      <c r="D122" s="45" t="s">
+      <c r="D122" s="38" t="s">
         <v>32</v>
       </c>
-      <c r="F122" s="45" t="s">
+      <c r="F122" s="38" t="s">
         <v>34</v>
       </c>
-      <c r="G122" s="70" t="s">
+      <c r="G122" s="52" t="s">
         <v>9</v>
       </c>
-      <c r="H122" s="45" t="s">
+      <c r="H122" s="38" t="s">
         <v>32</v>
       </c>
-      <c r="J122" s="45" t="s">
+      <c r="J122" s="38" t="s">
         <v>34</v>
       </c>
-      <c r="K122" s="70" t="s">
+      <c r="K122" s="52" t="s">
         <v>9</v>
       </c>
-      <c r="L122" s="45" t="s">
+      <c r="L122" s="38" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="123" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A123" s="21" t="s">
+      <c r="A123" s="18" t="s">
         <v>88</v>
       </c>
-      <c r="B123" s="127"/>
-[...1 lines deleted...]
-      <c r="D123" s="27">
+      <c r="B123" s="107"/>
+      <c r="C123" s="108"/>
+      <c r="D123" s="22">
         <f t="shared" ref="D123:D128" si="21">B123-C123</f>
         <v>0</v>
       </c>
-      <c r="F123" s="127"/>
-[...1 lines deleted...]
-      <c r="H123" s="27">
+      <c r="F123" s="107"/>
+      <c r="G123" s="108"/>
+      <c r="H123" s="22">
         <f t="shared" ref="H123:H128" si="22">F123-G123</f>
         <v>0</v>
       </c>
-      <c r="J123" s="127"/>
-[...1 lines deleted...]
-      <c r="L123" s="27">
+      <c r="J123" s="107"/>
+      <c r="K123" s="108"/>
+      <c r="L123" s="22">
         <f t="shared" ref="L123:L128" si="23">J123-K123</f>
         <v>0</v>
       </c>
     </row>
     <row r="124" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A124" s="21" t="s">
+      <c r="A124" s="18" t="s">
         <v>70</v>
       </c>
-      <c r="B124" s="41"/>
-[...1 lines deleted...]
-      <c r="D124" s="27">
+      <c r="B124" s="3"/>
+      <c r="C124" s="109"/>
+      <c r="D124" s="22">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
-      <c r="F124" s="41"/>
-[...1 lines deleted...]
-      <c r="H124" s="27">
+      <c r="F124" s="3"/>
+      <c r="G124" s="109"/>
+      <c r="H124" s="22">
         <f t="shared" si="22"/>
         <v>0</v>
       </c>
-      <c r="J124" s="41"/>
-[...1 lines deleted...]
-      <c r="L124" s="27">
+      <c r="J124" s="3"/>
+      <c r="K124" s="109"/>
+      <c r="L124" s="22">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
     </row>
     <row r="125" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A125" s="21" t="s">
+      <c r="A125" s="18" t="s">
         <v>89</v>
       </c>
-      <c r="B125" s="41"/>
-[...1 lines deleted...]
-      <c r="D125" s="27">
+      <c r="B125" s="3"/>
+      <c r="C125" s="109"/>
+      <c r="D125" s="22">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
-      <c r="F125" s="41"/>
-[...1 lines deleted...]
-      <c r="H125" s="27">
+      <c r="F125" s="3"/>
+      <c r="G125" s="109"/>
+      <c r="H125" s="22">
         <f t="shared" si="22"/>
         <v>0</v>
       </c>
-      <c r="J125" s="41"/>
-[...1 lines deleted...]
-      <c r="L125" s="27">
+      <c r="J125" s="3"/>
+      <c r="K125" s="109"/>
+      <c r="L125" s="22">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
     </row>
     <row r="126" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A126" s="21" t="s">
+      <c r="A126" s="18" t="s">
         <v>90</v>
       </c>
-      <c r="B126" s="41"/>
-[...1 lines deleted...]
-      <c r="D126" s="27">
+      <c r="B126" s="3"/>
+      <c r="C126" s="109"/>
+      <c r="D126" s="22">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
-      <c r="F126" s="41"/>
-[...1 lines deleted...]
-      <c r="H126" s="27">
+      <c r="F126" s="3"/>
+      <c r="G126" s="109"/>
+      <c r="H126" s="22">
         <f t="shared" si="22"/>
         <v>0</v>
       </c>
-      <c r="J126" s="41"/>
-[...1 lines deleted...]
-      <c r="L126" s="27">
+      <c r="J126" s="3"/>
+      <c r="K126" s="109"/>
+      <c r="L126" s="22">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
     </row>
     <row r="127" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A127" s="21" t="s">
+      <c r="A127" s="18" t="s">
         <v>91</v>
       </c>
-      <c r="B127" s="41"/>
-[...1 lines deleted...]
-      <c r="D127" s="27">
+      <c r="B127" s="3"/>
+      <c r="C127" s="109"/>
+      <c r="D127" s="22">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
-      <c r="F127" s="41"/>
-[...1 lines deleted...]
-      <c r="H127" s="27">
+      <c r="F127" s="3"/>
+      <c r="G127" s="109"/>
+      <c r="H127" s="22">
         <f t="shared" si="22"/>
         <v>0</v>
       </c>
-      <c r="J127" s="41"/>
-[...1 lines deleted...]
-      <c r="L127" s="27">
+      <c r="J127" s="3"/>
+      <c r="K127" s="109"/>
+      <c r="L127" s="22">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
     </row>
     <row r="128" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A128" s="21" t="s">
+      <c r="A128" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="B128" s="41"/>
-[...1 lines deleted...]
-      <c r="D128" s="27">
+      <c r="B128" s="3"/>
+      <c r="C128" s="109"/>
+      <c r="D128" s="22">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
-      <c r="F128" s="41"/>
-[...1 lines deleted...]
-      <c r="H128" s="27">
+      <c r="F128" s="3"/>
+      <c r="G128" s="109"/>
+      <c r="H128" s="22">
         <f t="shared" si="22"/>
         <v>0</v>
       </c>
-      <c r="J128" s="41"/>
-[...1 lines deleted...]
-      <c r="L128" s="27">
+      <c r="J128" s="3"/>
+      <c r="K128" s="109"/>
+      <c r="L128" s="22">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
     </row>
     <row r="129" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A129" s="21" t="s">
+      <c r="A129" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="B129" s="41"/>
-[...1 lines deleted...]
-      <c r="D129" s="27">
+      <c r="B129" s="3"/>
+      <c r="C129" s="109"/>
+      <c r="D129" s="22">
         <f>B129-C129</f>
         <v>0</v>
       </c>
-      <c r="F129" s="41"/>
-[...1 lines deleted...]
-      <c r="H129" s="27">
+      <c r="F129" s="3"/>
+      <c r="G129" s="109"/>
+      <c r="H129" s="22">
         <f>F129-G129</f>
         <v>0</v>
       </c>
-      <c r="J129" s="41"/>
-[...1 lines deleted...]
-      <c r="L129" s="27">
+      <c r="J129" s="3"/>
+      <c r="K129" s="109"/>
+      <c r="L129" s="22">
         <f>J129-K129</f>
         <v>0</v>
       </c>
     </row>
     <row r="130" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A130" s="21" t="s">
+      <c r="A130" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="B130" s="42"/>
-[...1 lines deleted...]
-      <c r="D130" s="27">
+      <c r="B130" s="4"/>
+      <c r="C130" s="110"/>
+      <c r="D130" s="22">
         <f>B130-C130</f>
         <v>0</v>
       </c>
-      <c r="F130" s="42"/>
-[...1 lines deleted...]
-      <c r="H130" s="27">
+      <c r="F130" s="4"/>
+      <c r="G130" s="110"/>
+      <c r="H130" s="22">
         <f>F130-G130</f>
         <v>0</v>
       </c>
-      <c r="J130" s="42"/>
-[...1 lines deleted...]
-      <c r="L130" s="27">
+      <c r="J130" s="4"/>
+      <c r="K130" s="110"/>
+      <c r="L130" s="22">
         <f>J130-K130</f>
         <v>0</v>
       </c>
     </row>
     <row r="131" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A131" s="38" t="s">
+      <c r="A131" s="33" t="s">
         <v>30</v>
       </c>
-      <c r="B131" s="39">
+      <c r="B131" s="34">
         <f>SUM(B123:B130)</f>
         <v>0</v>
       </c>
-      <c r="C131" s="39">
+      <c r="C131" s="34">
         <f>SUM(C123:C130)</f>
         <v>0</v>
       </c>
-      <c r="D131" s="39">
+      <c r="D131" s="34">
         <f>SUM(D123:D130)</f>
         <v>0</v>
       </c>
-      <c r="F131" s="39">
+      <c r="F131" s="34">
         <f>SUM(F123:F130)</f>
         <v>0</v>
       </c>
-      <c r="G131" s="39">
+      <c r="G131" s="34">
         <f>SUM(G123:G130)</f>
         <v>0</v>
       </c>
-      <c r="H131" s="39">
+      <c r="H131" s="34">
         <f>SUM(H123:H130)</f>
         <v>0</v>
       </c>
-      <c r="J131" s="39">
+      <c r="J131" s="34">
         <f>SUM(J123:J130)</f>
         <v>0</v>
       </c>
-      <c r="K131" s="39">
+      <c r="K131" s="34">
         <f>SUM(K123:K130)</f>
         <v>0</v>
       </c>
-      <c r="L131" s="39">
+      <c r="L131" s="34">
         <f>SUM(L123:L130)</f>
         <v>0</v>
       </c>
     </row>
     <row r="132" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
     <row r="133" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B133" s="207" t="str">
+      <c r="B133" s="173" t="str">
         <f>B8</f>
         <v>APR</v>
       </c>
-      <c r="C133" s="207"/>
-[...1 lines deleted...]
-      <c r="F133" s="207" t="str">
+      <c r="C133" s="173"/>
+      <c r="D133" s="173"/>
+      <c r="F133" s="173" t="str">
         <f>F8</f>
         <v>MAY</v>
       </c>
-      <c r="G133" s="207"/>
-[...1 lines deleted...]
-      <c r="J133" s="207" t="str">
+      <c r="G133" s="173"/>
+      <c r="H133" s="173"/>
+      <c r="J133" s="173" t="str">
         <f>J8</f>
         <v>JUNE</v>
       </c>
-      <c r="K133" s="207"/>
-      <c r="L133" s="207"/>
+      <c r="K133" s="173"/>
+      <c r="L133" s="173"/>
     </row>
     <row r="134" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A134" s="44" t="s">
+      <c r="A134" s="37" t="s">
         <v>92</v>
       </c>
-      <c r="B134" s="45" t="s">
+      <c r="B134" s="38" t="s">
         <v>34</v>
       </c>
-      <c r="C134" s="70" t="s">
+      <c r="C134" s="52" t="s">
         <v>9</v>
       </c>
-      <c r="D134" s="45" t="s">
+      <c r="D134" s="38" t="s">
         <v>32</v>
       </c>
-      <c r="F134" s="45" t="s">
+      <c r="F134" s="38" t="s">
         <v>34</v>
       </c>
-      <c r="G134" s="70" t="s">
+      <c r="G134" s="52" t="s">
         <v>9</v>
       </c>
-      <c r="H134" s="45" t="s">
+      <c r="H134" s="38" t="s">
         <v>32</v>
       </c>
-      <c r="J134" s="45" t="s">
+      <c r="J134" s="38" t="s">
         <v>34</v>
       </c>
-      <c r="K134" s="70" t="s">
+      <c r="K134" s="52" t="s">
         <v>9</v>
       </c>
-      <c r="L134" s="45" t="s">
+      <c r="L134" s="38" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="135" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A135" s="21" t="s">
+      <c r="A135" s="18" t="s">
         <v>93</v>
       </c>
-      <c r="B135" s="127"/>
-[...1 lines deleted...]
-      <c r="D135" s="27">
+      <c r="B135" s="107"/>
+      <c r="C135" s="108"/>
+      <c r="D135" s="22">
         <f t="shared" ref="D135:D141" si="24">B135-C135</f>
         <v>0</v>
       </c>
-      <c r="F135" s="127"/>
-[...1 lines deleted...]
-      <c r="H135" s="27">
+      <c r="F135" s="107"/>
+      <c r="G135" s="108"/>
+      <c r="H135" s="22">
         <f t="shared" ref="H135:H141" si="25">F135-G135</f>
         <v>0</v>
       </c>
-      <c r="J135" s="127"/>
-[...1 lines deleted...]
-      <c r="L135" s="27">
+      <c r="J135" s="107"/>
+      <c r="K135" s="108"/>
+      <c r="L135" s="22">
         <f t="shared" ref="L135:L141" si="26">J135-K135</f>
         <v>0</v>
       </c>
     </row>
     <row r="136" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A136" s="21" t="s">
+      <c r="A136" s="18" t="s">
         <v>94</v>
       </c>
-      <c r="B136" s="41"/>
-[...1 lines deleted...]
-      <c r="D136" s="27">
+      <c r="B136" s="3"/>
+      <c r="C136" s="109"/>
+      <c r="D136" s="22">
         <f t="shared" si="24"/>
         <v>0</v>
       </c>
-      <c r="F136" s="41"/>
-[...1 lines deleted...]
-      <c r="H136" s="27">
+      <c r="F136" s="3"/>
+      <c r="G136" s="109"/>
+      <c r="H136" s="22">
         <f t="shared" si="25"/>
         <v>0</v>
       </c>
-      <c r="J136" s="41"/>
-[...1 lines deleted...]
-      <c r="L136" s="27">
+      <c r="J136" s="3"/>
+      <c r="K136" s="109"/>
+      <c r="L136" s="22">
         <f t="shared" si="26"/>
         <v>0</v>
       </c>
     </row>
     <row r="137" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A137" s="21" t="s">
+      <c r="A137" s="18" t="s">
         <v>95</v>
       </c>
-      <c r="B137" s="41"/>
-[...1 lines deleted...]
-      <c r="D137" s="27">
+      <c r="B137" s="3"/>
+      <c r="C137" s="109"/>
+      <c r="D137" s="22">
         <f t="shared" si="24"/>
         <v>0</v>
       </c>
-      <c r="F137" s="41"/>
-[...1 lines deleted...]
-      <c r="H137" s="27">
+      <c r="F137" s="3"/>
+      <c r="G137" s="109"/>
+      <c r="H137" s="22">
         <f t="shared" si="25"/>
         <v>0</v>
       </c>
-      <c r="J137" s="41"/>
-[...1 lines deleted...]
-      <c r="L137" s="27">
+      <c r="J137" s="3"/>
+      <c r="K137" s="109"/>
+      <c r="L137" s="22">
         <f t="shared" si="26"/>
         <v>0</v>
       </c>
     </row>
     <row r="138" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A138" s="21" t="s">
+      <c r="A138" s="18" t="s">
         <v>96</v>
       </c>
-      <c r="B138" s="41"/>
-[...1 lines deleted...]
-      <c r="D138" s="27">
+      <c r="B138" s="3"/>
+      <c r="C138" s="109"/>
+      <c r="D138" s="22">
         <f t="shared" si="24"/>
         <v>0</v>
       </c>
-      <c r="F138" s="41"/>
-[...1 lines deleted...]
-      <c r="H138" s="27">
+      <c r="F138" s="3"/>
+      <c r="G138" s="109"/>
+      <c r="H138" s="22">
         <f t="shared" si="25"/>
         <v>0</v>
       </c>
-      <c r="J138" s="41"/>
-[...1 lines deleted...]
-      <c r="L138" s="27">
+      <c r="J138" s="3"/>
+      <c r="K138" s="109"/>
+      <c r="L138" s="22">
         <f t="shared" si="26"/>
         <v>0</v>
       </c>
     </row>
     <row r="139" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A139" s="21" t="s">
+      <c r="A139" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="B139" s="41"/>
-[...1 lines deleted...]
-      <c r="D139" s="27">
+      <c r="B139" s="3"/>
+      <c r="C139" s="109"/>
+      <c r="D139" s="22">
         <f t="shared" si="24"/>
         <v>0</v>
       </c>
-      <c r="F139" s="41"/>
-[...1 lines deleted...]
-      <c r="H139" s="27">
+      <c r="F139" s="3"/>
+      <c r="G139" s="109"/>
+      <c r="H139" s="22">
         <f t="shared" si="25"/>
         <v>0</v>
       </c>
-      <c r="J139" s="41"/>
-[...1 lines deleted...]
-      <c r="L139" s="27">
+      <c r="J139" s="3"/>
+      <c r="K139" s="109"/>
+      <c r="L139" s="22">
         <f t="shared" si="26"/>
         <v>0</v>
       </c>
     </row>
     <row r="140" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A140" s="21" t="s">
+      <c r="A140" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="B140" s="41"/>
-[...1 lines deleted...]
-      <c r="D140" s="27">
+      <c r="B140" s="3"/>
+      <c r="C140" s="109"/>
+      <c r="D140" s="22">
         <f t="shared" si="24"/>
         <v>0</v>
       </c>
-      <c r="F140" s="41"/>
-[...1 lines deleted...]
-      <c r="H140" s="27">
+      <c r="F140" s="3"/>
+      <c r="G140" s="109"/>
+      <c r="H140" s="22">
         <f t="shared" si="25"/>
         <v>0</v>
       </c>
-      <c r="J140" s="41"/>
-[...1 lines deleted...]
-      <c r="L140" s="27">
+      <c r="J140" s="3"/>
+      <c r="K140" s="109"/>
+      <c r="L140" s="22">
         <f t="shared" si="26"/>
         <v>0</v>
       </c>
     </row>
     <row r="141" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A141" s="21" t="s">
+      <c r="A141" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="B141" s="42"/>
-[...1 lines deleted...]
-      <c r="D141" s="27">
+      <c r="B141" s="4"/>
+      <c r="C141" s="110"/>
+      <c r="D141" s="22">
         <f t="shared" si="24"/>
         <v>0</v>
       </c>
-      <c r="F141" s="42"/>
-[...1 lines deleted...]
-      <c r="H141" s="27">
+      <c r="F141" s="4"/>
+      <c r="G141" s="110"/>
+      <c r="H141" s="22">
         <f t="shared" si="25"/>
         <v>0</v>
       </c>
-      <c r="J141" s="42"/>
-[...1 lines deleted...]
-      <c r="L141" s="27">
+      <c r="J141" s="4"/>
+      <c r="K141" s="110"/>
+      <c r="L141" s="22">
         <f t="shared" si="26"/>
         <v>0</v>
       </c>
     </row>
     <row r="142" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A142" s="38" t="s">
+      <c r="A142" s="33" t="s">
         <v>30</v>
       </c>
-      <c r="B142" s="39">
+      <c r="B142" s="34">
         <f>SUM(B135:B141)</f>
         <v>0</v>
       </c>
-      <c r="C142" s="39">
+      <c r="C142" s="34">
         <f>SUM(C135:C141)</f>
         <v>0</v>
       </c>
-      <c r="D142" s="39">
+      <c r="D142" s="34">
         <f>SUM(D135:D141)</f>
         <v>0</v>
       </c>
-      <c r="F142" s="39">
+      <c r="F142" s="34">
         <f>SUM(F135:F141)</f>
         <v>0</v>
       </c>
-      <c r="G142" s="39">
+      <c r="G142" s="34">
         <f>SUM(G135:G141)</f>
         <v>0</v>
       </c>
-      <c r="H142" s="39">
+      <c r="H142" s="34">
         <f>SUM(H135:H141)</f>
         <v>0</v>
       </c>
-      <c r="J142" s="39">
+      <c r="J142" s="34">
         <f>SUM(J135:J141)</f>
         <v>0</v>
       </c>
-      <c r="K142" s="39">
+      <c r="K142" s="34">
         <f>SUM(K135:K141)</f>
         <v>0</v>
       </c>
-      <c r="L142" s="39">
+      <c r="L142" s="34">
         <f>SUM(L135:L141)</f>
         <v>0</v>
       </c>
     </row>
     <row r="143" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
     <row r="144" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B144" s="207" t="str">
+      <c r="B144" s="173" t="str">
         <f>B8</f>
         <v>APR</v>
       </c>
-      <c r="C144" s="207"/>
-[...1 lines deleted...]
-      <c r="F144" s="207" t="str">
+      <c r="C144" s="173"/>
+      <c r="D144" s="173"/>
+      <c r="F144" s="173" t="str">
         <f>F8</f>
         <v>MAY</v>
       </c>
-      <c r="G144" s="207"/>
-[...1 lines deleted...]
-      <c r="J144" s="207" t="str">
+      <c r="G144" s="173"/>
+      <c r="H144" s="173"/>
+      <c r="J144" s="173" t="str">
         <f>J8</f>
         <v>JUNE</v>
       </c>
-      <c r="K144" s="207"/>
-      <c r="L144" s="207"/>
+      <c r="K144" s="173"/>
+      <c r="L144" s="173"/>
     </row>
     <row r="145" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A145" s="44" t="s">
+      <c r="A145" s="37" t="s">
         <v>97</v>
       </c>
-      <c r="B145" s="45" t="s">
+      <c r="B145" s="38" t="s">
         <v>34</v>
       </c>
-      <c r="C145" s="70" t="s">
+      <c r="C145" s="52" t="s">
         <v>9</v>
       </c>
-      <c r="D145" s="45" t="s">
+      <c r="D145" s="38" t="s">
         <v>32</v>
       </c>
-      <c r="F145" s="45" t="s">
+      <c r="F145" s="38" t="s">
         <v>34</v>
       </c>
-      <c r="G145" s="70" t="s">
+      <c r="G145" s="52" t="s">
         <v>9</v>
       </c>
-      <c r="H145" s="45" t="s">
+      <c r="H145" s="38" t="s">
         <v>32</v>
       </c>
-      <c r="J145" s="45" t="s">
+      <c r="J145" s="38" t="s">
         <v>34</v>
       </c>
-      <c r="K145" s="70" t="s">
+      <c r="K145" s="52" t="s">
         <v>9</v>
       </c>
-      <c r="L145" s="45" t="s">
+      <c r="L145" s="38" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="146" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A146" s="21" t="s">
+      <c r="A146" s="18" t="s">
         <v>98</v>
       </c>
-      <c r="B146" s="127"/>
-[...1 lines deleted...]
-      <c r="D146" s="27">
+      <c r="B146" s="107"/>
+      <c r="C146" s="108"/>
+      <c r="D146" s="22">
         <f t="shared" ref="D146:D153" si="27">B146-C146</f>
         <v>0</v>
       </c>
-      <c r="F146" s="127"/>
-[...1 lines deleted...]
-      <c r="H146" s="27">
+      <c r="F146" s="107"/>
+      <c r="G146" s="108"/>
+      <c r="H146" s="22">
         <f t="shared" ref="H146:H153" si="28">F146-G146</f>
         <v>0</v>
       </c>
-      <c r="J146" s="127"/>
-[...1 lines deleted...]
-      <c r="L146" s="27">
+      <c r="J146" s="107"/>
+      <c r="K146" s="108"/>
+      <c r="L146" s="22">
         <f t="shared" ref="L146:L153" si="29">J146-K146</f>
         <v>0</v>
       </c>
     </row>
     <row r="147" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A147" s="21" t="str">
+      <c r="A147" s="18" t="str">
         <f>Income!$A$12</f>
         <v>Credit Card 1</v>
       </c>
-      <c r="B147" s="41"/>
-[...1 lines deleted...]
-      <c r="D147" s="27">
+      <c r="B147" s="3"/>
+      <c r="C147" s="109"/>
+      <c r="D147" s="22">
         <f t="shared" si="27"/>
         <v>0</v>
       </c>
-      <c r="F147" s="41"/>
-[...1 lines deleted...]
-      <c r="H147" s="27">
+      <c r="F147" s="3"/>
+      <c r="G147" s="109"/>
+      <c r="H147" s="22">
         <f t="shared" si="28"/>
         <v>0</v>
       </c>
-      <c r="J147" s="41"/>
-[...1 lines deleted...]
-      <c r="L147" s="27">
+      <c r="J147" s="3"/>
+      <c r="K147" s="109"/>
+      <c r="L147" s="22">
         <f t="shared" si="29"/>
         <v>0</v>
       </c>
     </row>
     <row r="148" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A148" s="21" t="str">
+      <c r="A148" s="18" t="str">
         <f>Income!$A$13</f>
         <v>Credit Card 2</v>
       </c>
-      <c r="B148" s="41"/>
-[...1 lines deleted...]
-      <c r="D148" s="27">
+      <c r="B148" s="3"/>
+      <c r="C148" s="109"/>
+      <c r="D148" s="22">
         <f t="shared" si="27"/>
         <v>0</v>
       </c>
-      <c r="F148" s="41"/>
-[...1 lines deleted...]
-      <c r="H148" s="27">
+      <c r="F148" s="3"/>
+      <c r="G148" s="109"/>
+      <c r="H148" s="22">
         <f t="shared" si="28"/>
         <v>0</v>
       </c>
-      <c r="J148" s="41"/>
-[...1 lines deleted...]
-      <c r="L148" s="27">
+      <c r="J148" s="3"/>
+      <c r="K148" s="109"/>
+      <c r="L148" s="22">
         <f t="shared" si="29"/>
         <v>0</v>
       </c>
     </row>
     <row r="149" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A149" s="21" t="str">
+      <c r="A149" s="18" t="str">
         <f>Income!$A$14</f>
         <v>Credit Card 3</v>
       </c>
-      <c r="B149" s="41"/>
-[...1 lines deleted...]
-      <c r="D149" s="27">
+      <c r="B149" s="3"/>
+      <c r="C149" s="109"/>
+      <c r="D149" s="22">
         <f t="shared" si="27"/>
         <v>0</v>
       </c>
-      <c r="F149" s="41"/>
-[...1 lines deleted...]
-      <c r="H149" s="27">
+      <c r="F149" s="3"/>
+      <c r="G149" s="109"/>
+      <c r="H149" s="22">
         <f t="shared" si="28"/>
         <v>0</v>
       </c>
-      <c r="J149" s="41"/>
-[...1 lines deleted...]
-      <c r="L149" s="27">
+      <c r="J149" s="3"/>
+      <c r="K149" s="109"/>
+      <c r="L149" s="22">
         <f t="shared" si="29"/>
         <v>0</v>
       </c>
     </row>
     <row r="150" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A150" s="21" t="s">
+      <c r="A150" s="18" t="s">
         <v>99</v>
       </c>
-      <c r="B150" s="41"/>
-[...1 lines deleted...]
-      <c r="D150" s="27">
+      <c r="B150" s="3"/>
+      <c r="C150" s="109"/>
+      <c r="D150" s="22">
         <f t="shared" si="27"/>
         <v>0</v>
       </c>
-      <c r="F150" s="41"/>
-[...1 lines deleted...]
-      <c r="H150" s="27">
+      <c r="F150" s="3"/>
+      <c r="G150" s="109"/>
+      <c r="H150" s="22">
         <f t="shared" si="28"/>
         <v>0</v>
       </c>
-      <c r="J150" s="41"/>
-[...1 lines deleted...]
-      <c r="L150" s="27">
+      <c r="J150" s="3"/>
+      <c r="K150" s="109"/>
+      <c r="L150" s="22">
         <f t="shared" si="29"/>
         <v>0</v>
       </c>
     </row>
     <row r="151" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A151" s="21" t="s">
+      <c r="A151" s="18" t="s">
         <v>100</v>
       </c>
-      <c r="B151" s="41"/>
-[...1 lines deleted...]
-      <c r="D151" s="27">
+      <c r="B151" s="3"/>
+      <c r="C151" s="109"/>
+      <c r="D151" s="22">
         <f t="shared" si="27"/>
         <v>0</v>
       </c>
-      <c r="F151" s="41"/>
-[...1 lines deleted...]
-      <c r="H151" s="27">
+      <c r="F151" s="3"/>
+      <c r="G151" s="109"/>
+      <c r="H151" s="22">
         <f t="shared" si="28"/>
         <v>0</v>
       </c>
-      <c r="J151" s="41"/>
-[...1 lines deleted...]
-      <c r="L151" s="27">
+      <c r="J151" s="3"/>
+      <c r="K151" s="109"/>
+      <c r="L151" s="22">
         <f t="shared" si="29"/>
         <v>0</v>
       </c>
     </row>
     <row r="152" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A152" s="21" t="s">
+      <c r="A152" s="18" t="s">
         <v>101</v>
       </c>
-      <c r="B152" s="41"/>
-[...1 lines deleted...]
-      <c r="D152" s="27">
+      <c r="B152" s="3"/>
+      <c r="C152" s="109"/>
+      <c r="D152" s="22">
         <f t="shared" si="27"/>
         <v>0</v>
       </c>
-      <c r="F152" s="41"/>
-[...1 lines deleted...]
-      <c r="H152" s="27">
+      <c r="F152" s="3"/>
+      <c r="G152" s="109"/>
+      <c r="H152" s="22">
         <f t="shared" si="28"/>
         <v>0</v>
       </c>
-      <c r="J152" s="41"/>
-[...1 lines deleted...]
-      <c r="L152" s="27">
+      <c r="J152" s="3"/>
+      <c r="K152" s="109"/>
+      <c r="L152" s="22">
         <f t="shared" si="29"/>
         <v>0</v>
       </c>
     </row>
     <row r="153" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A153" s="21" t="s">
+      <c r="A153" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="B153" s="41"/>
-[...1 lines deleted...]
-      <c r="D153" s="27">
+      <c r="B153" s="3"/>
+      <c r="C153" s="109"/>
+      <c r="D153" s="22">
         <f t="shared" si="27"/>
         <v>0</v>
       </c>
-      <c r="F153" s="41"/>
-[...1 lines deleted...]
-      <c r="H153" s="27">
+      <c r="F153" s="3"/>
+      <c r="G153" s="109"/>
+      <c r="H153" s="22">
         <f t="shared" si="28"/>
         <v>0</v>
       </c>
-      <c r="J153" s="41"/>
-[...1 lines deleted...]
-      <c r="L153" s="27">
+      <c r="J153" s="3"/>
+      <c r="K153" s="109"/>
+      <c r="L153" s="22">
         <f t="shared" si="29"/>
         <v>0</v>
       </c>
     </row>
     <row r="154" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A154" s="21" t="s">
+      <c r="A154" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="B154" s="41"/>
-[...1 lines deleted...]
-      <c r="D154" s="27">
+      <c r="B154" s="3"/>
+      <c r="C154" s="109"/>
+      <c r="D154" s="22">
         <f>B154-C154</f>
         <v>0</v>
       </c>
-      <c r="F154" s="41"/>
-[...1 lines deleted...]
-      <c r="H154" s="27">
+      <c r="F154" s="3"/>
+      <c r="G154" s="109"/>
+      <c r="H154" s="22">
         <f>F154-G154</f>
         <v>0</v>
       </c>
-      <c r="J154" s="41"/>
-[...1 lines deleted...]
-      <c r="L154" s="27">
+      <c r="J154" s="3"/>
+      <c r="K154" s="109"/>
+      <c r="L154" s="22">
         <f>J154-K154</f>
         <v>0</v>
       </c>
     </row>
     <row r="155" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A155" s="21" t="s">
+      <c r="A155" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="B155" s="42"/>
-[...1 lines deleted...]
-      <c r="D155" s="27">
+      <c r="B155" s="4"/>
+      <c r="C155" s="110"/>
+      <c r="D155" s="22">
         <f>B155-C155</f>
         <v>0</v>
       </c>
-      <c r="F155" s="42"/>
-[...1 lines deleted...]
-      <c r="H155" s="27">
+      <c r="F155" s="4"/>
+      <c r="G155" s="110"/>
+      <c r="H155" s="22">
         <f>F155-G155</f>
         <v>0</v>
       </c>
-      <c r="J155" s="42"/>
-[...1 lines deleted...]
-      <c r="L155" s="27">
+      <c r="J155" s="4"/>
+      <c r="K155" s="110"/>
+      <c r="L155" s="22">
         <f>J155-K155</f>
         <v>0</v>
       </c>
     </row>
     <row r="156" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A156" s="38" t="s">
+      <c r="A156" s="33" t="s">
         <v>30</v>
       </c>
-      <c r="B156" s="39">
+      <c r="B156" s="34">
         <f>SUM(B146:B155)</f>
         <v>0</v>
       </c>
-      <c r="C156" s="39">
+      <c r="C156" s="34">
         <f>SUM(C146:C155)</f>
         <v>0</v>
       </c>
-      <c r="D156" s="39">
+      <c r="D156" s="34">
         <f>SUM(D146:D155)</f>
         <v>0</v>
       </c>
-      <c r="F156" s="39">
+      <c r="F156" s="34">
         <f>SUM(F146:F155)</f>
         <v>0</v>
       </c>
-      <c r="G156" s="39">
+      <c r="G156" s="34">
         <f>SUM(G146:G155)</f>
         <v>0</v>
       </c>
-      <c r="H156" s="39">
+      <c r="H156" s="34">
         <f>SUM(H146:H155)</f>
         <v>0</v>
       </c>
-      <c r="J156" s="39">
+      <c r="J156" s="34">
         <f>SUM(J146:J155)</f>
         <v>0</v>
       </c>
-      <c r="K156" s="39">
+      <c r="K156" s="34">
         <f>SUM(K146:K155)</f>
         <v>0</v>
       </c>
-      <c r="L156" s="39">
+      <c r="L156" s="34">
         <f>SUM(L146:L155)</f>
         <v>0</v>
       </c>
     </row>
     <row r="157" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
     <row r="158" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B158" s="207" t="str">
+      <c r="B158" s="173" t="str">
         <f>B8</f>
         <v>APR</v>
       </c>
-      <c r="C158" s="207"/>
-[...1 lines deleted...]
-      <c r="F158" s="207" t="str">
+      <c r="C158" s="173"/>
+      <c r="D158" s="173"/>
+      <c r="F158" s="173" t="str">
         <f>F8</f>
         <v>MAY</v>
       </c>
-      <c r="G158" s="207"/>
-[...1 lines deleted...]
-      <c r="J158" s="207" t="str">
+      <c r="G158" s="173"/>
+      <c r="H158" s="173"/>
+      <c r="J158" s="173" t="str">
         <f>J8</f>
         <v>JUNE</v>
       </c>
-      <c r="K158" s="207"/>
-      <c r="L158" s="207"/>
+      <c r="K158" s="173"/>
+      <c r="L158" s="173"/>
     </row>
     <row r="159" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A159" s="44" t="s">
+      <c r="A159" s="37" t="s">
         <v>102</v>
       </c>
-      <c r="B159" s="45" t="s">
+      <c r="B159" s="38" t="s">
         <v>34</v>
       </c>
-      <c r="C159" s="70" t="s">
+      <c r="C159" s="52" t="s">
         <v>9</v>
       </c>
-      <c r="D159" s="45" t="s">
+      <c r="D159" s="38" t="s">
         <v>32</v>
       </c>
-      <c r="F159" s="45" t="s">
+      <c r="F159" s="38" t="s">
         <v>34</v>
       </c>
-      <c r="G159" s="70" t="s">
+      <c r="G159" s="52" t="s">
         <v>9</v>
       </c>
-      <c r="H159" s="45" t="s">
+      <c r="H159" s="38" t="s">
         <v>32</v>
       </c>
-      <c r="J159" s="45" t="s">
+      <c r="J159" s="38" t="s">
         <v>34</v>
       </c>
-      <c r="K159" s="70" t="s">
+      <c r="K159" s="52" t="s">
         <v>9</v>
       </c>
-      <c r="L159" s="45" t="s">
+      <c r="L159" s="38" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="160" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A160" s="21" t="s">
+      <c r="A160" s="18" t="s">
         <v>103</v>
       </c>
-      <c r="B160" s="127">
+      <c r="B160" s="107">
         <v>200</v>
       </c>
-      <c r="C160" s="128">
+      <c r="C160" s="108">
         <v>120</v>
       </c>
-      <c r="D160" s="27">
+      <c r="D160" s="22">
         <f t="shared" ref="D160:D166" si="30">B160-C160</f>
         <v>80</v>
       </c>
-      <c r="F160" s="127"/>
-[...1 lines deleted...]
-      <c r="H160" s="27">
+      <c r="F160" s="107"/>
+      <c r="G160" s="108"/>
+      <c r="H160" s="22">
         <f t="shared" ref="H160:H166" si="31">F160-G160</f>
         <v>0</v>
       </c>
-      <c r="J160" s="127"/>
-[...1 lines deleted...]
-      <c r="L160" s="27">
+      <c r="J160" s="107"/>
+      <c r="K160" s="108"/>
+      <c r="L160" s="22">
         <f t="shared" ref="L160:L166" si="32">J160-K160</f>
         <v>0</v>
       </c>
     </row>
     <row r="161" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A161" s="21" t="s">
+      <c r="A161" s="18" t="s">
         <v>104</v>
       </c>
-      <c r="B161" s="41"/>
-[...1 lines deleted...]
-      <c r="D161" s="27">
+      <c r="B161" s="3"/>
+      <c r="C161" s="109"/>
+      <c r="D161" s="22">
         <f t="shared" si="30"/>
         <v>0</v>
       </c>
-      <c r="F161" s="41"/>
-[...1 lines deleted...]
-      <c r="H161" s="27">
+      <c r="F161" s="3"/>
+      <c r="G161" s="109"/>
+      <c r="H161" s="22">
         <f t="shared" si="31"/>
         <v>0</v>
       </c>
-      <c r="J161" s="41"/>
-[...1 lines deleted...]
-      <c r="L161" s="27">
+      <c r="J161" s="3"/>
+      <c r="K161" s="109"/>
+      <c r="L161" s="22">
         <f t="shared" si="32"/>
         <v>0</v>
       </c>
     </row>
     <row r="162" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A162" s="21" t="s">
+      <c r="A162" s="18" t="s">
         <v>105</v>
       </c>
-      <c r="B162" s="41"/>
-[...1 lines deleted...]
-      <c r="D162" s="27">
+      <c r="B162" s="3"/>
+      <c r="C162" s="109"/>
+      <c r="D162" s="22">
         <f t="shared" si="30"/>
         <v>0</v>
       </c>
-      <c r="F162" s="41"/>
-[...1 lines deleted...]
-      <c r="H162" s="27">
+      <c r="F162" s="3"/>
+      <c r="G162" s="109"/>
+      <c r="H162" s="22">
         <f t="shared" si="31"/>
         <v>0</v>
       </c>
-      <c r="J162" s="41"/>
-[...1 lines deleted...]
-      <c r="L162" s="27">
+      <c r="J162" s="3"/>
+      <c r="K162" s="109"/>
+      <c r="L162" s="22">
         <f t="shared" si="32"/>
         <v>0</v>
       </c>
     </row>
     <row r="163" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A163" s="21" t="s">
+      <c r="A163" s="18" t="s">
         <v>106</v>
       </c>
-      <c r="B163" s="41"/>
-[...1 lines deleted...]
-      <c r="D163" s="27">
+      <c r="B163" s="3"/>
+      <c r="C163" s="109"/>
+      <c r="D163" s="22">
         <f t="shared" si="30"/>
         <v>0</v>
       </c>
-      <c r="F163" s="41"/>
-[...1 lines deleted...]
-      <c r="H163" s="27">
+      <c r="F163" s="3"/>
+      <c r="G163" s="109"/>
+      <c r="H163" s="22">
         <f t="shared" si="31"/>
         <v>0</v>
       </c>
-      <c r="J163" s="41"/>
-[...1 lines deleted...]
-      <c r="L163" s="27">
+      <c r="J163" s="3"/>
+      <c r="K163" s="109"/>
+      <c r="L163" s="22">
         <f t="shared" si="32"/>
         <v>0</v>
       </c>
     </row>
     <row r="164" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A164" s="21" t="s">
+      <c r="A164" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="B164" s="41"/>
-[...1 lines deleted...]
-      <c r="D164" s="27">
+      <c r="B164" s="3"/>
+      <c r="C164" s="109"/>
+      <c r="D164" s="22">
         <f t="shared" si="30"/>
         <v>0</v>
       </c>
-      <c r="F164" s="41"/>
-[...1 lines deleted...]
-      <c r="H164" s="27">
+      <c r="F164" s="3"/>
+      <c r="G164" s="109"/>
+      <c r="H164" s="22">
         <f t="shared" si="31"/>
         <v>0</v>
       </c>
-      <c r="J164" s="41"/>
-[...1 lines deleted...]
-      <c r="L164" s="27">
+      <c r="J164" s="3"/>
+      <c r="K164" s="109"/>
+      <c r="L164" s="22">
         <f t="shared" si="32"/>
         <v>0</v>
       </c>
     </row>
     <row r="165" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A165" s="21" t="s">
+      <c r="A165" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="B165" s="41"/>
-[...1 lines deleted...]
-      <c r="D165" s="27">
+      <c r="B165" s="3"/>
+      <c r="C165" s="109"/>
+      <c r="D165" s="22">
         <f t="shared" si="30"/>
         <v>0</v>
       </c>
-      <c r="F165" s="41"/>
-[...1 lines deleted...]
-      <c r="H165" s="27">
+      <c r="F165" s="3"/>
+      <c r="G165" s="109"/>
+      <c r="H165" s="22">
         <f t="shared" si="31"/>
         <v>0</v>
       </c>
-      <c r="J165" s="41"/>
-[...1 lines deleted...]
-      <c r="L165" s="27">
+      <c r="J165" s="3"/>
+      <c r="K165" s="109"/>
+      <c r="L165" s="22">
         <f t="shared" si="32"/>
         <v>0</v>
       </c>
     </row>
     <row r="166" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A166" s="21" t="s">
+      <c r="A166" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="B166" s="42"/>
-[...1 lines deleted...]
-      <c r="D166" s="27">
+      <c r="B166" s="4"/>
+      <c r="C166" s="110"/>
+      <c r="D166" s="22">
         <f t="shared" si="30"/>
         <v>0</v>
       </c>
-      <c r="F166" s="42"/>
-[...1 lines deleted...]
-      <c r="H166" s="27">
+      <c r="F166" s="4"/>
+      <c r="G166" s="110"/>
+      <c r="H166" s="22">
         <f t="shared" si="31"/>
         <v>0</v>
       </c>
-      <c r="J166" s="42"/>
-[...1 lines deleted...]
-      <c r="L166" s="27">
+      <c r="J166" s="4"/>
+      <c r="K166" s="110"/>
+      <c r="L166" s="22">
         <f t="shared" si="32"/>
         <v>0</v>
       </c>
     </row>
     <row r="167" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A167" s="38" t="s">
+      <c r="A167" s="33" t="s">
         <v>30</v>
       </c>
-      <c r="B167" s="39">
+      <c r="B167" s="34">
         <f>SUM(B160:B166)</f>
         <v>200</v>
       </c>
-      <c r="C167" s="39">
+      <c r="C167" s="34">
         <f>SUM(C160:C166)</f>
         <v>120</v>
       </c>
-      <c r="D167" s="39">
+      <c r="D167" s="34">
         <f>SUM(D160:D166)</f>
         <v>80</v>
       </c>
-      <c r="F167" s="39">
+      <c r="F167" s="34">
         <f>SUM(F160:F166)</f>
         <v>0</v>
       </c>
-      <c r="G167" s="39">
+      <c r="G167" s="34">
         <f>SUM(G160:G166)</f>
         <v>0</v>
       </c>
-      <c r="H167" s="39">
+      <c r="H167" s="34">
         <f>SUM(H160:H166)</f>
         <v>0</v>
       </c>
-      <c r="J167" s="39">
+      <c r="J167" s="34">
         <f>SUM(J160:J166)</f>
         <v>0</v>
       </c>
-      <c r="K167" s="39">
+      <c r="K167" s="34">
         <f>SUM(K160:K166)</f>
         <v>0</v>
       </c>
-      <c r="L167" s="39">
+      <c r="L167" s="34">
         <f>SUM(L160:L166)</f>
         <v>0</v>
       </c>
     </row>
     <row r="168" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
     <row r="169" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B169" s="207" t="str">
+      <c r="B169" s="173" t="str">
         <f>B8</f>
         <v>APR</v>
       </c>
-      <c r="C169" s="207"/>
-[...1 lines deleted...]
-      <c r="F169" s="207" t="str">
+      <c r="C169" s="173"/>
+      <c r="D169" s="173"/>
+      <c r="F169" s="173" t="str">
         <f>F8</f>
         <v>MAY</v>
       </c>
-      <c r="G169" s="207"/>
-[...1 lines deleted...]
-      <c r="J169" s="207" t="str">
+      <c r="G169" s="173"/>
+      <c r="H169" s="173"/>
+      <c r="J169" s="173" t="str">
         <f>J8</f>
         <v>JUNE</v>
       </c>
-      <c r="K169" s="207"/>
-      <c r="L169" s="207"/>
+      <c r="K169" s="173"/>
+      <c r="L169" s="173"/>
     </row>
     <row r="170" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A170" s="44" t="s">
+      <c r="A170" s="37" t="s">
         <v>107</v>
       </c>
-      <c r="B170" s="45" t="s">
+      <c r="B170" s="38" t="s">
         <v>34</v>
       </c>
-      <c r="C170" s="70" t="s">
+      <c r="C170" s="52" t="s">
         <v>9</v>
       </c>
-      <c r="D170" s="45" t="s">
+      <c r="D170" s="38" t="s">
         <v>32</v>
       </c>
-      <c r="F170" s="45" t="s">
+      <c r="F170" s="38" t="s">
         <v>34</v>
       </c>
-      <c r="G170" s="70" t="s">
+      <c r="G170" s="52" t="s">
         <v>9</v>
       </c>
-      <c r="H170" s="45" t="s">
+      <c r="H170" s="38" t="s">
         <v>32</v>
       </c>
-      <c r="J170" s="45" t="s">
+      <c r="J170" s="38" t="s">
         <v>34</v>
       </c>
-      <c r="K170" s="70" t="s">
+      <c r="K170" s="52" t="s">
         <v>9</v>
       </c>
-      <c r="L170" s="45" t="s">
+      <c r="L170" s="38" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="171" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A171" s="21" t="s">
+      <c r="A171" s="18" t="s">
         <v>108</v>
       </c>
-      <c r="B171" s="127"/>
-[...1 lines deleted...]
-      <c r="D171" s="27">
+      <c r="B171" s="107"/>
+      <c r="C171" s="108"/>
+      <c r="D171" s="22">
         <f>B171-C171</f>
         <v>0</v>
       </c>
-      <c r="F171" s="127"/>
-[...1 lines deleted...]
-      <c r="H171" s="27">
+      <c r="F171" s="107"/>
+      <c r="G171" s="108"/>
+      <c r="H171" s="22">
         <f>F171-G171</f>
         <v>0</v>
       </c>
-      <c r="J171" s="127"/>
-[...1 lines deleted...]
-      <c r="L171" s="27">
+      <c r="J171" s="107"/>
+      <c r="K171" s="108"/>
+      <c r="L171" s="22">
         <f>J171-K171</f>
         <v>0</v>
       </c>
     </row>
     <row r="172" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A172" s="21" t="s">
+      <c r="A172" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="B172" s="41"/>
-[...1 lines deleted...]
-      <c r="D172" s="27">
+      <c r="B172" s="3"/>
+      <c r="C172" s="109"/>
+      <c r="D172" s="22">
         <f>B172-C172</f>
         <v>0</v>
       </c>
-      <c r="F172" s="41"/>
-[...1 lines deleted...]
-      <c r="H172" s="27">
+      <c r="F172" s="3"/>
+      <c r="G172" s="109"/>
+      <c r="H172" s="22">
         <f>F172-G172</f>
         <v>0</v>
       </c>
-      <c r="J172" s="41"/>
-[...1 lines deleted...]
-      <c r="L172" s="27">
+      <c r="J172" s="3"/>
+      <c r="K172" s="109"/>
+      <c r="L172" s="22">
         <f>J172-K172</f>
         <v>0</v>
       </c>
     </row>
     <row r="173" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A173" s="21" t="s">
+      <c r="A173" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="B173" s="41"/>
-[...1 lines deleted...]
-      <c r="D173" s="27">
+      <c r="B173" s="3"/>
+      <c r="C173" s="109"/>
+      <c r="D173" s="22">
         <f>B173-C173</f>
         <v>0</v>
       </c>
-      <c r="F173" s="41"/>
-[...1 lines deleted...]
-      <c r="H173" s="27">
+      <c r="F173" s="3"/>
+      <c r="G173" s="109"/>
+      <c r="H173" s="22">
         <f>F173-G173</f>
         <v>0</v>
       </c>
-      <c r="J173" s="41"/>
-[...1 lines deleted...]
-      <c r="L173" s="27">
+      <c r="J173" s="3"/>
+      <c r="K173" s="109"/>
+      <c r="L173" s="22">
         <f>J173-K173</f>
         <v>0</v>
       </c>
     </row>
     <row r="174" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A174" s="21" t="s">
+      <c r="A174" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="B174" s="42"/>
-[...1 lines deleted...]
-      <c r="D174" s="27">
+      <c r="B174" s="4"/>
+      <c r="C174" s="110"/>
+      <c r="D174" s="22">
         <f>B174-C174</f>
         <v>0</v>
       </c>
-      <c r="F174" s="42"/>
-[...1 lines deleted...]
-      <c r="H174" s="27">
+      <c r="F174" s="4"/>
+      <c r="G174" s="110"/>
+      <c r="H174" s="22">
         <f>F174-G174</f>
         <v>0</v>
       </c>
-      <c r="J174" s="42"/>
-[...1 lines deleted...]
-      <c r="L174" s="27">
+      <c r="J174" s="4"/>
+      <c r="K174" s="110"/>
+      <c r="L174" s="22">
         <f>J174-K174</f>
         <v>0</v>
       </c>
     </row>
     <row r="175" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A175" s="38" t="s">
+      <c r="A175" s="33" t="s">
         <v>30</v>
       </c>
-      <c r="B175" s="39">
+      <c r="B175" s="34">
         <f>SUM(B171:B174)</f>
         <v>0</v>
       </c>
-      <c r="C175" s="39">
+      <c r="C175" s="34">
         <f>SUM(C171:C174)</f>
         <v>0</v>
       </c>
-      <c r="D175" s="39">
+      <c r="D175" s="34">
         <f>SUM(D171:D174)</f>
         <v>0</v>
       </c>
-      <c r="F175" s="39">
+      <c r="F175" s="34">
         <f>SUM(F171:F174)</f>
         <v>0</v>
       </c>
-      <c r="G175" s="39">
+      <c r="G175" s="34">
         <f>SUM(G171:G174)</f>
         <v>0</v>
       </c>
-      <c r="H175" s="39">
+      <c r="H175" s="34">
         <f>SUM(H171:H174)</f>
         <v>0</v>
       </c>
-      <c r="J175" s="39">
+      <c r="J175" s="34">
         <f>SUM(J171:J174)</f>
         <v>0</v>
       </c>
-      <c r="K175" s="39">
+      <c r="K175" s="34">
         <f>SUM(K171:K174)</f>
         <v>0</v>
       </c>
-      <c r="L175" s="39">
+      <c r="L175" s="34">
         <f>SUM(L171:L174)</f>
         <v>0</v>
       </c>
     </row>
     <row r="176" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
     <row r="177" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B177" s="207" t="str">
+      <c r="B177" s="173" t="str">
         <f>B8</f>
         <v>APR</v>
       </c>
-      <c r="C177" s="207"/>
-[...1 lines deleted...]
-      <c r="F177" s="207" t="str">
+      <c r="C177" s="173"/>
+      <c r="D177" s="173"/>
+      <c r="F177" s="173" t="str">
         <f>F8</f>
         <v>MAY</v>
       </c>
-      <c r="G177" s="207"/>
-[...1 lines deleted...]
-      <c r="J177" s="207" t="str">
+      <c r="G177" s="173"/>
+      <c r="H177" s="173"/>
+      <c r="J177" s="173" t="str">
         <f>J8</f>
         <v>JUNE</v>
       </c>
-      <c r="K177" s="207"/>
-      <c r="L177" s="207"/>
+      <c r="K177" s="173"/>
+      <c r="L177" s="173"/>
     </row>
     <row r="178" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A178" s="44" t="s">
+      <c r="A178" s="37" t="s">
         <v>109</v>
       </c>
-      <c r="B178" s="45" t="s">
+      <c r="B178" s="38" t="s">
         <v>34</v>
       </c>
-      <c r="C178" s="70" t="s">
+      <c r="C178" s="52" t="s">
         <v>9</v>
       </c>
-      <c r="D178" s="45" t="s">
+      <c r="D178" s="38" t="s">
         <v>32</v>
       </c>
-      <c r="F178" s="45" t="s">
+      <c r="F178" s="38" t="s">
         <v>34</v>
       </c>
-      <c r="G178" s="70" t="s">
+      <c r="G178" s="52" t="s">
         <v>9</v>
       </c>
-      <c r="H178" s="45" t="s">
+      <c r="H178" s="38" t="s">
         <v>32</v>
       </c>
-      <c r="J178" s="45" t="s">
+      <c r="J178" s="38" t="s">
         <v>34</v>
       </c>
-      <c r="K178" s="70" t="s">
+      <c r="K178" s="52" t="s">
         <v>9</v>
       </c>
-      <c r="L178" s="45" t="s">
+      <c r="L178" s="38" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="179" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A179" s="21" t="s">
+      <c r="A179" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="B179" s="127"/>
-[...1 lines deleted...]
-      <c r="D179" s="27">
+      <c r="B179" s="107"/>
+      <c r="C179" s="108"/>
+      <c r="D179" s="22">
         <f>B179-C179</f>
         <v>0</v>
       </c>
-      <c r="F179" s="127"/>
-[...1 lines deleted...]
-      <c r="H179" s="27">
+      <c r="F179" s="107"/>
+      <c r="G179" s="108"/>
+      <c r="H179" s="22">
         <f>F179-G179</f>
         <v>0</v>
       </c>
-      <c r="J179" s="127"/>
-[...1 lines deleted...]
-      <c r="L179" s="27">
+      <c r="J179" s="107"/>
+      <c r="K179" s="108"/>
+      <c r="L179" s="22">
         <f>J179-K179</f>
         <v>0</v>
       </c>
     </row>
     <row r="180" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A180" s="21" t="s">
+      <c r="A180" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="B180" s="41"/>
-[...1 lines deleted...]
-      <c r="D180" s="27">
+      <c r="B180" s="3"/>
+      <c r="C180" s="109"/>
+      <c r="D180" s="22">
         <f>B180-C180</f>
         <v>0</v>
       </c>
-      <c r="F180" s="41"/>
-[...1 lines deleted...]
-      <c r="H180" s="27">
+      <c r="F180" s="3"/>
+      <c r="G180" s="109"/>
+      <c r="H180" s="22">
         <f>F180-G180</f>
         <v>0</v>
       </c>
-      <c r="J180" s="41"/>
-[...1 lines deleted...]
-      <c r="L180" s="27">
+      <c r="J180" s="3"/>
+      <c r="K180" s="109"/>
+      <c r="L180" s="22">
         <f>J180-K180</f>
         <v>0</v>
       </c>
     </row>
     <row r="181" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A181" s="21" t="s">
+      <c r="A181" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="B181" s="41"/>
-[...1 lines deleted...]
-      <c r="D181" s="27">
+      <c r="B181" s="3"/>
+      <c r="C181" s="109"/>
+      <c r="D181" s="22">
         <f>B181-C181</f>
         <v>0</v>
       </c>
-      <c r="F181" s="41"/>
-[...1 lines deleted...]
-      <c r="H181" s="27">
+      <c r="F181" s="3"/>
+      <c r="G181" s="109"/>
+      <c r="H181" s="22">
         <f>F181-G181</f>
         <v>0</v>
       </c>
-      <c r="J181" s="41"/>
-[...1 lines deleted...]
-      <c r="L181" s="27">
+      <c r="J181" s="3"/>
+      <c r="K181" s="109"/>
+      <c r="L181" s="22">
         <f>J181-K181</f>
         <v>0</v>
       </c>
     </row>
     <row r="182" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A182" s="21" t="s">
+      <c r="A182" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="B182" s="42"/>
-[...1 lines deleted...]
-      <c r="D182" s="27">
+      <c r="B182" s="4"/>
+      <c r="C182" s="110"/>
+      <c r="D182" s="22">
         <f>B182-C182</f>
         <v>0</v>
       </c>
-      <c r="F182" s="42"/>
-[...1 lines deleted...]
-      <c r="H182" s="27">
+      <c r="F182" s="4"/>
+      <c r="G182" s="110"/>
+      <c r="H182" s="22">
         <f>F182-G182</f>
         <v>0</v>
       </c>
-      <c r="J182" s="42"/>
-[...1 lines deleted...]
-      <c r="L182" s="27">
+      <c r="J182" s="4"/>
+      <c r="K182" s="110"/>
+      <c r="L182" s="22">
         <f>J182-K182</f>
         <v>0</v>
       </c>
     </row>
     <row r="183" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A183" s="38" t="s">
+      <c r="A183" s="33" t="s">
         <v>30</v>
       </c>
-      <c r="B183" s="39">
+      <c r="B183" s="34">
         <f>SUM(B179:B182)</f>
         <v>0</v>
       </c>
-      <c r="C183" s="39">
+      <c r="C183" s="34">
         <f>SUM(C179:C182)</f>
         <v>0</v>
       </c>
-      <c r="D183" s="39">
+      <c r="D183" s="34">
         <f>SUM(D179:D182)</f>
         <v>0</v>
       </c>
-      <c r="F183" s="39">
+      <c r="F183" s="34">
         <f>SUM(F179:F182)</f>
         <v>0</v>
       </c>
-      <c r="G183" s="39">
+      <c r="G183" s="34">
         <f>SUM(G179:G182)</f>
         <v>0</v>
       </c>
-      <c r="H183" s="39">
+      <c r="H183" s="34">
         <f>SUM(H179:H182)</f>
         <v>0</v>
       </c>
-      <c r="J183" s="39">
+      <c r="J183" s="34">
         <f>SUM(J179:J182)</f>
         <v>0</v>
       </c>
-      <c r="K183" s="39">
+      <c r="K183" s="34">
         <f>SUM(K179:K182)</f>
         <v>0</v>
       </c>
-      <c r="L183" s="39">
+      <c r="L183" s="34">
         <f>SUM(L179:L182)</f>
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="56">
-    <mergeCell ref="B169:D169"/>
-[...34 lines deleted...]
-    <mergeCell ref="J59:L59"/>
+    <mergeCell ref="A1:L1"/>
+    <mergeCell ref="C6:F6"/>
+    <mergeCell ref="G7:H7"/>
+    <mergeCell ref="A2:E2"/>
+    <mergeCell ref="H2:L2"/>
+    <mergeCell ref="J4:L4"/>
+    <mergeCell ref="B8:D8"/>
+    <mergeCell ref="F8:H8"/>
+    <mergeCell ref="J8:L8"/>
+    <mergeCell ref="B14:D14"/>
+    <mergeCell ref="F14:H14"/>
+    <mergeCell ref="J14:L14"/>
     <mergeCell ref="G24:H24"/>
     <mergeCell ref="B25:D25"/>
     <mergeCell ref="F25:H25"/>
     <mergeCell ref="J25:L25"/>
     <mergeCell ref="G15:H15"/>
     <mergeCell ref="B16:D16"/>
     <mergeCell ref="F16:H16"/>
     <mergeCell ref="J16:L16"/>
-    <mergeCell ref="B8:D8"/>
-[...10 lines deleted...]
-    <mergeCell ref="J4:L4"/>
+    <mergeCell ref="B45:D45"/>
+    <mergeCell ref="F45:H45"/>
+    <mergeCell ref="J45:L45"/>
+    <mergeCell ref="B59:D59"/>
+    <mergeCell ref="F59:H59"/>
+    <mergeCell ref="J59:L59"/>
+    <mergeCell ref="B69:D69"/>
+    <mergeCell ref="F69:H69"/>
+    <mergeCell ref="J69:L69"/>
+    <mergeCell ref="B82:D82"/>
+    <mergeCell ref="F82:H82"/>
+    <mergeCell ref="J82:L82"/>
+    <mergeCell ref="B97:D97"/>
+    <mergeCell ref="F97:H97"/>
+    <mergeCell ref="J97:L97"/>
+    <mergeCell ref="B110:D110"/>
+    <mergeCell ref="F110:H110"/>
+    <mergeCell ref="J110:L110"/>
+    <mergeCell ref="B121:D121"/>
+    <mergeCell ref="F121:H121"/>
+    <mergeCell ref="J121:L121"/>
+    <mergeCell ref="B133:D133"/>
+    <mergeCell ref="F133:H133"/>
+    <mergeCell ref="J133:L133"/>
+    <mergeCell ref="B144:D144"/>
+    <mergeCell ref="F144:H144"/>
+    <mergeCell ref="J144:L144"/>
+    <mergeCell ref="B158:D158"/>
+    <mergeCell ref="F158:H158"/>
+    <mergeCell ref="J158:L158"/>
+    <mergeCell ref="B169:D169"/>
+    <mergeCell ref="F169:H169"/>
+    <mergeCell ref="J169:L169"/>
+    <mergeCell ref="B177:D177"/>
+    <mergeCell ref="F177:H177"/>
+    <mergeCell ref="J177:L177"/>
   </mergeCells>
   <phoneticPr fontId="29" type="noConversion"/>
   <hyperlinks>
-    <hyperlink ref="A4" r:id="rId1" tooltip="HELP with Family Budget Planner"/>
+    <hyperlink ref="A4" r:id="rId1" tooltip="HELP with Family Budget Planner" xr:uid="{00000000-0004-0000-0200-000000000000}"/>
   </hyperlinks>
   <pageMargins left="0.35433070866141736" right="0.15748031496062992" top="0.59055118110236227" bottom="0.59055118110236227" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" scale="85" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L© Spreadsheet123.com. All rights reserved&amp;RFamily Budget Planner by Spreadsheet123.com</oddFooter>
   </headerFooter>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="A1:L183"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
-      <selection activeCell="X21" sqref="X21"/>
+      <selection activeCell="R15" sqref="R15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="25.7109375" style="6" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="13" max="16384" width="9.140625" style="6"/>
+    <col min="1" max="1" width="25.7109375" customWidth="1"/>
+    <col min="2" max="4" width="9.7109375" customWidth="1"/>
+    <col min="5" max="5" width="1.7109375" customWidth="1"/>
+    <col min="6" max="8" width="9.7109375" customWidth="1"/>
+    <col min="9" max="9" width="1.7109375" customWidth="1"/>
+    <col min="10" max="12" width="9.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" ht="35.1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="199" t="s">
-[...12 lines deleted...]
-      <c r="L1" s="199"/>
+      <c r="A1" s="165" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="165"/>
+      <c r="C1" s="165"/>
+      <c r="D1" s="165"/>
+      <c r="E1" s="165"/>
+      <c r="F1" s="165"/>
+      <c r="G1" s="165"/>
+      <c r="H1" s="165"/>
+      <c r="I1" s="165"/>
+      <c r="J1" s="165"/>
+      <c r="K1" s="165"/>
+      <c r="L1" s="165"/>
     </row>
     <row r="2" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A2" s="205"/>
-[...8 lines deleted...]
-      <c r="L2" s="204"/>
+      <c r="A2" s="179"/>
+      <c r="B2" s="179"/>
+      <c r="C2" s="179"/>
+      <c r="D2" s="179"/>
+      <c r="E2" s="179"/>
+      <c r="H2" s="178"/>
+      <c r="I2" s="178"/>
+      <c r="J2" s="178"/>
+      <c r="K2" s="178"/>
+      <c r="L2" s="178"/>
     </row>
     <row r="4" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A4" s="8" t="s">
+      <c r="A4" s="7" t="s">
         <v>2</v>
       </c>
-      <c r="B4" s="9"/>
-[...9 lines deleted...]
-      <c r="L4" s="206"/>
+      <c r="B4" s="8"/>
+      <c r="C4" s="9"/>
+      <c r="D4" s="9"/>
+      <c r="E4" s="9"/>
+      <c r="F4" s="9"/>
+      <c r="G4" s="9"/>
+      <c r="H4" s="9"/>
+      <c r="I4" s="9"/>
+      <c r="J4" s="180"/>
+      <c r="K4" s="180"/>
+      <c r="L4" s="180"/>
     </row>
     <row r="5" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
     <row r="6" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A6" s="2" t="s">
         <v>128</v>
       </c>
-      <c r="B6" s="23">
+      <c r="B6" s="1">
         <f>'Apr-June'!J14</f>
         <v>110</v>
       </c>
-      <c r="C6" s="201"/>
-[...6 lines deleted...]
-      <c r="L6" s="13"/>
+      <c r="C6" s="175"/>
+      <c r="D6" s="175"/>
+      <c r="E6" s="175"/>
+      <c r="F6" s="175"/>
+      <c r="I6" s="10"/>
+      <c r="J6" s="11"/>
+      <c r="K6" s="10"/>
+      <c r="L6" s="12"/>
     </row>
     <row r="7" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="G7" s="202"/>
-[...4 lines deleted...]
-      <c r="L7" s="14"/>
+      <c r="G7" s="176"/>
+      <c r="H7" s="176"/>
+      <c r="I7" s="13"/>
+      <c r="J7" s="13"/>
+      <c r="K7" s="13"/>
+      <c r="L7" s="13"/>
     </row>
     <row r="8" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="B8" s="211" t="str">
+      <c r="B8" s="183" t="str">
         <f>Income!H20</f>
         <v>JULY</v>
       </c>
-      <c r="C8" s="211"/>
-[...1 lines deleted...]
-      <c r="F8" s="211" t="str">
+      <c r="C8" s="183"/>
+      <c r="D8" s="183"/>
+      <c r="F8" s="183" t="str">
         <f>Income!I20</f>
         <v>AUG</v>
       </c>
-      <c r="G8" s="211"/>
-[...1 lines deleted...]
-      <c r="J8" s="211" t="str">
+      <c r="G8" s="183"/>
+      <c r="H8" s="183"/>
+      <c r="J8" s="183" t="str">
         <f>Income!J20</f>
         <v>SEP</v>
       </c>
-      <c r="K8" s="211"/>
-      <c r="L8" s="211"/>
+      <c r="K8" s="183"/>
+      <c r="L8" s="183"/>
     </row>
     <row r="9" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A9" s="52"/>
-      <c r="B9" s="53" t="s">
+      <c r="A9" s="40"/>
+      <c r="B9" s="41" t="s">
         <v>34</v>
       </c>
-      <c r="C9" s="63" t="s">
+      <c r="C9" s="46" t="s">
         <v>9</v>
       </c>
-      <c r="D9" s="53" t="s">
+      <c r="D9" s="41" t="s">
         <v>32</v>
       </c>
-      <c r="E9" s="15"/>
-      <c r="F9" s="53" t="s">
+      <c r="E9" s="14"/>
+      <c r="F9" s="41" t="s">
         <v>34</v>
       </c>
-      <c r="G9" s="63" t="s">
+      <c r="G9" s="46" t="s">
         <v>9</v>
       </c>
-      <c r="H9" s="53" t="s">
+      <c r="H9" s="41" t="s">
         <v>32</v>
       </c>
-      <c r="I9" s="15"/>
-      <c r="J9" s="53" t="s">
+      <c r="I9" s="14"/>
+      <c r="J9" s="41" t="s">
         <v>34</v>
       </c>
-      <c r="K9" s="63" t="s">
+      <c r="K9" s="46" t="s">
         <v>9</v>
       </c>
-      <c r="L9" s="53" t="s">
+      <c r="L9" s="41" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="10" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A10" s="16" t="s">
+      <c r="A10" s="15" t="s">
         <v>110</v>
       </c>
-      <c r="B10" s="17">
+      <c r="B10" s="13">
         <f>B23</f>
         <v>0</v>
       </c>
-      <c r="C10" s="17">
+      <c r="C10" s="13">
         <f>C23</f>
         <v>0</v>
       </c>
-      <c r="D10" s="49">
+      <c r="D10" s="39">
         <f>C10-B10</f>
         <v>0</v>
       </c>
-      <c r="F10" s="17">
+      <c r="F10" s="13">
         <f>F23</f>
         <v>0</v>
       </c>
-      <c r="G10" s="17">
+      <c r="G10" s="13">
         <f>G23</f>
         <v>0</v>
       </c>
-      <c r="H10" s="49">
+      <c r="H10" s="39">
         <f>G10-F10</f>
         <v>0</v>
       </c>
-      <c r="J10" s="17">
+      <c r="J10" s="13">
         <f>J23</f>
         <v>0</v>
       </c>
-      <c r="K10" s="17">
+      <c r="K10" s="13">
         <f>K23</f>
         <v>0</v>
       </c>
-      <c r="L10" s="49">
+      <c r="L10" s="39">
         <f>K10-J10</f>
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:12" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A11" s="16" t="s">
+      <c r="A11" s="15" t="s">
         <v>118</v>
       </c>
-      <c r="B11" s="17">
+      <c r="B11" s="13">
         <f>B43+B57+B67+B80+B95+B108+B119+B131+B142+B156+B167+B175+B183</f>
         <v>0</v>
       </c>
-      <c r="C11" s="17">
+      <c r="C11" s="13">
         <f>C43+C57+C67+C80+C95+C108+C119+C131+C142+C156+C167+C175+C183</f>
         <v>0</v>
       </c>
-      <c r="D11" s="49">
+      <c r="D11" s="39">
         <f>B11-C11</f>
         <v>0</v>
       </c>
-      <c r="F11" s="17">
+      <c r="F11" s="13">
         <f>F43+F57+F67+F80+F95+F108+F119+F131+F142+F156+F167+F175+F183</f>
         <v>0</v>
       </c>
-      <c r="G11" s="17">
+      <c r="G11" s="13">
         <f>G43+G57+G67+G80+G95+G108+G119+G131+G142+G156+G167+G175+G183</f>
         <v>0</v>
       </c>
-      <c r="H11" s="49">
+      <c r="H11" s="39">
         <f>F11-G11</f>
         <v>0</v>
       </c>
-      <c r="J11" s="17">
+      <c r="J11" s="13">
         <f>J43+J57+J67+J80+J95+J108+J119+J131+J142+J156+J167+J175+J183</f>
         <v>0</v>
       </c>
-      <c r="K11" s="17">
+      <c r="K11" s="13">
         <f>K43+K57+K67+K80+K95+K108+K119+K131+K142+K156+K167+K175+K183</f>
         <v>0</v>
       </c>
-      <c r="L11" s="49">
+      <c r="L11" s="39">
         <f>J11-K11</f>
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:12" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A12" s="24" t="s">
+      <c r="A12" s="19" t="s">
         <v>119</v>
       </c>
-      <c r="B12" s="25">
+      <c r="B12" s="20">
         <f>B10-B11</f>
         <v>0</v>
       </c>
-      <c r="C12" s="25">
+      <c r="C12" s="20">
         <f>C10-C11</f>
         <v>0</v>
       </c>
-      <c r="D12" s="26"/>
-      <c r="F12" s="25">
+      <c r="D12" s="21"/>
+      <c r="F12" s="20">
         <f>F10-F11</f>
         <v>0</v>
       </c>
-      <c r="G12" s="25">
+      <c r="G12" s="20">
         <f>G10-G11</f>
         <v>0</v>
       </c>
-      <c r="H12" s="26"/>
-      <c r="J12" s="25">
+      <c r="H12" s="21"/>
+      <c r="J12" s="20">
         <f>J10-J11</f>
         <v>0</v>
       </c>
-      <c r="K12" s="25">
+      <c r="K12" s="20">
         <f>K10-K11</f>
         <v>0</v>
       </c>
-      <c r="L12" s="26"/>
+      <c r="L12" s="21"/>
     </row>
     <row r="13" spans="1:12" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A13" s="16"/>
-[...8 lines deleted...]
-      <c r="L13" s="17"/>
+      <c r="A13" s="15"/>
+      <c r="B13" s="13"/>
+      <c r="C13" s="13"/>
+      <c r="D13" s="13"/>
+      <c r="F13" s="13"/>
+      <c r="G13" s="13"/>
+      <c r="H13" s="13"/>
+      <c r="J13" s="13"/>
+      <c r="K13" s="13"/>
+      <c r="L13" s="13"/>
     </row>
     <row r="14" spans="1:12" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A14" s="5" t="s">
         <v>120</v>
       </c>
-      <c r="B14" s="208">
+      <c r="B14" s="174">
         <f>B6+C12</f>
         <v>110</v>
       </c>
-      <c r="C14" s="208"/>
-[...1 lines deleted...]
-      <c r="F14" s="208">
+      <c r="C14" s="174"/>
+      <c r="D14" s="174"/>
+      <c r="F14" s="174">
         <f>B14+G12</f>
         <v>110</v>
       </c>
-      <c r="G14" s="208"/>
-[...1 lines deleted...]
-      <c r="J14" s="208">
+      <c r="G14" s="174"/>
+      <c r="H14" s="174"/>
+      <c r="J14" s="174">
         <f>F14+K12</f>
         <v>110</v>
       </c>
-      <c r="K14" s="208"/>
-      <c r="L14" s="208"/>
+      <c r="K14" s="174"/>
+      <c r="L14" s="174"/>
     </row>
     <row r="15" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B15" s="11"/>
-[...9 lines deleted...]
-      <c r="L15" s="20"/>
+      <c r="B15" s="10"/>
+      <c r="C15" s="10"/>
+      <c r="D15" s="10"/>
+      <c r="E15" s="16"/>
+      <c r="G15" s="172"/>
+      <c r="H15" s="172"/>
+      <c r="I15" s="17"/>
+      <c r="J15" s="17"/>
+      <c r="K15" s="17"/>
+      <c r="L15" s="17"/>
     </row>
     <row r="16" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="B16" s="213" t="str">
+      <c r="B16" s="182" t="str">
         <f>B8</f>
         <v>JULY</v>
       </c>
-      <c r="C16" s="213"/>
-[...1 lines deleted...]
-      <c r="F16" s="213" t="str">
+      <c r="C16" s="182"/>
+      <c r="D16" s="182"/>
+      <c r="F16" s="182" t="str">
         <f>F8</f>
         <v>AUG</v>
       </c>
-      <c r="G16" s="213"/>
-[...1 lines deleted...]
-      <c r="J16" s="213" t="str">
+      <c r="G16" s="182"/>
+      <c r="H16" s="182"/>
+      <c r="J16" s="182" t="str">
         <f>J8</f>
         <v>SEP</v>
       </c>
-      <c r="K16" s="213"/>
-      <c r="L16" s="213"/>
+      <c r="K16" s="182"/>
+      <c r="L16" s="182"/>
     </row>
     <row r="17" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A17" s="54" t="s">
+      <c r="A17" s="42" t="s">
         <v>117</v>
       </c>
-      <c r="B17" s="55" t="s">
+      <c r="B17" s="43" t="s">
         <v>34</v>
       </c>
-      <c r="C17" s="64" t="s">
+      <c r="C17" s="47" t="s">
         <v>9</v>
       </c>
-      <c r="D17" s="55" t="s">
+      <c r="D17" s="43" t="s">
         <v>32</v>
       </c>
-      <c r="E17" s="15"/>
-      <c r="F17" s="55" t="s">
+      <c r="E17" s="14"/>
+      <c r="F17" s="43" t="s">
         <v>34</v>
       </c>
-      <c r="G17" s="64" t="s">
+      <c r="G17" s="47" t="s">
         <v>9</v>
       </c>
-      <c r="H17" s="55" t="s">
+      <c r="H17" s="43" t="s">
         <v>32</v>
       </c>
-      <c r="I17" s="15"/>
-      <c r="J17" s="55" t="s">
+      <c r="I17" s="14"/>
+      <c r="J17" s="43" t="s">
         <v>34</v>
       </c>
-      <c r="K17" s="64" t="s">
+      <c r="K17" s="47" t="s">
         <v>9</v>
       </c>
-      <c r="L17" s="55" t="s">
+      <c r="L17" s="43" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="18" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A18" s="16" t="str">
+      <c r="A18" s="15" t="str">
         <f>Income!A21</f>
         <v>Income 1</v>
       </c>
-      <c r="B18" s="17">
+      <c r="B18" s="13">
         <f>Income!H21</f>
         <v>0</v>
       </c>
-      <c r="C18" s="17">
+      <c r="C18" s="13">
         <f>Income!H31</f>
         <v>0</v>
       </c>
-      <c r="D18" s="49">
+      <c r="D18" s="39">
         <f>C18-B18</f>
         <v>0</v>
       </c>
-      <c r="F18" s="17">
+      <c r="F18" s="13">
         <f>Income!I21</f>
         <v>0</v>
       </c>
-      <c r="G18" s="17">
+      <c r="G18" s="13">
         <f>Income!I31</f>
         <v>0</v>
       </c>
-      <c r="H18" s="49">
+      <c r="H18" s="39">
         <f>G18-F18</f>
         <v>0</v>
       </c>
-      <c r="J18" s="17">
+      <c r="J18" s="13">
         <f>Income!J21</f>
         <v>0</v>
       </c>
-      <c r="K18" s="17">
+      <c r="K18" s="13">
         <f>Income!J31</f>
         <v>0</v>
       </c>
-      <c r="L18" s="49">
+      <c r="L18" s="39">
         <f>K18-J18</f>
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A19" s="16" t="str">
+      <c r="A19" s="15" t="str">
         <f>Income!A22</f>
         <v>Income 2</v>
       </c>
-      <c r="B19" s="17">
+      <c r="B19" s="13">
         <f>Income!H22</f>
         <v>0</v>
       </c>
-      <c r="C19" s="17">
+      <c r="C19" s="13">
         <f>Income!H32</f>
         <v>0</v>
       </c>
-      <c r="D19" s="49">
+      <c r="D19" s="39">
         <f>C19-B19</f>
         <v>0</v>
       </c>
-      <c r="F19" s="17">
+      <c r="F19" s="13">
         <f>Income!I22</f>
         <v>0</v>
       </c>
-      <c r="G19" s="17">
+      <c r="G19" s="13">
         <f>Income!I32</f>
         <v>0</v>
       </c>
-      <c r="H19" s="49">
+      <c r="H19" s="39">
         <f>G19-F19</f>
         <v>0</v>
       </c>
-      <c r="J19" s="17">
+      <c r="J19" s="13">
         <f>Income!J22</f>
         <v>0</v>
       </c>
-      <c r="K19" s="17">
+      <c r="K19" s="13">
         <f>Income!J32</f>
         <v>0</v>
       </c>
-      <c r="L19" s="49">
+      <c r="L19" s="39">
         <f>K19-J19</f>
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A20" s="16" t="str">
+      <c r="A20" s="15" t="str">
         <f>Income!A23</f>
         <v>Interest/Dividends</v>
       </c>
-      <c r="B20" s="17">
+      <c r="B20" s="13">
         <f>Income!H23</f>
         <v>0</v>
       </c>
-      <c r="C20" s="17">
+      <c r="C20" s="13">
         <f>Income!H33</f>
         <v>0</v>
       </c>
-      <c r="D20" s="49">
+      <c r="D20" s="39">
         <f>C20-B20</f>
         <v>0</v>
       </c>
-      <c r="F20" s="17">
+      <c r="F20" s="13">
         <f>Income!I23</f>
         <v>0</v>
       </c>
-      <c r="G20" s="17">
+      <c r="G20" s="13">
         <f>Income!I33</f>
         <v>0</v>
       </c>
-      <c r="H20" s="49">
+      <c r="H20" s="39">
         <f>G20-F20</f>
         <v>0</v>
       </c>
-      <c r="J20" s="17">
+      <c r="J20" s="13">
         <f>Income!J23</f>
         <v>0</v>
       </c>
-      <c r="K20" s="17">
+      <c r="K20" s="13">
         <f>Income!J33</f>
         <v>0</v>
       </c>
-      <c r="L20" s="49">
+      <c r="L20" s="39">
         <f>K20-J20</f>
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A21" s="16" t="str">
+      <c r="A21" s="15" t="str">
         <f>Income!A24</f>
         <v>Other</v>
       </c>
-      <c r="B21" s="17">
+      <c r="B21" s="13">
         <f>Income!H24</f>
         <v>0</v>
       </c>
-      <c r="C21" s="17">
+      <c r="C21" s="13">
         <f>Income!H34</f>
         <v>0</v>
       </c>
-      <c r="D21" s="49">
+      <c r="D21" s="39">
         <f>C21-B21</f>
         <v>0</v>
       </c>
-      <c r="F21" s="17">
+      <c r="F21" s="13">
         <f>Income!I24</f>
         <v>0</v>
       </c>
-      <c r="G21" s="17">
+      <c r="G21" s="13">
         <f>Income!I34</f>
         <v>0</v>
       </c>
-      <c r="H21" s="49">
+      <c r="H21" s="39">
         <f>G21-F21</f>
         <v>0</v>
       </c>
-      <c r="J21" s="17">
+      <c r="J21" s="13">
         <f>Income!J24</f>
         <v>0</v>
       </c>
-      <c r="K21" s="17">
+      <c r="K21" s="13">
         <f>Income!J34</f>
         <v>0</v>
       </c>
-      <c r="L21" s="49">
+      <c r="L21" s="39">
         <f>K21-J21</f>
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:12" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A22" s="16" t="str">
+      <c r="A22" s="15" t="str">
         <f>Income!A25</f>
         <v>Other</v>
       </c>
-      <c r="B22" s="17">
+      <c r="B22" s="13">
         <f>Income!H25</f>
         <v>0</v>
       </c>
-      <c r="C22" s="17">
+      <c r="C22" s="13">
         <f>Income!H35</f>
         <v>0</v>
       </c>
-      <c r="D22" s="49">
+      <c r="D22" s="39">
         <f>C22-B22</f>
         <v>0</v>
       </c>
-      <c r="F22" s="17">
+      <c r="F22" s="13">
         <f>Income!I25</f>
         <v>0</v>
       </c>
-      <c r="G22" s="17">
+      <c r="G22" s="13">
         <f>Income!I35</f>
         <v>0</v>
       </c>
-      <c r="H22" s="49">
+      <c r="H22" s="39">
         <f>G22-F22</f>
         <v>0</v>
       </c>
-      <c r="J22" s="17">
+      <c r="J22" s="13">
         <f>Income!J25</f>
         <v>0</v>
       </c>
-      <c r="K22" s="17">
+      <c r="K22" s="13">
         <f>Income!J35</f>
         <v>0</v>
       </c>
-      <c r="L22" s="49">
+      <c r="L22" s="39">
         <f>K22-J22</f>
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:12" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A23" s="30" t="s">
+      <c r="A23" s="25" t="s">
         <v>30</v>
       </c>
-      <c r="B23" s="31">
+      <c r="B23" s="26">
         <f>SUM(B18:B22)</f>
         <v>0</v>
       </c>
-      <c r="C23" s="31">
+      <c r="C23" s="26">
         <f>SUM(C18:C22)</f>
         <v>0</v>
       </c>
-      <c r="D23" s="31">
+      <c r="D23" s="26">
         <f>SUM(D18:D22)</f>
         <v>0</v>
       </c>
-      <c r="F23" s="31">
+      <c r="F23" s="26">
         <f>SUM(F18:F22)</f>
         <v>0</v>
       </c>
-      <c r="G23" s="31">
+      <c r="G23" s="26">
         <f>SUM(G18:G22)</f>
         <v>0</v>
       </c>
-      <c r="H23" s="31">
+      <c r="H23" s="26">
         <f>SUM(H18:H22)</f>
         <v>0</v>
       </c>
-      <c r="J23" s="31">
+      <c r="J23" s="26">
         <f>SUM(J18:J22)</f>
         <v>0</v>
       </c>
-      <c r="K23" s="31">
+      <c r="K23" s="26">
         <f>SUM(K18:K22)</f>
         <v>0</v>
       </c>
-      <c r="L23" s="31">
+      <c r="L23" s="26">
         <f>SUM(L18:L22)</f>
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B24" s="11"/>
-[...9 lines deleted...]
-      <c r="L24" s="20"/>
+      <c r="B24" s="10"/>
+      <c r="C24" s="10"/>
+      <c r="D24" s="10"/>
+      <c r="E24" s="16"/>
+      <c r="G24" s="172"/>
+      <c r="H24" s="172"/>
+      <c r="I24" s="17"/>
+      <c r="J24" s="17"/>
+      <c r="K24" s="17"/>
+      <c r="L24" s="17"/>
     </row>
     <row r="25" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B25" s="212" t="str">
+      <c r="B25" s="181" t="str">
         <f>B8</f>
         <v>JULY</v>
       </c>
-      <c r="C25" s="212"/>
-[...1 lines deleted...]
-      <c r="F25" s="212" t="str">
+      <c r="C25" s="181"/>
+      <c r="D25" s="181"/>
+      <c r="F25" s="181" t="str">
         <f>F8</f>
         <v>AUG</v>
       </c>
-      <c r="G25" s="212"/>
-[...1 lines deleted...]
-      <c r="J25" s="212" t="str">
+      <c r="G25" s="181"/>
+      <c r="H25" s="181"/>
+      <c r="J25" s="181" t="str">
         <f>J8</f>
         <v>SEP</v>
       </c>
-      <c r="K25" s="212"/>
-      <c r="L25" s="212"/>
+      <c r="K25" s="181"/>
+      <c r="L25" s="181"/>
     </row>
     <row r="26" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A26" s="58" t="s">
+      <c r="A26" s="44" t="s">
         <v>33</v>
       </c>
-      <c r="B26" s="59" t="s">
+      <c r="B26" s="45" t="s">
         <v>34</v>
       </c>
-      <c r="C26" s="65" t="s">
+      <c r="C26" s="48" t="s">
         <v>9</v>
       </c>
-      <c r="D26" s="59" t="s">
+      <c r="D26" s="45" t="s">
         <v>32</v>
       </c>
-      <c r="E26" s="15"/>
-      <c r="F26" s="59" t="s">
+      <c r="E26" s="14"/>
+      <c r="F26" s="45" t="s">
         <v>34</v>
       </c>
-      <c r="G26" s="65" t="s">
+      <c r="G26" s="48" t="s">
         <v>9</v>
       </c>
-      <c r="H26" s="59" t="s">
+      <c r="H26" s="45" t="s">
         <v>32</v>
       </c>
-      <c r="I26" s="15"/>
-      <c r="J26" s="59" t="s">
+      <c r="I26" s="14"/>
+      <c r="J26" s="45" t="s">
         <v>34</v>
       </c>
-      <c r="K26" s="65" t="s">
+      <c r="K26" s="48" t="s">
         <v>9</v>
       </c>
-      <c r="L26" s="59" t="s">
+      <c r="L26" s="45" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="27" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A27" s="21" t="s">
+      <c r="A27" s="18" t="s">
         <v>35</v>
       </c>
-      <c r="B27" s="127"/>
-[...1 lines deleted...]
-      <c r="D27" s="49">
+      <c r="B27" s="107"/>
+      <c r="C27" s="108"/>
+      <c r="D27" s="39">
         <f>B27-C27</f>
         <v>0</v>
       </c>
-      <c r="F27" s="127"/>
-[...1 lines deleted...]
-      <c r="H27" s="49">
+      <c r="F27" s="107"/>
+      <c r="G27" s="108"/>
+      <c r="H27" s="39">
         <f t="shared" ref="H27:H40" si="0">F27-G27</f>
         <v>0</v>
       </c>
-      <c r="J27" s="127"/>
-[...1 lines deleted...]
-      <c r="L27" s="49">
+      <c r="J27" s="107"/>
+      <c r="K27" s="108"/>
+      <c r="L27" s="39">
         <f t="shared" ref="L27:L40" si="1">J27-K27</f>
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A28" s="21" t="s">
+      <c r="A28" s="18" t="s">
         <v>36</v>
       </c>
-      <c r="B28" s="41"/>
-[...1 lines deleted...]
-      <c r="D28" s="49">
+      <c r="B28" s="3"/>
+      <c r="C28" s="109"/>
+      <c r="D28" s="39">
         <f>B28-C28</f>
         <v>0</v>
       </c>
-      <c r="F28" s="41"/>
-[...1 lines deleted...]
-      <c r="H28" s="49">
+      <c r="F28" s="3"/>
+      <c r="G28" s="109"/>
+      <c r="H28" s="39">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="J28" s="41"/>
-[...1 lines deleted...]
-      <c r="L28" s="49">
+      <c r="J28" s="3"/>
+      <c r="K28" s="109"/>
+      <c r="L28" s="39">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A29" s="21" t="s">
+      <c r="A29" s="18" t="s">
         <v>37</v>
       </c>
-      <c r="B29" s="41"/>
-[...1 lines deleted...]
-      <c r="D29" s="49">
+      <c r="B29" s="3"/>
+      <c r="C29" s="109"/>
+      <c r="D29" s="39">
         <f t="shared" ref="D29:D42" si="2">B29-C29</f>
         <v>0</v>
       </c>
-      <c r="F29" s="41"/>
-[...1 lines deleted...]
-      <c r="H29" s="49">
+      <c r="F29" s="3"/>
+      <c r="G29" s="109"/>
+      <c r="H29" s="39">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="J29" s="41"/>
-[...1 lines deleted...]
-      <c r="L29" s="49">
+      <c r="J29" s="3"/>
+      <c r="K29" s="109"/>
+      <c r="L29" s="39">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A30" s="21" t="s">
+      <c r="A30" s="18" t="s">
         <v>38</v>
       </c>
-      <c r="B30" s="41"/>
-[...1 lines deleted...]
-      <c r="D30" s="49">
+      <c r="B30" s="3"/>
+      <c r="C30" s="109"/>
+      <c r="D30" s="39">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="F30" s="41"/>
-[...1 lines deleted...]
-      <c r="H30" s="49">
+      <c r="F30" s="3"/>
+      <c r="G30" s="109"/>
+      <c r="H30" s="39">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="J30" s="41"/>
-[...1 lines deleted...]
-      <c r="L30" s="49">
+      <c r="J30" s="3"/>
+      <c r="K30" s="109"/>
+      <c r="L30" s="39">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A31" s="21" t="s">
+      <c r="A31" s="18" t="s">
         <v>39</v>
       </c>
-      <c r="B31" s="41"/>
-[...1 lines deleted...]
-      <c r="D31" s="49">
+      <c r="B31" s="3"/>
+      <c r="C31" s="109"/>
+      <c r="D31" s="39">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="F31" s="41"/>
-[...1 lines deleted...]
-      <c r="H31" s="49">
+      <c r="F31" s="3"/>
+      <c r="G31" s="109"/>
+      <c r="H31" s="39">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="J31" s="41"/>
-[...1 lines deleted...]
-      <c r="L31" s="49">
+      <c r="J31" s="3"/>
+      <c r="K31" s="109"/>
+      <c r="L31" s="39">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A32" s="21" t="s">
+      <c r="A32" s="18" t="s">
         <v>40</v>
       </c>
-      <c r="B32" s="41"/>
-[...1 lines deleted...]
-      <c r="D32" s="49">
+      <c r="B32" s="3"/>
+      <c r="C32" s="109"/>
+      <c r="D32" s="39">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="F32" s="41"/>
-[...1 lines deleted...]
-      <c r="H32" s="49">
+      <c r="F32" s="3"/>
+      <c r="G32" s="109"/>
+      <c r="H32" s="39">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="J32" s="41"/>
-[...1 lines deleted...]
-      <c r="L32" s="49">
+      <c r="J32" s="3"/>
+      <c r="K32" s="109"/>
+      <c r="L32" s="39">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A33" s="21" t="s">
+      <c r="A33" s="18" t="s">
         <v>41</v>
       </c>
-      <c r="B33" s="41"/>
-[...1 lines deleted...]
-      <c r="D33" s="49">
+      <c r="B33" s="3"/>
+      <c r="C33" s="109"/>
+      <c r="D33" s="39">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="F33" s="41"/>
-[...1 lines deleted...]
-      <c r="H33" s="49">
+      <c r="F33" s="3"/>
+      <c r="G33" s="109"/>
+      <c r="H33" s="39">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="J33" s="41"/>
-[...1 lines deleted...]
-      <c r="L33" s="49">
+      <c r="J33" s="3"/>
+      <c r="K33" s="109"/>
+      <c r="L33" s="39">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A34" s="21" t="s">
+      <c r="A34" s="18" t="s">
         <v>42</v>
       </c>
-      <c r="B34" s="41"/>
-[...1 lines deleted...]
-      <c r="D34" s="49">
+      <c r="B34" s="3"/>
+      <c r="C34" s="109"/>
+      <c r="D34" s="39">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="F34" s="41"/>
-[...1 lines deleted...]
-      <c r="H34" s="49">
+      <c r="F34" s="3"/>
+      <c r="G34" s="109"/>
+      <c r="H34" s="39">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="J34" s="41"/>
-[...1 lines deleted...]
-      <c r="L34" s="49">
+      <c r="J34" s="3"/>
+      <c r="K34" s="109"/>
+      <c r="L34" s="39">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A35" s="21" t="s">
+      <c r="A35" s="18" t="s">
         <v>43</v>
       </c>
-      <c r="B35" s="41"/>
-[...1 lines deleted...]
-      <c r="D35" s="49">
+      <c r="B35" s="3"/>
+      <c r="C35" s="109"/>
+      <c r="D35" s="39">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="F35" s="41"/>
-[...1 lines deleted...]
-      <c r="H35" s="49">
+      <c r="F35" s="3"/>
+      <c r="G35" s="109"/>
+      <c r="H35" s="39">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="J35" s="41"/>
-[...1 lines deleted...]
-      <c r="L35" s="49">
+      <c r="J35" s="3"/>
+      <c r="K35" s="109"/>
+      <c r="L35" s="39">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A36" s="21" t="s">
+      <c r="A36" s="18" t="s">
         <v>44</v>
       </c>
-      <c r="B36" s="41"/>
-[...1 lines deleted...]
-      <c r="D36" s="49">
+      <c r="B36" s="3"/>
+      <c r="C36" s="109"/>
+      <c r="D36" s="39">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="F36" s="41"/>
-[...1 lines deleted...]
-      <c r="H36" s="49">
+      <c r="F36" s="3"/>
+      <c r="G36" s="109"/>
+      <c r="H36" s="39">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="J36" s="41"/>
-[...1 lines deleted...]
-      <c r="L36" s="49">
+      <c r="J36" s="3"/>
+      <c r="K36" s="109"/>
+      <c r="L36" s="39">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A37" s="21" t="s">
+      <c r="A37" s="18" t="s">
         <v>45</v>
       </c>
-      <c r="B37" s="41"/>
-[...1 lines deleted...]
-      <c r="D37" s="49">
+      <c r="B37" s="3"/>
+      <c r="C37" s="109"/>
+      <c r="D37" s="39">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="F37" s="41"/>
-[...1 lines deleted...]
-      <c r="H37" s="49">
+      <c r="F37" s="3"/>
+      <c r="G37" s="109"/>
+      <c r="H37" s="39">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="J37" s="41"/>
-[...1 lines deleted...]
-      <c r="L37" s="49">
+      <c r="J37" s="3"/>
+      <c r="K37" s="109"/>
+      <c r="L37" s="39">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A38" s="21" t="s">
+      <c r="A38" s="18" t="s">
         <v>46</v>
       </c>
-      <c r="B38" s="41"/>
-[...1 lines deleted...]
-      <c r="D38" s="49">
+      <c r="B38" s="3"/>
+      <c r="C38" s="109"/>
+      <c r="D38" s="39">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="F38" s="41"/>
-[...1 lines deleted...]
-      <c r="H38" s="49">
+      <c r="F38" s="3"/>
+      <c r="G38" s="109"/>
+      <c r="H38" s="39">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="J38" s="41"/>
-[...1 lines deleted...]
-      <c r="L38" s="49">
+      <c r="J38" s="3"/>
+      <c r="K38" s="109"/>
+      <c r="L38" s="39">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A39" s="21" t="s">
+      <c r="A39" s="18" t="s">
         <v>47</v>
       </c>
-      <c r="B39" s="41"/>
-[...1 lines deleted...]
-      <c r="D39" s="49">
+      <c r="B39" s="3"/>
+      <c r="C39" s="109"/>
+      <c r="D39" s="39">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="F39" s="41"/>
-[...1 lines deleted...]
-      <c r="H39" s="49">
+      <c r="F39" s="3"/>
+      <c r="G39" s="109"/>
+      <c r="H39" s="39">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="J39" s="41"/>
-[...1 lines deleted...]
-      <c r="L39" s="49">
+      <c r="J39" s="3"/>
+      <c r="K39" s="109"/>
+      <c r="L39" s="39">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A40" s="21" t="s">
+      <c r="A40" s="18" t="s">
         <v>48</v>
       </c>
-      <c r="B40" s="41"/>
-[...1 lines deleted...]
-      <c r="D40" s="49">
+      <c r="B40" s="3"/>
+      <c r="C40" s="109"/>
+      <c r="D40" s="39">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="F40" s="41"/>
-[...1 lines deleted...]
-      <c r="H40" s="49">
+      <c r="F40" s="3"/>
+      <c r="G40" s="109"/>
+      <c r="H40" s="39">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="J40" s="41"/>
-[...1 lines deleted...]
-      <c r="L40" s="49">
+      <c r="J40" s="3"/>
+      <c r="K40" s="109"/>
+      <c r="L40" s="39">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A41" s="21" t="s">
+      <c r="A41" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="B41" s="41"/>
-[...1 lines deleted...]
-      <c r="D41" s="49">
+      <c r="B41" s="3"/>
+      <c r="C41" s="109"/>
+      <c r="D41" s="39">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="F41" s="41"/>
-[...1 lines deleted...]
-      <c r="H41" s="49">
+      <c r="F41" s="3"/>
+      <c r="G41" s="109"/>
+      <c r="H41" s="39">
         <f>F41-G41</f>
         <v>0</v>
       </c>
-      <c r="J41" s="41"/>
-[...1 lines deleted...]
-      <c r="L41" s="49">
+      <c r="J41" s="3"/>
+      <c r="K41" s="109"/>
+      <c r="L41" s="39">
         <f>J41-K41</f>
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:12" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A42" s="22" t="s">
+      <c r="A42" t="s">
         <v>29</v>
       </c>
-      <c r="B42" s="42"/>
-[...1 lines deleted...]
-      <c r="D42" s="49">
+      <c r="B42" s="4"/>
+      <c r="C42" s="110"/>
+      <c r="D42" s="39">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="F42" s="42"/>
-[...1 lines deleted...]
-      <c r="H42" s="49">
+      <c r="F42" s="4"/>
+      <c r="G42" s="110"/>
+      <c r="H42" s="39">
         <f>F42-G42</f>
         <v>0</v>
       </c>
-      <c r="J42" s="42"/>
-[...1 lines deleted...]
-      <c r="L42" s="49">
+      <c r="J42" s="4"/>
+      <c r="K42" s="110"/>
+      <c r="L42" s="39">
         <f>J42-K42</f>
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:12" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A43" s="40" t="s">
+      <c r="A43" s="35" t="s">
         <v>30</v>
       </c>
-      <c r="B43" s="39">
+      <c r="B43" s="34">
         <f>SUM(B27:B42)</f>
         <v>0</v>
       </c>
-      <c r="C43" s="39">
+      <c r="C43" s="34">
         <f>SUM(C27:C42)</f>
         <v>0</v>
       </c>
-      <c r="D43" s="39">
+      <c r="D43" s="34">
         <f>SUM(D27:D42)</f>
         <v>0</v>
       </c>
-      <c r="F43" s="39">
+      <c r="F43" s="34">
         <f>SUM(F27:F42)</f>
         <v>0</v>
       </c>
-      <c r="G43" s="39">
+      <c r="G43" s="34">
         <f>SUM(G27:G42)</f>
         <v>0</v>
       </c>
-      <c r="H43" s="39">
+      <c r="H43" s="34">
         <f>SUM(H27:H42)</f>
         <v>0</v>
       </c>
-      <c r="J43" s="39">
+      <c r="J43" s="34">
         <f>SUM(J27:J42)</f>
         <v>0</v>
       </c>
-      <c r="K43" s="39">
+      <c r="K43" s="34">
         <f>SUM(K27:K42)</f>
         <v>0</v>
       </c>
-      <c r="L43" s="39">
+      <c r="L43" s="34">
         <f>SUM(L27:L42)</f>
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:12" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25"/>
     <row r="45" spans="1:12" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B45" s="212" t="str">
+      <c r="B45" s="181" t="str">
         <f>B8</f>
         <v>JULY</v>
       </c>
-      <c r="C45" s="212"/>
-[...1 lines deleted...]
-      <c r="F45" s="212" t="str">
+      <c r="C45" s="181"/>
+      <c r="D45" s="181"/>
+      <c r="F45" s="181" t="str">
         <f>F8</f>
         <v>AUG</v>
       </c>
-      <c r="G45" s="212"/>
-[...1 lines deleted...]
-      <c r="J45" s="212" t="str">
+      <c r="G45" s="181"/>
+      <c r="H45" s="181"/>
+      <c r="J45" s="181" t="str">
         <f>J8</f>
         <v>SEP</v>
       </c>
-      <c r="K45" s="212"/>
-      <c r="L45" s="212"/>
+      <c r="K45" s="181"/>
+      <c r="L45" s="181"/>
     </row>
     <row r="46" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A46" s="58" t="s">
+      <c r="A46" s="44" t="s">
         <v>49</v>
       </c>
-      <c r="B46" s="59" t="s">
+      <c r="B46" s="45" t="s">
         <v>34</v>
       </c>
-      <c r="C46" s="65" t="s">
+      <c r="C46" s="48" t="s">
         <v>9</v>
       </c>
-      <c r="D46" s="59" t="s">
+      <c r="D46" s="45" t="s">
         <v>32</v>
       </c>
-      <c r="F46" s="59" t="s">
+      <c r="F46" s="45" t="s">
         <v>34</v>
       </c>
-      <c r="G46" s="65" t="s">
+      <c r="G46" s="48" t="s">
         <v>9</v>
       </c>
-      <c r="H46" s="59" t="s">
+      <c r="H46" s="45" t="s">
         <v>32</v>
       </c>
-      <c r="J46" s="59" t="s">
+      <c r="J46" s="45" t="s">
         <v>34</v>
       </c>
-      <c r="K46" s="65" t="s">
+      <c r="K46" s="48" t="s">
         <v>9</v>
       </c>
-      <c r="L46" s="59" t="s">
+      <c r="L46" s="45" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="47" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A47" s="21" t="s">
+      <c r="A47" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="B47" s="127"/>
-[...1 lines deleted...]
-      <c r="D47" s="49">
+      <c r="B47" s="107"/>
+      <c r="C47" s="108"/>
+      <c r="D47" s="39">
         <f t="shared" ref="D47:D54" si="3">B47-C47</f>
         <v>0</v>
       </c>
-      <c r="F47" s="127"/>
-[...1 lines deleted...]
-      <c r="H47" s="49">
+      <c r="F47" s="107"/>
+      <c r="G47" s="108"/>
+      <c r="H47" s="39">
         <f t="shared" ref="H47:H54" si="4">F47-G47</f>
         <v>0</v>
       </c>
-      <c r="J47" s="127"/>
-[...1 lines deleted...]
-      <c r="L47" s="49">
+      <c r="J47" s="107"/>
+      <c r="K47" s="108"/>
+      <c r="L47" s="39">
         <f t="shared" ref="L47:L54" si="5">J47-K47</f>
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A48" s="21" t="s">
+      <c r="A48" s="18" t="s">
         <v>51</v>
       </c>
-      <c r="B48" s="41"/>
-[...1 lines deleted...]
-      <c r="D48" s="49">
+      <c r="B48" s="3"/>
+      <c r="C48" s="109"/>
+      <c r="D48" s="39">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="F48" s="41"/>
-[...1 lines deleted...]
-      <c r="H48" s="49">
+      <c r="F48" s="3"/>
+      <c r="G48" s="109"/>
+      <c r="H48" s="39">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="J48" s="41"/>
-[...1 lines deleted...]
-      <c r="L48" s="49">
+      <c r="J48" s="3"/>
+      <c r="K48" s="109"/>
+      <c r="L48" s="39">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A49" s="21" t="s">
+      <c r="A49" s="18" t="s">
         <v>52</v>
       </c>
-      <c r="B49" s="41"/>
-[...1 lines deleted...]
-      <c r="D49" s="49">
+      <c r="B49" s="3"/>
+      <c r="C49" s="109"/>
+      <c r="D49" s="39">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="F49" s="41"/>
-[...1 lines deleted...]
-      <c r="H49" s="49">
+      <c r="F49" s="3"/>
+      <c r="G49" s="109"/>
+      <c r="H49" s="39">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="J49" s="41"/>
-[...1 lines deleted...]
-      <c r="L49" s="49">
+      <c r="J49" s="3"/>
+      <c r="K49" s="109"/>
+      <c r="L49" s="39">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A50" s="21" t="s">
+      <c r="A50" s="18" t="s">
         <v>53</v>
       </c>
-      <c r="B50" s="41"/>
-[...1 lines deleted...]
-      <c r="D50" s="49">
+      <c r="B50" s="3"/>
+      <c r="C50" s="109"/>
+      <c r="D50" s="39">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="F50" s="41"/>
-[...1 lines deleted...]
-      <c r="H50" s="49">
+      <c r="F50" s="3"/>
+      <c r="G50" s="109"/>
+      <c r="H50" s="39">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="J50" s="41"/>
-[...1 lines deleted...]
-      <c r="L50" s="49">
+      <c r="J50" s="3"/>
+      <c r="K50" s="109"/>
+      <c r="L50" s="39">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A51" s="21" t="s">
+      <c r="A51" s="18" t="s">
         <v>54</v>
       </c>
-      <c r="B51" s="41"/>
-[...1 lines deleted...]
-      <c r="D51" s="49">
+      <c r="B51" s="3"/>
+      <c r="C51" s="109"/>
+      <c r="D51" s="39">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="F51" s="41"/>
-[...1 lines deleted...]
-      <c r="H51" s="49">
+      <c r="F51" s="3"/>
+      <c r="G51" s="109"/>
+      <c r="H51" s="39">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="J51" s="41"/>
-[...1 lines deleted...]
-      <c r="L51" s="49">
+      <c r="J51" s="3"/>
+      <c r="K51" s="109"/>
+      <c r="L51" s="39">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A52" s="21" t="s">
+      <c r="A52" s="18" t="s">
         <v>55</v>
       </c>
-      <c r="B52" s="41"/>
-[...1 lines deleted...]
-      <c r="D52" s="49">
+      <c r="B52" s="3"/>
+      <c r="C52" s="109"/>
+      <c r="D52" s="39">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="F52" s="41"/>
-[...1 lines deleted...]
-      <c r="H52" s="49">
+      <c r="F52" s="3"/>
+      <c r="G52" s="109"/>
+      <c r="H52" s="39">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="J52" s="41"/>
-[...1 lines deleted...]
-      <c r="L52" s="49">
+      <c r="J52" s="3"/>
+      <c r="K52" s="109"/>
+      <c r="L52" s="39">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A53" s="21" t="s">
+      <c r="A53" s="18" t="s">
         <v>56</v>
       </c>
-      <c r="B53" s="41"/>
-[...1 lines deleted...]
-      <c r="D53" s="49">
+      <c r="B53" s="3"/>
+      <c r="C53" s="109"/>
+      <c r="D53" s="39">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="F53" s="41"/>
-[...1 lines deleted...]
-      <c r="H53" s="49">
+      <c r="F53" s="3"/>
+      <c r="G53" s="109"/>
+      <c r="H53" s="39">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="J53" s="41"/>
-[...1 lines deleted...]
-      <c r="L53" s="49">
+      <c r="J53" s="3"/>
+      <c r="K53" s="109"/>
+      <c r="L53" s="39">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A54" s="21" t="s">
+      <c r="A54" s="18" t="s">
         <v>57</v>
       </c>
-      <c r="B54" s="41"/>
-[...1 lines deleted...]
-      <c r="D54" s="49">
+      <c r="B54" s="3"/>
+      <c r="C54" s="109"/>
+      <c r="D54" s="39">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="F54" s="41"/>
-[...1 lines deleted...]
-      <c r="H54" s="49">
+      <c r="F54" s="3"/>
+      <c r="G54" s="109"/>
+      <c r="H54" s="39">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="J54" s="41"/>
-[...1 lines deleted...]
-      <c r="L54" s="49">
+      <c r="J54" s="3"/>
+      <c r="K54" s="109"/>
+      <c r="L54" s="39">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A55" s="21" t="s">
+      <c r="A55" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="B55" s="41"/>
-[...1 lines deleted...]
-      <c r="D55" s="49">
+      <c r="B55" s="3"/>
+      <c r="C55" s="109"/>
+      <c r="D55" s="39">
         <f>B55-C55</f>
         <v>0</v>
       </c>
-      <c r="F55" s="41"/>
-[...1 lines deleted...]
-      <c r="H55" s="49">
+      <c r="F55" s="3"/>
+      <c r="G55" s="109"/>
+      <c r="H55" s="39">
         <f>F55-G55</f>
         <v>0</v>
       </c>
-      <c r="J55" s="41"/>
-[...1 lines deleted...]
-      <c r="L55" s="49">
+      <c r="J55" s="3"/>
+      <c r="K55" s="109"/>
+      <c r="L55" s="39">
         <f>J55-K55</f>
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A56" s="21" t="s">
+      <c r="A56" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="B56" s="42"/>
-[...1 lines deleted...]
-      <c r="D56" s="49">
+      <c r="B56" s="4"/>
+      <c r="C56" s="110"/>
+      <c r="D56" s="39">
         <f>B56-C56</f>
         <v>0</v>
       </c>
-      <c r="F56" s="42"/>
-[...1 lines deleted...]
-      <c r="H56" s="49">
+      <c r="F56" s="4"/>
+      <c r="G56" s="110"/>
+      <c r="H56" s="39">
         <f>F56-G56</f>
         <v>0</v>
       </c>
-      <c r="J56" s="42"/>
-[...1 lines deleted...]
-      <c r="L56" s="49">
+      <c r="J56" s="4"/>
+      <c r="K56" s="110"/>
+      <c r="L56" s="39">
         <f>J56-K56</f>
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A57" s="38" t="s">
+      <c r="A57" s="33" t="s">
         <v>30</v>
       </c>
-      <c r="B57" s="39">
+      <c r="B57" s="34">
         <f>SUM(B47:B56)</f>
         <v>0</v>
       </c>
-      <c r="C57" s="39">
+      <c r="C57" s="34">
         <f>SUM(C47:C56)</f>
         <v>0</v>
       </c>
-      <c r="D57" s="39">
+      <c r="D57" s="34">
         <f>SUM(D47:D56)</f>
         <v>0</v>
       </c>
-      <c r="F57" s="39">
+      <c r="F57" s="34">
         <f>SUM(F47:F56)</f>
         <v>0</v>
       </c>
-      <c r="G57" s="39">
+      <c r="G57" s="34">
         <f>SUM(G47:G56)</f>
         <v>0</v>
       </c>
-      <c r="H57" s="39">
+      <c r="H57" s="34">
         <f>SUM(H47:H56)</f>
         <v>0</v>
       </c>
-      <c r="J57" s="39">
+      <c r="J57" s="34">
         <f>SUM(J47:J56)</f>
         <v>0</v>
       </c>
-      <c r="K57" s="39">
+      <c r="K57" s="34">
         <f>SUM(K47:K56)</f>
         <v>0</v>
       </c>
-      <c r="L57" s="39">
+      <c r="L57" s="34">
         <f>SUM(L47:L56)</f>
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
     <row r="59" spans="1:12" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B59" s="212" t="str">
+      <c r="B59" s="181" t="str">
         <f>B8</f>
         <v>JULY</v>
       </c>
-      <c r="C59" s="212"/>
-[...1 lines deleted...]
-      <c r="F59" s="212" t="str">
+      <c r="C59" s="181"/>
+      <c r="D59" s="181"/>
+      <c r="F59" s="181" t="str">
         <f>F8</f>
         <v>AUG</v>
       </c>
-      <c r="G59" s="212"/>
-[...1 lines deleted...]
-      <c r="J59" s="212" t="str">
+      <c r="G59" s="181"/>
+      <c r="H59" s="181"/>
+      <c r="J59" s="181" t="str">
         <f>J8</f>
         <v>SEP</v>
       </c>
-      <c r="K59" s="212"/>
-      <c r="L59" s="212"/>
+      <c r="K59" s="181"/>
+      <c r="L59" s="181"/>
     </row>
     <row r="60" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A60" s="58" t="s">
+      <c r="A60" s="44" t="s">
         <v>54</v>
       </c>
-      <c r="B60" s="59" t="s">
+      <c r="B60" s="45" t="s">
         <v>34</v>
       </c>
-      <c r="C60" s="65" t="s">
+      <c r="C60" s="48" t="s">
         <v>9</v>
       </c>
-      <c r="D60" s="59" t="s">
+      <c r="D60" s="45" t="s">
         <v>32</v>
       </c>
-      <c r="F60" s="59" t="s">
+      <c r="F60" s="45" t="s">
         <v>34</v>
       </c>
-      <c r="G60" s="65" t="s">
+      <c r="G60" s="48" t="s">
         <v>9</v>
       </c>
-      <c r="H60" s="59" t="s">
+      <c r="H60" s="45" t="s">
         <v>32</v>
       </c>
-      <c r="J60" s="59" t="s">
+      <c r="J60" s="45" t="s">
         <v>34</v>
       </c>
-      <c r="K60" s="65" t="s">
+      <c r="K60" s="48" t="s">
         <v>9</v>
       </c>
-      <c r="L60" s="59" t="s">
+      <c r="L60" s="45" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="61" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A61" s="21" t="s">
+      <c r="A61" s="18" t="s">
         <v>58</v>
       </c>
-      <c r="B61" s="127"/>
-[...1 lines deleted...]
-      <c r="D61" s="49">
+      <c r="B61" s="107"/>
+      <c r="C61" s="108"/>
+      <c r="D61" s="39">
         <f t="shared" ref="D61:D66" si="6">B61-C61</f>
         <v>0</v>
       </c>
-      <c r="F61" s="127"/>
-[...1 lines deleted...]
-      <c r="H61" s="49">
+      <c r="F61" s="107"/>
+      <c r="G61" s="108"/>
+      <c r="H61" s="39">
         <f t="shared" ref="H61:H66" si="7">F61-G61</f>
         <v>0</v>
       </c>
-      <c r="J61" s="127"/>
-[...1 lines deleted...]
-      <c r="L61" s="49">
+      <c r="J61" s="107"/>
+      <c r="K61" s="108"/>
+      <c r="L61" s="39">
         <f t="shared" ref="L61:L66" si="8">J61-K61</f>
         <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A62" s="21" t="s">
+      <c r="A62" s="18" t="s">
         <v>59</v>
       </c>
-      <c r="B62" s="41"/>
-[...1 lines deleted...]
-      <c r="D62" s="49">
+      <c r="B62" s="3"/>
+      <c r="C62" s="109"/>
+      <c r="D62" s="39">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="F62" s="41"/>
-[...1 lines deleted...]
-      <c r="H62" s="49">
+      <c r="F62" s="3"/>
+      <c r="G62" s="109"/>
+      <c r="H62" s="39">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="J62" s="41"/>
-[...1 lines deleted...]
-      <c r="L62" s="49">
+      <c r="J62" s="3"/>
+      <c r="K62" s="109"/>
+      <c r="L62" s="39">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="63" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A63" s="21" t="s">
+      <c r="A63" s="18" t="s">
         <v>60</v>
       </c>
-      <c r="B63" s="41"/>
-[...1 lines deleted...]
-      <c r="D63" s="49">
+      <c r="B63" s="3"/>
+      <c r="C63" s="109"/>
+      <c r="D63" s="39">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="F63" s="41"/>
-[...1 lines deleted...]
-      <c r="H63" s="49">
+      <c r="F63" s="3"/>
+      <c r="G63" s="109"/>
+      <c r="H63" s="39">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="J63" s="41"/>
-[...1 lines deleted...]
-      <c r="L63" s="49">
+      <c r="J63" s="3"/>
+      <c r="K63" s="109"/>
+      <c r="L63" s="39">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A64" s="21" t="s">
+      <c r="A64" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="B64" s="41"/>
-[...1 lines deleted...]
-      <c r="D64" s="49">
+      <c r="B64" s="3"/>
+      <c r="C64" s="109"/>
+      <c r="D64" s="39">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="F64" s="41"/>
-[...1 lines deleted...]
-      <c r="H64" s="49">
+      <c r="F64" s="3"/>
+      <c r="G64" s="109"/>
+      <c r="H64" s="39">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="J64" s="41"/>
-[...1 lines deleted...]
-      <c r="L64" s="49">
+      <c r="J64" s="3"/>
+      <c r="K64" s="109"/>
+      <c r="L64" s="39">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="65" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A65" s="21" t="s">
+      <c r="A65" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="B65" s="41"/>
-[...1 lines deleted...]
-      <c r="D65" s="49">
+      <c r="B65" s="3"/>
+      <c r="C65" s="109"/>
+      <c r="D65" s="39">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="F65" s="41"/>
-[...1 lines deleted...]
-      <c r="H65" s="49">
+      <c r="F65" s="3"/>
+      <c r="G65" s="109"/>
+      <c r="H65" s="39">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="J65" s="41"/>
-[...1 lines deleted...]
-      <c r="L65" s="49">
+      <c r="J65" s="3"/>
+      <c r="K65" s="109"/>
+      <c r="L65" s="39">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="66" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A66" s="21" t="s">
+      <c r="A66" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="B66" s="42"/>
-[...1 lines deleted...]
-      <c r="D66" s="49">
+      <c r="B66" s="4"/>
+      <c r="C66" s="110"/>
+      <c r="D66" s="39">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="F66" s="42"/>
-[...1 lines deleted...]
-      <c r="H66" s="49">
+      <c r="F66" s="4"/>
+      <c r="G66" s="110"/>
+      <c r="H66" s="39">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="J66" s="42"/>
-[...1 lines deleted...]
-      <c r="L66" s="49">
+      <c r="J66" s="4"/>
+      <c r="K66" s="110"/>
+      <c r="L66" s="39">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="67" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A67" s="38" t="s">
+      <c r="A67" s="33" t="s">
         <v>30</v>
       </c>
-      <c r="B67" s="39">
+      <c r="B67" s="34">
         <f>SUM(B61:B66)</f>
         <v>0</v>
       </c>
-      <c r="C67" s="39">
+      <c r="C67" s="34">
         <f>SUM(C61:C66)</f>
         <v>0</v>
       </c>
-      <c r="D67" s="39">
+      <c r="D67" s="34">
         <f>SUM(D61:D66)</f>
         <v>0</v>
       </c>
-      <c r="F67" s="39">
+      <c r="F67" s="34">
         <f>SUM(F61:F66)</f>
         <v>0</v>
       </c>
-      <c r="G67" s="39">
+      <c r="G67" s="34">
         <f>SUM(G61:G66)</f>
         <v>0</v>
       </c>
-      <c r="H67" s="39">
+      <c r="H67" s="34">
         <f>SUM(H61:H66)</f>
         <v>0</v>
       </c>
-      <c r="J67" s="39">
+      <c r="J67" s="34">
         <f>SUM(J61:J66)</f>
         <v>0</v>
       </c>
-      <c r="K67" s="39">
+      <c r="K67" s="34">
         <f>SUM(K61:K66)</f>
         <v>0</v>
       </c>
-      <c r="L67" s="39">
+      <c r="L67" s="34">
         <f>SUM(L61:L66)</f>
         <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
     <row r="69" spans="1:12" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B69" s="212" t="str">
+      <c r="B69" s="181" t="str">
         <f>B8</f>
         <v>JULY</v>
       </c>
-      <c r="C69" s="212"/>
-[...1 lines deleted...]
-      <c r="F69" s="212" t="str">
+      <c r="C69" s="181"/>
+      <c r="D69" s="181"/>
+      <c r="F69" s="181" t="str">
         <f>F8</f>
         <v>AUG</v>
       </c>
-      <c r="G69" s="212"/>
-[...1 lines deleted...]
-      <c r="J69" s="212" t="str">
+      <c r="G69" s="181"/>
+      <c r="H69" s="181"/>
+      <c r="J69" s="181" t="str">
         <f>J8</f>
         <v>SEP</v>
       </c>
-      <c r="K69" s="212"/>
-      <c r="L69" s="212"/>
+      <c r="K69" s="181"/>
+      <c r="L69" s="181"/>
     </row>
     <row r="70" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A70" s="58" t="s">
+      <c r="A70" s="44" t="s">
         <v>61</v>
       </c>
-      <c r="B70" s="59" t="s">
+      <c r="B70" s="45" t="s">
         <v>34</v>
       </c>
-      <c r="C70" s="65" t="s">
+      <c r="C70" s="48" t="s">
         <v>9</v>
       </c>
-      <c r="D70" s="59" t="s">
+      <c r="D70" s="45" t="s">
         <v>32</v>
       </c>
-      <c r="F70" s="59" t="s">
+      <c r="F70" s="45" t="s">
         <v>34</v>
       </c>
-      <c r="G70" s="65" t="s">
+      <c r="G70" s="48" t="s">
         <v>9</v>
       </c>
-      <c r="H70" s="59" t="s">
+      <c r="H70" s="45" t="s">
         <v>32</v>
       </c>
-      <c r="J70" s="59" t="s">
+      <c r="J70" s="45" t="s">
         <v>34</v>
       </c>
-      <c r="K70" s="65" t="s">
+      <c r="K70" s="48" t="s">
         <v>9</v>
       </c>
-      <c r="L70" s="59" t="s">
+      <c r="L70" s="45" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="71" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A71" s="21" t="s">
+      <c r="A71" s="18" t="s">
         <v>62</v>
       </c>
-      <c r="B71" s="127"/>
-[...1 lines deleted...]
-      <c r="D71" s="49">
+      <c r="B71" s="107"/>
+      <c r="C71" s="108"/>
+      <c r="D71" s="39">
         <f t="shared" ref="D71:D77" si="9">B71-C71</f>
         <v>0</v>
       </c>
-      <c r="F71" s="127"/>
-[...1 lines deleted...]
-      <c r="H71" s="49">
+      <c r="F71" s="107"/>
+      <c r="G71" s="108"/>
+      <c r="H71" s="39">
         <f t="shared" ref="H71:H77" si="10">F71-G71</f>
         <v>0</v>
       </c>
-      <c r="J71" s="127"/>
-[...1 lines deleted...]
-      <c r="L71" s="49">
+      <c r="J71" s="107"/>
+      <c r="K71" s="108"/>
+      <c r="L71" s="39">
         <f t="shared" ref="L71:L77" si="11">J71-K71</f>
         <v>0</v>
       </c>
     </row>
     <row r="72" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A72" s="21" t="s">
+      <c r="A72" s="18" t="s">
         <v>63</v>
       </c>
-      <c r="B72" s="41"/>
-[...1 lines deleted...]
-      <c r="D72" s="49">
+      <c r="B72" s="3"/>
+      <c r="C72" s="109"/>
+      <c r="D72" s="39">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="F72" s="41"/>
-[...1 lines deleted...]
-      <c r="H72" s="49">
+      <c r="F72" s="3"/>
+      <c r="G72" s="109"/>
+      <c r="H72" s="39">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
-      <c r="J72" s="41"/>
-[...1 lines deleted...]
-      <c r="L72" s="49">
+      <c r="J72" s="3"/>
+      <c r="K72" s="109"/>
+      <c r="L72" s="39">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
     </row>
     <row r="73" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A73" s="21" t="s">
+      <c r="A73" s="18" t="s">
         <v>64</v>
       </c>
-      <c r="B73" s="41"/>
-[...1 lines deleted...]
-      <c r="D73" s="49">
+      <c r="B73" s="3"/>
+      <c r="C73" s="109"/>
+      <c r="D73" s="39">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="F73" s="41"/>
-[...1 lines deleted...]
-      <c r="H73" s="49">
+      <c r="F73" s="3"/>
+      <c r="G73" s="109"/>
+      <c r="H73" s="39">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
-      <c r="J73" s="41"/>
-[...1 lines deleted...]
-      <c r="L73" s="49">
+      <c r="J73" s="3"/>
+      <c r="K73" s="109"/>
+      <c r="L73" s="39">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
     </row>
     <row r="74" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A74" s="21" t="s">
+      <c r="A74" s="18" t="s">
         <v>65</v>
       </c>
-      <c r="B74" s="41"/>
-[...1 lines deleted...]
-      <c r="D74" s="49">
+      <c r="B74" s="3"/>
+      <c r="C74" s="109"/>
+      <c r="D74" s="39">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="F74" s="41"/>
-[...1 lines deleted...]
-      <c r="H74" s="49">
+      <c r="F74" s="3"/>
+      <c r="G74" s="109"/>
+      <c r="H74" s="39">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
-      <c r="J74" s="41"/>
-[...1 lines deleted...]
-      <c r="L74" s="49">
+      <c r="J74" s="3"/>
+      <c r="K74" s="109"/>
+      <c r="L74" s="39">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
     </row>
     <row r="75" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A75" s="21" t="s">
+      <c r="A75" s="18" t="s">
         <v>66</v>
       </c>
-      <c r="B75" s="41"/>
-[...1 lines deleted...]
-      <c r="D75" s="49">
+      <c r="B75" s="3"/>
+      <c r="C75" s="109"/>
+      <c r="D75" s="39">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="F75" s="41"/>
-[...1 lines deleted...]
-      <c r="H75" s="49">
+      <c r="F75" s="3"/>
+      <c r="G75" s="109"/>
+      <c r="H75" s="39">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
-      <c r="J75" s="41"/>
-[...1 lines deleted...]
-      <c r="L75" s="49">
+      <c r="J75" s="3"/>
+      <c r="K75" s="109"/>
+      <c r="L75" s="39">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
     </row>
     <row r="76" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A76" s="21" t="s">
+      <c r="A76" s="18" t="s">
         <v>67</v>
       </c>
-      <c r="B76" s="41"/>
-[...1 lines deleted...]
-      <c r="D76" s="49">
+      <c r="B76" s="3"/>
+      <c r="C76" s="109"/>
+      <c r="D76" s="39">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="F76" s="41"/>
-[...1 lines deleted...]
-      <c r="H76" s="49">
+      <c r="F76" s="3"/>
+      <c r="G76" s="109"/>
+      <c r="H76" s="39">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
-      <c r="J76" s="41"/>
-[...1 lines deleted...]
-      <c r="L76" s="49">
+      <c r="J76" s="3"/>
+      <c r="K76" s="109"/>
+      <c r="L76" s="39">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
     </row>
     <row r="77" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A77" s="21" t="s">
+      <c r="A77" s="18" t="s">
         <v>68</v>
       </c>
-      <c r="B77" s="41"/>
-[...1 lines deleted...]
-      <c r="D77" s="49">
+      <c r="B77" s="3"/>
+      <c r="C77" s="109"/>
+      <c r="D77" s="39">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="F77" s="41"/>
-[...1 lines deleted...]
-      <c r="H77" s="49">
+      <c r="F77" s="3"/>
+      <c r="G77" s="109"/>
+      <c r="H77" s="39">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
-      <c r="J77" s="41"/>
-[...1 lines deleted...]
-      <c r="L77" s="49">
+      <c r="J77" s="3"/>
+      <c r="K77" s="109"/>
+      <c r="L77" s="39">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
     </row>
     <row r="78" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A78" s="21" t="s">
+      <c r="A78" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="B78" s="41"/>
-[...1 lines deleted...]
-      <c r="D78" s="49">
+      <c r="B78" s="3"/>
+      <c r="C78" s="109"/>
+      <c r="D78" s="39">
         <f>B78-C78</f>
         <v>0</v>
       </c>
-      <c r="F78" s="41"/>
-[...1 lines deleted...]
-      <c r="H78" s="49">
+      <c r="F78" s="3"/>
+      <c r="G78" s="109"/>
+      <c r="H78" s="39">
         <f>F78-G78</f>
         <v>0</v>
       </c>
-      <c r="J78" s="41"/>
-[...1 lines deleted...]
-      <c r="L78" s="49">
+      <c r="J78" s="3"/>
+      <c r="K78" s="109"/>
+      <c r="L78" s="39">
         <f>J78-K78</f>
         <v>0</v>
       </c>
     </row>
     <row r="79" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A79" s="21" t="s">
+      <c r="A79" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="B79" s="42"/>
-[...1 lines deleted...]
-      <c r="D79" s="49">
+      <c r="B79" s="4"/>
+      <c r="C79" s="110"/>
+      <c r="D79" s="39">
         <f>B79-C79</f>
         <v>0</v>
       </c>
-      <c r="F79" s="42"/>
-[...1 lines deleted...]
-      <c r="H79" s="49">
+      <c r="F79" s="4"/>
+      <c r="G79" s="110"/>
+      <c r="H79" s="39">
         <f>F79-G79</f>
         <v>0</v>
       </c>
-      <c r="J79" s="42"/>
-[...1 lines deleted...]
-      <c r="L79" s="49">
+      <c r="J79" s="4"/>
+      <c r="K79" s="110"/>
+      <c r="L79" s="39">
         <f>J79-K79</f>
         <v>0</v>
       </c>
     </row>
     <row r="80" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A80" s="38" t="s">
+      <c r="A80" s="33" t="s">
         <v>30</v>
       </c>
-      <c r="B80" s="39">
+      <c r="B80" s="34">
         <f>SUM(B71:B79)</f>
         <v>0</v>
       </c>
-      <c r="C80" s="39">
+      <c r="C80" s="34">
         <f>SUM(C71:C79)</f>
         <v>0</v>
       </c>
-      <c r="D80" s="39">
+      <c r="D80" s="34">
         <f>SUM(D71:D79)</f>
         <v>0</v>
       </c>
-      <c r="F80" s="39">
+      <c r="F80" s="34">
         <f>SUM(F71:F79)</f>
         <v>0</v>
       </c>
-      <c r="G80" s="39">
+      <c r="G80" s="34">
         <f>SUM(G71:G79)</f>
         <v>0</v>
       </c>
-      <c r="H80" s="39">
+      <c r="H80" s="34">
         <f>SUM(H71:H79)</f>
         <v>0</v>
       </c>
-      <c r="J80" s="39">
+      <c r="J80" s="34">
         <f>SUM(J71:J79)</f>
         <v>0</v>
       </c>
-      <c r="K80" s="39">
+      <c r="K80" s="34">
         <f>SUM(K71:K79)</f>
         <v>0</v>
       </c>
-      <c r="L80" s="39">
+      <c r="L80" s="34">
         <f>SUM(L71:L79)</f>
         <v>0</v>
       </c>
     </row>
     <row r="81" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
     <row r="82" spans="1:12" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B82" s="212" t="str">
+      <c r="B82" s="181" t="str">
         <f>B8</f>
         <v>JULY</v>
       </c>
-      <c r="C82" s="212"/>
-[...1 lines deleted...]
-      <c r="F82" s="212" t="str">
+      <c r="C82" s="181"/>
+      <c r="D82" s="181"/>
+      <c r="F82" s="181" t="str">
         <f>F8</f>
         <v>AUG</v>
       </c>
-      <c r="G82" s="212"/>
-[...1 lines deleted...]
-      <c r="J82" s="212" t="str">
+      <c r="G82" s="181"/>
+      <c r="H82" s="181"/>
+      <c r="J82" s="181" t="str">
         <f>J8</f>
         <v>SEP</v>
       </c>
-      <c r="K82" s="212"/>
-      <c r="L82" s="212"/>
+      <c r="K82" s="181"/>
+      <c r="L82" s="181"/>
     </row>
     <row r="83" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A83" s="58" t="s">
+      <c r="A83" s="44" t="s">
         <v>69</v>
       </c>
-      <c r="B83" s="59" t="s">
+      <c r="B83" s="45" t="s">
         <v>34</v>
       </c>
-      <c r="C83" s="65" t="s">
+      <c r="C83" s="48" t="s">
         <v>9</v>
       </c>
-      <c r="D83" s="59" t="s">
+      <c r="D83" s="45" t="s">
         <v>32</v>
       </c>
-      <c r="F83" s="59" t="s">
+      <c r="F83" s="45" t="s">
         <v>34</v>
       </c>
-      <c r="G83" s="65" t="s">
+      <c r="G83" s="48" t="s">
         <v>9</v>
       </c>
-      <c r="H83" s="59" t="s">
+      <c r="H83" s="45" t="s">
         <v>32</v>
       </c>
-      <c r="J83" s="59" t="s">
+      <c r="J83" s="45" t="s">
         <v>34</v>
       </c>
-      <c r="K83" s="65" t="s">
+      <c r="K83" s="48" t="s">
         <v>9</v>
       </c>
-      <c r="L83" s="59" t="s">
+      <c r="L83" s="45" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="84" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A84" s="21" t="s">
+      <c r="A84" s="18" t="s">
         <v>70</v>
       </c>
-      <c r="B84" s="127"/>
-[...1 lines deleted...]
-      <c r="D84" s="49">
+      <c r="B84" s="107"/>
+      <c r="C84" s="108"/>
+      <c r="D84" s="39">
         <f t="shared" ref="D84:D92" si="12">B84-C84</f>
         <v>0</v>
       </c>
-      <c r="F84" s="127"/>
-[...1 lines deleted...]
-      <c r="H84" s="49">
+      <c r="F84" s="107"/>
+      <c r="G84" s="108"/>
+      <c r="H84" s="39">
         <f t="shared" ref="H84:H92" si="13">F84-G84</f>
         <v>0</v>
       </c>
-      <c r="J84" s="127"/>
-[...1 lines deleted...]
-      <c r="L84" s="49">
+      <c r="J84" s="107"/>
+      <c r="K84" s="108"/>
+      <c r="L84" s="39">
         <f t="shared" ref="L84:L92" si="14">J84-K84</f>
         <v>0</v>
       </c>
     </row>
     <row r="85" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A85" s="21" t="s">
+      <c r="A85" s="18" t="s">
         <v>71</v>
       </c>
-      <c r="B85" s="41"/>
-[...1 lines deleted...]
-      <c r="D85" s="49">
+      <c r="B85" s="3"/>
+      <c r="C85" s="109"/>
+      <c r="D85" s="39">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
-      <c r="F85" s="41"/>
-[...1 lines deleted...]
-      <c r="H85" s="49">
+      <c r="F85" s="3"/>
+      <c r="G85" s="109"/>
+      <c r="H85" s="39">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
-      <c r="J85" s="41"/>
-[...1 lines deleted...]
-      <c r="L85" s="49">
+      <c r="J85" s="3"/>
+      <c r="K85" s="109"/>
+      <c r="L85" s="39">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
     </row>
     <row r="86" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A86" s="21" t="s">
+      <c r="A86" s="18" t="s">
         <v>72</v>
       </c>
-      <c r="B86" s="41"/>
-[...1 lines deleted...]
-      <c r="D86" s="49">
+      <c r="B86" s="3"/>
+      <c r="C86" s="109"/>
+      <c r="D86" s="39">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
-      <c r="F86" s="41"/>
-[...1 lines deleted...]
-      <c r="H86" s="49">
+      <c r="F86" s="3"/>
+      <c r="G86" s="109"/>
+      <c r="H86" s="39">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
-      <c r="J86" s="41"/>
-[...1 lines deleted...]
-      <c r="L86" s="49">
+      <c r="J86" s="3"/>
+      <c r="K86" s="109"/>
+      <c r="L86" s="39">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
     </row>
     <row r="87" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A87" s="21" t="s">
+      <c r="A87" s="18" t="s">
         <v>73</v>
       </c>
-      <c r="B87" s="41"/>
-[...1 lines deleted...]
-      <c r="D87" s="49">
+      <c r="B87" s="3"/>
+      <c r="C87" s="109"/>
+      <c r="D87" s="39">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
-      <c r="F87" s="41"/>
-[...1 lines deleted...]
-      <c r="H87" s="49">
+      <c r="F87" s="3"/>
+      <c r="G87" s="109"/>
+      <c r="H87" s="39">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
-      <c r="J87" s="41"/>
-[...1 lines deleted...]
-      <c r="L87" s="49">
+      <c r="J87" s="3"/>
+      <c r="K87" s="109"/>
+      <c r="L87" s="39">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
     </row>
     <row r="88" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A88" s="21" t="s">
+      <c r="A88" s="18" t="s">
         <v>74</v>
       </c>
-      <c r="B88" s="41"/>
-[...1 lines deleted...]
-      <c r="D88" s="49">
+      <c r="B88" s="3"/>
+      <c r="C88" s="109"/>
+      <c r="D88" s="39">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
-      <c r="F88" s="41"/>
-[...1 lines deleted...]
-      <c r="H88" s="49">
+      <c r="F88" s="3"/>
+      <c r="G88" s="109"/>
+      <c r="H88" s="39">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
-      <c r="J88" s="41"/>
-[...1 lines deleted...]
-      <c r="L88" s="49">
+      <c r="J88" s="3"/>
+      <c r="K88" s="109"/>
+      <c r="L88" s="39">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
     </row>
     <row r="89" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A89" s="21" t="s">
+      <c r="A89" s="18" t="s">
         <v>75</v>
       </c>
-      <c r="B89" s="41"/>
-[...1 lines deleted...]
-      <c r="D89" s="49">
+      <c r="B89" s="3"/>
+      <c r="C89" s="109"/>
+      <c r="D89" s="39">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
-      <c r="F89" s="41"/>
-[...1 lines deleted...]
-      <c r="H89" s="49">
+      <c r="F89" s="3"/>
+      <c r="G89" s="109"/>
+      <c r="H89" s="39">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
-      <c r="J89" s="41"/>
-[...1 lines deleted...]
-      <c r="L89" s="49">
+      <c r="J89" s="3"/>
+      <c r="K89" s="109"/>
+      <c r="L89" s="39">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
     </row>
     <row r="90" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A90" s="21" t="s">
+      <c r="A90" s="18" t="s">
         <v>56</v>
       </c>
-      <c r="B90" s="41"/>
-[...1 lines deleted...]
-      <c r="D90" s="49">
+      <c r="B90" s="3"/>
+      <c r="C90" s="109"/>
+      <c r="D90" s="39">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
-      <c r="F90" s="41"/>
-[...1 lines deleted...]
-      <c r="H90" s="49">
+      <c r="F90" s="3"/>
+      <c r="G90" s="109"/>
+      <c r="H90" s="39">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
-      <c r="J90" s="41"/>
-[...1 lines deleted...]
-      <c r="L90" s="49">
+      <c r="J90" s="3"/>
+      <c r="K90" s="109"/>
+      <c r="L90" s="39">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
     </row>
     <row r="91" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A91" s="21" t="s">
+      <c r="A91" s="18" t="s">
         <v>63</v>
       </c>
-      <c r="B91" s="41"/>
-[...1 lines deleted...]
-      <c r="D91" s="49">
+      <c r="B91" s="3"/>
+      <c r="C91" s="109"/>
+      <c r="D91" s="39">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
-      <c r="F91" s="41"/>
-[...1 lines deleted...]
-      <c r="H91" s="49">
+      <c r="F91" s="3"/>
+      <c r="G91" s="109"/>
+      <c r="H91" s="39">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
-      <c r="J91" s="41"/>
-[...1 lines deleted...]
-      <c r="L91" s="49">
+      <c r="J91" s="3"/>
+      <c r="K91" s="109"/>
+      <c r="L91" s="39">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
     </row>
     <row r="92" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A92" s="21" t="s">
+      <c r="A92" s="18" t="s">
         <v>76</v>
       </c>
-      <c r="B92" s="41"/>
-[...1 lines deleted...]
-      <c r="D92" s="49">
+      <c r="B92" s="3"/>
+      <c r="C92" s="109"/>
+      <c r="D92" s="39">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
-      <c r="F92" s="41"/>
-[...1 lines deleted...]
-      <c r="H92" s="49">
+      <c r="F92" s="3"/>
+      <c r="G92" s="109"/>
+      <c r="H92" s="39">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
-      <c r="J92" s="41"/>
-[...1 lines deleted...]
-      <c r="L92" s="49">
+      <c r="J92" s="3"/>
+      <c r="K92" s="109"/>
+      <c r="L92" s="39">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
     </row>
     <row r="93" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A93" s="21" t="s">
+      <c r="A93" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="B93" s="41"/>
-[...1 lines deleted...]
-      <c r="D93" s="49">
+      <c r="B93" s="3"/>
+      <c r="C93" s="109"/>
+      <c r="D93" s="39">
         <f>B93-C93</f>
         <v>0</v>
       </c>
-      <c r="F93" s="41"/>
-[...1 lines deleted...]
-      <c r="H93" s="49">
+      <c r="F93" s="3"/>
+      <c r="G93" s="109"/>
+      <c r="H93" s="39">
         <f>F93-G93</f>
         <v>0</v>
       </c>
-      <c r="J93" s="41"/>
-[...1 lines deleted...]
-      <c r="L93" s="49">
+      <c r="J93" s="3"/>
+      <c r="K93" s="109"/>
+      <c r="L93" s="39">
         <f>J93-K93</f>
         <v>0</v>
       </c>
     </row>
     <row r="94" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A94" s="21" t="s">
+      <c r="A94" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="B94" s="42"/>
-[...1 lines deleted...]
-      <c r="D94" s="49">
+      <c r="B94" s="4"/>
+      <c r="C94" s="110"/>
+      <c r="D94" s="39">
         <f>B94-C94</f>
         <v>0</v>
       </c>
-      <c r="F94" s="42"/>
-[...1 lines deleted...]
-      <c r="H94" s="49">
+      <c r="F94" s="4"/>
+      <c r="G94" s="110"/>
+      <c r="H94" s="39">
         <f>F94-G94</f>
         <v>0</v>
       </c>
-      <c r="J94" s="42"/>
-[...1 lines deleted...]
-      <c r="L94" s="49">
+      <c r="J94" s="4"/>
+      <c r="K94" s="110"/>
+      <c r="L94" s="39">
         <f>J94-K94</f>
         <v>0</v>
       </c>
     </row>
     <row r="95" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A95" s="38" t="s">
+      <c r="A95" s="33" t="s">
         <v>30</v>
       </c>
-      <c r="B95" s="39">
+      <c r="B95" s="34">
         <f>SUM(B84:B94)</f>
         <v>0</v>
       </c>
-      <c r="C95" s="39">
+      <c r="C95" s="34">
         <f>SUM(C84:C94)</f>
         <v>0</v>
       </c>
-      <c r="D95" s="39">
+      <c r="D95" s="34">
         <f>SUM(D84:D94)</f>
         <v>0</v>
       </c>
-      <c r="F95" s="39">
+      <c r="F95" s="34">
         <f>SUM(F84:F94)</f>
         <v>0</v>
       </c>
-      <c r="G95" s="39">
+      <c r="G95" s="34">
         <f>SUM(G84:G94)</f>
         <v>0</v>
       </c>
-      <c r="H95" s="39">
+      <c r="H95" s="34">
         <f>SUM(H84:H94)</f>
         <v>0</v>
       </c>
-      <c r="J95" s="39">
+      <c r="J95" s="34">
         <f>SUM(J84:J94)</f>
         <v>0</v>
       </c>
-      <c r="K95" s="39">
+      <c r="K95" s="34">
         <f>SUM(K84:K94)</f>
         <v>0</v>
       </c>
-      <c r="L95" s="39">
+      <c r="L95" s="34">
         <f>SUM(L84:L94)</f>
         <v>0</v>
       </c>
     </row>
     <row r="96" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
     <row r="97" spans="1:12" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B97" s="212" t="str">
+      <c r="B97" s="181" t="str">
         <f>B8</f>
         <v>JULY</v>
       </c>
-      <c r="C97" s="212"/>
-[...1 lines deleted...]
-      <c r="F97" s="212" t="str">
+      <c r="C97" s="181"/>
+      <c r="D97" s="181"/>
+      <c r="F97" s="181" t="str">
         <f>F8</f>
         <v>AUG</v>
       </c>
-      <c r="G97" s="212"/>
-[...1 lines deleted...]
-      <c r="J97" s="212" t="str">
+      <c r="G97" s="181"/>
+      <c r="H97" s="181"/>
+      <c r="J97" s="181" t="str">
         <f>J8</f>
         <v>SEP</v>
       </c>
-      <c r="K97" s="212"/>
-      <c r="L97" s="212"/>
+      <c r="K97" s="181"/>
+      <c r="L97" s="181"/>
     </row>
     <row r="98" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A98" s="58" t="s">
+      <c r="A98" s="44" t="s">
         <v>77</v>
       </c>
-      <c r="B98" s="59" t="s">
+      <c r="B98" s="45" t="s">
         <v>34</v>
       </c>
-      <c r="C98" s="65" t="s">
+      <c r="C98" s="48" t="s">
         <v>9</v>
       </c>
-      <c r="D98" s="59" t="s">
+      <c r="D98" s="45" t="s">
         <v>32</v>
       </c>
-      <c r="F98" s="59" t="s">
+      <c r="F98" s="45" t="s">
         <v>34</v>
       </c>
-      <c r="G98" s="65" t="s">
+      <c r="G98" s="48" t="s">
         <v>9</v>
       </c>
-      <c r="H98" s="59" t="s">
+      <c r="H98" s="45" t="s">
         <v>32</v>
       </c>
-      <c r="J98" s="59" t="s">
+      <c r="J98" s="45" t="s">
         <v>34</v>
       </c>
-      <c r="K98" s="65" t="s">
+      <c r="K98" s="48" t="s">
         <v>9</v>
       </c>
-      <c r="L98" s="59" t="s">
+      <c r="L98" s="45" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="99" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A99" s="21" t="s">
+      <c r="A99" s="18" t="s">
         <v>78</v>
       </c>
-      <c r="B99" s="127"/>
-[...1 lines deleted...]
-      <c r="D99" s="49">
+      <c r="B99" s="107"/>
+      <c r="C99" s="108"/>
+      <c r="D99" s="39">
         <f t="shared" ref="D99:D105" si="15">B99-C99</f>
         <v>0</v>
       </c>
-      <c r="F99" s="127"/>
-[...1 lines deleted...]
-      <c r="H99" s="49">
+      <c r="F99" s="107"/>
+      <c r="G99" s="108"/>
+      <c r="H99" s="39">
         <f t="shared" ref="H99:H105" si="16">F99-G99</f>
         <v>0</v>
       </c>
-      <c r="J99" s="127"/>
-[...1 lines deleted...]
-      <c r="L99" s="49">
+      <c r="J99" s="107"/>
+      <c r="K99" s="108"/>
+      <c r="L99" s="39">
         <f t="shared" ref="L99:L105" si="17">J99-K99</f>
         <v>0</v>
       </c>
     </row>
     <row r="100" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A100" s="21" t="s">
+      <c r="A100" s="18" t="s">
         <v>79</v>
       </c>
-      <c r="B100" s="41"/>
-[...1 lines deleted...]
-      <c r="D100" s="49">
+      <c r="B100" s="3"/>
+      <c r="C100" s="109"/>
+      <c r="D100" s="39">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
-      <c r="F100" s="41"/>
-[...1 lines deleted...]
-      <c r="H100" s="49">
+      <c r="F100" s="3"/>
+      <c r="G100" s="109"/>
+      <c r="H100" s="39">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
-      <c r="J100" s="41"/>
-[...1 lines deleted...]
-      <c r="L100" s="49">
+      <c r="J100" s="3"/>
+      <c r="K100" s="109"/>
+      <c r="L100" s="39">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
     </row>
     <row r="101" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A101" s="21" t="s">
+      <c r="A101" s="18" t="s">
         <v>80</v>
       </c>
-      <c r="B101" s="41"/>
-[...1 lines deleted...]
-      <c r="D101" s="49">
+      <c r="B101" s="3"/>
+      <c r="C101" s="109"/>
+      <c r="D101" s="39">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
-      <c r="F101" s="41"/>
-[...1 lines deleted...]
-      <c r="H101" s="49">
+      <c r="F101" s="3"/>
+      <c r="G101" s="109"/>
+      <c r="H101" s="39">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
-      <c r="J101" s="41"/>
-[...1 lines deleted...]
-      <c r="L101" s="49">
+      <c r="J101" s="3"/>
+      <c r="K101" s="109"/>
+      <c r="L101" s="39">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
     </row>
     <row r="102" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A102" s="21" t="s">
+      <c r="A102" s="18" t="s">
         <v>81</v>
       </c>
-      <c r="B102" s="41"/>
-[...1 lines deleted...]
-      <c r="D102" s="49">
+      <c r="B102" s="3"/>
+      <c r="C102" s="109"/>
+      <c r="D102" s="39">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
-      <c r="F102" s="41"/>
-[...1 lines deleted...]
-      <c r="H102" s="49">
+      <c r="F102" s="3"/>
+      <c r="G102" s="109"/>
+      <c r="H102" s="39">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
-      <c r="J102" s="41"/>
-[...1 lines deleted...]
-      <c r="L102" s="49">
+      <c r="J102" s="3"/>
+      <c r="K102" s="109"/>
+      <c r="L102" s="39">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
     </row>
     <row r="103" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A103" s="21" t="s">
+      <c r="A103" s="18" t="s">
         <v>82</v>
       </c>
-      <c r="B103" s="41"/>
-[...1 lines deleted...]
-      <c r="D103" s="49">
+      <c r="B103" s="3"/>
+      <c r="C103" s="109"/>
+      <c r="D103" s="39">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
-      <c r="F103" s="41"/>
-[...1 lines deleted...]
-      <c r="H103" s="49">
+      <c r="F103" s="3"/>
+      <c r="G103" s="109"/>
+      <c r="H103" s="39">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
-      <c r="J103" s="41"/>
-[...1 lines deleted...]
-      <c r="L103" s="49">
+      <c r="J103" s="3"/>
+      <c r="K103" s="109"/>
+      <c r="L103" s="39">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
     </row>
     <row r="104" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A104" s="21" t="s">
+      <c r="A104" s="18" t="s">
         <v>83</v>
       </c>
-      <c r="B104" s="41"/>
-[...1 lines deleted...]
-      <c r="D104" s="49">
+      <c r="B104" s="3"/>
+      <c r="C104" s="109"/>
+      <c r="D104" s="39">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
-      <c r="F104" s="41"/>
-[...1 lines deleted...]
-      <c r="H104" s="49">
+      <c r="F104" s="3"/>
+      <c r="G104" s="109"/>
+      <c r="H104" s="39">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
-      <c r="J104" s="41"/>
-[...1 lines deleted...]
-      <c r="L104" s="49">
+      <c r="J104" s="3"/>
+      <c r="K104" s="109"/>
+      <c r="L104" s="39">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
     </row>
     <row r="105" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A105" s="21" t="s">
+      <c r="A105" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="B105" s="41"/>
-[...1 lines deleted...]
-      <c r="D105" s="49">
+      <c r="B105" s="3"/>
+      <c r="C105" s="109"/>
+      <c r="D105" s="39">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
-      <c r="F105" s="41"/>
-[...1 lines deleted...]
-      <c r="H105" s="49">
+      <c r="F105" s="3"/>
+      <c r="G105" s="109"/>
+      <c r="H105" s="39">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
-      <c r="J105" s="41"/>
-[...1 lines deleted...]
-      <c r="L105" s="49">
+      <c r="J105" s="3"/>
+      <c r="K105" s="109"/>
+      <c r="L105" s="39">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
     </row>
     <row r="106" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A106" s="21" t="s">
+      <c r="A106" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="B106" s="41"/>
-[...1 lines deleted...]
-      <c r="D106" s="49">
+      <c r="B106" s="3"/>
+      <c r="C106" s="109"/>
+      <c r="D106" s="39">
         <f>B106-C106</f>
         <v>0</v>
       </c>
-      <c r="F106" s="41"/>
-[...1 lines deleted...]
-      <c r="H106" s="49">
+      <c r="F106" s="3"/>
+      <c r="G106" s="109"/>
+      <c r="H106" s="39">
         <f>F106-G106</f>
         <v>0</v>
       </c>
-      <c r="J106" s="41"/>
-[...1 lines deleted...]
-      <c r="L106" s="49">
+      <c r="J106" s="3"/>
+      <c r="K106" s="109"/>
+      <c r="L106" s="39">
         <f>J106-K106</f>
         <v>0</v>
       </c>
     </row>
     <row r="107" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A107" s="21" t="s">
+      <c r="A107" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="B107" s="42"/>
-[...1 lines deleted...]
-      <c r="D107" s="49">
+      <c r="B107" s="4"/>
+      <c r="C107" s="110"/>
+      <c r="D107" s="39">
         <f>B107-C107</f>
         <v>0</v>
       </c>
-      <c r="F107" s="42"/>
-[...1 lines deleted...]
-      <c r="H107" s="49">
+      <c r="F107" s="4"/>
+      <c r="G107" s="110"/>
+      <c r="H107" s="39">
         <f>F107-G107</f>
         <v>0</v>
       </c>
-      <c r="J107" s="42"/>
-[...1 lines deleted...]
-      <c r="L107" s="49">
+      <c r="J107" s="4"/>
+      <c r="K107" s="110"/>
+      <c r="L107" s="39">
         <f>J107-K107</f>
         <v>0</v>
       </c>
     </row>
     <row r="108" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A108" s="38" t="s">
+      <c r="A108" s="33" t="s">
         <v>30</v>
       </c>
-      <c r="B108" s="39">
+      <c r="B108" s="34">
         <f>SUM(B99:B107)</f>
         <v>0</v>
       </c>
-      <c r="C108" s="39">
+      <c r="C108" s="34">
         <f>SUM(C99:C107)</f>
         <v>0</v>
       </c>
-      <c r="D108" s="39">
+      <c r="D108" s="34">
         <f>SUM(D99:D107)</f>
         <v>0</v>
       </c>
-      <c r="F108" s="39">
+      <c r="F108" s="34">
         <f>SUM(F99:F107)</f>
         <v>0</v>
       </c>
-      <c r="G108" s="39">
+      <c r="G108" s="34">
         <f>SUM(G99:G107)</f>
         <v>0</v>
       </c>
-      <c r="H108" s="39">
+      <c r="H108" s="34">
         <f>SUM(H99:H107)</f>
         <v>0</v>
       </c>
-      <c r="J108" s="39">
+      <c r="J108" s="34">
         <f>SUM(J99:J107)</f>
         <v>0</v>
       </c>
-      <c r="K108" s="39">
+      <c r="K108" s="34">
         <f>SUM(K99:K107)</f>
         <v>0</v>
       </c>
-      <c r="L108" s="39">
+      <c r="L108" s="34">
         <f>SUM(L99:L107)</f>
         <v>0</v>
       </c>
     </row>
     <row r="109" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
     <row r="110" spans="1:12" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B110" s="212" t="str">
+      <c r="B110" s="181" t="str">
         <f>B8</f>
         <v>JULY</v>
       </c>
-      <c r="C110" s="212"/>
-[...1 lines deleted...]
-      <c r="F110" s="212" t="str">
+      <c r="C110" s="181"/>
+      <c r="D110" s="181"/>
+      <c r="F110" s="181" t="str">
         <f>F8</f>
         <v>AUG</v>
       </c>
-      <c r="G110" s="212"/>
-[...1 lines deleted...]
-      <c r="J110" s="212" t="str">
+      <c r="G110" s="181"/>
+      <c r="H110" s="181"/>
+      <c r="J110" s="181" t="str">
         <f>J8</f>
         <v>SEP</v>
       </c>
-      <c r="K110" s="212"/>
-      <c r="L110" s="212"/>
+      <c r="K110" s="181"/>
+      <c r="L110" s="181"/>
     </row>
     <row r="111" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A111" s="58" t="s">
+      <c r="A111" s="44" t="s">
         <v>84</v>
       </c>
-      <c r="B111" s="59" t="s">
+      <c r="B111" s="45" t="s">
         <v>34</v>
       </c>
-      <c r="C111" s="65" t="s">
+      <c r="C111" s="48" t="s">
         <v>9</v>
       </c>
-      <c r="D111" s="59" t="s">
+      <c r="D111" s="45" t="s">
         <v>32</v>
       </c>
-      <c r="F111" s="59" t="s">
+      <c r="F111" s="45" t="s">
         <v>34</v>
       </c>
-      <c r="G111" s="65" t="s">
+      <c r="G111" s="48" t="s">
         <v>9</v>
       </c>
-      <c r="H111" s="59" t="s">
+      <c r="H111" s="45" t="s">
         <v>32</v>
       </c>
-      <c r="J111" s="59" t="s">
+      <c r="J111" s="45" t="s">
         <v>34</v>
       </c>
-      <c r="K111" s="65" t="s">
+      <c r="K111" s="48" t="s">
         <v>9</v>
       </c>
-      <c r="L111" s="59" t="s">
+      <c r="L111" s="45" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="112" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A112" s="21" t="s">
+      <c r="A112" s="18" t="s">
         <v>70</v>
       </c>
-      <c r="B112" s="127"/>
-[...1 lines deleted...]
-      <c r="D112" s="49">
+      <c r="B112" s="107"/>
+      <c r="C112" s="108"/>
+      <c r="D112" s="39">
         <f t="shared" ref="D112:D118" si="18">B112-C112</f>
         <v>0</v>
       </c>
-      <c r="F112" s="127"/>
-[...1 lines deleted...]
-      <c r="H112" s="49">
+      <c r="F112" s="107"/>
+      <c r="G112" s="108"/>
+      <c r="H112" s="39">
         <f t="shared" ref="H112:H118" si="19">F112-G112</f>
         <v>0</v>
       </c>
-      <c r="J112" s="127"/>
-[...1 lines deleted...]
-      <c r="L112" s="49">
+      <c r="J112" s="107"/>
+      <c r="K112" s="108"/>
+      <c r="L112" s="39">
         <f t="shared" ref="L112:L118" si="20">J112-K112</f>
         <v>0</v>
       </c>
     </row>
     <row r="113" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A113" s="21" t="s">
+      <c r="A113" s="18" t="s">
         <v>85</v>
       </c>
-      <c r="B113" s="41"/>
-[...1 lines deleted...]
-      <c r="D113" s="49">
+      <c r="B113" s="3"/>
+      <c r="C113" s="109"/>
+      <c r="D113" s="39">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
-      <c r="F113" s="41"/>
-[...1 lines deleted...]
-      <c r="H113" s="49">
+      <c r="F113" s="3"/>
+      <c r="G113" s="109"/>
+      <c r="H113" s="39">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
-      <c r="J113" s="41"/>
-[...1 lines deleted...]
-      <c r="L113" s="49">
+      <c r="J113" s="3"/>
+      <c r="K113" s="109"/>
+      <c r="L113" s="39">
         <f t="shared" si="20"/>
         <v>0</v>
       </c>
     </row>
     <row r="114" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A114" s="21" t="s">
+      <c r="A114" s="18" t="s">
         <v>71</v>
       </c>
-      <c r="B114" s="41"/>
-[...1 lines deleted...]
-      <c r="D114" s="49">
+      <c r="B114" s="3"/>
+      <c r="C114" s="109"/>
+      <c r="D114" s="39">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
-      <c r="F114" s="41"/>
-[...1 lines deleted...]
-      <c r="H114" s="49">
+      <c r="F114" s="3"/>
+      <c r="G114" s="109"/>
+      <c r="H114" s="39">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
-      <c r="J114" s="41"/>
-[...1 lines deleted...]
-      <c r="L114" s="49">
+      <c r="J114" s="3"/>
+      <c r="K114" s="109"/>
+      <c r="L114" s="39">
         <f t="shared" si="20"/>
         <v>0</v>
       </c>
     </row>
     <row r="115" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A115" s="21" t="s">
+      <c r="A115" s="18" t="s">
         <v>86</v>
       </c>
-      <c r="B115" s="41"/>
-[...1 lines deleted...]
-      <c r="D115" s="49">
+      <c r="B115" s="3"/>
+      <c r="C115" s="109"/>
+      <c r="D115" s="39">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
-      <c r="F115" s="41"/>
-[...1 lines deleted...]
-      <c r="H115" s="49">
+      <c r="F115" s="3"/>
+      <c r="G115" s="109"/>
+      <c r="H115" s="39">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
-      <c r="J115" s="41"/>
-[...1 lines deleted...]
-      <c r="L115" s="49">
+      <c r="J115" s="3"/>
+      <c r="K115" s="109"/>
+      <c r="L115" s="39">
         <f t="shared" si="20"/>
         <v>0</v>
       </c>
     </row>
     <row r="116" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A116" s="21" t="s">
+      <c r="A116" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="B116" s="41"/>
-[...1 lines deleted...]
-      <c r="D116" s="49">
+      <c r="B116" s="3"/>
+      <c r="C116" s="109"/>
+      <c r="D116" s="39">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
-      <c r="F116" s="41"/>
-[...1 lines deleted...]
-      <c r="H116" s="49">
+      <c r="F116" s="3"/>
+      <c r="G116" s="109"/>
+      <c r="H116" s="39">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
-      <c r="J116" s="41"/>
-[...1 lines deleted...]
-      <c r="L116" s="49">
+      <c r="J116" s="3"/>
+      <c r="K116" s="109"/>
+      <c r="L116" s="39">
         <f t="shared" si="20"/>
         <v>0</v>
       </c>
     </row>
     <row r="117" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A117" s="21" t="s">
+      <c r="A117" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="B117" s="41"/>
-[...1 lines deleted...]
-      <c r="D117" s="49">
+      <c r="B117" s="3"/>
+      <c r="C117" s="109"/>
+      <c r="D117" s="39">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
-      <c r="F117" s="41"/>
-[...1 lines deleted...]
-      <c r="H117" s="49">
+      <c r="F117" s="3"/>
+      <c r="G117" s="109"/>
+      <c r="H117" s="39">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
-      <c r="J117" s="41"/>
-[...1 lines deleted...]
-      <c r="L117" s="49">
+      <c r="J117" s="3"/>
+      <c r="K117" s="109"/>
+      <c r="L117" s="39">
         <f t="shared" si="20"/>
         <v>0</v>
       </c>
     </row>
     <row r="118" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A118" s="21" t="s">
+      <c r="A118" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="B118" s="42"/>
-[...1 lines deleted...]
-      <c r="D118" s="49">
+      <c r="B118" s="4"/>
+      <c r="C118" s="110"/>
+      <c r="D118" s="39">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
-      <c r="F118" s="42"/>
-[...1 lines deleted...]
-      <c r="H118" s="49">
+      <c r="F118" s="4"/>
+      <c r="G118" s="110"/>
+      <c r="H118" s="39">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
-      <c r="J118" s="42"/>
-[...1 lines deleted...]
-      <c r="L118" s="49">
+      <c r="J118" s="4"/>
+      <c r="K118" s="110"/>
+      <c r="L118" s="39">
         <f t="shared" si="20"/>
         <v>0</v>
       </c>
     </row>
     <row r="119" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A119" s="38" t="s">
+      <c r="A119" s="33" t="s">
         <v>30</v>
       </c>
-      <c r="B119" s="39">
+      <c r="B119" s="34">
         <f>SUM(B112:B118)</f>
         <v>0</v>
       </c>
-      <c r="C119" s="39">
+      <c r="C119" s="34">
         <f>SUM(C112:C118)</f>
         <v>0</v>
       </c>
-      <c r="D119" s="39">
+      <c r="D119" s="34">
         <f>SUM(D112:D118)</f>
         <v>0</v>
       </c>
-      <c r="F119" s="39">
+      <c r="F119" s="34">
         <f>SUM(F112:F118)</f>
         <v>0</v>
       </c>
-      <c r="G119" s="39">
+      <c r="G119" s="34">
         <f>SUM(G112:G118)</f>
         <v>0</v>
       </c>
-      <c r="H119" s="39">
+      <c r="H119" s="34">
         <f>SUM(H112:H118)</f>
         <v>0</v>
       </c>
-      <c r="J119" s="39">
+      <c r="J119" s="34">
         <f>SUM(J112:J118)</f>
         <v>0</v>
       </c>
-      <c r="K119" s="39">
+      <c r="K119" s="34">
         <f>SUM(K112:K118)</f>
         <v>0</v>
       </c>
-      <c r="L119" s="39">
+      <c r="L119" s="34">
         <f>SUM(L112:L118)</f>
         <v>0</v>
       </c>
     </row>
     <row r="120" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
     <row r="121" spans="1:12" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B121" s="212" t="str">
+      <c r="B121" s="181" t="str">
         <f>B8</f>
         <v>JULY</v>
       </c>
-      <c r="C121" s="212"/>
-[...1 lines deleted...]
-      <c r="F121" s="212" t="str">
+      <c r="C121" s="181"/>
+      <c r="D121" s="181"/>
+      <c r="F121" s="181" t="str">
         <f>F8</f>
         <v>AUG</v>
       </c>
-      <c r="G121" s="212"/>
-[...1 lines deleted...]
-      <c r="J121" s="212" t="str">
+      <c r="G121" s="181"/>
+      <c r="H121" s="181"/>
+      <c r="J121" s="181" t="str">
         <f>J8</f>
         <v>SEP</v>
       </c>
-      <c r="K121" s="212"/>
-      <c r="L121" s="212"/>
+      <c r="K121" s="181"/>
+      <c r="L121" s="181"/>
     </row>
     <row r="122" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A122" s="58" t="s">
+      <c r="A122" s="44" t="s">
         <v>87</v>
       </c>
-      <c r="B122" s="59" t="s">
+      <c r="B122" s="45" t="s">
         <v>34</v>
       </c>
-      <c r="C122" s="65" t="s">
+      <c r="C122" s="48" t="s">
         <v>9</v>
       </c>
-      <c r="D122" s="59" t="s">
+      <c r="D122" s="45" t="s">
         <v>32</v>
       </c>
-      <c r="F122" s="59" t="s">
+      <c r="F122" s="45" t="s">
         <v>34</v>
       </c>
-      <c r="G122" s="65" t="s">
+      <c r="G122" s="48" t="s">
         <v>9</v>
       </c>
-      <c r="H122" s="59" t="s">
+      <c r="H122" s="45" t="s">
         <v>32</v>
       </c>
-      <c r="J122" s="59" t="s">
+      <c r="J122" s="45" t="s">
         <v>34</v>
       </c>
-      <c r="K122" s="65" t="s">
+      <c r="K122" s="48" t="s">
         <v>9</v>
       </c>
-      <c r="L122" s="59" t="s">
+      <c r="L122" s="45" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="123" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A123" s="21" t="s">
+      <c r="A123" s="18" t="s">
         <v>88</v>
       </c>
-      <c r="B123" s="127"/>
-[...1 lines deleted...]
-      <c r="D123" s="49">
+      <c r="B123" s="107"/>
+      <c r="C123" s="108"/>
+      <c r="D123" s="39">
         <f t="shared" ref="D123:D128" si="21">B123-C123</f>
         <v>0</v>
       </c>
-      <c r="F123" s="127"/>
-[...1 lines deleted...]
-      <c r="H123" s="49">
+      <c r="F123" s="107"/>
+      <c r="G123" s="108"/>
+      <c r="H123" s="39">
         <f t="shared" ref="H123:H128" si="22">F123-G123</f>
         <v>0</v>
       </c>
-      <c r="J123" s="127"/>
-[...1 lines deleted...]
-      <c r="L123" s="49">
+      <c r="J123" s="107"/>
+      <c r="K123" s="108"/>
+      <c r="L123" s="39">
         <f t="shared" ref="L123:L128" si="23">J123-K123</f>
         <v>0</v>
       </c>
     </row>
     <row r="124" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A124" s="21" t="s">
+      <c r="A124" s="18" t="s">
         <v>70</v>
       </c>
-      <c r="B124" s="41"/>
-[...1 lines deleted...]
-      <c r="D124" s="49">
+      <c r="B124" s="3"/>
+      <c r="C124" s="109"/>
+      <c r="D124" s="39">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
-      <c r="F124" s="41"/>
-[...1 lines deleted...]
-      <c r="H124" s="49">
+      <c r="F124" s="3"/>
+      <c r="G124" s="109"/>
+      <c r="H124" s="39">
         <f t="shared" si="22"/>
         <v>0</v>
       </c>
-      <c r="J124" s="41"/>
-[...1 lines deleted...]
-      <c r="L124" s="49">
+      <c r="J124" s="3"/>
+      <c r="K124" s="109"/>
+      <c r="L124" s="39">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
     </row>
     <row r="125" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A125" s="21" t="s">
+      <c r="A125" s="18" t="s">
         <v>89</v>
       </c>
-      <c r="B125" s="41"/>
-[...1 lines deleted...]
-      <c r="D125" s="49">
+      <c r="B125" s="3"/>
+      <c r="C125" s="109"/>
+      <c r="D125" s="39">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
-      <c r="F125" s="41"/>
-[...1 lines deleted...]
-      <c r="H125" s="49">
+      <c r="F125" s="3"/>
+      <c r="G125" s="109"/>
+      <c r="H125" s="39">
         <f t="shared" si="22"/>
         <v>0</v>
       </c>
-      <c r="J125" s="41"/>
-[...1 lines deleted...]
-      <c r="L125" s="49">
+      <c r="J125" s="3"/>
+      <c r="K125" s="109"/>
+      <c r="L125" s="39">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
     </row>
     <row r="126" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A126" s="21" t="s">
+      <c r="A126" s="18" t="s">
         <v>90</v>
       </c>
-      <c r="B126" s="41"/>
-[...1 lines deleted...]
-      <c r="D126" s="49">
+      <c r="B126" s="3"/>
+      <c r="C126" s="109"/>
+      <c r="D126" s="39">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
-      <c r="F126" s="41"/>
-[...1 lines deleted...]
-      <c r="H126" s="49">
+      <c r="F126" s="3"/>
+      <c r="G126" s="109"/>
+      <c r="H126" s="39">
         <f t="shared" si="22"/>
         <v>0</v>
       </c>
-      <c r="J126" s="41"/>
-[...1 lines deleted...]
-      <c r="L126" s="49">
+      <c r="J126" s="3"/>
+      <c r="K126" s="109"/>
+      <c r="L126" s="39">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
     </row>
     <row r="127" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A127" s="21" t="s">
+      <c r="A127" s="18" t="s">
         <v>91</v>
       </c>
-      <c r="B127" s="41"/>
-[...1 lines deleted...]
-      <c r="D127" s="49">
+      <c r="B127" s="3"/>
+      <c r="C127" s="109"/>
+      <c r="D127" s="39">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
-      <c r="F127" s="41"/>
-[...1 lines deleted...]
-      <c r="H127" s="49">
+      <c r="F127" s="3"/>
+      <c r="G127" s="109"/>
+      <c r="H127" s="39">
         <f t="shared" si="22"/>
         <v>0</v>
       </c>
-      <c r="J127" s="41"/>
-[...1 lines deleted...]
-      <c r="L127" s="49">
+      <c r="J127" s="3"/>
+      <c r="K127" s="109"/>
+      <c r="L127" s="39">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
     </row>
     <row r="128" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A128" s="21" t="s">
+      <c r="A128" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="B128" s="41"/>
-[...1 lines deleted...]
-      <c r="D128" s="49">
+      <c r="B128" s="3"/>
+      <c r="C128" s="109"/>
+      <c r="D128" s="39">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
-      <c r="F128" s="41"/>
-[...1 lines deleted...]
-      <c r="H128" s="49">
+      <c r="F128" s="3"/>
+      <c r="G128" s="109"/>
+      <c r="H128" s="39">
         <f t="shared" si="22"/>
         <v>0</v>
       </c>
-      <c r="J128" s="41"/>
-[...1 lines deleted...]
-      <c r="L128" s="49">
+      <c r="J128" s="3"/>
+      <c r="K128" s="109"/>
+      <c r="L128" s="39">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
     </row>
     <row r="129" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A129" s="21" t="s">
+      <c r="A129" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="B129" s="41"/>
-[...1 lines deleted...]
-      <c r="D129" s="49">
+      <c r="B129" s="3"/>
+      <c r="C129" s="109"/>
+      <c r="D129" s="39">
         <f>B129-C129</f>
         <v>0</v>
       </c>
-      <c r="F129" s="41"/>
-[...1 lines deleted...]
-      <c r="H129" s="49">
+      <c r="F129" s="3"/>
+      <c r="G129" s="109"/>
+      <c r="H129" s="39">
         <f>F129-G129</f>
         <v>0</v>
       </c>
-      <c r="J129" s="41"/>
-[...1 lines deleted...]
-      <c r="L129" s="49">
+      <c r="J129" s="3"/>
+      <c r="K129" s="109"/>
+      <c r="L129" s="39">
         <f>J129-K129</f>
         <v>0</v>
       </c>
     </row>
     <row r="130" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A130" s="21" t="s">
+      <c r="A130" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="B130" s="42"/>
-[...1 lines deleted...]
-      <c r="D130" s="49">
+      <c r="B130" s="4"/>
+      <c r="C130" s="110"/>
+      <c r="D130" s="39">
         <f>B130-C130</f>
         <v>0</v>
       </c>
-      <c r="F130" s="42"/>
-[...1 lines deleted...]
-      <c r="H130" s="49">
+      <c r="F130" s="4"/>
+      <c r="G130" s="110"/>
+      <c r="H130" s="39">
         <f>F130-G130</f>
         <v>0</v>
       </c>
-      <c r="J130" s="42"/>
-[...1 lines deleted...]
-      <c r="L130" s="49">
+      <c r="J130" s="4"/>
+      <c r="K130" s="110"/>
+      <c r="L130" s="39">
         <f>J130-K130</f>
         <v>0</v>
       </c>
     </row>
     <row r="131" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A131" s="38" t="s">
+      <c r="A131" s="33" t="s">
         <v>30</v>
       </c>
-      <c r="B131" s="39">
+      <c r="B131" s="34">
         <f>SUM(B123:B130)</f>
         <v>0</v>
       </c>
-      <c r="C131" s="39">
+      <c r="C131" s="34">
         <f>SUM(C123:C130)</f>
         <v>0</v>
       </c>
-      <c r="D131" s="39">
+      <c r="D131" s="34">
         <f>SUM(D123:D130)</f>
         <v>0</v>
       </c>
-      <c r="F131" s="39">
+      <c r="F131" s="34">
         <f>SUM(F123:F130)</f>
         <v>0</v>
       </c>
-      <c r="G131" s="39">
+      <c r="G131" s="34">
         <f>SUM(G123:G130)</f>
         <v>0</v>
       </c>
-      <c r="H131" s="39">
+      <c r="H131" s="34">
         <f>SUM(H123:H130)</f>
         <v>0</v>
       </c>
-      <c r="J131" s="39">
+      <c r="J131" s="34">
         <f>SUM(J123:J130)</f>
         <v>0</v>
       </c>
-      <c r="K131" s="39">
+      <c r="K131" s="34">
         <f>SUM(K123:K130)</f>
         <v>0</v>
       </c>
-      <c r="L131" s="39">
+      <c r="L131" s="34">
         <f>SUM(L123:L130)</f>
         <v>0</v>
       </c>
     </row>
     <row r="132" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
     <row r="133" spans="1:12" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B133" s="212" t="str">
+      <c r="B133" s="181" t="str">
         <f>B8</f>
         <v>JULY</v>
       </c>
-      <c r="C133" s="212"/>
-[...1 lines deleted...]
-      <c r="F133" s="212" t="str">
+      <c r="C133" s="181"/>
+      <c r="D133" s="181"/>
+      <c r="F133" s="181" t="str">
         <f>F8</f>
         <v>AUG</v>
       </c>
-      <c r="G133" s="212"/>
-[...1 lines deleted...]
-      <c r="J133" s="212" t="str">
+      <c r="G133" s="181"/>
+      <c r="H133" s="181"/>
+      <c r="J133" s="181" t="str">
         <f>J8</f>
         <v>SEP</v>
       </c>
-      <c r="K133" s="212"/>
-      <c r="L133" s="212"/>
+      <c r="K133" s="181"/>
+      <c r="L133" s="181"/>
     </row>
     <row r="134" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A134" s="58" t="s">
+      <c r="A134" s="44" t="s">
         <v>92</v>
       </c>
-      <c r="B134" s="59" t="s">
+      <c r="B134" s="45" t="s">
         <v>34</v>
       </c>
-      <c r="C134" s="65" t="s">
+      <c r="C134" s="48" t="s">
         <v>9</v>
       </c>
-      <c r="D134" s="59" t="s">
+      <c r="D134" s="45" t="s">
         <v>32</v>
       </c>
-      <c r="F134" s="59" t="s">
+      <c r="F134" s="45" t="s">
         <v>34</v>
       </c>
-      <c r="G134" s="65" t="s">
+      <c r="G134" s="48" t="s">
         <v>9</v>
       </c>
-      <c r="H134" s="59" t="s">
+      <c r="H134" s="45" t="s">
         <v>32</v>
       </c>
-      <c r="J134" s="59" t="s">
+      <c r="J134" s="45" t="s">
         <v>34</v>
       </c>
-      <c r="K134" s="65" t="s">
+      <c r="K134" s="48" t="s">
         <v>9</v>
       </c>
-      <c r="L134" s="59" t="s">
+      <c r="L134" s="45" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="135" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A135" s="21" t="s">
+      <c r="A135" s="18" t="s">
         <v>93</v>
       </c>
-      <c r="B135" s="127"/>
-[...1 lines deleted...]
-      <c r="D135" s="49">
+      <c r="B135" s="107"/>
+      <c r="C135" s="108"/>
+      <c r="D135" s="39">
         <f t="shared" ref="D135:D141" si="24">B135-C135</f>
         <v>0</v>
       </c>
-      <c r="F135" s="127"/>
-[...1 lines deleted...]
-      <c r="H135" s="49">
+      <c r="F135" s="107"/>
+      <c r="G135" s="108"/>
+      <c r="H135" s="39">
         <f t="shared" ref="H135:H141" si="25">F135-G135</f>
         <v>0</v>
       </c>
-      <c r="J135" s="127"/>
-[...1 lines deleted...]
-      <c r="L135" s="49">
+      <c r="J135" s="107"/>
+      <c r="K135" s="108"/>
+      <c r="L135" s="39">
         <f t="shared" ref="L135:L141" si="26">J135-K135</f>
         <v>0</v>
       </c>
     </row>
     <row r="136" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A136" s="21" t="s">
+      <c r="A136" s="18" t="s">
         <v>94</v>
       </c>
-      <c r="B136" s="41"/>
-[...1 lines deleted...]
-      <c r="D136" s="49">
+      <c r="B136" s="3"/>
+      <c r="C136" s="109"/>
+      <c r="D136" s="39">
         <f t="shared" si="24"/>
         <v>0</v>
       </c>
-      <c r="F136" s="41"/>
-[...1 lines deleted...]
-      <c r="H136" s="49">
+      <c r="F136" s="3"/>
+      <c r="G136" s="109"/>
+      <c r="H136" s="39">
         <f t="shared" si="25"/>
         <v>0</v>
       </c>
-      <c r="J136" s="41"/>
-[...1 lines deleted...]
-      <c r="L136" s="49">
+      <c r="J136" s="3"/>
+      <c r="K136" s="109"/>
+      <c r="L136" s="39">
         <f t="shared" si="26"/>
         <v>0</v>
       </c>
     </row>
     <row r="137" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A137" s="21" t="s">
+      <c r="A137" s="18" t="s">
         <v>95</v>
       </c>
-      <c r="B137" s="41"/>
-[...1 lines deleted...]
-      <c r="D137" s="49">
+      <c r="B137" s="3"/>
+      <c r="C137" s="109"/>
+      <c r="D137" s="39">
         <f t="shared" si="24"/>
         <v>0</v>
       </c>
-      <c r="F137" s="41"/>
-[...1 lines deleted...]
-      <c r="H137" s="49">
+      <c r="F137" s="3"/>
+      <c r="G137" s="109"/>
+      <c r="H137" s="39">
         <f t="shared" si="25"/>
         <v>0</v>
       </c>
-      <c r="J137" s="41"/>
-[...1 lines deleted...]
-      <c r="L137" s="49">
+      <c r="J137" s="3"/>
+      <c r="K137" s="109"/>
+      <c r="L137" s="39">
         <f t="shared" si="26"/>
         <v>0</v>
       </c>
     </row>
     <row r="138" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A138" s="21" t="s">
+      <c r="A138" s="18" t="s">
         <v>96</v>
       </c>
-      <c r="B138" s="41"/>
-[...1 lines deleted...]
-      <c r="D138" s="49">
+      <c r="B138" s="3"/>
+      <c r="C138" s="109"/>
+      <c r="D138" s="39">
         <f t="shared" si="24"/>
         <v>0</v>
       </c>
-      <c r="F138" s="41"/>
-[...1 lines deleted...]
-      <c r="H138" s="49">
+      <c r="F138" s="3"/>
+      <c r="G138" s="109"/>
+      <c r="H138" s="39">
         <f t="shared" si="25"/>
         <v>0</v>
       </c>
-      <c r="J138" s="41"/>
-[...1 lines deleted...]
-      <c r="L138" s="49">
+      <c r="J138" s="3"/>
+      <c r="K138" s="109"/>
+      <c r="L138" s="39">
         <f t="shared" si="26"/>
         <v>0</v>
       </c>
     </row>
     <row r="139" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A139" s="21" t="s">
+      <c r="A139" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="B139" s="41"/>
-[...1 lines deleted...]
-      <c r="D139" s="49">
+      <c r="B139" s="3"/>
+      <c r="C139" s="109"/>
+      <c r="D139" s="39">
         <f t="shared" si="24"/>
         <v>0</v>
       </c>
-      <c r="F139" s="41"/>
-[...1 lines deleted...]
-      <c r="H139" s="49">
+      <c r="F139" s="3"/>
+      <c r="G139" s="109"/>
+      <c r="H139" s="39">
         <f t="shared" si="25"/>
         <v>0</v>
       </c>
-      <c r="J139" s="41"/>
-[...1 lines deleted...]
-      <c r="L139" s="49">
+      <c r="J139" s="3"/>
+      <c r="K139" s="109"/>
+      <c r="L139" s="39">
         <f t="shared" si="26"/>
         <v>0</v>
       </c>
     </row>
     <row r="140" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A140" s="21" t="s">
+      <c r="A140" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="B140" s="41"/>
-[...1 lines deleted...]
-      <c r="D140" s="49">
+      <c r="B140" s="3"/>
+      <c r="C140" s="109"/>
+      <c r="D140" s="39">
         <f t="shared" si="24"/>
         <v>0</v>
       </c>
-      <c r="F140" s="41"/>
-[...1 lines deleted...]
-      <c r="H140" s="49">
+      <c r="F140" s="3"/>
+      <c r="G140" s="109"/>
+      <c r="H140" s="39">
         <f t="shared" si="25"/>
         <v>0</v>
       </c>
-      <c r="J140" s="41"/>
-[...1 lines deleted...]
-      <c r="L140" s="49">
+      <c r="J140" s="3"/>
+      <c r="K140" s="109"/>
+      <c r="L140" s="39">
         <f t="shared" si="26"/>
         <v>0</v>
       </c>
     </row>
     <row r="141" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A141" s="21" t="s">
+      <c r="A141" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="B141" s="42"/>
-[...1 lines deleted...]
-      <c r="D141" s="49">
+      <c r="B141" s="4"/>
+      <c r="C141" s="110"/>
+      <c r="D141" s="39">
         <f t="shared" si="24"/>
         <v>0</v>
       </c>
-      <c r="F141" s="42"/>
-[...1 lines deleted...]
-      <c r="H141" s="49">
+      <c r="F141" s="4"/>
+      <c r="G141" s="110"/>
+      <c r="H141" s="39">
         <f t="shared" si="25"/>
         <v>0</v>
       </c>
-      <c r="J141" s="42"/>
-[...1 lines deleted...]
-      <c r="L141" s="49">
+      <c r="J141" s="4"/>
+      <c r="K141" s="110"/>
+      <c r="L141" s="39">
         <f t="shared" si="26"/>
         <v>0</v>
       </c>
     </row>
     <row r="142" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A142" s="38" t="s">
+      <c r="A142" s="33" t="s">
         <v>30</v>
       </c>
-      <c r="B142" s="39">
+      <c r="B142" s="34">
         <f>SUM(B135:B141)</f>
         <v>0</v>
       </c>
-      <c r="C142" s="39">
+      <c r="C142" s="34">
         <f>SUM(C135:C141)</f>
         <v>0</v>
       </c>
-      <c r="D142" s="39">
+      <c r="D142" s="34">
         <f>SUM(D135:D141)</f>
         <v>0</v>
       </c>
-      <c r="F142" s="39">
+      <c r="F142" s="34">
         <f>SUM(F135:F141)</f>
         <v>0</v>
       </c>
-      <c r="G142" s="39">
+      <c r="G142" s="34">
         <f>SUM(G135:G141)</f>
         <v>0</v>
       </c>
-      <c r="H142" s="39">
+      <c r="H142" s="34">
         <f>SUM(H135:H141)</f>
         <v>0</v>
       </c>
-      <c r="J142" s="39">
+      <c r="J142" s="34">
         <f>SUM(J135:J141)</f>
         <v>0</v>
       </c>
-      <c r="K142" s="39">
+      <c r="K142" s="34">
         <f>SUM(K135:K141)</f>
         <v>0</v>
       </c>
-      <c r="L142" s="39">
+      <c r="L142" s="34">
         <f>SUM(L135:L141)</f>
         <v>0</v>
       </c>
     </row>
     <row r="143" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
     <row r="144" spans="1:12" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B144" s="212" t="str">
+      <c r="B144" s="181" t="str">
         <f>B8</f>
         <v>JULY</v>
       </c>
-      <c r="C144" s="212"/>
-[...1 lines deleted...]
-      <c r="F144" s="212" t="str">
+      <c r="C144" s="181"/>
+      <c r="D144" s="181"/>
+      <c r="F144" s="181" t="str">
         <f>F8</f>
         <v>AUG</v>
       </c>
-      <c r="G144" s="212"/>
-[...1 lines deleted...]
-      <c r="J144" s="212" t="str">
+      <c r="G144" s="181"/>
+      <c r="H144" s="181"/>
+      <c r="J144" s="181" t="str">
         <f>J8</f>
         <v>SEP</v>
       </c>
-      <c r="K144" s="212"/>
-      <c r="L144" s="212"/>
+      <c r="K144" s="181"/>
+      <c r="L144" s="181"/>
     </row>
     <row r="145" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A145" s="58" t="s">
+      <c r="A145" s="44" t="s">
         <v>97</v>
       </c>
-      <c r="B145" s="59" t="s">
+      <c r="B145" s="45" t="s">
         <v>34</v>
       </c>
-      <c r="C145" s="65" t="s">
+      <c r="C145" s="48" t="s">
         <v>9</v>
       </c>
-      <c r="D145" s="59" t="s">
+      <c r="D145" s="45" t="s">
         <v>32</v>
       </c>
-      <c r="F145" s="59" t="s">
+      <c r="F145" s="45" t="s">
         <v>34</v>
       </c>
-      <c r="G145" s="65" t="s">
+      <c r="G145" s="48" t="s">
         <v>9</v>
       </c>
-      <c r="H145" s="59" t="s">
+      <c r="H145" s="45" t="s">
         <v>32</v>
       </c>
-      <c r="J145" s="59" t="s">
+      <c r="J145" s="45" t="s">
         <v>34</v>
       </c>
-      <c r="K145" s="65" t="s">
+      <c r="K145" s="48" t="s">
         <v>9</v>
       </c>
-      <c r="L145" s="59" t="s">
+      <c r="L145" s="45" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="146" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A146" s="21" t="s">
+      <c r="A146" s="18" t="s">
         <v>98</v>
       </c>
-      <c r="B146" s="127"/>
-[...1 lines deleted...]
-      <c r="D146" s="49">
+      <c r="B146" s="107"/>
+      <c r="C146" s="108"/>
+      <c r="D146" s="39">
         <f t="shared" ref="D146:D153" si="27">B146-C146</f>
         <v>0</v>
       </c>
-      <c r="F146" s="127"/>
-[...1 lines deleted...]
-      <c r="H146" s="49">
+      <c r="F146" s="107"/>
+      <c r="G146" s="108"/>
+      <c r="H146" s="39">
         <f t="shared" ref="H146:H153" si="28">F146-G146</f>
         <v>0</v>
       </c>
-      <c r="J146" s="127"/>
-[...1 lines deleted...]
-      <c r="L146" s="49">
+      <c r="J146" s="107"/>
+      <c r="K146" s="108"/>
+      <c r="L146" s="39">
         <f t="shared" ref="L146:L153" si="29">J146-K146</f>
         <v>0</v>
       </c>
     </row>
     <row r="147" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A147" s="21" t="str">
+      <c r="A147" s="18" t="str">
         <f>Income!$A$12</f>
         <v>Credit Card 1</v>
       </c>
-      <c r="B147" s="41"/>
-[...1 lines deleted...]
-      <c r="D147" s="49">
+      <c r="B147" s="3"/>
+      <c r="C147" s="109"/>
+      <c r="D147" s="39">
         <f t="shared" si="27"/>
         <v>0</v>
       </c>
-      <c r="F147" s="41"/>
-[...1 lines deleted...]
-      <c r="H147" s="49">
+      <c r="F147" s="3"/>
+      <c r="G147" s="109"/>
+      <c r="H147" s="39">
         <f t="shared" si="28"/>
         <v>0</v>
       </c>
-      <c r="J147" s="41"/>
-[...1 lines deleted...]
-      <c r="L147" s="49">
+      <c r="J147" s="3"/>
+      <c r="K147" s="109"/>
+      <c r="L147" s="39">
         <f t="shared" si="29"/>
         <v>0</v>
       </c>
     </row>
     <row r="148" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A148" s="21" t="str">
+      <c r="A148" s="18" t="str">
         <f>Income!$A$13</f>
         <v>Credit Card 2</v>
       </c>
-      <c r="B148" s="41"/>
-[...1 lines deleted...]
-      <c r="D148" s="49">
+      <c r="B148" s="3"/>
+      <c r="C148" s="109"/>
+      <c r="D148" s="39">
         <f t="shared" si="27"/>
         <v>0</v>
       </c>
-      <c r="F148" s="41"/>
-[...1 lines deleted...]
-      <c r="H148" s="49">
+      <c r="F148" s="3"/>
+      <c r="G148" s="109"/>
+      <c r="H148" s="39">
         <f t="shared" si="28"/>
         <v>0</v>
       </c>
-      <c r="J148" s="41"/>
-[...1 lines deleted...]
-      <c r="L148" s="49">
+      <c r="J148" s="3"/>
+      <c r="K148" s="109"/>
+      <c r="L148" s="39">
         <f t="shared" si="29"/>
         <v>0</v>
       </c>
     </row>
     <row r="149" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A149" s="21" t="str">
+      <c r="A149" s="18" t="str">
         <f>Income!$A$14</f>
         <v>Credit Card 3</v>
       </c>
-      <c r="B149" s="41"/>
-[...1 lines deleted...]
-      <c r="D149" s="49">
+      <c r="B149" s="3"/>
+      <c r="C149" s="109"/>
+      <c r="D149" s="39">
         <f t="shared" si="27"/>
         <v>0</v>
       </c>
-      <c r="F149" s="41"/>
-[...1 lines deleted...]
-      <c r="H149" s="49">
+      <c r="F149" s="3"/>
+      <c r="G149" s="109"/>
+      <c r="H149" s="39">
         <f t="shared" si="28"/>
         <v>0</v>
       </c>
-      <c r="J149" s="41"/>
-[...1 lines deleted...]
-      <c r="L149" s="49">
+      <c r="J149" s="3"/>
+      <c r="K149" s="109"/>
+      <c r="L149" s="39">
         <f t="shared" si="29"/>
         <v>0</v>
       </c>
     </row>
     <row r="150" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A150" s="21" t="s">
+      <c r="A150" s="18" t="s">
         <v>99</v>
       </c>
-      <c r="B150" s="41"/>
-[...1 lines deleted...]
-      <c r="D150" s="49">
+      <c r="B150" s="3"/>
+      <c r="C150" s="109"/>
+      <c r="D150" s="39">
         <f t="shared" si="27"/>
         <v>0</v>
       </c>
-      <c r="F150" s="41"/>
-[...1 lines deleted...]
-      <c r="H150" s="49">
+      <c r="F150" s="3"/>
+      <c r="G150" s="109"/>
+      <c r="H150" s="39">
         <f t="shared" si="28"/>
         <v>0</v>
       </c>
-      <c r="J150" s="41"/>
-[...1 lines deleted...]
-      <c r="L150" s="49">
+      <c r="J150" s="3"/>
+      <c r="K150" s="109"/>
+      <c r="L150" s="39">
         <f t="shared" si="29"/>
         <v>0</v>
       </c>
     </row>
     <row r="151" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A151" s="21" t="s">
+      <c r="A151" s="18" t="s">
         <v>100</v>
       </c>
-      <c r="B151" s="41"/>
-[...1 lines deleted...]
-      <c r="D151" s="49">
+      <c r="B151" s="3"/>
+      <c r="C151" s="109"/>
+      <c r="D151" s="39">
         <f t="shared" si="27"/>
         <v>0</v>
       </c>
-      <c r="F151" s="41"/>
-[...1 lines deleted...]
-      <c r="H151" s="49">
+      <c r="F151" s="3"/>
+      <c r="G151" s="109"/>
+      <c r="H151" s="39">
         <f t="shared" si="28"/>
         <v>0</v>
       </c>
-      <c r="J151" s="41"/>
-[...1 lines deleted...]
-      <c r="L151" s="49">
+      <c r="J151" s="3"/>
+      <c r="K151" s="109"/>
+      <c r="L151" s="39">
         <f t="shared" si="29"/>
         <v>0</v>
       </c>
     </row>
     <row r="152" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A152" s="21" t="s">
+      <c r="A152" s="18" t="s">
         <v>101</v>
       </c>
-      <c r="B152" s="41"/>
-[...1 lines deleted...]
-      <c r="D152" s="49">
+      <c r="B152" s="3"/>
+      <c r="C152" s="109"/>
+      <c r="D152" s="39">
         <f t="shared" si="27"/>
         <v>0</v>
       </c>
-      <c r="F152" s="41"/>
-[...1 lines deleted...]
-      <c r="H152" s="49">
+      <c r="F152" s="3"/>
+      <c r="G152" s="109"/>
+      <c r="H152" s="39">
         <f t="shared" si="28"/>
         <v>0</v>
       </c>
-      <c r="J152" s="41"/>
-[...1 lines deleted...]
-      <c r="L152" s="49">
+      <c r="J152" s="3"/>
+      <c r="K152" s="109"/>
+      <c r="L152" s="39">
         <f t="shared" si="29"/>
         <v>0</v>
       </c>
     </row>
     <row r="153" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A153" s="21" t="s">
+      <c r="A153" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="B153" s="41"/>
-[...1 lines deleted...]
-      <c r="D153" s="49">
+      <c r="B153" s="3"/>
+      <c r="C153" s="109"/>
+      <c r="D153" s="39">
         <f t="shared" si="27"/>
         <v>0</v>
       </c>
-      <c r="F153" s="41"/>
-[...1 lines deleted...]
-      <c r="H153" s="49">
+      <c r="F153" s="3"/>
+      <c r="G153" s="109"/>
+      <c r="H153" s="39">
         <f t="shared" si="28"/>
         <v>0</v>
       </c>
-      <c r="J153" s="41"/>
-[...1 lines deleted...]
-      <c r="L153" s="49">
+      <c r="J153" s="3"/>
+      <c r="K153" s="109"/>
+      <c r="L153" s="39">
         <f t="shared" si="29"/>
         <v>0</v>
       </c>
     </row>
     <row r="154" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A154" s="21" t="s">
+      <c r="A154" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="B154" s="41"/>
-[...1 lines deleted...]
-      <c r="D154" s="49">
+      <c r="B154" s="3"/>
+      <c r="C154" s="109"/>
+      <c r="D154" s="39">
         <f>B154-C154</f>
         <v>0</v>
       </c>
-      <c r="F154" s="41"/>
-[...1 lines deleted...]
-      <c r="H154" s="49">
+      <c r="F154" s="3"/>
+      <c r="G154" s="109"/>
+      <c r="H154" s="39">
         <f>F154-G154</f>
         <v>0</v>
       </c>
-      <c r="J154" s="41"/>
-[...1 lines deleted...]
-      <c r="L154" s="49">
+      <c r="J154" s="3"/>
+      <c r="K154" s="109"/>
+      <c r="L154" s="39">
         <f>J154-K154</f>
         <v>0</v>
       </c>
     </row>
     <row r="155" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A155" s="21" t="s">
+      <c r="A155" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="B155" s="42"/>
-[...1 lines deleted...]
-      <c r="D155" s="49">
+      <c r="B155" s="4"/>
+      <c r="C155" s="110"/>
+      <c r="D155" s="39">
         <f>B155-C155</f>
         <v>0</v>
       </c>
-      <c r="F155" s="42"/>
-[...1 lines deleted...]
-      <c r="H155" s="49">
+      <c r="F155" s="4"/>
+      <c r="G155" s="110"/>
+      <c r="H155" s="39">
         <f>F155-G155</f>
         <v>0</v>
       </c>
-      <c r="J155" s="42"/>
-[...1 lines deleted...]
-      <c r="L155" s="49">
+      <c r="J155" s="4"/>
+      <c r="K155" s="110"/>
+      <c r="L155" s="39">
         <f>J155-K155</f>
         <v>0</v>
       </c>
     </row>
     <row r="156" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A156" s="38" t="s">
+      <c r="A156" s="33" t="s">
         <v>30</v>
       </c>
-      <c r="B156" s="39">
+      <c r="B156" s="34">
         <f>SUM(B146:B155)</f>
         <v>0</v>
       </c>
-      <c r="C156" s="39">
+      <c r="C156" s="34">
         <f>SUM(C146:C155)</f>
         <v>0</v>
       </c>
-      <c r="D156" s="39">
+      <c r="D156" s="34">
         <f>SUM(D146:D155)</f>
         <v>0</v>
       </c>
-      <c r="F156" s="39">
+      <c r="F156" s="34">
         <f>SUM(F146:F155)</f>
         <v>0</v>
       </c>
-      <c r="G156" s="39">
+      <c r="G156" s="34">
         <f>SUM(G146:G155)</f>
         <v>0</v>
       </c>
-      <c r="H156" s="39">
+      <c r="H156" s="34">
         <f>SUM(H146:H155)</f>
         <v>0</v>
       </c>
-      <c r="J156" s="39">
+      <c r="J156" s="34">
         <f>SUM(J146:J155)</f>
         <v>0</v>
       </c>
-      <c r="K156" s="39">
+      <c r="K156" s="34">
         <f>SUM(K146:K155)</f>
         <v>0</v>
       </c>
-      <c r="L156" s="39">
+      <c r="L156" s="34">
         <f>SUM(L146:L155)</f>
         <v>0</v>
       </c>
     </row>
     <row r="157" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
     <row r="158" spans="1:12" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B158" s="212" t="str">
+      <c r="B158" s="181" t="str">
         <f>B8</f>
         <v>JULY</v>
       </c>
-      <c r="C158" s="212"/>
-[...1 lines deleted...]
-      <c r="F158" s="212" t="str">
+      <c r="C158" s="181"/>
+      <c r="D158" s="181"/>
+      <c r="F158" s="181" t="str">
         <f>F8</f>
         <v>AUG</v>
       </c>
-      <c r="G158" s="212"/>
-[...1 lines deleted...]
-      <c r="J158" s="212" t="str">
+      <c r="G158" s="181"/>
+      <c r="H158" s="181"/>
+      <c r="J158" s="181" t="str">
         <f>J8</f>
         <v>SEP</v>
       </c>
-      <c r="K158" s="212"/>
-      <c r="L158" s="212"/>
+      <c r="K158" s="181"/>
+      <c r="L158" s="181"/>
     </row>
     <row r="159" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A159" s="58" t="s">
+      <c r="A159" s="44" t="s">
         <v>102</v>
       </c>
-      <c r="B159" s="59" t="s">
+      <c r="B159" s="45" t="s">
         <v>34</v>
       </c>
-      <c r="C159" s="65" t="s">
+      <c r="C159" s="48" t="s">
         <v>9</v>
       </c>
-      <c r="D159" s="59" t="s">
+      <c r="D159" s="45" t="s">
         <v>32</v>
       </c>
-      <c r="F159" s="59" t="s">
+      <c r="F159" s="45" t="s">
         <v>34</v>
       </c>
-      <c r="G159" s="65" t="s">
+      <c r="G159" s="48" t="s">
         <v>9</v>
       </c>
-      <c r="H159" s="59" t="s">
+      <c r="H159" s="45" t="s">
         <v>32</v>
       </c>
-      <c r="J159" s="59" t="s">
+      <c r="J159" s="45" t="s">
         <v>34</v>
       </c>
-      <c r="K159" s="65" t="s">
+      <c r="K159" s="48" t="s">
         <v>9</v>
       </c>
-      <c r="L159" s="59" t="s">
+      <c r="L159" s="45" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="160" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A160" s="21" t="s">
+      <c r="A160" s="18" t="s">
         <v>103</v>
       </c>
-      <c r="B160" s="127"/>
-[...1 lines deleted...]
-      <c r="D160" s="49">
+      <c r="B160" s="107"/>
+      <c r="C160" s="108"/>
+      <c r="D160" s="39">
         <f t="shared" ref="D160:D166" si="30">B160-C160</f>
         <v>0</v>
       </c>
-      <c r="F160" s="127"/>
-[...1 lines deleted...]
-      <c r="H160" s="49">
+      <c r="F160" s="107"/>
+      <c r="G160" s="108"/>
+      <c r="H160" s="39">
         <f t="shared" ref="H160:H166" si="31">F160-G160</f>
         <v>0</v>
       </c>
-      <c r="J160" s="127"/>
-[...1 lines deleted...]
-      <c r="L160" s="49">
+      <c r="J160" s="107"/>
+      <c r="K160" s="108"/>
+      <c r="L160" s="39">
         <f t="shared" ref="L160:L166" si="32">J160-K160</f>
         <v>0</v>
       </c>
     </row>
     <row r="161" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A161" s="21" t="s">
+      <c r="A161" s="18" t="s">
         <v>104</v>
       </c>
-      <c r="B161" s="41"/>
-[...1 lines deleted...]
-      <c r="D161" s="49">
+      <c r="B161" s="3"/>
+      <c r="C161" s="109"/>
+      <c r="D161" s="39">
         <f t="shared" si="30"/>
         <v>0</v>
       </c>
-      <c r="F161" s="41"/>
-[...1 lines deleted...]
-      <c r="H161" s="49">
+      <c r="F161" s="3"/>
+      <c r="G161" s="109"/>
+      <c r="H161" s="39">
         <f t="shared" si="31"/>
         <v>0</v>
       </c>
-      <c r="J161" s="41"/>
-[...1 lines deleted...]
-      <c r="L161" s="49">
+      <c r="J161" s="3"/>
+      <c r="K161" s="109"/>
+      <c r="L161" s="39">
         <f t="shared" si="32"/>
         <v>0</v>
       </c>
     </row>
     <row r="162" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A162" s="21" t="s">
+      <c r="A162" s="18" t="s">
         <v>105</v>
       </c>
-      <c r="B162" s="41"/>
-[...1 lines deleted...]
-      <c r="D162" s="49">
+      <c r="B162" s="3"/>
+      <c r="C162" s="109"/>
+      <c r="D162" s="39">
         <f t="shared" si="30"/>
         <v>0</v>
       </c>
-      <c r="F162" s="41"/>
-[...1 lines deleted...]
-      <c r="H162" s="49">
+      <c r="F162" s="3"/>
+      <c r="G162" s="109"/>
+      <c r="H162" s="39">
         <f t="shared" si="31"/>
         <v>0</v>
       </c>
-      <c r="J162" s="41"/>
-[...1 lines deleted...]
-      <c r="L162" s="49">
+      <c r="J162" s="3"/>
+      <c r="K162" s="109"/>
+      <c r="L162" s="39">
         <f t="shared" si="32"/>
         <v>0</v>
       </c>
     </row>
     <row r="163" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A163" s="21" t="s">
+      <c r="A163" s="18" t="s">
         <v>106</v>
       </c>
-      <c r="B163" s="41"/>
-[...1 lines deleted...]
-      <c r="D163" s="49">
+      <c r="B163" s="3"/>
+      <c r="C163" s="109"/>
+      <c r="D163" s="39">
         <f t="shared" si="30"/>
         <v>0</v>
       </c>
-      <c r="F163" s="41"/>
-[...1 lines deleted...]
-      <c r="H163" s="49">
+      <c r="F163" s="3"/>
+      <c r="G163" s="109"/>
+      <c r="H163" s="39">
         <f t="shared" si="31"/>
         <v>0</v>
       </c>
-      <c r="J163" s="41"/>
-[...1 lines deleted...]
-      <c r="L163" s="49">
+      <c r="J163" s="3"/>
+      <c r="K163" s="109"/>
+      <c r="L163" s="39">
         <f t="shared" si="32"/>
         <v>0</v>
       </c>
     </row>
     <row r="164" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A164" s="21" t="s">
+      <c r="A164" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="B164" s="41"/>
-[...1 lines deleted...]
-      <c r="D164" s="49">
+      <c r="B164" s="3"/>
+      <c r="C164" s="109"/>
+      <c r="D164" s="39">
         <f t="shared" si="30"/>
         <v>0</v>
       </c>
-      <c r="F164" s="41"/>
-[...1 lines deleted...]
-      <c r="H164" s="49">
+      <c r="F164" s="3"/>
+      <c r="G164" s="109"/>
+      <c r="H164" s="39">
         <f t="shared" si="31"/>
         <v>0</v>
       </c>
-      <c r="J164" s="41"/>
-[...1 lines deleted...]
-      <c r="L164" s="49">
+      <c r="J164" s="3"/>
+      <c r="K164" s="109"/>
+      <c r="L164" s="39">
         <f t="shared" si="32"/>
         <v>0</v>
       </c>
     </row>
     <row r="165" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A165" s="21" t="s">
+      <c r="A165" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="B165" s="41"/>
-[...1 lines deleted...]
-      <c r="D165" s="49">
+      <c r="B165" s="3"/>
+      <c r="C165" s="109"/>
+      <c r="D165" s="39">
         <f t="shared" si="30"/>
         <v>0</v>
       </c>
-      <c r="F165" s="41"/>
-[...1 lines deleted...]
-      <c r="H165" s="49">
+      <c r="F165" s="3"/>
+      <c r="G165" s="109"/>
+      <c r="H165" s="39">
         <f t="shared" si="31"/>
         <v>0</v>
       </c>
-      <c r="J165" s="41"/>
-[...1 lines deleted...]
-      <c r="L165" s="49">
+      <c r="J165" s="3"/>
+      <c r="K165" s="109"/>
+      <c r="L165" s="39">
         <f t="shared" si="32"/>
         <v>0</v>
       </c>
     </row>
     <row r="166" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A166" s="21" t="s">
+      <c r="A166" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="B166" s="42"/>
-[...1 lines deleted...]
-      <c r="D166" s="49">
+      <c r="B166" s="4"/>
+      <c r="C166" s="110"/>
+      <c r="D166" s="39">
         <f t="shared" si="30"/>
         <v>0</v>
       </c>
-      <c r="F166" s="42"/>
-[...1 lines deleted...]
-      <c r="H166" s="49">
+      <c r="F166" s="4"/>
+      <c r="G166" s="110"/>
+      <c r="H166" s="39">
         <f t="shared" si="31"/>
         <v>0</v>
       </c>
-      <c r="J166" s="42"/>
-[...1 lines deleted...]
-      <c r="L166" s="49">
+      <c r="J166" s="4"/>
+      <c r="K166" s="110"/>
+      <c r="L166" s="39">
         <f t="shared" si="32"/>
         <v>0</v>
       </c>
     </row>
     <row r="167" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A167" s="38" t="s">
+      <c r="A167" s="33" t="s">
         <v>30</v>
       </c>
-      <c r="B167" s="39">
+      <c r="B167" s="34">
         <f>SUM(B160:B166)</f>
         <v>0</v>
       </c>
-      <c r="C167" s="39">
+      <c r="C167" s="34">
         <f>SUM(C160:C166)</f>
         <v>0</v>
       </c>
-      <c r="D167" s="39">
+      <c r="D167" s="34">
         <f>SUM(D160:D166)</f>
         <v>0</v>
       </c>
-      <c r="F167" s="39">
+      <c r="F167" s="34">
         <f>SUM(F160:F166)</f>
         <v>0</v>
       </c>
-      <c r="G167" s="39">
+      <c r="G167" s="34">
         <f>SUM(G160:G166)</f>
         <v>0</v>
       </c>
-      <c r="H167" s="39">
+      <c r="H167" s="34">
         <f>SUM(H160:H166)</f>
         <v>0</v>
       </c>
-      <c r="J167" s="39">
+      <c r="J167" s="34">
         <f>SUM(J160:J166)</f>
         <v>0</v>
       </c>
-      <c r="K167" s="39">
+      <c r="K167" s="34">
         <f>SUM(K160:K166)</f>
         <v>0</v>
       </c>
-      <c r="L167" s="39">
+      <c r="L167" s="34">
         <f>SUM(L160:L166)</f>
         <v>0</v>
       </c>
     </row>
     <row r="168" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
     <row r="169" spans="1:12" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B169" s="212" t="str">
+      <c r="B169" s="181" t="str">
         <f>B8</f>
         <v>JULY</v>
       </c>
-      <c r="C169" s="212"/>
-[...1 lines deleted...]
-      <c r="F169" s="212" t="str">
+      <c r="C169" s="181"/>
+      <c r="D169" s="181"/>
+      <c r="F169" s="181" t="str">
         <f>F8</f>
         <v>AUG</v>
       </c>
-      <c r="G169" s="212"/>
-[...1 lines deleted...]
-      <c r="J169" s="212" t="str">
+      <c r="G169" s="181"/>
+      <c r="H169" s="181"/>
+      <c r="J169" s="181" t="str">
         <f>J8</f>
         <v>SEP</v>
       </c>
-      <c r="K169" s="212"/>
-      <c r="L169" s="212"/>
+      <c r="K169" s="181"/>
+      <c r="L169" s="181"/>
     </row>
     <row r="170" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A170" s="58" t="s">
+      <c r="A170" s="44" t="s">
         <v>107</v>
       </c>
-      <c r="B170" s="59" t="s">
+      <c r="B170" s="45" t="s">
         <v>34</v>
       </c>
-      <c r="C170" s="65" t="s">
+      <c r="C170" s="48" t="s">
         <v>9</v>
       </c>
-      <c r="D170" s="59" t="s">
+      <c r="D170" s="45" t="s">
         <v>32</v>
       </c>
-      <c r="F170" s="59" t="s">
+      <c r="F170" s="45" t="s">
         <v>34</v>
       </c>
-      <c r="G170" s="65" t="s">
+      <c r="G170" s="48" t="s">
         <v>9</v>
       </c>
-      <c r="H170" s="59" t="s">
+      <c r="H170" s="45" t="s">
         <v>32</v>
       </c>
-      <c r="J170" s="59" t="s">
+      <c r="J170" s="45" t="s">
         <v>34</v>
       </c>
-      <c r="K170" s="65" t="s">
+      <c r="K170" s="48" t="s">
         <v>9</v>
       </c>
-      <c r="L170" s="59" t="s">
+      <c r="L170" s="45" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="171" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A171" s="21" t="s">
+      <c r="A171" s="18" t="s">
         <v>108</v>
       </c>
-      <c r="B171" s="127"/>
-[...1 lines deleted...]
-      <c r="D171" s="49">
+      <c r="B171" s="107"/>
+      <c r="C171" s="108"/>
+      <c r="D171" s="39">
         <f>B171-C171</f>
         <v>0</v>
       </c>
-      <c r="F171" s="127"/>
-[...1 lines deleted...]
-      <c r="H171" s="49">
+      <c r="F171" s="107"/>
+      <c r="G171" s="108"/>
+      <c r="H171" s="39">
         <f>F171-G171</f>
         <v>0</v>
       </c>
-      <c r="J171" s="127"/>
-[...1 lines deleted...]
-      <c r="L171" s="49">
+      <c r="J171" s="107"/>
+      <c r="K171" s="108"/>
+      <c r="L171" s="39">
         <f>J171-K171</f>
         <v>0</v>
       </c>
     </row>
     <row r="172" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A172" s="21" t="s">
+      <c r="A172" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="B172" s="41"/>
-[...1 lines deleted...]
-      <c r="D172" s="49">
+      <c r="B172" s="3"/>
+      <c r="C172" s="109"/>
+      <c r="D172" s="39">
         <f>B172-C172</f>
         <v>0</v>
       </c>
-      <c r="F172" s="41"/>
-[...1 lines deleted...]
-      <c r="H172" s="49">
+      <c r="F172" s="3"/>
+      <c r="G172" s="109"/>
+      <c r="H172" s="39">
         <f>F172-G172</f>
         <v>0</v>
       </c>
-      <c r="J172" s="41"/>
-[...1 lines deleted...]
-      <c r="L172" s="49">
+      <c r="J172" s="3"/>
+      <c r="K172" s="109"/>
+      <c r="L172" s="39">
         <f>J172-K172</f>
         <v>0</v>
       </c>
     </row>
     <row r="173" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A173" s="21" t="s">
+      <c r="A173" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="B173" s="41"/>
-[...1 lines deleted...]
-      <c r="D173" s="49">
+      <c r="B173" s="3"/>
+      <c r="C173" s="109"/>
+      <c r="D173" s="39">
         <f>B173-C173</f>
         <v>0</v>
       </c>
-      <c r="F173" s="41"/>
-[...1 lines deleted...]
-      <c r="H173" s="49">
+      <c r="F173" s="3"/>
+      <c r="G173" s="109"/>
+      <c r="H173" s="39">
         <f>F173-G173</f>
         <v>0</v>
       </c>
-      <c r="J173" s="41"/>
-[...1 lines deleted...]
-      <c r="L173" s="49">
+      <c r="J173" s="3"/>
+      <c r="K173" s="109"/>
+      <c r="L173" s="39">
         <f>J173-K173</f>
         <v>0</v>
       </c>
     </row>
     <row r="174" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A174" s="21" t="s">
+      <c r="A174" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="B174" s="42"/>
-[...1 lines deleted...]
-      <c r="D174" s="49">
+      <c r="B174" s="4"/>
+      <c r="C174" s="110"/>
+      <c r="D174" s="39">
         <f>B174-C174</f>
         <v>0</v>
       </c>
-      <c r="F174" s="42"/>
-[...1 lines deleted...]
-      <c r="H174" s="49">
+      <c r="F174" s="4"/>
+      <c r="G174" s="110"/>
+      <c r="H174" s="39">
         <f>F174-G174</f>
         <v>0</v>
       </c>
-      <c r="J174" s="42"/>
-[...1 lines deleted...]
-      <c r="L174" s="49">
+      <c r="J174" s="4"/>
+      <c r="K174" s="110"/>
+      <c r="L174" s="39">
         <f>J174-K174</f>
         <v>0</v>
       </c>
     </row>
     <row r="175" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A175" s="38" t="s">
+      <c r="A175" s="33" t="s">
         <v>30</v>
       </c>
-      <c r="B175" s="39">
+      <c r="B175" s="34">
         <f>SUM(B171:B174)</f>
         <v>0</v>
       </c>
-      <c r="C175" s="39">
+      <c r="C175" s="34">
         <f>SUM(C171:C174)</f>
         <v>0</v>
       </c>
-      <c r="D175" s="39">
+      <c r="D175" s="34">
         <f>SUM(D171:D174)</f>
         <v>0</v>
       </c>
-      <c r="F175" s="39">
+      <c r="F175" s="34">
         <f>SUM(F171:F174)</f>
         <v>0</v>
       </c>
-      <c r="G175" s="39">
+      <c r="G175" s="34">
         <f>SUM(G171:G174)</f>
         <v>0</v>
       </c>
-      <c r="H175" s="39">
+      <c r="H175" s="34">
         <f>SUM(H171:H174)</f>
         <v>0</v>
       </c>
-      <c r="J175" s="39">
+      <c r="J175" s="34">
         <f>SUM(J171:J174)</f>
         <v>0</v>
       </c>
-      <c r="K175" s="39">
+      <c r="K175" s="34">
         <f>SUM(K171:K174)</f>
         <v>0</v>
       </c>
-      <c r="L175" s="39">
+      <c r="L175" s="34">
         <f>SUM(L171:L174)</f>
         <v>0</v>
       </c>
     </row>
     <row r="176" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
     <row r="177" spans="1:12" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B177" s="212" t="str">
+      <c r="B177" s="181" t="str">
         <f>B8</f>
         <v>JULY</v>
       </c>
-      <c r="C177" s="212"/>
-[...1 lines deleted...]
-      <c r="F177" s="212" t="str">
+      <c r="C177" s="181"/>
+      <c r="D177" s="181"/>
+      <c r="F177" s="181" t="str">
         <f>F8</f>
         <v>AUG</v>
       </c>
-      <c r="G177" s="212"/>
-[...1 lines deleted...]
-      <c r="J177" s="212" t="str">
+      <c r="G177" s="181"/>
+      <c r="H177" s="181"/>
+      <c r="J177" s="181" t="str">
         <f>J8</f>
         <v>SEP</v>
       </c>
-      <c r="K177" s="212"/>
-      <c r="L177" s="212"/>
+      <c r="K177" s="181"/>
+      <c r="L177" s="181"/>
     </row>
     <row r="178" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A178" s="58" t="s">
+      <c r="A178" s="44" t="s">
         <v>109</v>
       </c>
-      <c r="B178" s="59" t="s">
+      <c r="B178" s="45" t="s">
         <v>34</v>
       </c>
-      <c r="C178" s="65" t="s">
+      <c r="C178" s="48" t="s">
         <v>9</v>
       </c>
-      <c r="D178" s="59" t="s">
+      <c r="D178" s="45" t="s">
         <v>32</v>
       </c>
-      <c r="F178" s="59" t="s">
+      <c r="F178" s="45" t="s">
         <v>34</v>
       </c>
-      <c r="G178" s="65" t="s">
+      <c r="G178" s="48" t="s">
         <v>9</v>
       </c>
-      <c r="H178" s="59" t="s">
+      <c r="H178" s="45" t="s">
         <v>32</v>
       </c>
-      <c r="J178" s="59" t="s">
+      <c r="J178" s="45" t="s">
         <v>34</v>
       </c>
-      <c r="K178" s="65" t="s">
+      <c r="K178" s="48" t="s">
         <v>9</v>
       </c>
-      <c r="L178" s="59" t="s">
+      <c r="L178" s="45" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="179" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A179" s="21" t="s">
+      <c r="A179" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="B179" s="127"/>
-[...1 lines deleted...]
-      <c r="D179" s="49">
+      <c r="B179" s="107"/>
+      <c r="C179" s="108"/>
+      <c r="D179" s="39">
         <f>B179-C179</f>
         <v>0</v>
       </c>
-      <c r="F179" s="127"/>
-[...1 lines deleted...]
-      <c r="H179" s="49">
+      <c r="F179" s="107"/>
+      <c r="G179" s="108"/>
+      <c r="H179" s="39">
         <f>F179-G179</f>
         <v>0</v>
       </c>
-      <c r="J179" s="127"/>
-[...1 lines deleted...]
-      <c r="L179" s="49">
+      <c r="J179" s="107"/>
+      <c r="K179" s="108"/>
+      <c r="L179" s="39">
         <f>J179-K179</f>
         <v>0</v>
       </c>
     </row>
     <row r="180" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A180" s="21" t="s">
+      <c r="A180" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="B180" s="41"/>
-[...1 lines deleted...]
-      <c r="D180" s="49">
+      <c r="B180" s="3"/>
+      <c r="C180" s="109"/>
+      <c r="D180" s="39">
         <f>B180-C180</f>
         <v>0</v>
       </c>
-      <c r="F180" s="41"/>
-[...1 lines deleted...]
-      <c r="H180" s="49">
+      <c r="F180" s="3"/>
+      <c r="G180" s="109"/>
+      <c r="H180" s="39">
         <f>F180-G180</f>
         <v>0</v>
       </c>
-      <c r="J180" s="41"/>
-[...1 lines deleted...]
-      <c r="L180" s="49">
+      <c r="J180" s="3"/>
+      <c r="K180" s="109"/>
+      <c r="L180" s="39">
         <f>J180-K180</f>
         <v>0</v>
       </c>
     </row>
     <row r="181" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A181" s="21" t="s">
+      <c r="A181" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="B181" s="41"/>
-[...1 lines deleted...]
-      <c r="D181" s="49">
+      <c r="B181" s="3"/>
+      <c r="C181" s="109"/>
+      <c r="D181" s="39">
         <f>B181-C181</f>
         <v>0</v>
       </c>
-      <c r="F181" s="41"/>
-[...1 lines deleted...]
-      <c r="H181" s="49">
+      <c r="F181" s="3"/>
+      <c r="G181" s="109"/>
+      <c r="H181" s="39">
         <f>F181-G181</f>
         <v>0</v>
       </c>
-      <c r="J181" s="41"/>
-[...1 lines deleted...]
-      <c r="L181" s="49">
+      <c r="J181" s="3"/>
+      <c r="K181" s="109"/>
+      <c r="L181" s="39">
         <f>J181-K181</f>
         <v>0</v>
       </c>
     </row>
     <row r="182" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A182" s="21" t="s">
+      <c r="A182" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="B182" s="42"/>
-[...1 lines deleted...]
-      <c r="D182" s="49">
+      <c r="B182" s="4"/>
+      <c r="C182" s="110"/>
+      <c r="D182" s="39">
         <f>B182-C182</f>
         <v>0</v>
       </c>
-      <c r="F182" s="42"/>
-[...1 lines deleted...]
-      <c r="H182" s="49">
+      <c r="F182" s="4"/>
+      <c r="G182" s="110"/>
+      <c r="H182" s="39">
         <f>F182-G182</f>
         <v>0</v>
       </c>
-      <c r="J182" s="42"/>
-[...1 lines deleted...]
-      <c r="L182" s="49">
+      <c r="J182" s="4"/>
+      <c r="K182" s="110"/>
+      <c r="L182" s="39">
         <f>J182-K182</f>
         <v>0</v>
       </c>
     </row>
     <row r="183" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A183" s="38" t="s">
+      <c r="A183" s="33" t="s">
         <v>30</v>
       </c>
-      <c r="B183" s="39">
+      <c r="B183" s="34">
         <f>SUM(B179:B182)</f>
         <v>0</v>
       </c>
-      <c r="C183" s="39">
+      <c r="C183" s="34">
         <f>SUM(C179:C182)</f>
         <v>0</v>
       </c>
-      <c r="D183" s="39">
+      <c r="D183" s="34">
         <f>SUM(D179:D182)</f>
         <v>0</v>
       </c>
-      <c r="F183" s="39">
+      <c r="F183" s="34">
         <f>SUM(F179:F182)</f>
         <v>0</v>
       </c>
-      <c r="G183" s="39">
+      <c r="G183" s="34">
         <f>SUM(G179:G182)</f>
         <v>0</v>
       </c>
-      <c r="H183" s="39">
+      <c r="H183" s="34">
         <f>SUM(H179:H182)</f>
         <v>0</v>
       </c>
-      <c r="J183" s="39">
+      <c r="J183" s="34">
         <f>SUM(J179:J182)</f>
         <v>0</v>
       </c>
-      <c r="K183" s="39">
+      <c r="K183" s="34">
         <f>SUM(K179:K182)</f>
         <v>0</v>
       </c>
-      <c r="L183" s="39">
+      <c r="L183" s="34">
         <f>SUM(L179:L182)</f>
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="56">
-    <mergeCell ref="B169:D169"/>
-[...34 lines deleted...]
-    <mergeCell ref="J59:L59"/>
+    <mergeCell ref="A1:L1"/>
+    <mergeCell ref="C6:F6"/>
+    <mergeCell ref="G7:H7"/>
+    <mergeCell ref="A2:E2"/>
+    <mergeCell ref="H2:L2"/>
+    <mergeCell ref="J4:L4"/>
+    <mergeCell ref="B8:D8"/>
+    <mergeCell ref="F8:H8"/>
+    <mergeCell ref="J8:L8"/>
+    <mergeCell ref="B14:D14"/>
+    <mergeCell ref="F14:H14"/>
+    <mergeCell ref="J14:L14"/>
     <mergeCell ref="G24:H24"/>
     <mergeCell ref="B25:D25"/>
     <mergeCell ref="F25:H25"/>
     <mergeCell ref="J25:L25"/>
     <mergeCell ref="G15:H15"/>
     <mergeCell ref="B16:D16"/>
     <mergeCell ref="F16:H16"/>
     <mergeCell ref="J16:L16"/>
-    <mergeCell ref="B8:D8"/>
-[...10 lines deleted...]
-    <mergeCell ref="J4:L4"/>
+    <mergeCell ref="B45:D45"/>
+    <mergeCell ref="F45:H45"/>
+    <mergeCell ref="J45:L45"/>
+    <mergeCell ref="B59:D59"/>
+    <mergeCell ref="F59:H59"/>
+    <mergeCell ref="J59:L59"/>
+    <mergeCell ref="B69:D69"/>
+    <mergeCell ref="F69:H69"/>
+    <mergeCell ref="J69:L69"/>
+    <mergeCell ref="B82:D82"/>
+    <mergeCell ref="F82:H82"/>
+    <mergeCell ref="J82:L82"/>
+    <mergeCell ref="B97:D97"/>
+    <mergeCell ref="F97:H97"/>
+    <mergeCell ref="J97:L97"/>
+    <mergeCell ref="B110:D110"/>
+    <mergeCell ref="F110:H110"/>
+    <mergeCell ref="J110:L110"/>
+    <mergeCell ref="B121:D121"/>
+    <mergeCell ref="F121:H121"/>
+    <mergeCell ref="J121:L121"/>
+    <mergeCell ref="B133:D133"/>
+    <mergeCell ref="F133:H133"/>
+    <mergeCell ref="J133:L133"/>
+    <mergeCell ref="B144:D144"/>
+    <mergeCell ref="F144:H144"/>
+    <mergeCell ref="J144:L144"/>
+    <mergeCell ref="B158:D158"/>
+    <mergeCell ref="F158:H158"/>
+    <mergeCell ref="J158:L158"/>
+    <mergeCell ref="B169:D169"/>
+    <mergeCell ref="F169:H169"/>
+    <mergeCell ref="J169:L169"/>
+    <mergeCell ref="B177:D177"/>
+    <mergeCell ref="F177:H177"/>
+    <mergeCell ref="J177:L177"/>
   </mergeCells>
   <phoneticPr fontId="29" type="noConversion"/>
   <hyperlinks>
-    <hyperlink ref="A4" r:id="rId1" tooltip="HELP with Family Budget Planner"/>
+    <hyperlink ref="A4" r:id="rId1" tooltip="HELP with Family Budget Planner" xr:uid="{00000000-0004-0000-0300-000000000000}"/>
   </hyperlinks>
   <pageMargins left="0.35433070866141736" right="0.15748031496062992" top="0.59055118110236227" bottom="0.59055118110236227" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" scale="85" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L© Spreadsheet123.com. All rights reserved&amp;RFamily Budget Planner by Spreadsheet123.com</oddFooter>
   </headerFooter>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <dimension ref="A1:L183"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
-      <selection activeCell="Q37" sqref="Q37"/>
+    <sheetView showGridLines="0" workbookViewId="0">
+      <selection activeCell="M1" sqref="M1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="25.7109375" style="46" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="13" max="16384" width="9.140625" style="46"/>
+    <col min="1" max="1" width="25.7109375" customWidth="1"/>
+    <col min="2" max="4" width="9.7109375" customWidth="1"/>
+    <col min="5" max="5" width="1.7109375" customWidth="1"/>
+    <col min="6" max="8" width="9.7109375" customWidth="1"/>
+    <col min="9" max="9" width="1.7109375" customWidth="1"/>
+    <col min="10" max="12" width="9.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" ht="35.1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="199" t="s">
-[...12 lines deleted...]
-      <c r="L1" s="199"/>
+      <c r="A1" s="165" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="165"/>
+      <c r="C1" s="165"/>
+      <c r="D1" s="165"/>
+      <c r="E1" s="165"/>
+      <c r="F1" s="165"/>
+      <c r="G1" s="165"/>
+      <c r="H1" s="165"/>
+      <c r="I1" s="165"/>
+      <c r="J1" s="165"/>
+      <c r="K1" s="165"/>
+      <c r="L1" s="165"/>
     </row>
     <row r="4" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A4" s="8" t="s">
+      <c r="A4" s="7" t="s">
         <v>2</v>
       </c>
-      <c r="B4" s="9"/>
-[...9 lines deleted...]
-      <c r="L4" s="10"/>
+      <c r="B4" s="8"/>
+      <c r="C4" s="9"/>
+      <c r="D4" s="9"/>
+      <c r="E4" s="9"/>
+      <c r="F4" s="9"/>
+      <c r="G4" s="9"/>
+      <c r="H4" s="9"/>
+      <c r="I4" s="9"/>
+      <c r="J4" s="9"/>
+      <c r="K4" s="9"/>
+      <c r="L4" s="9"/>
     </row>
     <row r="5" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
     <row r="6" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A6" s="2" t="s">
         <v>128</v>
       </c>
       <c r="B6" s="1">
         <f>'July-Sep'!J14</f>
         <v>110</v>
       </c>
-      <c r="C6" s="66"/>
-[...8 lines deleted...]
-      <c r="L6" s="13"/>
+      <c r="C6" s="49"/>
+      <c r="D6" s="14"/>
+      <c r="E6" s="14"/>
+      <c r="F6" s="14"/>
+      <c r="I6" s="10"/>
+      <c r="J6" s="11"/>
+      <c r="K6" s="10"/>
+      <c r="L6" s="12"/>
     </row>
     <row r="7" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="G7" s="202"/>
-[...4 lines deleted...]
-      <c r="L7" s="14"/>
+      <c r="G7" s="176"/>
+      <c r="H7" s="176"/>
+      <c r="I7" s="13"/>
+      <c r="J7" s="13"/>
+      <c r="K7" s="13"/>
+      <c r="L7" s="13"/>
     </row>
     <row r="8" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="B8" s="211" t="str">
+      <c r="B8" s="183" t="str">
         <f>Income!K20</f>
         <v>OCT</v>
       </c>
-      <c r="C8" s="211"/>
-[...1 lines deleted...]
-      <c r="F8" s="211" t="str">
+      <c r="C8" s="183"/>
+      <c r="D8" s="183"/>
+      <c r="F8" s="183" t="str">
         <f>Income!L20</f>
         <v>NOV</v>
       </c>
-      <c r="G8" s="211"/>
-[...1 lines deleted...]
-      <c r="J8" s="211" t="str">
+      <c r="G8" s="183"/>
+      <c r="H8" s="183"/>
+      <c r="J8" s="183" t="str">
         <f>Income!M20</f>
         <v>DEC</v>
       </c>
-      <c r="K8" s="211"/>
-      <c r="L8" s="211"/>
+      <c r="K8" s="183"/>
+      <c r="L8" s="183"/>
     </row>
     <row r="9" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A9" s="52"/>
-      <c r="B9" s="53" t="s">
+      <c r="A9" s="40"/>
+      <c r="B9" s="41" t="s">
         <v>34</v>
       </c>
-      <c r="C9" s="63" t="s">
+      <c r="C9" s="46" t="s">
         <v>9</v>
       </c>
-      <c r="D9" s="53" t="s">
+      <c r="D9" s="41" t="s">
         <v>32</v>
       </c>
-      <c r="E9" s="47"/>
-      <c r="F9" s="53" t="s">
+      <c r="E9" s="14"/>
+      <c r="F9" s="41" t="s">
         <v>34</v>
       </c>
-      <c r="G9" s="63" t="s">
+      <c r="G9" s="46" t="s">
         <v>9</v>
       </c>
-      <c r="H9" s="53" t="s">
+      <c r="H9" s="41" t="s">
         <v>32</v>
       </c>
-      <c r="I9" s="47"/>
-      <c r="J9" s="53" t="s">
+      <c r="I9" s="14"/>
+      <c r="J9" s="41" t="s">
         <v>34</v>
       </c>
-      <c r="K9" s="63" t="s">
+      <c r="K9" s="46" t="s">
         <v>9</v>
       </c>
-      <c r="L9" s="53" t="s">
+      <c r="L9" s="41" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="10" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A10" s="16" t="s">
+      <c r="A10" s="15" t="s">
         <v>110</v>
       </c>
-      <c r="B10" s="48">
+      <c r="B10" s="13">
         <f>B23</f>
         <v>0</v>
       </c>
-      <c r="C10" s="48">
+      <c r="C10" s="13">
         <f>C23</f>
         <v>0</v>
       </c>
-      <c r="D10" s="49">
+      <c r="D10" s="39">
         <f>C10-B10</f>
         <v>0</v>
       </c>
-      <c r="F10" s="48">
+      <c r="F10" s="13">
         <f>F23</f>
         <v>0</v>
       </c>
-      <c r="G10" s="48">
+      <c r="G10" s="13">
         <f>G23</f>
         <v>0</v>
       </c>
-      <c r="H10" s="49">
+      <c r="H10" s="39">
         <f>G10-F10</f>
         <v>0</v>
       </c>
-      <c r="J10" s="48">
+      <c r="J10" s="13">
         <f>J23</f>
         <v>0</v>
       </c>
-      <c r="K10" s="48">
+      <c r="K10" s="13">
         <f>K23</f>
         <v>0</v>
       </c>
-      <c r="L10" s="49">
+      <c r="L10" s="39">
         <f>K10-J10</f>
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:12" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A11" s="16" t="s">
+      <c r="A11" s="15" t="s">
         <v>118</v>
       </c>
-      <c r="B11" s="48">
+      <c r="B11" s="13">
         <f>B43+B57+B67+B80+B95+B108+B119+B131+B142+B156+B167+B175+B183</f>
         <v>0</v>
       </c>
-      <c r="C11" s="48">
+      <c r="C11" s="13">
         <f>C43+C57+C67+C80+C95+C108+C119+C131+C142+C156+C167+C175+C183</f>
         <v>0</v>
       </c>
-      <c r="D11" s="49">
+      <c r="D11" s="39">
         <f>B11-C11</f>
         <v>0</v>
       </c>
-      <c r="F11" s="48">
+      <c r="F11" s="13">
         <f>F43+F57+F67+F80+F95+F108+F119+F131+F142+F156+F167+F175+F183</f>
         <v>0</v>
       </c>
-      <c r="G11" s="48">
+      <c r="G11" s="13">
         <f>G43+G57+G67+G80+G95+G108+G119+G131+G142+G156+G167+G175+G183</f>
         <v>0</v>
       </c>
-      <c r="H11" s="49">
+      <c r="H11" s="39">
         <f>F11-G11</f>
         <v>0</v>
       </c>
-      <c r="J11" s="48">
+      <c r="J11" s="13">
         <f>J43+J57+J67+J80+J95+J108+J119+J131+J142+J156+J167+J175+J183</f>
         <v>0</v>
       </c>
-      <c r="K11" s="48">
+      <c r="K11" s="13">
         <f>K43+K57+K67+K80+K95+K108+K119+K131+K142+K156+K167+K175+K183</f>
         <v>0</v>
       </c>
-      <c r="L11" s="49">
+      <c r="L11" s="39">
         <f>J11-K11</f>
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:12" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A12" s="24" t="s">
+      <c r="A12" s="19" t="s">
         <v>119</v>
       </c>
-      <c r="B12" s="25">
+      <c r="B12" s="20">
         <f>B10-B11</f>
         <v>0</v>
       </c>
-      <c r="C12" s="25">
+      <c r="C12" s="20">
         <f>C10-C11</f>
         <v>0</v>
       </c>
-      <c r="D12" s="26"/>
-      <c r="F12" s="25">
+      <c r="D12" s="21"/>
+      <c r="F12" s="20">
         <f>F10-F11</f>
         <v>0</v>
       </c>
-      <c r="G12" s="25">
+      <c r="G12" s="20">
         <f>G10-G11</f>
         <v>0</v>
       </c>
-      <c r="H12" s="26"/>
-      <c r="J12" s="25">
+      <c r="H12" s="21"/>
+      <c r="J12" s="20">
         <f>J10-J11</f>
         <v>0</v>
       </c>
-      <c r="K12" s="25">
+      <c r="K12" s="20">
         <f>K10-K11</f>
         <v>0</v>
       </c>
-      <c r="L12" s="26"/>
+      <c r="L12" s="21"/>
     </row>
     <row r="13" spans="1:12" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A13" s="16"/>
-[...10 lines deleted...]
-      <c r="L13" s="17"/>
+      <c r="A13" s="15"/>
+      <c r="B13" s="13"/>
+      <c r="C13" s="13"/>
+      <c r="D13" s="13"/>
+      <c r="F13" s="13"/>
+      <c r="G13" s="13"/>
+      <c r="H13" s="13"/>
+      <c r="J13" s="13"/>
+      <c r="K13" s="13"/>
+      <c r="L13" s="13"/>
     </row>
     <row r="14" spans="1:12" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A14" s="5" t="s">
         <v>120</v>
       </c>
-      <c r="B14" s="208">
+      <c r="B14" s="174">
         <f>B6+C12</f>
         <v>110</v>
       </c>
-      <c r="C14" s="208"/>
-[...2 lines deleted...]
-      <c r="F14" s="208">
+      <c r="C14" s="174"/>
+      <c r="D14" s="174"/>
+      <c r="F14" s="174">
         <f>B14+G12</f>
         <v>110</v>
       </c>
-      <c r="G14" s="208"/>
-[...2 lines deleted...]
-      <c r="J14" s="208">
+      <c r="G14" s="174"/>
+      <c r="H14" s="174"/>
+      <c r="J14" s="174">
         <f>F14+K12</f>
         <v>110</v>
       </c>
-      <c r="K14" s="208"/>
-      <c r="L14" s="208"/>
+      <c r="K14" s="174"/>
+      <c r="L14" s="174"/>
     </row>
     <row r="15" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A15" s="6"/>
-[...10 lines deleted...]
-      <c r="L15" s="20"/>
+      <c r="B15" s="10"/>
+      <c r="C15" s="10"/>
+      <c r="D15" s="10"/>
+      <c r="E15" s="16"/>
+      <c r="G15" s="172"/>
+      <c r="H15" s="172"/>
+      <c r="I15" s="17"/>
+      <c r="J15" s="17"/>
+      <c r="K15" s="17"/>
+      <c r="L15" s="17"/>
     </row>
     <row r="16" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="B16" s="213" t="str">
+      <c r="B16" s="182" t="str">
         <f>B8</f>
         <v>OCT</v>
       </c>
-      <c r="C16" s="213"/>
-[...1 lines deleted...]
-      <c r="F16" s="213" t="str">
+      <c r="C16" s="182"/>
+      <c r="D16" s="182"/>
+      <c r="F16" s="182" t="str">
         <f>F8</f>
         <v>NOV</v>
       </c>
-      <c r="G16" s="213"/>
-[...1 lines deleted...]
-      <c r="J16" s="213" t="str">
+      <c r="G16" s="182"/>
+      <c r="H16" s="182"/>
+      <c r="J16" s="182" t="str">
         <f>J8</f>
         <v>DEC</v>
       </c>
-      <c r="K16" s="213"/>
-      <c r="L16" s="213"/>
+      <c r="K16" s="182"/>
+      <c r="L16" s="182"/>
     </row>
     <row r="17" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A17" s="54" t="s">
+      <c r="A17" s="42" t="s">
         <v>117</v>
       </c>
-      <c r="B17" s="55" t="s">
+      <c r="B17" s="43" t="s">
         <v>34</v>
       </c>
-      <c r="C17" s="64" t="s">
+      <c r="C17" s="47" t="s">
         <v>9</v>
       </c>
-      <c r="D17" s="55" t="s">
+      <c r="D17" s="43" t="s">
         <v>32</v>
       </c>
-      <c r="E17" s="47"/>
-      <c r="F17" s="55" t="s">
+      <c r="E17" s="14"/>
+      <c r="F17" s="43" t="s">
         <v>34</v>
       </c>
-      <c r="G17" s="64" t="s">
+      <c r="G17" s="47" t="s">
         <v>9</v>
       </c>
-      <c r="H17" s="55" t="s">
+      <c r="H17" s="43" t="s">
         <v>32</v>
       </c>
-      <c r="I17" s="47"/>
-      <c r="J17" s="55" t="s">
+      <c r="I17" s="14"/>
+      <c r="J17" s="43" t="s">
         <v>34</v>
       </c>
-      <c r="K17" s="64" t="s">
+      <c r="K17" s="47" t="s">
         <v>9</v>
       </c>
-      <c r="L17" s="55" t="s">
+      <c r="L17" s="43" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="18" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A18" s="16" t="str">
+      <c r="A18" s="15" t="str">
         <f>Income!A21</f>
         <v>Income 1</v>
       </c>
-      <c r="B18" s="48">
+      <c r="B18" s="13">
         <f>Income!K21</f>
         <v>0</v>
       </c>
-      <c r="C18" s="48">
+      <c r="C18" s="13">
         <f>Income!K31</f>
         <v>0</v>
       </c>
-      <c r="D18" s="49">
+      <c r="D18" s="39">
         <f>C18-B18</f>
         <v>0</v>
       </c>
-      <c r="F18" s="48">
+      <c r="F18" s="13">
         <f>Income!L21</f>
         <v>0</v>
       </c>
-      <c r="G18" s="48">
+      <c r="G18" s="13">
         <f>Income!L31</f>
         <v>0</v>
       </c>
-      <c r="H18" s="49">
+      <c r="H18" s="39">
         <f>G18-F18</f>
         <v>0</v>
       </c>
-      <c r="J18" s="48">
+      <c r="J18" s="13">
         <f>Income!M21</f>
         <v>0</v>
       </c>
-      <c r="K18" s="48">
+      <c r="K18" s="13">
         <f>Income!M31</f>
         <v>0</v>
       </c>
-      <c r="L18" s="49">
+      <c r="L18" s="39">
         <f>K18-J18</f>
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A19" s="16" t="str">
+      <c r="A19" s="15" t="str">
         <f>Income!A22</f>
         <v>Income 2</v>
       </c>
-      <c r="B19" s="48">
+      <c r="B19" s="13">
         <f>Income!K22</f>
         <v>0</v>
       </c>
-      <c r="C19" s="48">
+      <c r="C19" s="13">
         <f>Income!K32</f>
         <v>0</v>
       </c>
-      <c r="D19" s="49">
+      <c r="D19" s="39">
         <f>C19-B19</f>
         <v>0</v>
       </c>
-      <c r="F19" s="48">
+      <c r="F19" s="13">
         <f>Income!L22</f>
         <v>0</v>
       </c>
-      <c r="G19" s="48">
+      <c r="G19" s="13">
         <f>Income!L32</f>
         <v>0</v>
       </c>
-      <c r="H19" s="49">
+      <c r="H19" s="39">
         <f>G19-F19</f>
         <v>0</v>
       </c>
-      <c r="J19" s="48">
+      <c r="J19" s="13">
         <f>Income!M22</f>
         <v>0</v>
       </c>
-      <c r="K19" s="48">
+      <c r="K19" s="13">
         <f>Income!M32</f>
         <v>0</v>
       </c>
-      <c r="L19" s="49">
+      <c r="L19" s="39">
         <f>K19-J19</f>
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A20" s="16" t="str">
+      <c r="A20" s="15" t="str">
         <f>Income!A23</f>
         <v>Interest/Dividends</v>
       </c>
-      <c r="B20" s="48">
+      <c r="B20" s="13">
         <f>Income!K23</f>
         <v>0</v>
       </c>
-      <c r="C20" s="48">
+      <c r="C20" s="13">
         <f>Income!K33</f>
         <v>0</v>
       </c>
-      <c r="D20" s="49">
+      <c r="D20" s="39">
         <f>C20-B20</f>
         <v>0</v>
       </c>
-      <c r="F20" s="48">
+      <c r="F20" s="13">
         <f>Income!L23</f>
         <v>0</v>
       </c>
-      <c r="G20" s="48">
+      <c r="G20" s="13">
         <f>Income!L33</f>
         <v>0</v>
       </c>
-      <c r="H20" s="49">
+      <c r="H20" s="39">
         <f>G20-F20</f>
         <v>0</v>
       </c>
-      <c r="J20" s="48">
+      <c r="J20" s="13">
         <f>Income!M23</f>
         <v>0</v>
       </c>
-      <c r="K20" s="48">
+      <c r="K20" s="13">
         <f>Income!M33</f>
         <v>0</v>
       </c>
-      <c r="L20" s="49">
+      <c r="L20" s="39">
         <f>K20-J20</f>
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A21" s="16" t="str">
+      <c r="A21" s="15" t="str">
         <f>Income!A24</f>
         <v>Other</v>
       </c>
-      <c r="B21" s="48">
+      <c r="B21" s="13">
         <f>Income!K24</f>
         <v>0</v>
       </c>
-      <c r="C21" s="48">
+      <c r="C21" s="13">
         <f>Income!K34</f>
         <v>0</v>
       </c>
-      <c r="D21" s="49">
+      <c r="D21" s="39">
         <f>C21-B21</f>
         <v>0</v>
       </c>
-      <c r="F21" s="48">
+      <c r="F21" s="13">
         <f>Income!L24</f>
         <v>0</v>
       </c>
-      <c r="G21" s="48">
+      <c r="G21" s="13">
         <f>Income!L34</f>
         <v>0</v>
       </c>
-      <c r="H21" s="49">
+      <c r="H21" s="39">
         <f>G21-F21</f>
         <v>0</v>
       </c>
-      <c r="J21" s="48">
+      <c r="J21" s="13">
         <f>Income!M24</f>
         <v>0</v>
       </c>
-      <c r="K21" s="48">
+      <c r="K21" s="13">
         <f>Income!M34</f>
         <v>0</v>
       </c>
-      <c r="L21" s="49">
+      <c r="L21" s="39">
         <f>K21-J21</f>
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:12" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A22" s="16" t="str">
+      <c r="A22" s="15" t="str">
         <f>Income!A25</f>
         <v>Other</v>
       </c>
-      <c r="B22" s="48">
+      <c r="B22" s="13">
         <f>Income!K25</f>
         <v>0</v>
       </c>
-      <c r="C22" s="48">
+      <c r="C22" s="13">
         <f>Income!K35</f>
         <v>0</v>
       </c>
-      <c r="D22" s="49">
+      <c r="D22" s="39">
         <f>C22-B22</f>
         <v>0</v>
       </c>
-      <c r="F22" s="48">
+      <c r="F22" s="13">
         <f>Income!L25</f>
         <v>0</v>
       </c>
-      <c r="G22" s="48">
+      <c r="G22" s="13">
         <f>Income!L35</f>
         <v>0</v>
       </c>
-      <c r="H22" s="49">
+      <c r="H22" s="39">
         <f>G22-F22</f>
         <v>0</v>
       </c>
-      <c r="J22" s="48">
+      <c r="J22" s="13">
         <f>Income!M25</f>
         <v>0</v>
       </c>
-      <c r="K22" s="48">
+      <c r="K22" s="13">
         <f>Income!M35</f>
         <v>0</v>
       </c>
-      <c r="L22" s="49">
+      <c r="L22" s="39">
         <f>K22-J22</f>
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:12" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A23" s="56" t="s">
+      <c r="A23" s="25" t="s">
         <v>30</v>
       </c>
-      <c r="B23" s="57">
+      <c r="B23" s="26">
         <f>SUM(B18:B22)</f>
         <v>0</v>
       </c>
-      <c r="C23" s="57">
+      <c r="C23" s="26">
         <f>SUM(C18:C22)</f>
         <v>0</v>
       </c>
-      <c r="D23" s="57">
+      <c r="D23" s="26">
         <f>SUM(D18:D22)</f>
         <v>0</v>
       </c>
-      <c r="F23" s="57">
+      <c r="F23" s="26">
         <f>SUM(F18:F22)</f>
         <v>0</v>
       </c>
-      <c r="G23" s="57">
+      <c r="G23" s="26">
         <f>SUM(G18:G22)</f>
         <v>0</v>
       </c>
-      <c r="H23" s="57">
+      <c r="H23" s="26">
         <f>SUM(H18:H22)</f>
         <v>0</v>
       </c>
-      <c r="J23" s="57">
+      <c r="J23" s="26">
         <f>SUM(J18:J22)</f>
         <v>0</v>
       </c>
-      <c r="K23" s="57">
+      <c r="K23" s="26">
         <f>SUM(K18:K22)</f>
         <v>0</v>
       </c>
-      <c r="L23" s="57">
+      <c r="L23" s="26">
         <f>SUM(L18:L22)</f>
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A24" s="6"/>
-[...10 lines deleted...]
-      <c r="L24" s="20"/>
+      <c r="B24" s="10"/>
+      <c r="C24" s="10"/>
+      <c r="D24" s="10"/>
+      <c r="E24" s="16"/>
+      <c r="G24" s="172"/>
+      <c r="H24" s="172"/>
+      <c r="I24" s="17"/>
+      <c r="J24" s="17"/>
+      <c r="K24" s="17"/>
+      <c r="L24" s="17"/>
     </row>
     <row r="25" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="B25" s="212" t="str">
+      <c r="B25" s="181" t="str">
         <f>B8</f>
         <v>OCT</v>
       </c>
-      <c r="C25" s="212"/>
-[...1 lines deleted...]
-      <c r="F25" s="212" t="str">
+      <c r="C25" s="181"/>
+      <c r="D25" s="181"/>
+      <c r="F25" s="181" t="str">
         <f>F8</f>
         <v>NOV</v>
       </c>
-      <c r="G25" s="212"/>
-[...1 lines deleted...]
-      <c r="J25" s="212" t="str">
+      <c r="G25" s="181"/>
+      <c r="H25" s="181"/>
+      <c r="J25" s="181" t="str">
         <f>J8</f>
         <v>DEC</v>
       </c>
-      <c r="K25" s="212"/>
-      <c r="L25" s="212"/>
+      <c r="K25" s="181"/>
+      <c r="L25" s="181"/>
     </row>
     <row r="26" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A26" s="68" t="s">
+      <c r="A26" s="50" t="s">
         <v>33</v>
       </c>
-      <c r="B26" s="69" t="s">
+      <c r="B26" s="51" t="s">
         <v>34</v>
       </c>
-      <c r="C26" s="71" t="s">
+      <c r="C26" s="53" t="s">
         <v>9</v>
       </c>
-      <c r="D26" s="69" t="s">
+      <c r="D26" s="51" t="s">
         <v>32</v>
       </c>
-      <c r="E26" s="47"/>
-      <c r="F26" s="69" t="s">
+      <c r="E26" s="14"/>
+      <c r="F26" s="51" t="s">
         <v>34</v>
       </c>
-      <c r="G26" s="71" t="s">
+      <c r="G26" s="53" t="s">
         <v>9</v>
       </c>
-      <c r="H26" s="69" t="s">
+      <c r="H26" s="51" t="s">
         <v>32</v>
       </c>
-      <c r="I26" s="47"/>
-      <c r="J26" s="69" t="s">
+      <c r="I26" s="14"/>
+      <c r="J26" s="51" t="s">
         <v>34</v>
       </c>
-      <c r="K26" s="71" t="s">
+      <c r="K26" s="53" t="s">
         <v>9</v>
       </c>
-      <c r="L26" s="69" t="s">
+      <c r="L26" s="51" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="27" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A27" s="21" t="s">
+      <c r="A27" s="18" t="s">
         <v>35</v>
       </c>
-      <c r="B27" s="131"/>
-[...1 lines deleted...]
-      <c r="D27" s="49">
+      <c r="B27" s="107"/>
+      <c r="C27" s="108"/>
+      <c r="D27" s="39">
         <f>B27-C27</f>
         <v>0</v>
       </c>
-      <c r="F27" s="131"/>
-[...1 lines deleted...]
-      <c r="H27" s="49">
+      <c r="F27" s="107"/>
+      <c r="G27" s="108"/>
+      <c r="H27" s="39">
         <f t="shared" ref="H27:H40" si="0">F27-G27</f>
         <v>0</v>
       </c>
-      <c r="J27" s="131"/>
-[...1 lines deleted...]
-      <c r="L27" s="49">
+      <c r="J27" s="107"/>
+      <c r="K27" s="108"/>
+      <c r="L27" s="39">
         <f t="shared" ref="L27:L40" si="1">J27-K27</f>
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A28" s="21" t="s">
+      <c r="A28" s="18" t="s">
         <v>36</v>
       </c>
       <c r="B28" s="3"/>
-      <c r="C28" s="133"/>
-      <c r="D28" s="49">
+      <c r="C28" s="109"/>
+      <c r="D28" s="39">
         <f>B28-C28</f>
         <v>0</v>
       </c>
       <c r="F28" s="3"/>
-      <c r="G28" s="133"/>
-      <c r="H28" s="49">
+      <c r="G28" s="109"/>
+      <c r="H28" s="39">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="J28" s="3"/>
-      <c r="K28" s="133"/>
-      <c r="L28" s="49">
+      <c r="K28" s="109"/>
+      <c r="L28" s="39">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A29" s="21" t="s">
+      <c r="A29" s="18" t="s">
         <v>37</v>
       </c>
       <c r="B29" s="3"/>
-      <c r="C29" s="133"/>
-      <c r="D29" s="49">
+      <c r="C29" s="109"/>
+      <c r="D29" s="39">
         <f t="shared" ref="D29:D42" si="2">B29-C29</f>
         <v>0</v>
       </c>
       <c r="F29" s="3"/>
-      <c r="G29" s="133"/>
-      <c r="H29" s="49">
+      <c r="G29" s="109"/>
+      <c r="H29" s="39">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="J29" s="3"/>
-      <c r="K29" s="133"/>
-      <c r="L29" s="49">
+      <c r="K29" s="109"/>
+      <c r="L29" s="39">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A30" s="21" t="s">
+      <c r="A30" s="18" t="s">
         <v>38</v>
       </c>
       <c r="B30" s="3"/>
-      <c r="C30" s="133"/>
-      <c r="D30" s="49">
+      <c r="C30" s="109"/>
+      <c r="D30" s="39">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="F30" s="3"/>
-      <c r="G30" s="133"/>
-      <c r="H30" s="49">
+      <c r="G30" s="109"/>
+      <c r="H30" s="39">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="J30" s="3"/>
-      <c r="K30" s="133"/>
-      <c r="L30" s="49">
+      <c r="K30" s="109"/>
+      <c r="L30" s="39">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A31" s="21" t="s">
+      <c r="A31" s="18" t="s">
         <v>39</v>
       </c>
       <c r="B31" s="3"/>
-      <c r="C31" s="133"/>
-      <c r="D31" s="49">
+      <c r="C31" s="109"/>
+      <c r="D31" s="39">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="F31" s="3"/>
-      <c r="G31" s="133"/>
-      <c r="H31" s="49">
+      <c r="G31" s="109"/>
+      <c r="H31" s="39">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="J31" s="3"/>
-      <c r="K31" s="133"/>
-      <c r="L31" s="49">
+      <c r="K31" s="109"/>
+      <c r="L31" s="39">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A32" s="21" t="s">
+      <c r="A32" s="18" t="s">
         <v>40</v>
       </c>
       <c r="B32" s="3"/>
-      <c r="C32" s="133"/>
-      <c r="D32" s="49">
+      <c r="C32" s="109"/>
+      <c r="D32" s="39">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="F32" s="3"/>
-      <c r="G32" s="133"/>
-      <c r="H32" s="49">
+      <c r="G32" s="109"/>
+      <c r="H32" s="39">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="J32" s="3"/>
-      <c r="K32" s="133"/>
-      <c r="L32" s="49">
+      <c r="K32" s="109"/>
+      <c r="L32" s="39">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A33" s="21" t="s">
+      <c r="A33" s="18" t="s">
         <v>41</v>
       </c>
       <c r="B33" s="3"/>
-      <c r="C33" s="133"/>
-      <c r="D33" s="49">
+      <c r="C33" s="109"/>
+      <c r="D33" s="39">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="F33" s="3"/>
-      <c r="G33" s="133"/>
-      <c r="H33" s="49">
+      <c r="G33" s="109"/>
+      <c r="H33" s="39">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="J33" s="3"/>
-      <c r="K33" s="133"/>
-      <c r="L33" s="49">
+      <c r="K33" s="109"/>
+      <c r="L33" s="39">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A34" s="21" t="s">
+      <c r="A34" s="18" t="s">
         <v>42</v>
       </c>
       <c r="B34" s="3"/>
-      <c r="C34" s="133"/>
-      <c r="D34" s="49">
+      <c r="C34" s="109"/>
+      <c r="D34" s="39">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="F34" s="3"/>
-      <c r="G34" s="133"/>
-      <c r="H34" s="49">
+      <c r="G34" s="109"/>
+      <c r="H34" s="39">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="J34" s="3"/>
-      <c r="K34" s="133"/>
-      <c r="L34" s="49">
+      <c r="K34" s="109"/>
+      <c r="L34" s="39">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A35" s="21" t="s">
+      <c r="A35" s="18" t="s">
         <v>43</v>
       </c>
       <c r="B35" s="3"/>
-      <c r="C35" s="133"/>
-      <c r="D35" s="49">
+      <c r="C35" s="109"/>
+      <c r="D35" s="39">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="F35" s="3"/>
-      <c r="G35" s="133"/>
-      <c r="H35" s="49">
+      <c r="G35" s="109"/>
+      <c r="H35" s="39">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="J35" s="3"/>
-      <c r="K35" s="133"/>
-      <c r="L35" s="49">
+      <c r="K35" s="109"/>
+      <c r="L35" s="39">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A36" s="21" t="s">
+      <c r="A36" s="18" t="s">
         <v>44</v>
       </c>
       <c r="B36" s="3"/>
-      <c r="C36" s="133"/>
-      <c r="D36" s="49">
+      <c r="C36" s="109"/>
+      <c r="D36" s="39">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="F36" s="3"/>
-      <c r="G36" s="133"/>
-      <c r="H36" s="49">
+      <c r="G36" s="109"/>
+      <c r="H36" s="39">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="J36" s="3"/>
-      <c r="K36" s="133"/>
-      <c r="L36" s="49">
+      <c r="K36" s="109"/>
+      <c r="L36" s="39">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A37" s="21" t="s">
+      <c r="A37" s="18" t="s">
         <v>45</v>
       </c>
       <c r="B37" s="3"/>
-      <c r="C37" s="133"/>
-      <c r="D37" s="49">
+      <c r="C37" s="109"/>
+      <c r="D37" s="39">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="F37" s="3"/>
-      <c r="G37" s="133"/>
-      <c r="H37" s="49">
+      <c r="G37" s="109"/>
+      <c r="H37" s="39">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="J37" s="3"/>
-      <c r="K37" s="133"/>
-      <c r="L37" s="49">
+      <c r="K37" s="109"/>
+      <c r="L37" s="39">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A38" s="21" t="s">
+      <c r="A38" s="18" t="s">
         <v>46</v>
       </c>
       <c r="B38" s="3"/>
-      <c r="C38" s="133"/>
-      <c r="D38" s="49">
+      <c r="C38" s="109"/>
+      <c r="D38" s="39">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="F38" s="3"/>
-      <c r="G38" s="133"/>
-      <c r="H38" s="49">
+      <c r="G38" s="109"/>
+      <c r="H38" s="39">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="J38" s="3"/>
-      <c r="K38" s="133"/>
-      <c r="L38" s="49">
+      <c r="K38" s="109"/>
+      <c r="L38" s="39">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A39" s="21" t="s">
+      <c r="A39" s="18" t="s">
         <v>47</v>
       </c>
       <c r="B39" s="3"/>
-      <c r="C39" s="133"/>
-      <c r="D39" s="49">
+      <c r="C39" s="109"/>
+      <c r="D39" s="39">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="F39" s="3"/>
-      <c r="G39" s="133"/>
-      <c r="H39" s="49">
+      <c r="G39" s="109"/>
+      <c r="H39" s="39">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="J39" s="3"/>
-      <c r="K39" s="133"/>
-      <c r="L39" s="49">
+      <c r="K39" s="109"/>
+      <c r="L39" s="39">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A40" s="21" t="s">
+      <c r="A40" s="18" t="s">
         <v>48</v>
       </c>
       <c r="B40" s="3"/>
-      <c r="C40" s="133"/>
-      <c r="D40" s="49">
+      <c r="C40" s="109"/>
+      <c r="D40" s="39">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="F40" s="3"/>
-      <c r="G40" s="133"/>
-      <c r="H40" s="49">
+      <c r="G40" s="109"/>
+      <c r="H40" s="39">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="J40" s="3"/>
-      <c r="K40" s="133"/>
-      <c r="L40" s="49">
+      <c r="K40" s="109"/>
+      <c r="L40" s="39">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A41" s="21" t="s">
+      <c r="A41" s="18" t="s">
         <v>29</v>
       </c>
       <c r="B41" s="3"/>
-      <c r="C41" s="133"/>
-      <c r="D41" s="49">
+      <c r="C41" s="109"/>
+      <c r="D41" s="39">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="F41" s="3"/>
-      <c r="G41" s="133"/>
-      <c r="H41" s="49">
+      <c r="G41" s="109"/>
+      <c r="H41" s="39">
         <f>F41-G41</f>
         <v>0</v>
       </c>
       <c r="J41" s="3"/>
-      <c r="K41" s="133"/>
-      <c r="L41" s="49">
+      <c r="K41" s="109"/>
+      <c r="L41" s="39">
         <f>J41-K41</f>
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:12" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A42" s="51" t="s">
+      <c r="A42" t="s">
         <v>29</v>
       </c>
       <c r="B42" s="4"/>
-      <c r="C42" s="134"/>
-      <c r="D42" s="49">
+      <c r="C42" s="110"/>
+      <c r="D42" s="39">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="F42" s="4"/>
-      <c r="G42" s="134"/>
-      <c r="H42" s="49">
+      <c r="G42" s="110"/>
+      <c r="H42" s="39">
         <f>F42-G42</f>
         <v>0</v>
       </c>
       <c r="J42" s="4"/>
-      <c r="K42" s="134"/>
-      <c r="L42" s="49">
+      <c r="K42" s="110"/>
+      <c r="L42" s="39">
         <f>J42-K42</f>
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:12" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A43" s="60" t="s">
+      <c r="A43" s="35" t="s">
         <v>30</v>
       </c>
-      <c r="B43" s="61">
+      <c r="B43" s="34">
         <f>SUM(B27:B42)</f>
         <v>0</v>
       </c>
-      <c r="C43" s="61">
+      <c r="C43" s="34">
         <f>SUM(C27:C42)</f>
         <v>0</v>
       </c>
-      <c r="D43" s="61">
+      <c r="D43" s="34">
         <f>SUM(D27:D42)</f>
         <v>0</v>
       </c>
-      <c r="F43" s="61">
+      <c r="F43" s="34">
         <f>SUM(F27:F42)</f>
         <v>0</v>
       </c>
-      <c r="G43" s="61">
+      <c r="G43" s="34">
         <f>SUM(G27:G42)</f>
         <v>0</v>
       </c>
-      <c r="H43" s="61">
+      <c r="H43" s="34">
         <f>SUM(H27:H42)</f>
         <v>0</v>
       </c>
-      <c r="J43" s="61">
+      <c r="J43" s="34">
         <f>SUM(J27:J42)</f>
         <v>0</v>
       </c>
-      <c r="K43" s="61">
+      <c r="K43" s="34">
         <f>SUM(K27:K42)</f>
         <v>0</v>
       </c>
-      <c r="L43" s="61">
+      <c r="L43" s="34">
         <f>SUM(L27:L42)</f>
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:12" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25"/>
     <row r="45" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B45" s="212" t="str">
+      <c r="B45" s="181" t="str">
         <f>B8</f>
         <v>OCT</v>
       </c>
-      <c r="C45" s="212"/>
-[...1 lines deleted...]
-      <c r="F45" s="212" t="str">
+      <c r="C45" s="181"/>
+      <c r="D45" s="181"/>
+      <c r="F45" s="181" t="str">
         <f>F8</f>
         <v>NOV</v>
       </c>
-      <c r="G45" s="212"/>
-[...1 lines deleted...]
-      <c r="J45" s="212" t="str">
+      <c r="G45" s="181"/>
+      <c r="H45" s="181"/>
+      <c r="J45" s="181" t="str">
         <f>J8</f>
         <v>DEC</v>
       </c>
-      <c r="K45" s="212"/>
-      <c r="L45" s="212"/>
+      <c r="K45" s="181"/>
+      <c r="L45" s="181"/>
     </row>
     <row r="46" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A46" s="68" t="s">
+      <c r="A46" s="50" t="s">
         <v>49</v>
       </c>
-      <c r="B46" s="69" t="s">
+      <c r="B46" s="51" t="s">
         <v>34</v>
       </c>
-      <c r="C46" s="71" t="s">
+      <c r="C46" s="53" t="s">
         <v>9</v>
       </c>
-      <c r="D46" s="69" t="s">
+      <c r="D46" s="51" t="s">
         <v>32</v>
       </c>
-      <c r="F46" s="69" t="s">
+      <c r="F46" s="51" t="s">
         <v>34</v>
       </c>
-      <c r="G46" s="71" t="s">
+      <c r="G46" s="53" t="s">
         <v>9</v>
       </c>
-      <c r="H46" s="69" t="s">
+      <c r="H46" s="51" t="s">
         <v>32</v>
       </c>
-      <c r="J46" s="69" t="s">
+      <c r="J46" s="51" t="s">
         <v>34</v>
       </c>
-      <c r="K46" s="71" t="s">
+      <c r="K46" s="53" t="s">
         <v>9</v>
       </c>
-      <c r="L46" s="69" t="s">
+      <c r="L46" s="51" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="47" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A47" s="21" t="s">
+      <c r="A47" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="B47" s="131"/>
-[...1 lines deleted...]
-      <c r="D47" s="49">
+      <c r="B47" s="107"/>
+      <c r="C47" s="108"/>
+      <c r="D47" s="39">
         <f t="shared" ref="D47:D54" si="3">B47-C47</f>
         <v>0</v>
       </c>
-      <c r="F47" s="131"/>
-[...1 lines deleted...]
-      <c r="H47" s="49">
+      <c r="F47" s="107"/>
+      <c r="G47" s="108"/>
+      <c r="H47" s="39">
         <f t="shared" ref="H47:H54" si="4">F47-G47</f>
         <v>0</v>
       </c>
-      <c r="J47" s="131"/>
-[...1 lines deleted...]
-      <c r="L47" s="49">
+      <c r="J47" s="107"/>
+      <c r="K47" s="108"/>
+      <c r="L47" s="39">
         <f t="shared" ref="L47:L54" si="5">J47-K47</f>
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A48" s="21" t="s">
+      <c r="A48" s="18" t="s">
         <v>51</v>
       </c>
       <c r="B48" s="3"/>
-      <c r="C48" s="133"/>
-      <c r="D48" s="49">
+      <c r="C48" s="109"/>
+      <c r="D48" s="39">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="F48" s="3"/>
-      <c r="G48" s="133"/>
-      <c r="H48" s="49">
+      <c r="G48" s="109"/>
+      <c r="H48" s="39">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="J48" s="3"/>
-      <c r="K48" s="133"/>
-      <c r="L48" s="49">
+      <c r="K48" s="109"/>
+      <c r="L48" s="39">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A49" s="21" t="s">
+      <c r="A49" s="18" t="s">
         <v>52</v>
       </c>
       <c r="B49" s="3"/>
-      <c r="C49" s="133"/>
-      <c r="D49" s="49">
+      <c r="C49" s="109"/>
+      <c r="D49" s="39">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="F49" s="3"/>
-      <c r="G49" s="133"/>
-      <c r="H49" s="49">
+      <c r="G49" s="109"/>
+      <c r="H49" s="39">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="J49" s="3"/>
-      <c r="K49" s="133"/>
-      <c r="L49" s="49">
+      <c r="K49" s="109"/>
+      <c r="L49" s="39">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A50" s="21" t="s">
+      <c r="A50" s="18" t="s">
         <v>53</v>
       </c>
       <c r="B50" s="3"/>
-      <c r="C50" s="133"/>
-      <c r="D50" s="49">
+      <c r="C50" s="109"/>
+      <c r="D50" s="39">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="F50" s="3"/>
-      <c r="G50" s="133"/>
-      <c r="H50" s="49">
+      <c r="G50" s="109"/>
+      <c r="H50" s="39">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="J50" s="3"/>
-      <c r="K50" s="133"/>
-      <c r="L50" s="49">
+      <c r="K50" s="109"/>
+      <c r="L50" s="39">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A51" s="21" t="s">
+      <c r="A51" s="18" t="s">
         <v>54</v>
       </c>
       <c r="B51" s="3"/>
-      <c r="C51" s="133"/>
-      <c r="D51" s="49">
+      <c r="C51" s="109"/>
+      <c r="D51" s="39">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="F51" s="3"/>
-      <c r="G51" s="133"/>
-      <c r="H51" s="49">
+      <c r="G51" s="109"/>
+      <c r="H51" s="39">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="J51" s="3"/>
-      <c r="K51" s="133"/>
-      <c r="L51" s="49">
+      <c r="K51" s="109"/>
+      <c r="L51" s="39">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A52" s="21" t="s">
+      <c r="A52" s="18" t="s">
         <v>55</v>
       </c>
       <c r="B52" s="3"/>
-      <c r="C52" s="133"/>
-      <c r="D52" s="49">
+      <c r="C52" s="109"/>
+      <c r="D52" s="39">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="F52" s="3"/>
-      <c r="G52" s="133"/>
-      <c r="H52" s="49">
+      <c r="G52" s="109"/>
+      <c r="H52" s="39">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="J52" s="3"/>
-      <c r="K52" s="133"/>
-      <c r="L52" s="49">
+      <c r="K52" s="109"/>
+      <c r="L52" s="39">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A53" s="21" t="s">
+      <c r="A53" s="18" t="s">
         <v>56</v>
       </c>
       <c r="B53" s="3"/>
-      <c r="C53" s="133"/>
-      <c r="D53" s="49">
+      <c r="C53" s="109"/>
+      <c r="D53" s="39">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="F53" s="3"/>
-      <c r="G53" s="133"/>
-      <c r="H53" s="49">
+      <c r="G53" s="109"/>
+      <c r="H53" s="39">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="J53" s="3"/>
-      <c r="K53" s="133"/>
-      <c r="L53" s="49">
+      <c r="K53" s="109"/>
+      <c r="L53" s="39">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A54" s="21" t="s">
+      <c r="A54" s="18" t="s">
         <v>57</v>
       </c>
       <c r="B54" s="3"/>
-      <c r="C54" s="133"/>
-      <c r="D54" s="49">
+      <c r="C54" s="109"/>
+      <c r="D54" s="39">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="F54" s="3"/>
-      <c r="G54" s="133"/>
-      <c r="H54" s="49">
+      <c r="G54" s="109"/>
+      <c r="H54" s="39">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="J54" s="3"/>
-      <c r="K54" s="133"/>
-      <c r="L54" s="49">
+      <c r="K54" s="109"/>
+      <c r="L54" s="39">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A55" s="21" t="s">
+      <c r="A55" s="18" t="s">
         <v>29</v>
       </c>
       <c r="B55" s="3"/>
-      <c r="C55" s="133"/>
-      <c r="D55" s="49">
+      <c r="C55" s="109"/>
+      <c r="D55" s="39">
         <f>B55-C55</f>
         <v>0</v>
       </c>
       <c r="F55" s="3"/>
-      <c r="G55" s="133"/>
-      <c r="H55" s="49">
+      <c r="G55" s="109"/>
+      <c r="H55" s="39">
         <f>F55-G55</f>
         <v>0</v>
       </c>
       <c r="J55" s="3"/>
-      <c r="K55" s="133"/>
-      <c r="L55" s="49">
+      <c r="K55" s="109"/>
+      <c r="L55" s="39">
         <f>J55-K55</f>
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A56" s="21" t="s">
+      <c r="A56" s="18" t="s">
         <v>29</v>
       </c>
       <c r="B56" s="4"/>
-      <c r="C56" s="134"/>
-      <c r="D56" s="49">
+      <c r="C56" s="110"/>
+      <c r="D56" s="39">
         <f>B56-C56</f>
         <v>0</v>
       </c>
       <c r="F56" s="4"/>
-      <c r="G56" s="134"/>
-      <c r="H56" s="49">
+      <c r="G56" s="110"/>
+      <c r="H56" s="39">
         <f>F56-G56</f>
         <v>0</v>
       </c>
       <c r="J56" s="4"/>
-      <c r="K56" s="134"/>
-      <c r="L56" s="49">
+      <c r="K56" s="110"/>
+      <c r="L56" s="39">
         <f>J56-K56</f>
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A57" s="62" t="s">
+      <c r="A57" s="33" t="s">
         <v>30</v>
       </c>
-      <c r="B57" s="61">
+      <c r="B57" s="34">
         <f>SUM(B47:B56)</f>
         <v>0</v>
       </c>
-      <c r="C57" s="61">
+      <c r="C57" s="34">
         <f>SUM(C47:C56)</f>
         <v>0</v>
       </c>
-      <c r="D57" s="61">
+      <c r="D57" s="34">
         <f>SUM(D47:D56)</f>
         <v>0</v>
       </c>
-      <c r="F57" s="61">
+      <c r="F57" s="34">
         <f>SUM(F47:F56)</f>
         <v>0</v>
       </c>
-      <c r="G57" s="61">
+      <c r="G57" s="34">
         <f>SUM(G47:G56)</f>
         <v>0</v>
       </c>
-      <c r="H57" s="61">
+      <c r="H57" s="34">
         <f>SUM(H47:H56)</f>
         <v>0</v>
       </c>
-      <c r="J57" s="61">
+      <c r="J57" s="34">
         <f>SUM(J47:J56)</f>
         <v>0</v>
       </c>
-      <c r="K57" s="61">
+      <c r="K57" s="34">
         <f>SUM(K47:K56)</f>
         <v>0</v>
       </c>
-      <c r="L57" s="61">
+      <c r="L57" s="34">
         <f>SUM(L47:L56)</f>
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
     <row r="59" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B59" s="212" t="str">
+      <c r="B59" s="181" t="str">
         <f>B8</f>
         <v>OCT</v>
       </c>
-      <c r="C59" s="212"/>
-[...1 lines deleted...]
-      <c r="F59" s="212" t="str">
+      <c r="C59" s="181"/>
+      <c r="D59" s="181"/>
+      <c r="F59" s="181" t="str">
         <f>F8</f>
         <v>NOV</v>
       </c>
-      <c r="G59" s="212"/>
-[...1 lines deleted...]
-      <c r="J59" s="212" t="str">
+      <c r="G59" s="181"/>
+      <c r="H59" s="181"/>
+      <c r="J59" s="181" t="str">
         <f>J8</f>
         <v>DEC</v>
       </c>
-      <c r="K59" s="212"/>
-      <c r="L59" s="212"/>
+      <c r="K59" s="181"/>
+      <c r="L59" s="181"/>
     </row>
     <row r="60" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A60" s="68" t="s">
+      <c r="A60" s="50" t="s">
         <v>54</v>
       </c>
-      <c r="B60" s="69" t="s">
+      <c r="B60" s="51" t="s">
         <v>34</v>
       </c>
-      <c r="C60" s="71" t="s">
+      <c r="C60" s="53" t="s">
         <v>9</v>
       </c>
-      <c r="D60" s="69" t="s">
+      <c r="D60" s="51" t="s">
         <v>32</v>
       </c>
-      <c r="F60" s="69" t="s">
+      <c r="F60" s="51" t="s">
         <v>34</v>
       </c>
-      <c r="G60" s="71" t="s">
+      <c r="G60" s="53" t="s">
         <v>9</v>
       </c>
-      <c r="H60" s="69" t="s">
+      <c r="H60" s="51" t="s">
         <v>32</v>
       </c>
-      <c r="J60" s="69" t="s">
+      <c r="J60" s="51" t="s">
         <v>34</v>
       </c>
-      <c r="K60" s="71" t="s">
+      <c r="K60" s="53" t="s">
         <v>9</v>
       </c>
-      <c r="L60" s="69" t="s">
+      <c r="L60" s="51" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="61" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A61" s="21" t="s">
+      <c r="A61" s="18" t="s">
         <v>58</v>
       </c>
-      <c r="B61" s="131"/>
-[...1 lines deleted...]
-      <c r="D61" s="49">
+      <c r="B61" s="107"/>
+      <c r="C61" s="108"/>
+      <c r="D61" s="39">
         <f t="shared" ref="D61:D66" si="6">B61-C61</f>
         <v>0</v>
       </c>
-      <c r="F61" s="131"/>
-[...1 lines deleted...]
-      <c r="H61" s="49">
+      <c r="F61" s="107"/>
+      <c r="G61" s="108"/>
+      <c r="H61" s="39">
         <f t="shared" ref="H61:H66" si="7">F61-G61</f>
         <v>0</v>
       </c>
-      <c r="J61" s="131"/>
-[...1 lines deleted...]
-      <c r="L61" s="49">
+      <c r="J61" s="107"/>
+      <c r="K61" s="108"/>
+      <c r="L61" s="39">
         <f t="shared" ref="L61:L66" si="8">J61-K61</f>
         <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A62" s="21" t="s">
+      <c r="A62" s="18" t="s">
         <v>59</v>
       </c>
       <c r="B62" s="3"/>
-      <c r="C62" s="133"/>
-      <c r="D62" s="49">
+      <c r="C62" s="109"/>
+      <c r="D62" s="39">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="F62" s="3"/>
-      <c r="G62" s="133"/>
-      <c r="H62" s="49">
+      <c r="G62" s="109"/>
+      <c r="H62" s="39">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="J62" s="3"/>
-      <c r="K62" s="133"/>
-      <c r="L62" s="49">
+      <c r="K62" s="109"/>
+      <c r="L62" s="39">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="63" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A63" s="21" t="s">
+      <c r="A63" s="18" t="s">
         <v>60</v>
       </c>
       <c r="B63" s="3"/>
-      <c r="C63" s="133"/>
-      <c r="D63" s="49">
+      <c r="C63" s="109"/>
+      <c r="D63" s="39">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="F63" s="3"/>
-      <c r="G63" s="133"/>
-      <c r="H63" s="49">
+      <c r="G63" s="109"/>
+      <c r="H63" s="39">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="J63" s="3"/>
-      <c r="K63" s="133"/>
-      <c r="L63" s="49">
+      <c r="K63" s="109"/>
+      <c r="L63" s="39">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A64" s="21" t="s">
+      <c r="A64" s="18" t="s">
         <v>29</v>
       </c>
       <c r="B64" s="3"/>
-      <c r="C64" s="133"/>
-      <c r="D64" s="49">
+      <c r="C64" s="109"/>
+      <c r="D64" s="39">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="F64" s="3"/>
-      <c r="G64" s="133"/>
-      <c r="H64" s="49">
+      <c r="G64" s="109"/>
+      <c r="H64" s="39">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="J64" s="3"/>
-      <c r="K64" s="133"/>
-      <c r="L64" s="49">
+      <c r="K64" s="109"/>
+      <c r="L64" s="39">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="65" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A65" s="21" t="s">
+      <c r="A65" s="18" t="s">
         <v>29</v>
       </c>
       <c r="B65" s="3"/>
-      <c r="C65" s="133"/>
-      <c r="D65" s="49">
+      <c r="C65" s="109"/>
+      <c r="D65" s="39">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="F65" s="3"/>
-      <c r="G65" s="133"/>
-      <c r="H65" s="49">
+      <c r="G65" s="109"/>
+      <c r="H65" s="39">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="J65" s="3"/>
-      <c r="K65" s="133"/>
-      <c r="L65" s="49">
+      <c r="K65" s="109"/>
+      <c r="L65" s="39">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="66" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A66" s="21" t="s">
+      <c r="A66" s="18" t="s">
         <v>29</v>
       </c>
       <c r="B66" s="4"/>
-      <c r="C66" s="134"/>
-      <c r="D66" s="49">
+      <c r="C66" s="110"/>
+      <c r="D66" s="39">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="F66" s="4"/>
-      <c r="G66" s="134"/>
-      <c r="H66" s="49">
+      <c r="G66" s="110"/>
+      <c r="H66" s="39">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="J66" s="4"/>
-      <c r="K66" s="134"/>
-      <c r="L66" s="49">
+      <c r="K66" s="110"/>
+      <c r="L66" s="39">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="67" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A67" s="62" t="s">
+      <c r="A67" s="33" t="s">
         <v>30</v>
       </c>
-      <c r="B67" s="61">
+      <c r="B67" s="34">
         <f>SUM(B61:B66)</f>
         <v>0</v>
       </c>
-      <c r="C67" s="61">
+      <c r="C67" s="34">
         <f>SUM(C61:C66)</f>
         <v>0</v>
       </c>
-      <c r="D67" s="61">
+      <c r="D67" s="34">
         <f>SUM(D61:D66)</f>
         <v>0</v>
       </c>
-      <c r="F67" s="61">
+      <c r="F67" s="34">
         <f>SUM(F61:F66)</f>
         <v>0</v>
       </c>
-      <c r="G67" s="61">
+      <c r="G67" s="34">
         <f>SUM(G61:G66)</f>
         <v>0</v>
       </c>
-      <c r="H67" s="61">
+      <c r="H67" s="34">
         <f>SUM(H61:H66)</f>
         <v>0</v>
       </c>
-      <c r="J67" s="61">
+      <c r="J67" s="34">
         <f>SUM(J61:J66)</f>
         <v>0</v>
       </c>
-      <c r="K67" s="61">
+      <c r="K67" s="34">
         <f>SUM(K61:K66)</f>
         <v>0</v>
       </c>
-      <c r="L67" s="61">
+      <c r="L67" s="34">
         <f>SUM(L61:L66)</f>
         <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
     <row r="69" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B69" s="212" t="str">
+      <c r="B69" s="181" t="str">
         <f>B8</f>
         <v>OCT</v>
       </c>
-      <c r="C69" s="212"/>
-[...1 lines deleted...]
-      <c r="F69" s="212" t="str">
+      <c r="C69" s="181"/>
+      <c r="D69" s="181"/>
+      <c r="F69" s="181" t="str">
         <f>F8</f>
         <v>NOV</v>
       </c>
-      <c r="G69" s="212"/>
-[...1 lines deleted...]
-      <c r="J69" s="212" t="str">
+      <c r="G69" s="181"/>
+      <c r="H69" s="181"/>
+      <c r="J69" s="181" t="str">
         <f>J8</f>
         <v>DEC</v>
       </c>
-      <c r="K69" s="212"/>
-      <c r="L69" s="212"/>
+      <c r="K69" s="181"/>
+      <c r="L69" s="181"/>
     </row>
     <row r="70" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A70" s="68" t="s">
+      <c r="A70" s="50" t="s">
         <v>61</v>
       </c>
-      <c r="B70" s="69" t="s">
+      <c r="B70" s="51" t="s">
         <v>34</v>
       </c>
-      <c r="C70" s="71" t="s">
+      <c r="C70" s="53" t="s">
         <v>9</v>
       </c>
-      <c r="D70" s="69" t="s">
+      <c r="D70" s="51" t="s">
         <v>32</v>
       </c>
-      <c r="F70" s="69" t="s">
+      <c r="F70" s="51" t="s">
         <v>34</v>
       </c>
-      <c r="G70" s="71" t="s">
+      <c r="G70" s="53" t="s">
         <v>9</v>
       </c>
-      <c r="H70" s="69" t="s">
+      <c r="H70" s="51" t="s">
         <v>32</v>
       </c>
-      <c r="J70" s="69" t="s">
+      <c r="J70" s="51" t="s">
         <v>34</v>
       </c>
-      <c r="K70" s="71" t="s">
+      <c r="K70" s="53" t="s">
         <v>9</v>
       </c>
-      <c r="L70" s="69" t="s">
+      <c r="L70" s="51" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="71" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A71" s="21" t="s">
+      <c r="A71" s="18" t="s">
         <v>62</v>
       </c>
-      <c r="B71" s="131"/>
-[...1 lines deleted...]
-      <c r="D71" s="49">
+      <c r="B71" s="107"/>
+      <c r="C71" s="108"/>
+      <c r="D71" s="39">
         <f t="shared" ref="D71:D77" si="9">B71-C71</f>
         <v>0</v>
       </c>
-      <c r="F71" s="131"/>
-[...1 lines deleted...]
-      <c r="H71" s="49">
+      <c r="F71" s="107"/>
+      <c r="G71" s="108"/>
+      <c r="H71" s="39">
         <f t="shared" ref="H71:H77" si="10">F71-G71</f>
         <v>0</v>
       </c>
-      <c r="J71" s="131"/>
-[...1 lines deleted...]
-      <c r="L71" s="49">
+      <c r="J71" s="107"/>
+      <c r="K71" s="108"/>
+      <c r="L71" s="39">
         <f t="shared" ref="L71:L77" si="11">J71-K71</f>
         <v>0</v>
       </c>
     </row>
     <row r="72" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A72" s="21" t="s">
+      <c r="A72" s="18" t="s">
         <v>63</v>
       </c>
       <c r="B72" s="3"/>
-      <c r="C72" s="133"/>
-      <c r="D72" s="49">
+      <c r="C72" s="109"/>
+      <c r="D72" s="39">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="F72" s="3"/>
-      <c r="G72" s="133"/>
-      <c r="H72" s="49">
+      <c r="G72" s="109"/>
+      <c r="H72" s="39">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="J72" s="3"/>
-      <c r="K72" s="133"/>
-      <c r="L72" s="49">
+      <c r="K72" s="109"/>
+      <c r="L72" s="39">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
     </row>
     <row r="73" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A73" s="21" t="s">
+      <c r="A73" s="18" t="s">
         <v>64</v>
       </c>
       <c r="B73" s="3"/>
-      <c r="C73" s="133"/>
-      <c r="D73" s="49">
+      <c r="C73" s="109"/>
+      <c r="D73" s="39">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="F73" s="3"/>
-      <c r="G73" s="133"/>
-      <c r="H73" s="49">
+      <c r="G73" s="109"/>
+      <c r="H73" s="39">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="J73" s="3"/>
-      <c r="K73" s="133"/>
-      <c r="L73" s="49">
+      <c r="K73" s="109"/>
+      <c r="L73" s="39">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
     </row>
     <row r="74" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A74" s="21" t="s">
+      <c r="A74" s="18" t="s">
         <v>65</v>
       </c>
       <c r="B74" s="3"/>
-      <c r="C74" s="133"/>
-      <c r="D74" s="49">
+      <c r="C74" s="109"/>
+      <c r="D74" s="39">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="F74" s="3"/>
-      <c r="G74" s="133"/>
-      <c r="H74" s="49">
+      <c r="G74" s="109"/>
+      <c r="H74" s="39">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="J74" s="3"/>
-      <c r="K74" s="133"/>
-      <c r="L74" s="49">
+      <c r="K74" s="109"/>
+      <c r="L74" s="39">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
     </row>
     <row r="75" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A75" s="21" t="s">
+      <c r="A75" s="18" t="s">
         <v>66</v>
       </c>
       <c r="B75" s="3"/>
-      <c r="C75" s="133"/>
-      <c r="D75" s="49">
+      <c r="C75" s="109"/>
+      <c r="D75" s="39">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="F75" s="3"/>
-      <c r="G75" s="133"/>
-      <c r="H75" s="49">
+      <c r="G75" s="109"/>
+      <c r="H75" s="39">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="J75" s="3"/>
-      <c r="K75" s="133"/>
-      <c r="L75" s="49">
+      <c r="K75" s="109"/>
+      <c r="L75" s="39">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
     </row>
     <row r="76" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A76" s="21" t="s">
+      <c r="A76" s="18" t="s">
         <v>67</v>
       </c>
       <c r="B76" s="3"/>
-      <c r="C76" s="133"/>
-      <c r="D76" s="49">
+      <c r="C76" s="109"/>
+      <c r="D76" s="39">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="F76" s="3"/>
-      <c r="G76" s="133"/>
-      <c r="H76" s="49">
+      <c r="G76" s="109"/>
+      <c r="H76" s="39">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="J76" s="3"/>
-      <c r="K76" s="133"/>
-      <c r="L76" s="49">
+      <c r="K76" s="109"/>
+      <c r="L76" s="39">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
     </row>
     <row r="77" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A77" s="21" t="s">
+      <c r="A77" s="18" t="s">
         <v>68</v>
       </c>
       <c r="B77" s="3"/>
-      <c r="C77" s="133"/>
-      <c r="D77" s="49">
+      <c r="C77" s="109"/>
+      <c r="D77" s="39">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="F77" s="3"/>
-      <c r="G77" s="133"/>
-      <c r="H77" s="49">
+      <c r="G77" s="109"/>
+      <c r="H77" s="39">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="J77" s="3"/>
-      <c r="K77" s="133"/>
-      <c r="L77" s="49">
+      <c r="K77" s="109"/>
+      <c r="L77" s="39">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
     </row>
     <row r="78" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A78" s="21" t="s">
+      <c r="A78" s="18" t="s">
         <v>29</v>
       </c>
       <c r="B78" s="3"/>
-      <c r="C78" s="133"/>
-      <c r="D78" s="49">
+      <c r="C78" s="109"/>
+      <c r="D78" s="39">
         <f>B78-C78</f>
         <v>0</v>
       </c>
       <c r="F78" s="3"/>
-      <c r="G78" s="133"/>
-      <c r="H78" s="49">
+      <c r="G78" s="109"/>
+      <c r="H78" s="39">
         <f>F78-G78</f>
         <v>0</v>
       </c>
       <c r="J78" s="3"/>
-      <c r="K78" s="133"/>
-      <c r="L78" s="49">
+      <c r="K78" s="109"/>
+      <c r="L78" s="39">
         <f>J78-K78</f>
         <v>0</v>
       </c>
     </row>
     <row r="79" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A79" s="21" t="s">
+      <c r="A79" s="18" t="s">
         <v>29</v>
       </c>
       <c r="B79" s="4"/>
-      <c r="C79" s="134"/>
-      <c r="D79" s="49">
+      <c r="C79" s="110"/>
+      <c r="D79" s="39">
         <f>B79-C79</f>
         <v>0</v>
       </c>
       <c r="F79" s="4"/>
-      <c r="G79" s="134"/>
-      <c r="H79" s="49">
+      <c r="G79" s="110"/>
+      <c r="H79" s="39">
         <f>F79-G79</f>
         <v>0</v>
       </c>
       <c r="J79" s="4"/>
-      <c r="K79" s="134"/>
-      <c r="L79" s="49">
+      <c r="K79" s="110"/>
+      <c r="L79" s="39">
         <f>J79-K79</f>
         <v>0</v>
       </c>
     </row>
     <row r="80" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A80" s="62" t="s">
+      <c r="A80" s="33" t="s">
         <v>30</v>
       </c>
-      <c r="B80" s="61">
+      <c r="B80" s="34">
         <f>SUM(B71:B79)</f>
         <v>0</v>
       </c>
-      <c r="C80" s="61">
+      <c r="C80" s="34">
         <f>SUM(C71:C79)</f>
         <v>0</v>
       </c>
-      <c r="D80" s="61">
+      <c r="D80" s="34">
         <f>SUM(D71:D79)</f>
         <v>0</v>
       </c>
-      <c r="F80" s="61">
+      <c r="F80" s="34">
         <f>SUM(F71:F79)</f>
         <v>0</v>
       </c>
-      <c r="G80" s="61">
+      <c r="G80" s="34">
         <f>SUM(G71:G79)</f>
         <v>0</v>
       </c>
-      <c r="H80" s="61">
+      <c r="H80" s="34">
         <f>SUM(H71:H79)</f>
         <v>0</v>
       </c>
-      <c r="J80" s="61">
+      <c r="J80" s="34">
         <f>SUM(J71:J79)</f>
         <v>0</v>
       </c>
-      <c r="K80" s="61">
+      <c r="K80" s="34">
         <f>SUM(K71:K79)</f>
         <v>0</v>
       </c>
-      <c r="L80" s="61">
+      <c r="L80" s="34">
         <f>SUM(L71:L79)</f>
         <v>0</v>
       </c>
     </row>
     <row r="81" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
     <row r="82" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B82" s="212" t="str">
+      <c r="B82" s="181" t="str">
         <f>B8</f>
         <v>OCT</v>
       </c>
-      <c r="C82" s="212"/>
-[...1 lines deleted...]
-      <c r="F82" s="212" t="str">
+      <c r="C82" s="181"/>
+      <c r="D82" s="181"/>
+      <c r="F82" s="181" t="str">
         <f>F8</f>
         <v>NOV</v>
       </c>
-      <c r="G82" s="212"/>
-[...1 lines deleted...]
-      <c r="J82" s="212" t="str">
+      <c r="G82" s="181"/>
+      <c r="H82" s="181"/>
+      <c r="J82" s="181" t="str">
         <f>J8</f>
         <v>DEC</v>
       </c>
-      <c r="K82" s="212"/>
-      <c r="L82" s="212"/>
+      <c r="K82" s="181"/>
+      <c r="L82" s="181"/>
     </row>
     <row r="83" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A83" s="68" t="s">
+      <c r="A83" s="50" t="s">
         <v>69</v>
       </c>
-      <c r="B83" s="69" t="s">
+      <c r="B83" s="51" t="s">
         <v>34</v>
       </c>
-      <c r="C83" s="71" t="s">
+      <c r="C83" s="53" t="s">
         <v>9</v>
       </c>
-      <c r="D83" s="69" t="s">
+      <c r="D83" s="51" t="s">
         <v>32</v>
       </c>
-      <c r="F83" s="69" t="s">
+      <c r="F83" s="51" t="s">
         <v>34</v>
       </c>
-      <c r="G83" s="71" t="s">
+      <c r="G83" s="53" t="s">
         <v>9</v>
       </c>
-      <c r="H83" s="69" t="s">
+      <c r="H83" s="51" t="s">
         <v>32</v>
       </c>
-      <c r="J83" s="69" t="s">
+      <c r="J83" s="51" t="s">
         <v>34</v>
       </c>
-      <c r="K83" s="71" t="s">
+      <c r="K83" s="53" t="s">
         <v>9</v>
       </c>
-      <c r="L83" s="69" t="s">
+      <c r="L83" s="51" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="84" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A84" s="21" t="s">
+      <c r="A84" s="18" t="s">
         <v>70</v>
       </c>
-      <c r="B84" s="131"/>
-[...1 lines deleted...]
-      <c r="D84" s="49">
+      <c r="B84" s="107"/>
+      <c r="C84" s="108"/>
+      <c r="D84" s="39">
         <f t="shared" ref="D84:D92" si="12">B84-C84</f>
         <v>0</v>
       </c>
-      <c r="F84" s="131"/>
-[...1 lines deleted...]
-      <c r="H84" s="49">
+      <c r="F84" s="107"/>
+      <c r="G84" s="108"/>
+      <c r="H84" s="39">
         <f t="shared" ref="H84:H92" si="13">F84-G84</f>
         <v>0</v>
       </c>
-      <c r="J84" s="131"/>
-[...1 lines deleted...]
-      <c r="L84" s="49">
+      <c r="J84" s="107"/>
+      <c r="K84" s="108"/>
+      <c r="L84" s="39">
         <f t="shared" ref="L84:L92" si="14">J84-K84</f>
         <v>0</v>
       </c>
     </row>
     <row r="85" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A85" s="21" t="s">
+      <c r="A85" s="18" t="s">
         <v>71</v>
       </c>
       <c r="B85" s="3"/>
-      <c r="C85" s="133"/>
-      <c r="D85" s="49">
+      <c r="C85" s="109"/>
+      <c r="D85" s="39">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="F85" s="3"/>
-      <c r="G85" s="133"/>
-      <c r="H85" s="49">
+      <c r="G85" s="109"/>
+      <c r="H85" s="39">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="J85" s="3"/>
-      <c r="K85" s="133"/>
-      <c r="L85" s="49">
+      <c r="K85" s="109"/>
+      <c r="L85" s="39">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
     </row>
     <row r="86" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A86" s="21" t="s">
+      <c r="A86" s="18" t="s">
         <v>72</v>
       </c>
       <c r="B86" s="3"/>
-      <c r="C86" s="133"/>
-      <c r="D86" s="49">
+      <c r="C86" s="109"/>
+      <c r="D86" s="39">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="F86" s="3"/>
-      <c r="G86" s="133"/>
-      <c r="H86" s="49">
+      <c r="G86" s="109"/>
+      <c r="H86" s="39">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="J86" s="3"/>
-      <c r="K86" s="133"/>
-      <c r="L86" s="49">
+      <c r="K86" s="109"/>
+      <c r="L86" s="39">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
     </row>
     <row r="87" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A87" s="21" t="s">
+      <c r="A87" s="18" t="s">
         <v>73</v>
       </c>
       <c r="B87" s="3"/>
-      <c r="C87" s="133"/>
-      <c r="D87" s="49">
+      <c r="C87" s="109"/>
+      <c r="D87" s="39">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="F87" s="3"/>
-      <c r="G87" s="133"/>
-      <c r="H87" s="49">
+      <c r="G87" s="109"/>
+      <c r="H87" s="39">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="J87" s="3"/>
-      <c r="K87" s="133"/>
-      <c r="L87" s="49">
+      <c r="K87" s="109"/>
+      <c r="L87" s="39">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
     </row>
     <row r="88" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A88" s="21" t="s">
+      <c r="A88" s="18" t="s">
         <v>74</v>
       </c>
       <c r="B88" s="3"/>
-      <c r="C88" s="133"/>
-      <c r="D88" s="49">
+      <c r="C88" s="109"/>
+      <c r="D88" s="39">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="F88" s="3"/>
-      <c r="G88" s="133"/>
-      <c r="H88" s="49">
+      <c r="G88" s="109"/>
+      <c r="H88" s="39">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="J88" s="3"/>
-      <c r="K88" s="133"/>
-      <c r="L88" s="49">
+      <c r="K88" s="109"/>
+      <c r="L88" s="39">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
     </row>
     <row r="89" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A89" s="21" t="s">
+      <c r="A89" s="18" t="s">
         <v>75</v>
       </c>
       <c r="B89" s="3"/>
-      <c r="C89" s="133"/>
-      <c r="D89" s="49">
+      <c r="C89" s="109"/>
+      <c r="D89" s="39">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="F89" s="3"/>
-      <c r="G89" s="133"/>
-      <c r="H89" s="49">
+      <c r="G89" s="109"/>
+      <c r="H89" s="39">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="J89" s="3"/>
-      <c r="K89" s="133"/>
-      <c r="L89" s="49">
+      <c r="K89" s="109"/>
+      <c r="L89" s="39">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
     </row>
     <row r="90" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A90" s="21" t="s">
+      <c r="A90" s="18" t="s">
         <v>56</v>
       </c>
       <c r="B90" s="3"/>
-      <c r="C90" s="133"/>
-      <c r="D90" s="49">
+      <c r="C90" s="109"/>
+      <c r="D90" s="39">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="F90" s="3"/>
-      <c r="G90" s="133"/>
-      <c r="H90" s="49">
+      <c r="G90" s="109"/>
+      <c r="H90" s="39">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="J90" s="3"/>
-      <c r="K90" s="133"/>
-      <c r="L90" s="49">
+      <c r="K90" s="109"/>
+      <c r="L90" s="39">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
     </row>
     <row r="91" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A91" s="21" t="s">
+      <c r="A91" s="18" t="s">
         <v>63</v>
       </c>
       <c r="B91" s="3"/>
-      <c r="C91" s="133"/>
-      <c r="D91" s="49">
+      <c r="C91" s="109"/>
+      <c r="D91" s="39">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="F91" s="3"/>
-      <c r="G91" s="133"/>
-      <c r="H91" s="49">
+      <c r="G91" s="109"/>
+      <c r="H91" s="39">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="J91" s="3"/>
-      <c r="K91" s="133"/>
-      <c r="L91" s="49">
+      <c r="K91" s="109"/>
+      <c r="L91" s="39">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
     </row>
     <row r="92" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A92" s="21" t="s">
+      <c r="A92" s="18" t="s">
         <v>76</v>
       </c>
       <c r="B92" s="3"/>
-      <c r="C92" s="133"/>
-      <c r="D92" s="49">
+      <c r="C92" s="109"/>
+      <c r="D92" s="39">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="F92" s="3"/>
-      <c r="G92" s="133"/>
-      <c r="H92" s="49">
+      <c r="G92" s="109"/>
+      <c r="H92" s="39">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="J92" s="3"/>
-      <c r="K92" s="133"/>
-      <c r="L92" s="49">
+      <c r="K92" s="109"/>
+      <c r="L92" s="39">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
     </row>
     <row r="93" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A93" s="21" t="s">
+      <c r="A93" s="18" t="s">
         <v>29</v>
       </c>
       <c r="B93" s="3"/>
-      <c r="C93" s="133"/>
-      <c r="D93" s="49">
+      <c r="C93" s="109"/>
+      <c r="D93" s="39">
         <f>B93-C93</f>
         <v>0</v>
       </c>
       <c r="F93" s="3"/>
-      <c r="G93" s="133"/>
-      <c r="H93" s="49">
+      <c r="G93" s="109"/>
+      <c r="H93" s="39">
         <f>F93-G93</f>
         <v>0</v>
       </c>
       <c r="J93" s="3"/>
-      <c r="K93" s="133"/>
-      <c r="L93" s="49">
+      <c r="K93" s="109"/>
+      <c r="L93" s="39">
         <f>J93-K93</f>
         <v>0</v>
       </c>
     </row>
     <row r="94" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A94" s="21" t="s">
+      <c r="A94" s="18" t="s">
         <v>29</v>
       </c>
       <c r="B94" s="4"/>
-      <c r="C94" s="134"/>
-      <c r="D94" s="49">
+      <c r="C94" s="110"/>
+      <c r="D94" s="39">
         <f>B94-C94</f>
         <v>0</v>
       </c>
       <c r="F94" s="4"/>
-      <c r="G94" s="134"/>
-      <c r="H94" s="49">
+      <c r="G94" s="110"/>
+      <c r="H94" s="39">
         <f>F94-G94</f>
         <v>0</v>
       </c>
       <c r="J94" s="4"/>
-      <c r="K94" s="134"/>
-      <c r="L94" s="49">
+      <c r="K94" s="110"/>
+      <c r="L94" s="39">
         <f>J94-K94</f>
         <v>0</v>
       </c>
     </row>
     <row r="95" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A95" s="62" t="s">
+      <c r="A95" s="33" t="s">
         <v>30</v>
       </c>
-      <c r="B95" s="61">
+      <c r="B95" s="34">
         <f>SUM(B84:B94)</f>
         <v>0</v>
       </c>
-      <c r="C95" s="61">
+      <c r="C95" s="34">
         <f>SUM(C84:C94)</f>
         <v>0</v>
       </c>
-      <c r="D95" s="61">
+      <c r="D95" s="34">
         <f>SUM(D84:D94)</f>
         <v>0</v>
       </c>
-      <c r="F95" s="61">
+      <c r="F95" s="34">
         <f>SUM(F84:F94)</f>
         <v>0</v>
       </c>
-      <c r="G95" s="61">
+      <c r="G95" s="34">
         <f>SUM(G84:G94)</f>
         <v>0</v>
       </c>
-      <c r="H95" s="61">
+      <c r="H95" s="34">
         <f>SUM(H84:H94)</f>
         <v>0</v>
       </c>
-      <c r="J95" s="61">
+      <c r="J95" s="34">
         <f>SUM(J84:J94)</f>
         <v>0</v>
       </c>
-      <c r="K95" s="61">
+      <c r="K95" s="34">
         <f>SUM(K84:K94)</f>
         <v>0</v>
       </c>
-      <c r="L95" s="61">
+      <c r="L95" s="34">
         <f>SUM(L84:L94)</f>
         <v>0</v>
       </c>
     </row>
     <row r="96" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
     <row r="97" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B97" s="212" t="str">
+      <c r="B97" s="181" t="str">
         <f>B8</f>
         <v>OCT</v>
       </c>
-      <c r="C97" s="212"/>
-[...1 lines deleted...]
-      <c r="F97" s="212" t="str">
+      <c r="C97" s="181"/>
+      <c r="D97" s="181"/>
+      <c r="F97" s="181" t="str">
         <f>F8</f>
         <v>NOV</v>
       </c>
-      <c r="G97" s="212"/>
-[...1 lines deleted...]
-      <c r="J97" s="212" t="str">
+      <c r="G97" s="181"/>
+      <c r="H97" s="181"/>
+      <c r="J97" s="181" t="str">
         <f>J8</f>
         <v>DEC</v>
       </c>
-      <c r="K97" s="212"/>
-      <c r="L97" s="212"/>
+      <c r="K97" s="181"/>
+      <c r="L97" s="181"/>
     </row>
     <row r="98" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A98" s="68" t="s">
+      <c r="A98" s="50" t="s">
         <v>77</v>
       </c>
-      <c r="B98" s="69" t="s">
+      <c r="B98" s="51" t="s">
         <v>34</v>
       </c>
-      <c r="C98" s="71" t="s">
+      <c r="C98" s="53" t="s">
         <v>9</v>
       </c>
-      <c r="D98" s="69" t="s">
+      <c r="D98" s="51" t="s">
         <v>32</v>
       </c>
-      <c r="F98" s="69" t="s">
+      <c r="F98" s="51" t="s">
         <v>34</v>
       </c>
-      <c r="G98" s="71" t="s">
+      <c r="G98" s="53" t="s">
         <v>9</v>
       </c>
-      <c r="H98" s="69" t="s">
+      <c r="H98" s="51" t="s">
         <v>32</v>
       </c>
-      <c r="J98" s="69" t="s">
+      <c r="J98" s="51" t="s">
         <v>34</v>
       </c>
-      <c r="K98" s="71" t="s">
+      <c r="K98" s="53" t="s">
         <v>9</v>
       </c>
-      <c r="L98" s="69" t="s">
+      <c r="L98" s="51" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="99" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A99" s="21" t="s">
+      <c r="A99" s="18" t="s">
         <v>78</v>
       </c>
-      <c r="B99" s="131"/>
-[...1 lines deleted...]
-      <c r="D99" s="49">
+      <c r="B99" s="107"/>
+      <c r="C99" s="108"/>
+      <c r="D99" s="39">
         <f t="shared" ref="D99:D105" si="15">B99-C99</f>
         <v>0</v>
       </c>
-      <c r="F99" s="131"/>
-[...1 lines deleted...]
-      <c r="H99" s="49">
+      <c r="F99" s="107"/>
+      <c r="G99" s="108"/>
+      <c r="H99" s="39">
         <f t="shared" ref="H99:H105" si="16">F99-G99</f>
         <v>0</v>
       </c>
-      <c r="J99" s="131"/>
-[...1 lines deleted...]
-      <c r="L99" s="49">
+      <c r="J99" s="107"/>
+      <c r="K99" s="108"/>
+      <c r="L99" s="39">
         <f t="shared" ref="L99:L105" si="17">J99-K99</f>
         <v>0</v>
       </c>
     </row>
     <row r="100" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A100" s="21" t="s">
+      <c r="A100" s="18" t="s">
         <v>79</v>
       </c>
       <c r="B100" s="3"/>
-      <c r="C100" s="133"/>
-      <c r="D100" s="49">
+      <c r="C100" s="109"/>
+      <c r="D100" s="39">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="F100" s="3"/>
-      <c r="G100" s="133"/>
-      <c r="H100" s="49">
+      <c r="G100" s="109"/>
+      <c r="H100" s="39">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="J100" s="3"/>
-      <c r="K100" s="133"/>
-      <c r="L100" s="49">
+      <c r="K100" s="109"/>
+      <c r="L100" s="39">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
     </row>
     <row r="101" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A101" s="21" t="s">
+      <c r="A101" s="18" t="s">
         <v>80</v>
       </c>
       <c r="B101" s="3"/>
-      <c r="C101" s="133"/>
-      <c r="D101" s="49">
+      <c r="C101" s="109"/>
+      <c r="D101" s="39">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="F101" s="3"/>
-      <c r="G101" s="133"/>
-      <c r="H101" s="49">
+      <c r="G101" s="109"/>
+      <c r="H101" s="39">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="J101" s="3"/>
-      <c r="K101" s="133"/>
-      <c r="L101" s="49">
+      <c r="K101" s="109"/>
+      <c r="L101" s="39">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
     </row>
     <row r="102" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A102" s="21" t="s">
+      <c r="A102" s="18" t="s">
         <v>81</v>
       </c>
       <c r="B102" s="3"/>
-      <c r="C102" s="133"/>
-      <c r="D102" s="49">
+      <c r="C102" s="109"/>
+      <c r="D102" s="39">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="F102" s="3"/>
-      <c r="G102" s="133"/>
-      <c r="H102" s="49">
+      <c r="G102" s="109"/>
+      <c r="H102" s="39">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="J102" s="3"/>
-      <c r="K102" s="133"/>
-      <c r="L102" s="49">
+      <c r="K102" s="109"/>
+      <c r="L102" s="39">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
     </row>
     <row r="103" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A103" s="21" t="s">
+      <c r="A103" s="18" t="s">
         <v>82</v>
       </c>
       <c r="B103" s="3"/>
-      <c r="C103" s="133"/>
-      <c r="D103" s="49">
+      <c r="C103" s="109"/>
+      <c r="D103" s="39">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="F103" s="3"/>
-      <c r="G103" s="133"/>
-      <c r="H103" s="49">
+      <c r="G103" s="109"/>
+      <c r="H103" s="39">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="J103" s="3"/>
-      <c r="K103" s="133"/>
-      <c r="L103" s="49">
+      <c r="K103" s="109"/>
+      <c r="L103" s="39">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
     </row>
     <row r="104" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A104" s="21" t="s">
+      <c r="A104" s="18" t="s">
         <v>83</v>
       </c>
       <c r="B104" s="3"/>
-      <c r="C104" s="133"/>
-      <c r="D104" s="49">
+      <c r="C104" s="109"/>
+      <c r="D104" s="39">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="F104" s="3"/>
-      <c r="G104" s="133"/>
-      <c r="H104" s="49">
+      <c r="G104" s="109"/>
+      <c r="H104" s="39">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="J104" s="3"/>
-      <c r="K104" s="133"/>
-      <c r="L104" s="49">
+      <c r="K104" s="109"/>
+      <c r="L104" s="39">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
     </row>
     <row r="105" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A105" s="21" t="s">
+      <c r="A105" s="18" t="s">
         <v>29</v>
       </c>
       <c r="B105" s="3"/>
-      <c r="C105" s="133"/>
-      <c r="D105" s="49">
+      <c r="C105" s="109"/>
+      <c r="D105" s="39">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="F105" s="3"/>
-      <c r="G105" s="133"/>
-      <c r="H105" s="49">
+      <c r="G105" s="109"/>
+      <c r="H105" s="39">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="J105" s="3"/>
-      <c r="K105" s="133"/>
-      <c r="L105" s="49">
+      <c r="K105" s="109"/>
+      <c r="L105" s="39">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
     </row>
     <row r="106" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A106" s="21" t="s">
+      <c r="A106" s="18" t="s">
         <v>29</v>
       </c>
       <c r="B106" s="3"/>
-      <c r="C106" s="133"/>
-      <c r="D106" s="49">
+      <c r="C106" s="109"/>
+      <c r="D106" s="39">
         <f>B106-C106</f>
         <v>0</v>
       </c>
       <c r="F106" s="3"/>
-      <c r="G106" s="133"/>
-      <c r="H106" s="49">
+      <c r="G106" s="109"/>
+      <c r="H106" s="39">
         <f>F106-G106</f>
         <v>0</v>
       </c>
       <c r="J106" s="3"/>
-      <c r="K106" s="133"/>
-      <c r="L106" s="49">
+      <c r="K106" s="109"/>
+      <c r="L106" s="39">
         <f>J106-K106</f>
         <v>0</v>
       </c>
     </row>
     <row r="107" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A107" s="21" t="s">
+      <c r="A107" s="18" t="s">
         <v>29</v>
       </c>
       <c r="B107" s="4"/>
-      <c r="C107" s="134"/>
-      <c r="D107" s="49">
+      <c r="C107" s="110"/>
+      <c r="D107" s="39">
         <f>B107-C107</f>
         <v>0</v>
       </c>
       <c r="F107" s="4"/>
-      <c r="G107" s="134"/>
-      <c r="H107" s="49">
+      <c r="G107" s="110"/>
+      <c r="H107" s="39">
         <f>F107-G107</f>
         <v>0</v>
       </c>
       <c r="J107" s="4"/>
-      <c r="K107" s="134"/>
-      <c r="L107" s="49">
+      <c r="K107" s="110"/>
+      <c r="L107" s="39">
         <f>J107-K107</f>
         <v>0</v>
       </c>
     </row>
     <row r="108" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A108" s="62" t="s">
+      <c r="A108" s="33" t="s">
         <v>30</v>
       </c>
-      <c r="B108" s="61">
+      <c r="B108" s="34">
         <f>SUM(B99:B107)</f>
         <v>0</v>
       </c>
-      <c r="C108" s="61">
+      <c r="C108" s="34">
         <f>SUM(C99:C107)</f>
         <v>0</v>
       </c>
-      <c r="D108" s="61">
+      <c r="D108" s="34">
         <f>SUM(D99:D107)</f>
         <v>0</v>
       </c>
-      <c r="F108" s="61">
+      <c r="F108" s="34">
         <f>SUM(F99:F107)</f>
         <v>0</v>
       </c>
-      <c r="G108" s="61">
+      <c r="G108" s="34">
         <f>SUM(G99:G107)</f>
         <v>0</v>
       </c>
-      <c r="H108" s="61">
+      <c r="H108" s="34">
         <f>SUM(H99:H107)</f>
         <v>0</v>
       </c>
-      <c r="J108" s="61">
+      <c r="J108" s="34">
         <f>SUM(J99:J107)</f>
         <v>0</v>
       </c>
-      <c r="K108" s="61">
+      <c r="K108" s="34">
         <f>SUM(K99:K107)</f>
         <v>0</v>
       </c>
-      <c r="L108" s="61">
+      <c r="L108" s="34">
         <f>SUM(L99:L107)</f>
         <v>0</v>
       </c>
     </row>
     <row r="109" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
     <row r="110" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B110" s="212" t="str">
+      <c r="B110" s="181" t="str">
         <f>B8</f>
         <v>OCT</v>
       </c>
-      <c r="C110" s="212"/>
-[...1 lines deleted...]
-      <c r="F110" s="212" t="str">
+      <c r="C110" s="181"/>
+      <c r="D110" s="181"/>
+      <c r="F110" s="181" t="str">
         <f>F8</f>
         <v>NOV</v>
       </c>
-      <c r="G110" s="212"/>
-[...1 lines deleted...]
-      <c r="J110" s="212" t="str">
+      <c r="G110" s="181"/>
+      <c r="H110" s="181"/>
+      <c r="J110" s="181" t="str">
         <f>J8</f>
         <v>DEC</v>
       </c>
-      <c r="K110" s="212"/>
-      <c r="L110" s="212"/>
+      <c r="K110" s="181"/>
+      <c r="L110" s="181"/>
     </row>
     <row r="111" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A111" s="68" t="s">
+      <c r="A111" s="50" t="s">
         <v>84</v>
       </c>
-      <c r="B111" s="69" t="s">
+      <c r="B111" s="51" t="s">
         <v>34</v>
       </c>
-      <c r="C111" s="71" t="s">
+      <c r="C111" s="53" t="s">
         <v>9</v>
       </c>
-      <c r="D111" s="69" t="s">
+      <c r="D111" s="51" t="s">
         <v>32</v>
       </c>
-      <c r="F111" s="69" t="s">
+      <c r="F111" s="51" t="s">
         <v>34</v>
       </c>
-      <c r="G111" s="71" t="s">
+      <c r="G111" s="53" t="s">
         <v>9</v>
       </c>
-      <c r="H111" s="69" t="s">
+      <c r="H111" s="51" t="s">
         <v>32</v>
       </c>
-      <c r="J111" s="69" t="s">
+      <c r="J111" s="51" t="s">
         <v>34</v>
       </c>
-      <c r="K111" s="71" t="s">
+      <c r="K111" s="53" t="s">
         <v>9</v>
       </c>
-      <c r="L111" s="69" t="s">
+      <c r="L111" s="51" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="112" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A112" s="21" t="s">
+      <c r="A112" s="18" t="s">
         <v>70</v>
       </c>
-      <c r="B112" s="131"/>
-[...1 lines deleted...]
-      <c r="D112" s="49">
+      <c r="B112" s="107"/>
+      <c r="C112" s="108"/>
+      <c r="D112" s="39">
         <f t="shared" ref="D112:D118" si="18">B112-C112</f>
         <v>0</v>
       </c>
-      <c r="F112" s="131"/>
-[...1 lines deleted...]
-      <c r="H112" s="49">
+      <c r="F112" s="107"/>
+      <c r="G112" s="108"/>
+      <c r="H112" s="39">
         <f t="shared" ref="H112:H118" si="19">F112-G112</f>
         <v>0</v>
       </c>
-      <c r="J112" s="131"/>
-[...1 lines deleted...]
-      <c r="L112" s="49">
+      <c r="J112" s="107"/>
+      <c r="K112" s="108"/>
+      <c r="L112" s="39">
         <f t="shared" ref="L112:L118" si="20">J112-K112</f>
         <v>0</v>
       </c>
     </row>
     <row r="113" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A113" s="21" t="s">
+      <c r="A113" s="18" t="s">
         <v>85</v>
       </c>
       <c r="B113" s="3"/>
-      <c r="C113" s="133"/>
-      <c r="D113" s="49">
+      <c r="C113" s="109"/>
+      <c r="D113" s="39">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
       <c r="F113" s="3"/>
-      <c r="G113" s="133"/>
-      <c r="H113" s="49">
+      <c r="G113" s="109"/>
+      <c r="H113" s="39">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
       <c r="J113" s="3"/>
-      <c r="K113" s="133"/>
-      <c r="L113" s="49">
+      <c r="K113" s="109"/>
+      <c r="L113" s="39">
         <f t="shared" si="20"/>
         <v>0</v>
       </c>
     </row>
     <row r="114" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A114" s="21" t="s">
+      <c r="A114" s="18" t="s">
         <v>71</v>
       </c>
       <c r="B114" s="3"/>
-      <c r="C114" s="133"/>
-      <c r="D114" s="49">
+      <c r="C114" s="109"/>
+      <c r="D114" s="39">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
       <c r="F114" s="3"/>
-      <c r="G114" s="133"/>
-      <c r="H114" s="49">
+      <c r="G114" s="109"/>
+      <c r="H114" s="39">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
       <c r="J114" s="3"/>
-      <c r="K114" s="133"/>
-      <c r="L114" s="49">
+      <c r="K114" s="109"/>
+      <c r="L114" s="39">
         <f t="shared" si="20"/>
         <v>0</v>
       </c>
     </row>
     <row r="115" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A115" s="21" t="s">
+      <c r="A115" s="18" t="s">
         <v>86</v>
       </c>
       <c r="B115" s="3"/>
-      <c r="C115" s="133"/>
-      <c r="D115" s="49">
+      <c r="C115" s="109"/>
+      <c r="D115" s="39">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
       <c r="F115" s="3"/>
-      <c r="G115" s="133"/>
-      <c r="H115" s="49">
+      <c r="G115" s="109"/>
+      <c r="H115" s="39">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
       <c r="J115" s="3"/>
-      <c r="K115" s="133"/>
-      <c r="L115" s="49">
+      <c r="K115" s="109"/>
+      <c r="L115" s="39">
         <f t="shared" si="20"/>
         <v>0</v>
       </c>
     </row>
     <row r="116" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A116" s="21" t="s">
+      <c r="A116" s="18" t="s">
         <v>29</v>
       </c>
       <c r="B116" s="3"/>
-      <c r="C116" s="133"/>
-      <c r="D116" s="49">
+      <c r="C116" s="109"/>
+      <c r="D116" s="39">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
       <c r="F116" s="3"/>
-      <c r="G116" s="133"/>
-      <c r="H116" s="49">
+      <c r="G116" s="109"/>
+      <c r="H116" s="39">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
       <c r="J116" s="3"/>
-      <c r="K116" s="133"/>
-      <c r="L116" s="49">
+      <c r="K116" s="109"/>
+      <c r="L116" s="39">
         <f t="shared" si="20"/>
         <v>0</v>
       </c>
     </row>
     <row r="117" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A117" s="21" t="s">
+      <c r="A117" s="18" t="s">
         <v>29</v>
       </c>
       <c r="B117" s="3"/>
-      <c r="C117" s="133"/>
-      <c r="D117" s="49">
+      <c r="C117" s="109"/>
+      <c r="D117" s="39">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
       <c r="F117" s="3"/>
-      <c r="G117" s="133"/>
-      <c r="H117" s="49">
+      <c r="G117" s="109"/>
+      <c r="H117" s="39">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
       <c r="J117" s="3"/>
-      <c r="K117" s="133"/>
-      <c r="L117" s="49">
+      <c r="K117" s="109"/>
+      <c r="L117" s="39">
         <f t="shared" si="20"/>
         <v>0</v>
       </c>
     </row>
     <row r="118" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A118" s="21" t="s">
+      <c r="A118" s="18" t="s">
         <v>29</v>
       </c>
       <c r="B118" s="4"/>
-      <c r="C118" s="134"/>
-      <c r="D118" s="49">
+      <c r="C118" s="110"/>
+      <c r="D118" s="39">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
       <c r="F118" s="4"/>
-      <c r="G118" s="134"/>
-      <c r="H118" s="49">
+      <c r="G118" s="110"/>
+      <c r="H118" s="39">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
       <c r="J118" s="4"/>
-      <c r="K118" s="134"/>
-      <c r="L118" s="49">
+      <c r="K118" s="110"/>
+      <c r="L118" s="39">
         <f t="shared" si="20"/>
         <v>0</v>
       </c>
     </row>
     <row r="119" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A119" s="62" t="s">
+      <c r="A119" s="33" t="s">
         <v>30</v>
       </c>
-      <c r="B119" s="61">
+      <c r="B119" s="34">
         <f>SUM(B112:B118)</f>
         <v>0</v>
       </c>
-      <c r="C119" s="61">
+      <c r="C119" s="34">
         <f>SUM(C112:C118)</f>
         <v>0</v>
       </c>
-      <c r="D119" s="61">
+      <c r="D119" s="34">
         <f>SUM(D112:D118)</f>
         <v>0</v>
       </c>
-      <c r="F119" s="61">
+      <c r="F119" s="34">
         <f>SUM(F112:F118)</f>
         <v>0</v>
       </c>
-      <c r="G119" s="61">
+      <c r="G119" s="34">
         <f>SUM(G112:G118)</f>
         <v>0</v>
       </c>
-      <c r="H119" s="61">
+      <c r="H119" s="34">
         <f>SUM(H112:H118)</f>
         <v>0</v>
       </c>
-      <c r="J119" s="61">
+      <c r="J119" s="34">
         <f>SUM(J112:J118)</f>
         <v>0</v>
       </c>
-      <c r="K119" s="61">
+      <c r="K119" s="34">
         <f>SUM(K112:K118)</f>
         <v>0</v>
       </c>
-      <c r="L119" s="61">
+      <c r="L119" s="34">
         <f>SUM(L112:L118)</f>
         <v>0</v>
       </c>
     </row>
     <row r="120" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
     <row r="121" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B121" s="212" t="str">
+      <c r="B121" s="181" t="str">
         <f>B8</f>
         <v>OCT</v>
       </c>
-      <c r="C121" s="212"/>
-[...1 lines deleted...]
-      <c r="F121" s="212" t="str">
+      <c r="C121" s="181"/>
+      <c r="D121" s="181"/>
+      <c r="F121" s="181" t="str">
         <f>F8</f>
         <v>NOV</v>
       </c>
-      <c r="G121" s="212"/>
-[...1 lines deleted...]
-      <c r="J121" s="212" t="str">
+      <c r="G121" s="181"/>
+      <c r="H121" s="181"/>
+      <c r="J121" s="181" t="str">
         <f>J8</f>
         <v>DEC</v>
       </c>
-      <c r="K121" s="212"/>
-      <c r="L121" s="212"/>
+      <c r="K121" s="181"/>
+      <c r="L121" s="181"/>
     </row>
     <row r="122" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A122" s="68" t="s">
+      <c r="A122" s="50" t="s">
         <v>87</v>
       </c>
-      <c r="B122" s="69" t="s">
+      <c r="B122" s="51" t="s">
         <v>34</v>
       </c>
-      <c r="C122" s="71" t="s">
+      <c r="C122" s="53" t="s">
         <v>9</v>
       </c>
-      <c r="D122" s="69" t="s">
+      <c r="D122" s="51" t="s">
         <v>32</v>
       </c>
-      <c r="F122" s="69" t="s">
+      <c r="F122" s="51" t="s">
         <v>34</v>
       </c>
-      <c r="G122" s="71" t="s">
+      <c r="G122" s="53" t="s">
         <v>9</v>
       </c>
-      <c r="H122" s="69" t="s">
+      <c r="H122" s="51" t="s">
         <v>32</v>
       </c>
-      <c r="J122" s="69" t="s">
+      <c r="J122" s="51" t="s">
         <v>34</v>
       </c>
-      <c r="K122" s="71" t="s">
+      <c r="K122" s="53" t="s">
         <v>9</v>
       </c>
-      <c r="L122" s="69" t="s">
+      <c r="L122" s="51" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="123" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A123" s="21" t="s">
+      <c r="A123" s="18" t="s">
         <v>88</v>
       </c>
-      <c r="B123" s="131"/>
-[...1 lines deleted...]
-      <c r="D123" s="49">
+      <c r="B123" s="107"/>
+      <c r="C123" s="108"/>
+      <c r="D123" s="39">
         <f t="shared" ref="D123:D128" si="21">B123-C123</f>
         <v>0</v>
       </c>
-      <c r="F123" s="131"/>
-[...1 lines deleted...]
-      <c r="H123" s="49">
+      <c r="F123" s="107"/>
+      <c r="G123" s="108"/>
+      <c r="H123" s="39">
         <f t="shared" ref="H123:H128" si="22">F123-G123</f>
         <v>0</v>
       </c>
-      <c r="J123" s="131"/>
-[...1 lines deleted...]
-      <c r="L123" s="49">
+      <c r="J123" s="107"/>
+      <c r="K123" s="108"/>
+      <c r="L123" s="39">
         <f t="shared" ref="L123:L128" si="23">J123-K123</f>
         <v>0</v>
       </c>
     </row>
     <row r="124" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A124" s="21" t="s">
+      <c r="A124" s="18" t="s">
         <v>70</v>
       </c>
       <c r="B124" s="3"/>
-      <c r="C124" s="133"/>
-      <c r="D124" s="49">
+      <c r="C124" s="109"/>
+      <c r="D124" s="39">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="F124" s="3"/>
-      <c r="G124" s="133"/>
-      <c r="H124" s="49">
+      <c r="G124" s="109"/>
+      <c r="H124" s="39">
         <f t="shared" si="22"/>
         <v>0</v>
       </c>
       <c r="J124" s="3"/>
-      <c r="K124" s="133"/>
-      <c r="L124" s="49">
+      <c r="K124" s="109"/>
+      <c r="L124" s="39">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
     </row>
     <row r="125" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A125" s="21" t="s">
+      <c r="A125" s="18" t="s">
         <v>89</v>
       </c>
       <c r="B125" s="3"/>
-      <c r="C125" s="133"/>
-      <c r="D125" s="49">
+      <c r="C125" s="109"/>
+      <c r="D125" s="39">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="F125" s="3"/>
-      <c r="G125" s="133"/>
-      <c r="H125" s="49">
+      <c r="G125" s="109"/>
+      <c r="H125" s="39">
         <f t="shared" si="22"/>
         <v>0</v>
       </c>
       <c r="J125" s="3"/>
-      <c r="K125" s="133"/>
-      <c r="L125" s="49">
+      <c r="K125" s="109"/>
+      <c r="L125" s="39">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
     </row>
     <row r="126" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A126" s="21" t="s">
+      <c r="A126" s="18" t="s">
         <v>90</v>
       </c>
       <c r="B126" s="3"/>
-      <c r="C126" s="133"/>
-      <c r="D126" s="49">
+      <c r="C126" s="109"/>
+      <c r="D126" s="39">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="F126" s="3"/>
-      <c r="G126" s="133"/>
-      <c r="H126" s="49">
+      <c r="G126" s="109"/>
+      <c r="H126" s="39">
         <f t="shared" si="22"/>
         <v>0</v>
       </c>
       <c r="J126" s="3"/>
-      <c r="K126" s="133"/>
-      <c r="L126" s="49">
+      <c r="K126" s="109"/>
+      <c r="L126" s="39">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
     </row>
     <row r="127" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A127" s="21" t="s">
+      <c r="A127" s="18" t="s">
         <v>91</v>
       </c>
       <c r="B127" s="3"/>
-      <c r="C127" s="133"/>
-      <c r="D127" s="49">
+      <c r="C127" s="109"/>
+      <c r="D127" s="39">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="F127" s="3"/>
-      <c r="G127" s="133"/>
-      <c r="H127" s="49">
+      <c r="G127" s="109"/>
+      <c r="H127" s="39">
         <f t="shared" si="22"/>
         <v>0</v>
       </c>
       <c r="J127" s="3"/>
-      <c r="K127" s="133"/>
-      <c r="L127" s="49">
+      <c r="K127" s="109"/>
+      <c r="L127" s="39">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
     </row>
     <row r="128" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A128" s="21" t="s">
+      <c r="A128" s="18" t="s">
         <v>29</v>
       </c>
       <c r="B128" s="3"/>
-      <c r="C128" s="133"/>
-      <c r="D128" s="49">
+      <c r="C128" s="109"/>
+      <c r="D128" s="39">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="F128" s="3"/>
-      <c r="G128" s="133"/>
-      <c r="H128" s="49">
+      <c r="G128" s="109"/>
+      <c r="H128" s="39">
         <f t="shared" si="22"/>
         <v>0</v>
       </c>
       <c r="J128" s="3"/>
-      <c r="K128" s="133"/>
-      <c r="L128" s="49">
+      <c r="K128" s="109"/>
+      <c r="L128" s="39">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
     </row>
     <row r="129" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A129" s="21" t="s">
+      <c r="A129" s="18" t="s">
         <v>29</v>
       </c>
       <c r="B129" s="3"/>
-      <c r="C129" s="133"/>
-      <c r="D129" s="49">
+      <c r="C129" s="109"/>
+      <c r="D129" s="39">
         <f>B129-C129</f>
         <v>0</v>
       </c>
       <c r="F129" s="3"/>
-      <c r="G129" s="133"/>
-      <c r="H129" s="49">
+      <c r="G129" s="109"/>
+      <c r="H129" s="39">
         <f>F129-G129</f>
         <v>0</v>
       </c>
       <c r="J129" s="3"/>
-      <c r="K129" s="133"/>
-      <c r="L129" s="49">
+      <c r="K129" s="109"/>
+      <c r="L129" s="39">
         <f>J129-K129</f>
         <v>0</v>
       </c>
     </row>
     <row r="130" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A130" s="21" t="s">
+      <c r="A130" s="18" t="s">
         <v>29</v>
       </c>
       <c r="B130" s="4"/>
-      <c r="C130" s="134"/>
-      <c r="D130" s="49">
+      <c r="C130" s="110"/>
+      <c r="D130" s="39">
         <f>B130-C130</f>
         <v>0</v>
       </c>
       <c r="F130" s="4"/>
-      <c r="G130" s="134"/>
-      <c r="H130" s="49">
+      <c r="G130" s="110"/>
+      <c r="H130" s="39">
         <f>F130-G130</f>
         <v>0</v>
       </c>
       <c r="J130" s="4"/>
-      <c r="K130" s="134"/>
-      <c r="L130" s="49">
+      <c r="K130" s="110"/>
+      <c r="L130" s="39">
         <f>J130-K130</f>
         <v>0</v>
       </c>
     </row>
     <row r="131" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A131" s="62" t="s">
+      <c r="A131" s="33" t="s">
         <v>30</v>
       </c>
-      <c r="B131" s="61">
+      <c r="B131" s="34">
         <f>SUM(B123:B130)</f>
         <v>0</v>
       </c>
-      <c r="C131" s="61">
+      <c r="C131" s="34">
         <f>SUM(C123:C130)</f>
         <v>0</v>
       </c>
-      <c r="D131" s="61">
+      <c r="D131" s="34">
         <f>SUM(D123:D130)</f>
         <v>0</v>
       </c>
-      <c r="F131" s="61">
+      <c r="F131" s="34">
         <f>SUM(F123:F130)</f>
         <v>0</v>
       </c>
-      <c r="G131" s="61">
+      <c r="G131" s="34">
         <f>SUM(G123:G130)</f>
         <v>0</v>
       </c>
-      <c r="H131" s="61">
+      <c r="H131" s="34">
         <f>SUM(H123:H130)</f>
         <v>0</v>
       </c>
-      <c r="J131" s="61">
+      <c r="J131" s="34">
         <f>SUM(J123:J130)</f>
         <v>0</v>
       </c>
-      <c r="K131" s="61">
+      <c r="K131" s="34">
         <f>SUM(K123:K130)</f>
         <v>0</v>
       </c>
-      <c r="L131" s="61">
+      <c r="L131" s="34">
         <f>SUM(L123:L130)</f>
         <v>0</v>
       </c>
     </row>
     <row r="132" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
     <row r="133" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B133" s="212" t="str">
+      <c r="B133" s="181" t="str">
         <f>B8</f>
         <v>OCT</v>
       </c>
-      <c r="C133" s="212"/>
-[...1 lines deleted...]
-      <c r="F133" s="212" t="str">
+      <c r="C133" s="181"/>
+      <c r="D133" s="181"/>
+      <c r="F133" s="181" t="str">
         <f>F8</f>
         <v>NOV</v>
       </c>
-      <c r="G133" s="212"/>
-[...1 lines deleted...]
-      <c r="J133" s="212" t="str">
+      <c r="G133" s="181"/>
+      <c r="H133" s="181"/>
+      <c r="J133" s="181" t="str">
         <f>J8</f>
         <v>DEC</v>
       </c>
-      <c r="K133" s="212"/>
-      <c r="L133" s="212"/>
+      <c r="K133" s="181"/>
+      <c r="L133" s="181"/>
     </row>
     <row r="134" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A134" s="68" t="s">
+      <c r="A134" s="50" t="s">
         <v>92</v>
       </c>
-      <c r="B134" s="69" t="s">
+      <c r="B134" s="51" t="s">
         <v>34</v>
       </c>
-      <c r="C134" s="71" t="s">
+      <c r="C134" s="53" t="s">
         <v>9</v>
       </c>
-      <c r="D134" s="69" t="s">
+      <c r="D134" s="51" t="s">
         <v>32</v>
       </c>
-      <c r="F134" s="69" t="s">
+      <c r="F134" s="51" t="s">
         <v>34</v>
       </c>
-      <c r="G134" s="71" t="s">
+      <c r="G134" s="53" t="s">
         <v>9</v>
       </c>
-      <c r="H134" s="69" t="s">
+      <c r="H134" s="51" t="s">
         <v>32</v>
       </c>
-      <c r="J134" s="69" t="s">
+      <c r="J134" s="51" t="s">
         <v>34</v>
       </c>
-      <c r="K134" s="71" t="s">
+      <c r="K134" s="53" t="s">
         <v>9</v>
       </c>
-      <c r="L134" s="69" t="s">
+      <c r="L134" s="51" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="135" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A135" s="21" t="s">
+      <c r="A135" s="18" t="s">
         <v>93</v>
       </c>
-      <c r="B135" s="131"/>
-[...1 lines deleted...]
-      <c r="D135" s="49">
+      <c r="B135" s="107"/>
+      <c r="C135" s="108"/>
+      <c r="D135" s="39">
         <f t="shared" ref="D135:D141" si="24">B135-C135</f>
         <v>0</v>
       </c>
-      <c r="F135" s="131"/>
-[...1 lines deleted...]
-      <c r="H135" s="49">
+      <c r="F135" s="107"/>
+      <c r="G135" s="108"/>
+      <c r="H135" s="39">
         <f t="shared" ref="H135:H141" si="25">F135-G135</f>
         <v>0</v>
       </c>
-      <c r="J135" s="131"/>
-[...1 lines deleted...]
-      <c r="L135" s="49">
+      <c r="J135" s="107"/>
+      <c r="K135" s="108"/>
+      <c r="L135" s="39">
         <f t="shared" ref="L135:L141" si="26">J135-K135</f>
         <v>0</v>
       </c>
     </row>
     <row r="136" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A136" s="21" t="s">
+      <c r="A136" s="18" t="s">
         <v>94</v>
       </c>
       <c r="B136" s="3"/>
-      <c r="C136" s="133"/>
-      <c r="D136" s="49">
+      <c r="C136" s="109"/>
+      <c r="D136" s="39">
         <f t="shared" si="24"/>
         <v>0</v>
       </c>
       <c r="F136" s="3"/>
-      <c r="G136" s="133"/>
-      <c r="H136" s="49">
+      <c r="G136" s="109"/>
+      <c r="H136" s="39">
         <f t="shared" si="25"/>
         <v>0</v>
       </c>
       <c r="J136" s="3"/>
-      <c r="K136" s="133"/>
-      <c r="L136" s="49">
+      <c r="K136" s="109"/>
+      <c r="L136" s="39">
         <f t="shared" si="26"/>
         <v>0</v>
       </c>
     </row>
     <row r="137" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A137" s="21" t="s">
+      <c r="A137" s="18" t="s">
         <v>95</v>
       </c>
       <c r="B137" s="3"/>
-      <c r="C137" s="133"/>
-      <c r="D137" s="49">
+      <c r="C137" s="109"/>
+      <c r="D137" s="39">
         <f t="shared" si="24"/>
         <v>0</v>
       </c>
       <c r="F137" s="3"/>
-      <c r="G137" s="133"/>
-      <c r="H137" s="49">
+      <c r="G137" s="109"/>
+      <c r="H137" s="39">
         <f t="shared" si="25"/>
         <v>0</v>
       </c>
       <c r="J137" s="3"/>
-      <c r="K137" s="133"/>
-      <c r="L137" s="49">
+      <c r="K137" s="109"/>
+      <c r="L137" s="39">
         <f t="shared" si="26"/>
         <v>0</v>
       </c>
     </row>
     <row r="138" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A138" s="21" t="s">
+      <c r="A138" s="18" t="s">
         <v>96</v>
       </c>
       <c r="B138" s="3"/>
-      <c r="C138" s="133"/>
-      <c r="D138" s="49">
+      <c r="C138" s="109"/>
+      <c r="D138" s="39">
         <f t="shared" si="24"/>
         <v>0</v>
       </c>
       <c r="F138" s="3"/>
-      <c r="G138" s="133"/>
-      <c r="H138" s="49">
+      <c r="G138" s="109"/>
+      <c r="H138" s="39">
         <f t="shared" si="25"/>
         <v>0</v>
       </c>
       <c r="J138" s="3"/>
-      <c r="K138" s="133"/>
-      <c r="L138" s="49">
+      <c r="K138" s="109"/>
+      <c r="L138" s="39">
         <f t="shared" si="26"/>
         <v>0</v>
       </c>
     </row>
     <row r="139" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A139" s="21" t="s">
+      <c r="A139" s="18" t="s">
         <v>29</v>
       </c>
       <c r="B139" s="3"/>
-      <c r="C139" s="133"/>
-      <c r="D139" s="49">
+      <c r="C139" s="109"/>
+      <c r="D139" s="39">
         <f t="shared" si="24"/>
         <v>0</v>
       </c>
       <c r="F139" s="3"/>
-      <c r="G139" s="133"/>
-      <c r="H139" s="49">
+      <c r="G139" s="109"/>
+      <c r="H139" s="39">
         <f t="shared" si="25"/>
         <v>0</v>
       </c>
       <c r="J139" s="3"/>
-      <c r="K139" s="133"/>
-      <c r="L139" s="49">
+      <c r="K139" s="109"/>
+      <c r="L139" s="39">
         <f t="shared" si="26"/>
         <v>0</v>
       </c>
     </row>
     <row r="140" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A140" s="21" t="s">
+      <c r="A140" s="18" t="s">
         <v>29</v>
       </c>
       <c r="B140" s="3"/>
-      <c r="C140" s="133"/>
-      <c r="D140" s="49">
+      <c r="C140" s="109"/>
+      <c r="D140" s="39">
         <f t="shared" si="24"/>
         <v>0</v>
       </c>
       <c r="F140" s="3"/>
-      <c r="G140" s="133"/>
-      <c r="H140" s="49">
+      <c r="G140" s="109"/>
+      <c r="H140" s="39">
         <f t="shared" si="25"/>
         <v>0</v>
       </c>
       <c r="J140" s="3"/>
-      <c r="K140" s="133"/>
-      <c r="L140" s="49">
+      <c r="K140" s="109"/>
+      <c r="L140" s="39">
         <f t="shared" si="26"/>
         <v>0</v>
       </c>
     </row>
     <row r="141" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A141" s="21" t="s">
+      <c r="A141" s="18" t="s">
         <v>29</v>
       </c>
       <c r="B141" s="4"/>
-      <c r="C141" s="134"/>
-      <c r="D141" s="49">
+      <c r="C141" s="110"/>
+      <c r="D141" s="39">
         <f t="shared" si="24"/>
         <v>0</v>
       </c>
       <c r="F141" s="4"/>
-      <c r="G141" s="134"/>
-      <c r="H141" s="49">
+      <c r="G141" s="110"/>
+      <c r="H141" s="39">
         <f t="shared" si="25"/>
         <v>0</v>
       </c>
       <c r="J141" s="4"/>
-      <c r="K141" s="134"/>
-      <c r="L141" s="49">
+      <c r="K141" s="110"/>
+      <c r="L141" s="39">
         <f t="shared" si="26"/>
         <v>0</v>
       </c>
     </row>
     <row r="142" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A142" s="62" t="s">
+      <c r="A142" s="33" t="s">
         <v>30</v>
       </c>
-      <c r="B142" s="61">
+      <c r="B142" s="34">
         <f>SUM(B135:B141)</f>
         <v>0</v>
       </c>
-      <c r="C142" s="61">
+      <c r="C142" s="34">
         <f>SUM(C135:C141)</f>
         <v>0</v>
       </c>
-      <c r="D142" s="61">
+      <c r="D142" s="34">
         <f>SUM(D135:D141)</f>
         <v>0</v>
       </c>
-      <c r="F142" s="61">
+      <c r="F142" s="34">
         <f>SUM(F135:F141)</f>
         <v>0</v>
       </c>
-      <c r="G142" s="61">
+      <c r="G142" s="34">
         <f>SUM(G135:G141)</f>
         <v>0</v>
       </c>
-      <c r="H142" s="61">
+      <c r="H142" s="34">
         <f>SUM(H135:H141)</f>
         <v>0</v>
       </c>
-      <c r="J142" s="61">
+      <c r="J142" s="34">
         <f>SUM(J135:J141)</f>
         <v>0</v>
       </c>
-      <c r="K142" s="61">
+      <c r="K142" s="34">
         <f>SUM(K135:K141)</f>
         <v>0</v>
       </c>
-      <c r="L142" s="61">
+      <c r="L142" s="34">
         <f>SUM(L135:L141)</f>
         <v>0</v>
       </c>
     </row>
     <row r="143" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
     <row r="144" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B144" s="212" t="str">
+      <c r="B144" s="181" t="str">
         <f>B8</f>
         <v>OCT</v>
       </c>
-      <c r="C144" s="212"/>
-[...1 lines deleted...]
-      <c r="F144" s="212" t="str">
+      <c r="C144" s="181"/>
+      <c r="D144" s="181"/>
+      <c r="F144" s="181" t="str">
         <f>F8</f>
         <v>NOV</v>
       </c>
-      <c r="G144" s="212"/>
-[...1 lines deleted...]
-      <c r="J144" s="212" t="str">
+      <c r="G144" s="181"/>
+      <c r="H144" s="181"/>
+      <c r="J144" s="181" t="str">
         <f>J8</f>
         <v>DEC</v>
       </c>
-      <c r="K144" s="212"/>
-      <c r="L144" s="212"/>
+      <c r="K144" s="181"/>
+      <c r="L144" s="181"/>
     </row>
     <row r="145" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A145" s="68" t="s">
+      <c r="A145" s="50" t="s">
         <v>97</v>
       </c>
-      <c r="B145" s="69" t="s">
+      <c r="B145" s="51" t="s">
         <v>34</v>
       </c>
-      <c r="C145" s="71" t="s">
+      <c r="C145" s="53" t="s">
         <v>9</v>
       </c>
-      <c r="D145" s="69" t="s">
+      <c r="D145" s="51" t="s">
         <v>32</v>
       </c>
-      <c r="F145" s="69" t="s">
+      <c r="F145" s="51" t="s">
         <v>34</v>
       </c>
-      <c r="G145" s="71" t="s">
+      <c r="G145" s="53" t="s">
         <v>9</v>
       </c>
-      <c r="H145" s="69" t="s">
+      <c r="H145" s="51" t="s">
         <v>32</v>
       </c>
-      <c r="J145" s="69" t="s">
+      <c r="J145" s="51" t="s">
         <v>34</v>
       </c>
-      <c r="K145" s="71" t="s">
+      <c r="K145" s="53" t="s">
         <v>9</v>
       </c>
-      <c r="L145" s="69" t="s">
+      <c r="L145" s="51" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="146" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A146" s="21" t="s">
+      <c r="A146" s="18" t="s">
         <v>98</v>
       </c>
-      <c r="B146" s="131"/>
-[...1 lines deleted...]
-      <c r="D146" s="49">
+      <c r="B146" s="107"/>
+      <c r="C146" s="108"/>
+      <c r="D146" s="39">
         <f t="shared" ref="D146:D153" si="27">B146-C146</f>
         <v>0</v>
       </c>
-      <c r="F146" s="131"/>
-[...1 lines deleted...]
-      <c r="H146" s="49">
+      <c r="F146" s="107"/>
+      <c r="G146" s="108"/>
+      <c r="H146" s="39">
         <f t="shared" ref="H146:H153" si="28">F146-G146</f>
         <v>0</v>
       </c>
-      <c r="J146" s="131"/>
-[...1 lines deleted...]
-      <c r="L146" s="49">
+      <c r="J146" s="107"/>
+      <c r="K146" s="108"/>
+      <c r="L146" s="39">
         <f t="shared" ref="L146:L153" si="29">J146-K146</f>
         <v>0</v>
       </c>
     </row>
     <row r="147" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A147" s="21" t="str">
+      <c r="A147" s="18" t="str">
         <f>Income!$A$12</f>
         <v>Credit Card 1</v>
       </c>
       <c r="B147" s="3"/>
-      <c r="C147" s="133"/>
-      <c r="D147" s="49">
+      <c r="C147" s="109"/>
+      <c r="D147" s="39">
         <f t="shared" si="27"/>
         <v>0</v>
       </c>
       <c r="F147" s="3"/>
-      <c r="G147" s="133"/>
-      <c r="H147" s="49">
+      <c r="G147" s="109"/>
+      <c r="H147" s="39">
         <f t="shared" si="28"/>
         <v>0</v>
       </c>
       <c r="J147" s="3"/>
-      <c r="K147" s="133"/>
-      <c r="L147" s="49">
+      <c r="K147" s="109"/>
+      <c r="L147" s="39">
         <f t="shared" si="29"/>
         <v>0</v>
       </c>
     </row>
     <row r="148" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A148" s="21" t="str">
+      <c r="A148" s="18" t="str">
         <f>Income!$A$13</f>
         <v>Credit Card 2</v>
       </c>
       <c r="B148" s="3"/>
-      <c r="C148" s="133"/>
-      <c r="D148" s="49">
+      <c r="C148" s="109"/>
+      <c r="D148" s="39">
         <f t="shared" si="27"/>
         <v>0</v>
       </c>
       <c r="F148" s="3"/>
-      <c r="G148" s="133"/>
-      <c r="H148" s="49">
+      <c r="G148" s="109"/>
+      <c r="H148" s="39">
         <f t="shared" si="28"/>
         <v>0</v>
       </c>
       <c r="J148" s="3"/>
-      <c r="K148" s="133"/>
-      <c r="L148" s="49">
+      <c r="K148" s="109"/>
+      <c r="L148" s="39">
         <f t="shared" si="29"/>
         <v>0</v>
       </c>
     </row>
     <row r="149" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A149" s="21" t="str">
+      <c r="A149" s="18" t="str">
         <f>Income!$A$14</f>
         <v>Credit Card 3</v>
       </c>
       <c r="B149" s="3"/>
-      <c r="C149" s="133"/>
-      <c r="D149" s="49">
+      <c r="C149" s="109"/>
+      <c r="D149" s="39">
         <f t="shared" si="27"/>
         <v>0</v>
       </c>
       <c r="F149" s="3"/>
-      <c r="G149" s="133"/>
-      <c r="H149" s="49">
+      <c r="G149" s="109"/>
+      <c r="H149" s="39">
         <f t="shared" si="28"/>
         <v>0</v>
       </c>
       <c r="J149" s="3"/>
-      <c r="K149" s="133"/>
-      <c r="L149" s="49">
+      <c r="K149" s="109"/>
+      <c r="L149" s="39">
         <f t="shared" si="29"/>
         <v>0</v>
       </c>
     </row>
     <row r="150" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A150" s="21" t="s">
+      <c r="A150" s="18" t="s">
         <v>99</v>
       </c>
       <c r="B150" s="3"/>
-      <c r="C150" s="133"/>
-      <c r="D150" s="49">
+      <c r="C150" s="109"/>
+      <c r="D150" s="39">
         <f t="shared" si="27"/>
         <v>0</v>
       </c>
       <c r="F150" s="3"/>
-      <c r="G150" s="133"/>
-      <c r="H150" s="49">
+      <c r="G150" s="109"/>
+      <c r="H150" s="39">
         <f t="shared" si="28"/>
         <v>0</v>
       </c>
       <c r="J150" s="3"/>
-      <c r="K150" s="133"/>
-      <c r="L150" s="49">
+      <c r="K150" s="109"/>
+      <c r="L150" s="39">
         <f t="shared" si="29"/>
         <v>0</v>
       </c>
     </row>
     <row r="151" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A151" s="21" t="s">
+      <c r="A151" s="18" t="s">
         <v>100</v>
       </c>
       <c r="B151" s="3"/>
-      <c r="C151" s="133"/>
-      <c r="D151" s="49">
+      <c r="C151" s="109"/>
+      <c r="D151" s="39">
         <f t="shared" si="27"/>
         <v>0</v>
       </c>
       <c r="F151" s="3"/>
-      <c r="G151" s="133"/>
-      <c r="H151" s="49">
+      <c r="G151" s="109"/>
+      <c r="H151" s="39">
         <f t="shared" si="28"/>
         <v>0</v>
       </c>
       <c r="J151" s="3"/>
-      <c r="K151" s="133"/>
-      <c r="L151" s="49">
+      <c r="K151" s="109"/>
+      <c r="L151" s="39">
         <f t="shared" si="29"/>
         <v>0</v>
       </c>
     </row>
     <row r="152" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A152" s="21" t="s">
+      <c r="A152" s="18" t="s">
         <v>101</v>
       </c>
       <c r="B152" s="3"/>
-      <c r="C152" s="133"/>
-      <c r="D152" s="49">
+      <c r="C152" s="109"/>
+      <c r="D152" s="39">
         <f t="shared" si="27"/>
         <v>0</v>
       </c>
       <c r="F152" s="3"/>
-      <c r="G152" s="133"/>
-      <c r="H152" s="49">
+      <c r="G152" s="109"/>
+      <c r="H152" s="39">
         <f t="shared" si="28"/>
         <v>0</v>
       </c>
       <c r="J152" s="3"/>
-      <c r="K152" s="133"/>
-      <c r="L152" s="49">
+      <c r="K152" s="109"/>
+      <c r="L152" s="39">
         <f t="shared" si="29"/>
         <v>0</v>
       </c>
     </row>
     <row r="153" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A153" s="21" t="s">
+      <c r="A153" s="18" t="s">
         <v>29</v>
       </c>
       <c r="B153" s="3"/>
-      <c r="C153" s="133"/>
-      <c r="D153" s="49">
+      <c r="C153" s="109"/>
+      <c r="D153" s="39">
         <f t="shared" si="27"/>
         <v>0</v>
       </c>
       <c r="F153" s="3"/>
-      <c r="G153" s="133"/>
-      <c r="H153" s="49">
+      <c r="G153" s="109"/>
+      <c r="H153" s="39">
         <f t="shared" si="28"/>
         <v>0</v>
       </c>
       <c r="J153" s="3"/>
-      <c r="K153" s="133"/>
-      <c r="L153" s="49">
+      <c r="K153" s="109"/>
+      <c r="L153" s="39">
         <f t="shared" si="29"/>
         <v>0</v>
       </c>
     </row>
     <row r="154" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A154" s="21" t="s">
+      <c r="A154" s="18" t="s">
         <v>29</v>
       </c>
       <c r="B154" s="3"/>
-      <c r="C154" s="133"/>
-      <c r="D154" s="49">
+      <c r="C154" s="109"/>
+      <c r="D154" s="39">
         <f>B154-C154</f>
         <v>0</v>
       </c>
       <c r="F154" s="3"/>
-      <c r="G154" s="133"/>
-      <c r="H154" s="49">
+      <c r="G154" s="109"/>
+      <c r="H154" s="39">
         <f>F154-G154</f>
         <v>0</v>
       </c>
       <c r="J154" s="3"/>
-      <c r="K154" s="133"/>
-      <c r="L154" s="49">
+      <c r="K154" s="109"/>
+      <c r="L154" s="39">
         <f>J154-K154</f>
         <v>0</v>
       </c>
     </row>
     <row r="155" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A155" s="21" t="s">
+      <c r="A155" s="18" t="s">
         <v>29</v>
       </c>
       <c r="B155" s="4"/>
-      <c r="C155" s="134"/>
-      <c r="D155" s="49">
+      <c r="C155" s="110"/>
+      <c r="D155" s="39">
         <f>B155-C155</f>
         <v>0</v>
       </c>
       <c r="F155" s="4"/>
-      <c r="G155" s="134"/>
-      <c r="H155" s="49">
+      <c r="G155" s="110"/>
+      <c r="H155" s="39">
         <f>F155-G155</f>
         <v>0</v>
       </c>
       <c r="J155" s="4"/>
-      <c r="K155" s="134"/>
-      <c r="L155" s="49">
+      <c r="K155" s="110"/>
+      <c r="L155" s="39">
         <f>J155-K155</f>
         <v>0</v>
       </c>
     </row>
     <row r="156" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A156" s="62" t="s">
+      <c r="A156" s="33" t="s">
         <v>30</v>
       </c>
-      <c r="B156" s="61">
+      <c r="B156" s="34">
         <f>SUM(B146:B155)</f>
         <v>0</v>
       </c>
-      <c r="C156" s="61">
+      <c r="C156" s="34">
         <f>SUM(C146:C155)</f>
         <v>0</v>
       </c>
-      <c r="D156" s="61">
+      <c r="D156" s="34">
         <f>SUM(D146:D155)</f>
         <v>0</v>
       </c>
-      <c r="F156" s="61">
+      <c r="F156" s="34">
         <f>SUM(F146:F155)</f>
         <v>0</v>
       </c>
-      <c r="G156" s="61">
+      <c r="G156" s="34">
         <f>SUM(G146:G155)</f>
         <v>0</v>
       </c>
-      <c r="H156" s="61">
+      <c r="H156" s="34">
         <f>SUM(H146:H155)</f>
         <v>0</v>
       </c>
-      <c r="J156" s="61">
+      <c r="J156" s="34">
         <f>SUM(J146:J155)</f>
         <v>0</v>
       </c>
-      <c r="K156" s="61">
+      <c r="K156" s="34">
         <f>SUM(K146:K155)</f>
         <v>0</v>
       </c>
-      <c r="L156" s="61">
+      <c r="L156" s="34">
         <f>SUM(L146:L155)</f>
         <v>0</v>
       </c>
     </row>
     <row r="157" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
     <row r="158" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B158" s="212" t="str">
+      <c r="B158" s="181" t="str">
         <f>B8</f>
         <v>OCT</v>
       </c>
-      <c r="C158" s="212"/>
-[...1 lines deleted...]
-      <c r="F158" s="212" t="str">
+      <c r="C158" s="181"/>
+      <c r="D158" s="181"/>
+      <c r="F158" s="181" t="str">
         <f>F8</f>
         <v>NOV</v>
       </c>
-      <c r="G158" s="212"/>
-[...1 lines deleted...]
-      <c r="J158" s="212" t="str">
+      <c r="G158" s="181"/>
+      <c r="H158" s="181"/>
+      <c r="J158" s="181" t="str">
         <f>J8</f>
         <v>DEC</v>
       </c>
-      <c r="K158" s="212"/>
-      <c r="L158" s="212"/>
+      <c r="K158" s="181"/>
+      <c r="L158" s="181"/>
     </row>
     <row r="159" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A159" s="68" t="s">
+      <c r="A159" s="50" t="s">
         <v>102</v>
       </c>
-      <c r="B159" s="69" t="s">
+      <c r="B159" s="51" t="s">
         <v>34</v>
       </c>
-      <c r="C159" s="71" t="s">
+      <c r="C159" s="53" t="s">
         <v>9</v>
       </c>
-      <c r="D159" s="69" t="s">
+      <c r="D159" s="51" t="s">
         <v>32</v>
       </c>
-      <c r="F159" s="69" t="s">
+      <c r="F159" s="51" t="s">
         <v>34</v>
       </c>
-      <c r="G159" s="71" t="s">
+      <c r="G159" s="53" t="s">
         <v>9</v>
       </c>
-      <c r="H159" s="69" t="s">
+      <c r="H159" s="51" t="s">
         <v>32</v>
       </c>
-      <c r="J159" s="69" t="s">
+      <c r="J159" s="51" t="s">
         <v>34</v>
       </c>
-      <c r="K159" s="71" t="s">
+      <c r="K159" s="53" t="s">
         <v>9</v>
       </c>
-      <c r="L159" s="69" t="s">
+      <c r="L159" s="51" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="160" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A160" s="21" t="s">
+      <c r="A160" s="18" t="s">
         <v>103</v>
       </c>
-      <c r="B160" s="131"/>
-[...1 lines deleted...]
-      <c r="D160" s="49">
+      <c r="B160" s="107"/>
+      <c r="C160" s="108"/>
+      <c r="D160" s="39">
         <f t="shared" ref="D160:D166" si="30">B160-C160</f>
         <v>0</v>
       </c>
-      <c r="F160" s="131"/>
-[...1 lines deleted...]
-      <c r="H160" s="49">
+      <c r="F160" s="107"/>
+      <c r="G160" s="108"/>
+      <c r="H160" s="39">
         <f t="shared" ref="H160:H166" si="31">F160-G160</f>
         <v>0</v>
       </c>
-      <c r="J160" s="131"/>
-[...1 lines deleted...]
-      <c r="L160" s="49">
+      <c r="J160" s="107"/>
+      <c r="K160" s="108"/>
+      <c r="L160" s="39">
         <f t="shared" ref="L160:L166" si="32">J160-K160</f>
         <v>0</v>
       </c>
     </row>
     <row r="161" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A161" s="21" t="s">
+      <c r="A161" s="18" t="s">
         <v>104</v>
       </c>
       <c r="B161" s="3"/>
-      <c r="C161" s="133"/>
-      <c r="D161" s="49">
+      <c r="C161" s="109"/>
+      <c r="D161" s="39">
         <f t="shared" si="30"/>
         <v>0</v>
       </c>
       <c r="F161" s="3"/>
-      <c r="G161" s="133"/>
-      <c r="H161" s="49">
+      <c r="G161" s="109"/>
+      <c r="H161" s="39">
         <f t="shared" si="31"/>
         <v>0</v>
       </c>
       <c r="J161" s="3"/>
-      <c r="K161" s="133"/>
-      <c r="L161" s="49">
+      <c r="K161" s="109"/>
+      <c r="L161" s="39">
         <f t="shared" si="32"/>
         <v>0</v>
       </c>
     </row>
     <row r="162" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A162" s="21" t="s">
+      <c r="A162" s="18" t="s">
         <v>105</v>
       </c>
       <c r="B162" s="3"/>
-      <c r="C162" s="133"/>
-      <c r="D162" s="49">
+      <c r="C162" s="109"/>
+      <c r="D162" s="39">
         <f t="shared" si="30"/>
         <v>0</v>
       </c>
       <c r="F162" s="3"/>
-      <c r="G162" s="133"/>
-      <c r="H162" s="49">
+      <c r="G162" s="109"/>
+      <c r="H162" s="39">
         <f t="shared" si="31"/>
         <v>0</v>
       </c>
       <c r="J162" s="3"/>
-      <c r="K162" s="133"/>
-      <c r="L162" s="49">
+      <c r="K162" s="109"/>
+      <c r="L162" s="39">
         <f t="shared" si="32"/>
         <v>0</v>
       </c>
     </row>
     <row r="163" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A163" s="21" t="s">
+      <c r="A163" s="18" t="s">
         <v>106</v>
       </c>
       <c r="B163" s="3"/>
-      <c r="C163" s="133"/>
-      <c r="D163" s="49">
+      <c r="C163" s="109"/>
+      <c r="D163" s="39">
         <f t="shared" si="30"/>
         <v>0</v>
       </c>
       <c r="F163" s="3"/>
-      <c r="G163" s="133"/>
-      <c r="H163" s="49">
+      <c r="G163" s="109"/>
+      <c r="H163" s="39">
         <f t="shared" si="31"/>
         <v>0</v>
       </c>
       <c r="J163" s="3"/>
-      <c r="K163" s="133"/>
-      <c r="L163" s="49">
+      <c r="K163" s="109"/>
+      <c r="L163" s="39">
         <f t="shared" si="32"/>
         <v>0</v>
       </c>
     </row>
     <row r="164" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A164" s="21" t="s">
+      <c r="A164" s="18" t="s">
         <v>29</v>
       </c>
       <c r="B164" s="3"/>
-      <c r="C164" s="133"/>
-      <c r="D164" s="49">
+      <c r="C164" s="109"/>
+      <c r="D164" s="39">
         <f t="shared" si="30"/>
         <v>0</v>
       </c>
       <c r="F164" s="3"/>
-      <c r="G164" s="133"/>
-      <c r="H164" s="49">
+      <c r="G164" s="109"/>
+      <c r="H164" s="39">
         <f t="shared" si="31"/>
         <v>0</v>
       </c>
       <c r="J164" s="3"/>
-      <c r="K164" s="133"/>
-      <c r="L164" s="49">
+      <c r="K164" s="109"/>
+      <c r="L164" s="39">
         <f t="shared" si="32"/>
         <v>0</v>
       </c>
     </row>
     <row r="165" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A165" s="21" t="s">
+      <c r="A165" s="18" t="s">
         <v>29</v>
       </c>
       <c r="B165" s="3"/>
-      <c r="C165" s="133"/>
-      <c r="D165" s="49">
+      <c r="C165" s="109"/>
+      <c r="D165" s="39">
         <f t="shared" si="30"/>
         <v>0</v>
       </c>
       <c r="F165" s="3"/>
-      <c r="G165" s="133"/>
-      <c r="H165" s="49">
+      <c r="G165" s="109"/>
+      <c r="H165" s="39">
         <f t="shared" si="31"/>
         <v>0</v>
       </c>
       <c r="J165" s="3"/>
-      <c r="K165" s="133"/>
-      <c r="L165" s="49">
+      <c r="K165" s="109"/>
+      <c r="L165" s="39">
         <f t="shared" si="32"/>
         <v>0</v>
       </c>
     </row>
     <row r="166" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A166" s="21" t="s">
+      <c r="A166" s="18" t="s">
         <v>29</v>
       </c>
       <c r="B166" s="4"/>
-      <c r="C166" s="134"/>
-      <c r="D166" s="49">
+      <c r="C166" s="110"/>
+      <c r="D166" s="39">
         <f t="shared" si="30"/>
         <v>0</v>
       </c>
       <c r="F166" s="4"/>
-      <c r="G166" s="134"/>
-      <c r="H166" s="49">
+      <c r="G166" s="110"/>
+      <c r="H166" s="39">
         <f t="shared" si="31"/>
         <v>0</v>
       </c>
       <c r="J166" s="4"/>
-      <c r="K166" s="134"/>
-      <c r="L166" s="49">
+      <c r="K166" s="110"/>
+      <c r="L166" s="39">
         <f t="shared" si="32"/>
         <v>0</v>
       </c>
     </row>
     <row r="167" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A167" s="62" t="s">
+      <c r="A167" s="33" t="s">
         <v>30</v>
       </c>
-      <c r="B167" s="61">
+      <c r="B167" s="34">
         <f>SUM(B160:B166)</f>
         <v>0</v>
       </c>
-      <c r="C167" s="61">
+      <c r="C167" s="34">
         <f>SUM(C160:C166)</f>
         <v>0</v>
       </c>
-      <c r="D167" s="61">
+      <c r="D167" s="34">
         <f>SUM(D160:D166)</f>
         <v>0</v>
       </c>
-      <c r="F167" s="61">
+      <c r="F167" s="34">
         <f>SUM(F160:F166)</f>
         <v>0</v>
       </c>
-      <c r="G167" s="61">
+      <c r="G167" s="34">
         <f>SUM(G160:G166)</f>
         <v>0</v>
       </c>
-      <c r="H167" s="61">
+      <c r="H167" s="34">
         <f>SUM(H160:H166)</f>
         <v>0</v>
       </c>
-      <c r="J167" s="61">
+      <c r="J167" s="34">
         <f>SUM(J160:J166)</f>
         <v>0</v>
       </c>
-      <c r="K167" s="61">
+      <c r="K167" s="34">
         <f>SUM(K160:K166)</f>
         <v>0</v>
       </c>
-      <c r="L167" s="61">
+      <c r="L167" s="34">
         <f>SUM(L160:L166)</f>
         <v>0</v>
       </c>
     </row>
     <row r="168" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
     <row r="169" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B169" s="212" t="str">
+      <c r="B169" s="181" t="str">
         <f>B8</f>
         <v>OCT</v>
       </c>
-      <c r="C169" s="212"/>
-[...1 lines deleted...]
-      <c r="F169" s="212" t="str">
+      <c r="C169" s="181"/>
+      <c r="D169" s="181"/>
+      <c r="F169" s="181" t="str">
         <f>F8</f>
         <v>NOV</v>
       </c>
-      <c r="G169" s="212"/>
-[...1 lines deleted...]
-      <c r="J169" s="212" t="str">
+      <c r="G169" s="181"/>
+      <c r="H169" s="181"/>
+      <c r="J169" s="181" t="str">
         <f>J8</f>
         <v>DEC</v>
       </c>
-      <c r="K169" s="212"/>
-      <c r="L169" s="212"/>
+      <c r="K169" s="181"/>
+      <c r="L169" s="181"/>
     </row>
     <row r="170" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A170" s="68" t="s">
+      <c r="A170" s="50" t="s">
         <v>107</v>
       </c>
-      <c r="B170" s="69" t="s">
+      <c r="B170" s="51" t="s">
         <v>34</v>
       </c>
-      <c r="C170" s="71" t="s">
+      <c r="C170" s="53" t="s">
         <v>9</v>
       </c>
-      <c r="D170" s="69" t="s">
+      <c r="D170" s="51" t="s">
         <v>32</v>
       </c>
-      <c r="F170" s="69" t="s">
+      <c r="F170" s="51" t="s">
         <v>34</v>
       </c>
-      <c r="G170" s="71" t="s">
+      <c r="G170" s="53" t="s">
         <v>9</v>
       </c>
-      <c r="H170" s="69" t="s">
+      <c r="H170" s="51" t="s">
         <v>32</v>
       </c>
-      <c r="J170" s="69" t="s">
+      <c r="J170" s="51" t="s">
         <v>34</v>
       </c>
-      <c r="K170" s="71" t="s">
+      <c r="K170" s="53" t="s">
         <v>9</v>
       </c>
-      <c r="L170" s="69" t="s">
+      <c r="L170" s="51" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="171" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A171" s="21" t="s">
+      <c r="A171" s="18" t="s">
         <v>108</v>
       </c>
-      <c r="B171" s="131"/>
-[...1 lines deleted...]
-      <c r="D171" s="49">
+      <c r="B171" s="107"/>
+      <c r="C171" s="108"/>
+      <c r="D171" s="39">
         <f>B171-C171</f>
         <v>0</v>
       </c>
-      <c r="F171" s="131"/>
-[...1 lines deleted...]
-      <c r="H171" s="49">
+      <c r="F171" s="107"/>
+      <c r="G171" s="108"/>
+      <c r="H171" s="39">
         <f>F171-G171</f>
         <v>0</v>
       </c>
-      <c r="J171" s="131"/>
-[...1 lines deleted...]
-      <c r="L171" s="49">
+      <c r="J171" s="107"/>
+      <c r="K171" s="108"/>
+      <c r="L171" s="39">
         <f>J171-K171</f>
         <v>0</v>
       </c>
     </row>
     <row r="172" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A172" s="21" t="s">
+      <c r="A172" s="18" t="s">
         <v>29</v>
       </c>
       <c r="B172" s="3"/>
-      <c r="C172" s="133"/>
-      <c r="D172" s="49">
+      <c r="C172" s="109"/>
+      <c r="D172" s="39">
         <f>B172-C172</f>
         <v>0</v>
       </c>
       <c r="F172" s="3"/>
-      <c r="G172" s="133"/>
-      <c r="H172" s="49">
+      <c r="G172" s="109"/>
+      <c r="H172" s="39">
         <f>F172-G172</f>
         <v>0</v>
       </c>
       <c r="J172" s="3"/>
-      <c r="K172" s="133"/>
-      <c r="L172" s="49">
+      <c r="K172" s="109"/>
+      <c r="L172" s="39">
         <f>J172-K172</f>
         <v>0</v>
       </c>
     </row>
     <row r="173" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A173" s="21" t="s">
+      <c r="A173" s="18" t="s">
         <v>29</v>
       </c>
       <c r="B173" s="3"/>
-      <c r="C173" s="133"/>
-      <c r="D173" s="49">
+      <c r="C173" s="109"/>
+      <c r="D173" s="39">
         <f>B173-C173</f>
         <v>0</v>
       </c>
       <c r="F173" s="3"/>
-      <c r="G173" s="133"/>
-      <c r="H173" s="49">
+      <c r="G173" s="109"/>
+      <c r="H173" s="39">
         <f>F173-G173</f>
         <v>0</v>
       </c>
       <c r="J173" s="3"/>
-      <c r="K173" s="133"/>
-      <c r="L173" s="49">
+      <c r="K173" s="109"/>
+      <c r="L173" s="39">
         <f>J173-K173</f>
         <v>0</v>
       </c>
     </row>
     <row r="174" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A174" s="21" t="s">
+      <c r="A174" s="18" t="s">
         <v>29</v>
       </c>
       <c r="B174" s="4"/>
-      <c r="C174" s="134"/>
-      <c r="D174" s="49">
+      <c r="C174" s="110"/>
+      <c r="D174" s="39">
         <f>B174-C174</f>
         <v>0</v>
       </c>
       <c r="F174" s="4"/>
-      <c r="G174" s="134"/>
-      <c r="H174" s="49">
+      <c r="G174" s="110"/>
+      <c r="H174" s="39">
         <f>F174-G174</f>
         <v>0</v>
       </c>
       <c r="J174" s="4"/>
-      <c r="K174" s="134"/>
-      <c r="L174" s="49">
+      <c r="K174" s="110"/>
+      <c r="L174" s="39">
         <f>J174-K174</f>
         <v>0</v>
       </c>
     </row>
     <row r="175" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A175" s="62" t="s">
+      <c r="A175" s="33" t="s">
         <v>30</v>
       </c>
-      <c r="B175" s="61">
+      <c r="B175" s="34">
         <f>SUM(B171:B174)</f>
         <v>0</v>
       </c>
-      <c r="C175" s="61">
+      <c r="C175" s="34">
         <f>SUM(C171:C174)</f>
         <v>0</v>
       </c>
-      <c r="D175" s="61">
+      <c r="D175" s="34">
         <f>SUM(D171:D174)</f>
         <v>0</v>
       </c>
-      <c r="F175" s="61">
+      <c r="F175" s="34">
         <f>SUM(F171:F174)</f>
         <v>0</v>
       </c>
-      <c r="G175" s="61">
+      <c r="G175" s="34">
         <f>SUM(G171:G174)</f>
         <v>0</v>
       </c>
-      <c r="H175" s="61">
+      <c r="H175" s="34">
         <f>SUM(H171:H174)</f>
         <v>0</v>
       </c>
-      <c r="J175" s="61">
+      <c r="J175" s="34">
         <f>SUM(J171:J174)</f>
         <v>0</v>
       </c>
-      <c r="K175" s="61">
+      <c r="K175" s="34">
         <f>SUM(K171:K174)</f>
         <v>0</v>
       </c>
-      <c r="L175" s="61">
+      <c r="L175" s="34">
         <f>SUM(L171:L174)</f>
         <v>0</v>
       </c>
     </row>
     <row r="176" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
     <row r="177" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B177" s="212" t="str">
+      <c r="B177" s="181" t="str">
         <f>B8</f>
         <v>OCT</v>
       </c>
-      <c r="C177" s="212"/>
-[...1 lines deleted...]
-      <c r="F177" s="212" t="str">
+      <c r="C177" s="181"/>
+      <c r="D177" s="181"/>
+      <c r="F177" s="181" t="str">
         <f>F8</f>
         <v>NOV</v>
       </c>
-      <c r="G177" s="212"/>
-[...1 lines deleted...]
-      <c r="J177" s="212" t="str">
+      <c r="G177" s="181"/>
+      <c r="H177" s="181"/>
+      <c r="J177" s="181" t="str">
         <f>J8</f>
         <v>DEC</v>
       </c>
-      <c r="K177" s="212"/>
-      <c r="L177" s="212"/>
+      <c r="K177" s="181"/>
+      <c r="L177" s="181"/>
     </row>
     <row r="178" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A178" s="68" t="s">
+      <c r="A178" s="50" t="s">
         <v>109</v>
       </c>
-      <c r="B178" s="69" t="s">
+      <c r="B178" s="51" t="s">
         <v>34</v>
       </c>
-      <c r="C178" s="71" t="s">
+      <c r="C178" s="53" t="s">
         <v>9</v>
       </c>
-      <c r="D178" s="69" t="s">
+      <c r="D178" s="51" t="s">
         <v>32</v>
       </c>
-      <c r="F178" s="69" t="s">
+      <c r="F178" s="51" t="s">
         <v>34</v>
       </c>
-      <c r="G178" s="71" t="s">
+      <c r="G178" s="53" t="s">
         <v>9</v>
       </c>
-      <c r="H178" s="69" t="s">
+      <c r="H178" s="51" t="s">
         <v>32</v>
       </c>
-      <c r="J178" s="69" t="s">
+      <c r="J178" s="51" t="s">
         <v>34</v>
       </c>
-      <c r="K178" s="71" t="s">
+      <c r="K178" s="53" t="s">
         <v>9</v>
       </c>
-      <c r="L178" s="69" t="s">
+      <c r="L178" s="51" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="179" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A179" s="21" t="s">
+      <c r="A179" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="B179" s="131"/>
-[...1 lines deleted...]
-      <c r="D179" s="49">
+      <c r="B179" s="107"/>
+      <c r="C179" s="108"/>
+      <c r="D179" s="39">
         <f>B179-C179</f>
         <v>0</v>
       </c>
-      <c r="F179" s="131"/>
-[...1 lines deleted...]
-      <c r="H179" s="49">
+      <c r="F179" s="107"/>
+      <c r="G179" s="108"/>
+      <c r="H179" s="39">
         <f>F179-G179</f>
         <v>0</v>
       </c>
-      <c r="J179" s="131"/>
-[...1 lines deleted...]
-      <c r="L179" s="49">
+      <c r="J179" s="107"/>
+      <c r="K179" s="108"/>
+      <c r="L179" s="39">
         <f>J179-K179</f>
         <v>0</v>
       </c>
     </row>
     <row r="180" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A180" s="21" t="s">
+      <c r="A180" s="18" t="s">
         <v>29</v>
       </c>
       <c r="B180" s="3"/>
-      <c r="C180" s="133"/>
-      <c r="D180" s="49">
+      <c r="C180" s="109"/>
+      <c r="D180" s="39">
         <f>B180-C180</f>
         <v>0</v>
       </c>
       <c r="F180" s="3"/>
-      <c r="G180" s="133"/>
-      <c r="H180" s="49">
+      <c r="G180" s="109"/>
+      <c r="H180" s="39">
         <f>F180-G180</f>
         <v>0</v>
       </c>
       <c r="J180" s="3"/>
-      <c r="K180" s="133"/>
-      <c r="L180" s="49">
+      <c r="K180" s="109"/>
+      <c r="L180" s="39">
         <f>J180-K180</f>
         <v>0</v>
       </c>
     </row>
     <row r="181" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A181" s="21" t="s">
+      <c r="A181" s="18" t="s">
         <v>29</v>
       </c>
       <c r="B181" s="3"/>
-      <c r="C181" s="133"/>
-      <c r="D181" s="49">
+      <c r="C181" s="109"/>
+      <c r="D181" s="39">
         <f>B181-C181</f>
         <v>0</v>
       </c>
       <c r="F181" s="3"/>
-      <c r="G181" s="133"/>
-      <c r="H181" s="49">
+      <c r="G181" s="109"/>
+      <c r="H181" s="39">
         <f>F181-G181</f>
         <v>0</v>
       </c>
       <c r="J181" s="3"/>
-      <c r="K181" s="133"/>
-      <c r="L181" s="49">
+      <c r="K181" s="109"/>
+      <c r="L181" s="39">
         <f>J181-K181</f>
         <v>0</v>
       </c>
     </row>
     <row r="182" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A182" s="21" t="s">
+      <c r="A182" s="18" t="s">
         <v>29</v>
       </c>
       <c r="B182" s="4"/>
-      <c r="C182" s="134"/>
-      <c r="D182" s="49">
+      <c r="C182" s="110"/>
+      <c r="D182" s="39">
         <f>B182-C182</f>
         <v>0</v>
       </c>
       <c r="F182" s="4"/>
-      <c r="G182" s="134"/>
-      <c r="H182" s="49">
+      <c r="G182" s="110"/>
+      <c r="H182" s="39">
         <f>F182-G182</f>
         <v>0</v>
       </c>
       <c r="J182" s="4"/>
-      <c r="K182" s="134"/>
-      <c r="L182" s="49">
+      <c r="K182" s="110"/>
+      <c r="L182" s="39">
         <f>J182-K182</f>
         <v>0</v>
       </c>
     </row>
     <row r="183" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A183" s="62" t="s">
+      <c r="A183" s="33" t="s">
         <v>30</v>
       </c>
-      <c r="B183" s="61">
+      <c r="B183" s="34">
         <f>SUM(B179:B182)</f>
         <v>0</v>
       </c>
-      <c r="C183" s="61">
+      <c r="C183" s="34">
         <f>SUM(C179:C182)</f>
         <v>0</v>
       </c>
-      <c r="D183" s="61">
+      <c r="D183" s="34">
         <f>SUM(D179:D182)</f>
         <v>0</v>
       </c>
-      <c r="F183" s="61">
+      <c r="F183" s="34">
         <f>SUM(F179:F182)</f>
         <v>0</v>
       </c>
-      <c r="G183" s="61">
+      <c r="G183" s="34">
         <f>SUM(G179:G182)</f>
         <v>0</v>
       </c>
-      <c r="H183" s="61">
+      <c r="H183" s="34">
         <f>SUM(H179:H182)</f>
         <v>0</v>
       </c>
-      <c r="J183" s="61">
+      <c r="J183" s="34">
         <f>SUM(J179:J182)</f>
         <v>0</v>
       </c>
-      <c r="K183" s="61">
+      <c r="K183" s="34">
         <f>SUM(K179:K182)</f>
         <v>0</v>
       </c>
-      <c r="L183" s="61">
+      <c r="L183" s="34">
         <f>SUM(L179:L182)</f>
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="52">
-    <mergeCell ref="B169:D169"/>
-[...34 lines deleted...]
-    <mergeCell ref="J59:L59"/>
+    <mergeCell ref="B14:D14"/>
+    <mergeCell ref="F14:H14"/>
+    <mergeCell ref="J14:L14"/>
+    <mergeCell ref="A1:L1"/>
+    <mergeCell ref="G7:H7"/>
+    <mergeCell ref="B8:D8"/>
+    <mergeCell ref="F8:H8"/>
+    <mergeCell ref="J8:L8"/>
     <mergeCell ref="G24:H24"/>
     <mergeCell ref="B25:D25"/>
     <mergeCell ref="F25:H25"/>
     <mergeCell ref="J25:L25"/>
     <mergeCell ref="G15:H15"/>
     <mergeCell ref="B16:D16"/>
     <mergeCell ref="F16:H16"/>
     <mergeCell ref="J16:L16"/>
-    <mergeCell ref="B14:D14"/>
-[...6 lines deleted...]
-    <mergeCell ref="J8:L8"/>
+    <mergeCell ref="B45:D45"/>
+    <mergeCell ref="F45:H45"/>
+    <mergeCell ref="J45:L45"/>
+    <mergeCell ref="B59:D59"/>
+    <mergeCell ref="F59:H59"/>
+    <mergeCell ref="J59:L59"/>
+    <mergeCell ref="B69:D69"/>
+    <mergeCell ref="F69:H69"/>
+    <mergeCell ref="J69:L69"/>
+    <mergeCell ref="B82:D82"/>
+    <mergeCell ref="F82:H82"/>
+    <mergeCell ref="J82:L82"/>
+    <mergeCell ref="B97:D97"/>
+    <mergeCell ref="F97:H97"/>
+    <mergeCell ref="J97:L97"/>
+    <mergeCell ref="B110:D110"/>
+    <mergeCell ref="F110:H110"/>
+    <mergeCell ref="J110:L110"/>
+    <mergeCell ref="B121:D121"/>
+    <mergeCell ref="F121:H121"/>
+    <mergeCell ref="J121:L121"/>
+    <mergeCell ref="B133:D133"/>
+    <mergeCell ref="F133:H133"/>
+    <mergeCell ref="J133:L133"/>
+    <mergeCell ref="B144:D144"/>
+    <mergeCell ref="F144:H144"/>
+    <mergeCell ref="J144:L144"/>
+    <mergeCell ref="B158:D158"/>
+    <mergeCell ref="F158:H158"/>
+    <mergeCell ref="J158:L158"/>
+    <mergeCell ref="B169:D169"/>
+    <mergeCell ref="F169:H169"/>
+    <mergeCell ref="J169:L169"/>
+    <mergeCell ref="B177:D177"/>
+    <mergeCell ref="F177:H177"/>
+    <mergeCell ref="J177:L177"/>
   </mergeCells>
   <phoneticPr fontId="29" type="noConversion"/>
   <hyperlinks>
-    <hyperlink ref="A4" r:id="rId1" tooltip="HELP with Family Budget Planner"/>
+    <hyperlink ref="A4" r:id="rId1" tooltip="HELP with Family Budget Planner" xr:uid="{00000000-0004-0000-0400-000000000000}"/>
   </hyperlinks>
   <pageMargins left="0.35433070866141736" right="0.15748031496062992" top="0.59055118110236227" bottom="0.59055118110236227" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" scale="85" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L© Spreadsheet123.com. All rights reserved&amp;RFamily Budget Planner by Spreadsheet123.com</oddFooter>
   </headerFooter>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <dimension ref="A1:Q21"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="95" workbookViewId="0">
-      <selection activeCell="X22" sqref="X22"/>
+      <selection activeCell="R1" sqref="R1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="1.85546875" style="46" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="10" max="16384" width="9.140625" style="46"/>
+    <col min="1" max="1" width="1.85546875" customWidth="1"/>
+    <col min="5" max="5" width="10.7109375" customWidth="1"/>
+    <col min="6" max="6" width="12.5703125" customWidth="1"/>
+    <col min="7" max="7" width="10.7109375" customWidth="1"/>
+    <col min="8" max="8" width="12.5703125" customWidth="1"/>
+    <col min="9" max="9" width="10.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="35.1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="199" t="s">
-[...17 lines deleted...]
-      <c r="Q1" s="199"/>
+      <c r="A1" s="165" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="165"/>
+      <c r="C1" s="165"/>
+      <c r="D1" s="165"/>
+      <c r="E1" s="165"/>
+      <c r="F1" s="165"/>
+      <c r="G1" s="165"/>
+      <c r="H1" s="165"/>
+      <c r="I1" s="165"/>
+      <c r="J1" s="165"/>
+      <c r="K1" s="165"/>
+      <c r="L1" s="165"/>
+      <c r="M1" s="165"/>
+      <c r="N1" s="165"/>
+      <c r="O1" s="165"/>
+      <c r="P1" s="165"/>
+      <c r="Q1" s="165"/>
     </row>
     <row r="2" spans="1:17" x14ac:dyDescent="0.2">
-      <c r="N2" s="126"/>
+      <c r="N2" s="6"/>
     </row>
     <row r="4" spans="1:17" x14ac:dyDescent="0.2">
-      <c r="A4" s="8" t="s">
+      <c r="A4" s="7" t="s">
         <v>2</v>
       </c>
-      <c r="B4" s="9"/>
-[...11 lines deleted...]
-      <c r="N4" s="206" t="s">
+      <c r="B4" s="8"/>
+      <c r="C4" s="8"/>
+      <c r="D4" s="9"/>
+      <c r="E4" s="9"/>
+      <c r="F4" s="9"/>
+      <c r="G4" s="9"/>
+      <c r="H4" s="9"/>
+      <c r="I4" s="9"/>
+      <c r="J4" s="9"/>
+      <c r="K4" s="9"/>
+      <c r="L4" s="9"/>
+      <c r="M4" s="9"/>
+      <c r="N4" s="180" t="s">
         <v>1</v>
       </c>
-      <c r="O4" s="206"/>
-[...1 lines deleted...]
-      <c r="Q4" s="10"/>
+      <c r="O4" s="180"/>
+      <c r="P4" s="180"/>
+      <c r="Q4" s="9"/>
     </row>
     <row r="7" spans="1:17" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B7" s="215"/>
-[...2 lines deleted...]
-      <c r="E7" s="153" t="s">
+      <c r="B7" s="185"/>
+      <c r="C7" s="185"/>
+      <c r="D7" s="185"/>
+      <c r="E7" s="128" t="s">
         <v>34</v>
       </c>
-      <c r="F7" s="153" t="s">
+      <c r="F7" s="128" t="s">
         <v>166</v>
       </c>
-      <c r="G7" s="153" t="s">
+      <c r="G7" s="128" t="s">
         <v>9</v>
       </c>
-      <c r="H7" s="153" t="s">
+      <c r="H7" s="128" t="s">
         <v>166</v>
       </c>
-      <c r="I7" s="153" t="s">
+      <c r="I7" s="128" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="8" spans="1:17" x14ac:dyDescent="0.2">
-      <c r="B8" s="214" t="str">
+      <c r="B8" s="184" t="str">
         <f>'Jan-Mar'!A26</f>
         <v>Housing</v>
       </c>
-      <c r="C8" s="214"/>
-      <c r="D8" s="214"/>
+      <c r="C8" s="184"/>
+      <c r="D8" s="184"/>
       <c r="E8" s="3">
         <f>'Jan-Mar'!B43+'Jan-Mar'!F43+'Jan-Mar'!J43+'Apr-June'!B43+'Apr-June'!F43+'Apr-June'!J43+'July-Sep'!B43+'July-Sep'!F43+'July-Sep'!J43+'Oct-Dec'!B43+'Oct-Dec'!F43+'Oct-Dec'!J43</f>
         <v>650</v>
       </c>
-      <c r="F8" s="154">
+      <c r="F8" s="129">
         <f>E8/$E$21</f>
         <v>0.24667931688804554</v>
       </c>
       <c r="G8" s="3">
         <f>'Jan-Mar'!C43+'Jan-Mar'!G43+'Jan-Mar'!K43+'Apr-June'!C43+'Apr-June'!G43+'Apr-June'!K43+'July-Sep'!C43+'July-Sep'!G43+'July-Sep'!K43+'Oct-Dec'!C43+'Oct-Dec'!G43+'Oct-Dec'!K43</f>
         <v>600</v>
       </c>
-      <c r="H8" s="154">
+      <c r="H8" s="129">
         <f>G8/$G$21</f>
         <v>0.2434077079107505</v>
       </c>
       <c r="I8" s="3">
         <f>E8-G8</f>
         <v>50</v>
       </c>
     </row>
     <row r="9" spans="1:17" x14ac:dyDescent="0.2">
-      <c r="B9" s="214" t="str">
+      <c r="B9" s="184" t="str">
         <f>'Jan-Mar'!A46</f>
         <v>Transportation</v>
       </c>
-      <c r="C9" s="214"/>
-      <c r="D9" s="214"/>
+      <c r="C9" s="184"/>
+      <c r="D9" s="184"/>
       <c r="E9" s="3">
         <f>'Jan-Mar'!B57+'Jan-Mar'!F57+'Jan-Mar'!J57+'Apr-June'!B57+'Apr-June'!F57+'Apr-June'!J57+'July-Sep'!B57+'July-Sep'!F57+'July-Sep'!J57+'Oct-Dec'!B57+'Oct-Dec'!F57+'Oct-Dec'!J57</f>
         <v>100</v>
       </c>
-      <c r="F9" s="154">
+      <c r="F9" s="129">
         <f t="shared" ref="F9:F20" si="0">E9/$E$21</f>
         <v>3.7950664136622389E-2</v>
       </c>
       <c r="G9" s="3">
         <f>'Jan-Mar'!C57+'Jan-Mar'!G57+'Jan-Mar'!K57+'Apr-June'!C57+'Apr-June'!G57+'Apr-June'!K57+'July-Sep'!C57+'July-Sep'!G57+'July-Sep'!K57+'Oct-Dec'!C57+'Oct-Dec'!G57+'Oct-Dec'!K57</f>
         <v>120</v>
       </c>
-      <c r="H9" s="154">
+      <c r="H9" s="129">
         <f t="shared" ref="H9:H20" si="1">G9/$G$21</f>
         <v>4.8681541582150101E-2</v>
       </c>
       <c r="I9" s="3">
         <f t="shared" ref="I9:I20" si="2">E9-G9</f>
         <v>-20</v>
       </c>
     </row>
     <row r="10" spans="1:17" x14ac:dyDescent="0.2">
-      <c r="B10" s="214" t="str">
+      <c r="B10" s="184" t="str">
         <f>'Jan-Mar'!A60</f>
         <v>Insurance</v>
       </c>
-      <c r="C10" s="214"/>
-      <c r="D10" s="214"/>
+      <c r="C10" s="184"/>
+      <c r="D10" s="184"/>
       <c r="E10" s="3">
         <f>'Jan-Mar'!B67+'Jan-Mar'!F67+'Jan-Mar'!J67+'Apr-June'!B67+'Apr-June'!F67+'Apr-June'!J67+'July-Sep'!B67+'July-Sep'!F67+'July-Sep'!J67+'Oct-Dec'!B67+'Oct-Dec'!F67+'Oct-Dec'!J67</f>
         <v>20</v>
       </c>
-      <c r="F10" s="154">
+      <c r="F10" s="129">
         <f t="shared" si="0"/>
         <v>7.5901328273244783E-3</v>
       </c>
       <c r="G10" s="3">
         <f>'Jan-Mar'!C67+'Jan-Mar'!G67+'Jan-Mar'!K67+'Apr-June'!C67+'Apr-June'!G67+'Apr-June'!K67+'July-Sep'!C67+'July-Sep'!G67+'July-Sep'!K67+'Oct-Dec'!C67+'Oct-Dec'!G67+'Oct-Dec'!K67</f>
         <v>20</v>
       </c>
-      <c r="H10" s="154">
+      <c r="H10" s="129">
         <f t="shared" si="1"/>
         <v>8.1135902636916835E-3</v>
       </c>
       <c r="I10" s="3">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:17" x14ac:dyDescent="0.2">
-      <c r="B11" s="214" t="str">
+      <c r="B11" s="184" t="str">
         <f>'Jan-Mar'!A70</f>
         <v>Daily living</v>
       </c>
-      <c r="C11" s="214"/>
-      <c r="D11" s="214"/>
+      <c r="C11" s="184"/>
+      <c r="D11" s="184"/>
       <c r="E11" s="3">
         <f>'Jan-Mar'!B80+'Jan-Mar'!F80+'Jan-Mar'!J80+'Apr-June'!B80+'Apr-June'!F80+'Apr-June'!J80+'July-Sep'!B80+'July-Sep'!F80+'July-Sep'!J80+'Oct-Dec'!B80+'Oct-Dec'!F80+'Oct-Dec'!J80</f>
         <v>200</v>
       </c>
-      <c r="F11" s="154">
+      <c r="F11" s="129">
         <f t="shared" si="0"/>
         <v>7.5901328273244778E-2</v>
       </c>
       <c r="G11" s="3">
         <f>'Jan-Mar'!C80+'Jan-Mar'!G80+'Jan-Mar'!K80+'Apr-June'!C80+'Apr-June'!G80+'Apr-June'!K80+'July-Sep'!C80+'July-Sep'!G80+'July-Sep'!K80+'Oct-Dec'!C80+'Oct-Dec'!G80+'Oct-Dec'!K80</f>
         <v>210</v>
       </c>
-      <c r="H11" s="154">
+      <c r="H11" s="129">
         <f t="shared" si="1"/>
         <v>8.5192697768762676E-2</v>
       </c>
       <c r="I11" s="3">
         <f t="shared" si="2"/>
         <v>-10</v>
       </c>
     </row>
     <row r="12" spans="1:17" x14ac:dyDescent="0.2">
-      <c r="B12" s="214" t="str">
+      <c r="B12" s="184" t="str">
         <f>'Jan-Mar'!A83</f>
         <v>Children</v>
       </c>
-      <c r="C12" s="214"/>
-      <c r="D12" s="214"/>
+      <c r="C12" s="184"/>
+      <c r="D12" s="184"/>
       <c r="E12" s="3">
         <f>'Jan-Mar'!B95+'Jan-Mar'!F95+'Jan-Mar'!J95+'Apr-June'!B95+'Apr-June'!F95+'Apr-June'!J95+'July-Sep'!B95+'July-Sep'!F95+'July-Sep'!J95+'Oct-Dec'!B95+'Oct-Dec'!F95+'Oct-Dec'!J95</f>
         <v>200</v>
       </c>
-      <c r="F12" s="154">
+      <c r="F12" s="129">
         <f t="shared" si="0"/>
         <v>7.5901328273244778E-2</v>
       </c>
       <c r="G12" s="3">
         <f>'Jan-Mar'!C95+'Jan-Mar'!G95+'Jan-Mar'!K95+'Apr-June'!C95+'Apr-June'!G95+'Apr-June'!K95+'July-Sep'!C95+'July-Sep'!G95+'July-Sep'!K95+'Oct-Dec'!C95+'Oct-Dec'!G95+'Oct-Dec'!K95</f>
         <v>210</v>
       </c>
-      <c r="H12" s="154">
+      <c r="H12" s="129">
         <f t="shared" si="1"/>
         <v>8.5192697768762676E-2</v>
       </c>
       <c r="I12" s="3">
         <f t="shared" si="2"/>
         <v>-10</v>
       </c>
     </row>
     <row r="13" spans="1:17" x14ac:dyDescent="0.2">
-      <c r="B13" s="214" t="str">
+      <c r="B13" s="184" t="str">
         <f>'Jan-Mar'!A98</f>
         <v>Entertainment</v>
       </c>
-      <c r="C13" s="214"/>
-      <c r="D13" s="214"/>
+      <c r="C13" s="184"/>
+      <c r="D13" s="184"/>
       <c r="E13" s="3">
         <f>'Jan-Mar'!B108+'Jan-Mar'!F108+'Jan-Mar'!J108+'Apr-June'!B108+'Apr-June'!F108+'Apr-June'!J108+'July-Sep'!B108+'July-Sep'!F108+'July-Sep'!J108+'Oct-Dec'!B108+'Oct-Dec'!F108+'Oct-Dec'!J108</f>
         <v>15</v>
       </c>
-      <c r="F13" s="154">
+      <c r="F13" s="129">
         <f t="shared" si="0"/>
         <v>5.6925996204933585E-3</v>
       </c>
       <c r="G13" s="3">
         <f>'Jan-Mar'!C108+'Jan-Mar'!G108+'Jan-Mar'!K108+'Apr-June'!C108+'Apr-June'!G108+'Apr-June'!K108+'July-Sep'!C108+'July-Sep'!G108+'July-Sep'!K108+'Oct-Dec'!C108+'Oct-Dec'!G108+'Oct-Dec'!K108</f>
         <v>20</v>
       </c>
-      <c r="H13" s="154">
+      <c r="H13" s="129">
         <f t="shared" si="1"/>
         <v>8.1135902636916835E-3</v>
       </c>
       <c r="I13" s="3">
         <f t="shared" si="2"/>
         <v>-5</v>
       </c>
     </row>
     <row r="14" spans="1:17" x14ac:dyDescent="0.2">
-      <c r="B14" s="214" t="str">
+      <c r="B14" s="184" t="str">
         <f>'Jan-Mar'!A111</f>
         <v>Family Care</v>
       </c>
-      <c r="C14" s="214"/>
-      <c r="D14" s="214"/>
+      <c r="C14" s="184"/>
+      <c r="D14" s="184"/>
       <c r="E14" s="3">
         <f>'Jan-Mar'!B119+'Jan-Mar'!F119+'Jan-Mar'!J119+'Apr-June'!B119+'Apr-June'!F119+'Apr-June'!J119+'July-Sep'!B119+'July-Sep'!F119+'July-Sep'!J119+'Oct-Dec'!B119+'Oct-Dec'!F119+'Oct-Dec'!J119</f>
         <v>150</v>
       </c>
-      <c r="F14" s="154">
+      <c r="F14" s="129">
         <f t="shared" si="0"/>
         <v>5.6925996204933584E-2</v>
       </c>
       <c r="G14" s="3">
         <f>'Jan-Mar'!C119+'Jan-Mar'!G119+'Jan-Mar'!K119+'Apr-June'!C119+'Apr-June'!G119+'Apr-June'!K119+'July-Sep'!C119+'July-Sep'!G119+'July-Sep'!K119+'Oct-Dec'!C119+'Oct-Dec'!G119+'Oct-Dec'!K119</f>
         <v>100</v>
       </c>
-      <c r="H14" s="154">
+      <c r="H14" s="129">
         <f t="shared" si="1"/>
         <v>4.0567951318458417E-2</v>
       </c>
       <c r="I14" s="3">
         <f t="shared" si="2"/>
         <v>50</v>
       </c>
     </row>
     <row r="15" spans="1:17" x14ac:dyDescent="0.2">
-      <c r="B15" s="214" t="str">
+      <c r="B15" s="184" t="str">
         <f>'Jan-Mar'!A122</f>
         <v>Pets</v>
       </c>
-      <c r="C15" s="214"/>
-      <c r="D15" s="214"/>
+      <c r="C15" s="184"/>
+      <c r="D15" s="184"/>
       <c r="E15" s="3">
         <f>'Jan-Mar'!B131+'Jan-Mar'!F131+'Jan-Mar'!J131+'Apr-June'!B131+'Apr-June'!F131+'Apr-June'!J131+'July-Sep'!B131+'July-Sep'!F131+'July-Sep'!J131+'Oct-Dec'!B131+'Oct-Dec'!F131+'Oct-Dec'!J131</f>
         <v>600</v>
       </c>
-      <c r="F15" s="154">
+      <c r="F15" s="129">
         <f t="shared" si="0"/>
         <v>0.22770398481973433</v>
       </c>
       <c r="G15" s="3">
         <f>'Jan-Mar'!C131+'Jan-Mar'!G131+'Jan-Mar'!K131+'Apr-June'!C131+'Apr-June'!G131+'Apr-June'!K131+'July-Sep'!C131+'July-Sep'!G131+'July-Sep'!K131+'Oct-Dec'!C131+'Oct-Dec'!G131+'Oct-Dec'!K131</f>
         <v>680</v>
       </c>
-      <c r="H15" s="154">
+      <c r="H15" s="129">
         <f t="shared" si="1"/>
         <v>0.27586206896551724</v>
       </c>
       <c r="I15" s="3">
         <f t="shared" si="2"/>
         <v>-80</v>
       </c>
     </row>
     <row r="16" spans="1:17" x14ac:dyDescent="0.2">
-      <c r="B16" s="214" t="str">
+      <c r="B16" s="184" t="str">
         <f>'Jan-Mar'!A134</f>
         <v>Gifts and Donations</v>
       </c>
-      <c r="C16" s="214"/>
-      <c r="D16" s="214"/>
+      <c r="C16" s="184"/>
+      <c r="D16" s="184"/>
       <c r="E16" s="3">
         <f>'Jan-Mar'!B142+'Jan-Mar'!F142+'Jan-Mar'!J142+'Apr-June'!B142+'Apr-June'!F142+'Apr-June'!J142+'July-Sep'!B142+'July-Sep'!F142+'July-Sep'!J142+'Oct-Dec'!B142+'Oct-Dec'!F142+'Oct-Dec'!J142</f>
         <v>50</v>
       </c>
-      <c r="F16" s="154">
+      <c r="F16" s="129">
         <f t="shared" si="0"/>
         <v>1.8975332068311195E-2</v>
       </c>
       <c r="G16" s="3">
         <f>'Jan-Mar'!C142+'Jan-Mar'!G142+'Jan-Mar'!K142+'Apr-June'!C142+'Apr-June'!G142+'Apr-June'!K142+'July-Sep'!C142+'July-Sep'!G142+'July-Sep'!K142+'Oct-Dec'!C142+'Oct-Dec'!G142+'Oct-Dec'!K142</f>
         <v>35</v>
       </c>
-      <c r="H16" s="154">
+      <c r="H16" s="129">
         <f t="shared" si="1"/>
         <v>1.4198782961460446E-2</v>
       </c>
       <c r="I16" s="3">
         <f t="shared" si="2"/>
         <v>15</v>
       </c>
     </row>
     <row r="17" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B17" s="214" t="str">
+      <c r="B17" s="184" t="str">
         <f>'Jan-Mar'!A145</f>
         <v>Financial obligations</v>
       </c>
-      <c r="C17" s="214"/>
-      <c r="D17" s="214"/>
+      <c r="C17" s="184"/>
+      <c r="D17" s="184"/>
       <c r="E17" s="3">
         <f>'Jan-Mar'!B156+'Jan-Mar'!F156+'Jan-Mar'!J156+'Apr-June'!B156+'Apr-June'!F156+'Apr-June'!J156+'July-Sep'!B156+'July-Sep'!F156+'July-Sep'!J156+'Oct-Dec'!B156+'Oct-Dec'!F156+'Oct-Dec'!J156</f>
         <v>100</v>
       </c>
-      <c r="F17" s="154">
+      <c r="F17" s="129">
         <f t="shared" si="0"/>
         <v>3.7950664136622389E-2</v>
       </c>
       <c r="G17" s="3">
         <f>'Jan-Mar'!C156+'Jan-Mar'!G156+'Jan-Mar'!K156+'Apr-June'!C156+'Apr-June'!G156+'Apr-June'!K156+'July-Sep'!C156+'July-Sep'!G156+'July-Sep'!K156+'Oct-Dec'!C156+'Oct-Dec'!G156+'Oct-Dec'!K156</f>
         <v>150</v>
       </c>
-      <c r="H17" s="154">
+      <c r="H17" s="129">
         <f t="shared" si="1"/>
         <v>6.0851926977687626E-2</v>
       </c>
       <c r="I17" s="3">
         <f t="shared" si="2"/>
         <v>-50</v>
       </c>
     </row>
     <row r="18" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B18" s="214" t="str">
+      <c r="B18" s="184" t="str">
         <f>'Jan-Mar'!A159</f>
         <v>Savings &amp; Investments</v>
       </c>
-      <c r="C18" s="214"/>
-      <c r="D18" s="214"/>
+      <c r="C18" s="184"/>
+      <c r="D18" s="184"/>
       <c r="E18" s="3">
         <f>'Jan-Mar'!B167+'Jan-Mar'!F167+'Jan-Mar'!J167+'Apr-June'!B167+'Apr-June'!F167+'Apr-June'!J167+'July-Sep'!B167+'July-Sep'!F167+'July-Sep'!J167+'Oct-Dec'!B167+'Oct-Dec'!F167+'Oct-Dec'!J167</f>
         <v>550</v>
       </c>
-      <c r="F18" s="154">
+      <c r="F18" s="129">
         <f t="shared" si="0"/>
         <v>0.20872865275142316</v>
       </c>
       <c r="G18" s="3">
         <f>'Jan-Mar'!C167+'Jan-Mar'!G167+'Jan-Mar'!K167+'Apr-June'!C167+'Apr-June'!G167+'Apr-June'!K167+'July-Sep'!C167+'July-Sep'!G167+'July-Sep'!K167+'Oct-Dec'!C167+'Oct-Dec'!G167+'Oct-Dec'!K167</f>
         <v>320</v>
       </c>
-      <c r="H18" s="154">
+      <c r="H18" s="129">
         <f t="shared" si="1"/>
         <v>0.12981744421906694</v>
       </c>
       <c r="I18" s="3">
         <f t="shared" si="2"/>
         <v>230</v>
       </c>
     </row>
     <row r="19" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B19" s="214" t="str">
+      <c r="B19" s="184" t="str">
         <f>'Jan-Mar'!A170</f>
         <v>Legal</v>
       </c>
-      <c r="C19" s="214"/>
-      <c r="D19" s="214"/>
+      <c r="C19" s="184"/>
+      <c r="D19" s="184"/>
       <c r="E19" s="3">
         <f>'Jan-Mar'!B175+'Jan-Mar'!F175+'Jan-Mar'!J175+'Apr-June'!B175+'Apr-June'!F175+'Apr-June'!J175+'July-Sep'!B175+'July-Sep'!F175+'July-Sep'!J175+'Oct-Dec'!B175+'Oct-Dec'!F175+'Oct-Dec'!J175</f>
         <v>0</v>
       </c>
-      <c r="F19" s="154">
+      <c r="F19" s="129">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="G19" s="3">
         <f>'Jan-Mar'!C175+'Jan-Mar'!G175+'Jan-Mar'!K175+'Apr-June'!C175+'Apr-June'!G175+'Apr-June'!K175+'July-Sep'!C175+'July-Sep'!G175+'July-Sep'!K175+'Oct-Dec'!C175+'Oct-Dec'!G175+'Oct-Dec'!K175</f>
         <v>0</v>
       </c>
-      <c r="H19" s="154">
+      <c r="H19" s="129">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="I19" s="3">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B20" s="214" t="str">
+      <c r="B20" s="184" t="str">
         <f>'Jan-Mar'!A178</f>
         <v>Miscellaneous payments</v>
       </c>
-      <c r="C20" s="214"/>
-      <c r="D20" s="214"/>
+      <c r="C20" s="184"/>
+      <c r="D20" s="184"/>
       <c r="E20" s="3">
         <f>'Jan-Mar'!B183+'Jan-Mar'!F183+'Jan-Mar'!J183+'Apr-June'!B183+'Apr-June'!F183+'Apr-June'!J183+'July-Sep'!B183+'July-Sep'!F183+'July-Sep'!J183+'Oct-Dec'!B183+'Oct-Dec'!F183+'Oct-Dec'!J183</f>
         <v>0</v>
       </c>
-      <c r="F20" s="154">
+      <c r="F20" s="129">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="G20" s="3">
         <f>'Jan-Mar'!C183+'Jan-Mar'!G183+'Jan-Mar'!K183+'Apr-June'!C183+'Apr-June'!G183+'Apr-June'!K183+'July-Sep'!C183+'July-Sep'!G183+'July-Sep'!K183+'Oct-Dec'!C183+'Oct-Dec'!G183+'Oct-Dec'!K183</f>
         <v>0</v>
       </c>
-      <c r="H20" s="154">
+      <c r="H20" s="129">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="I20" s="3">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B21" s="214" t="s">
+      <c r="B21" s="184" t="s">
         <v>127</v>
       </c>
-      <c r="C21" s="214"/>
-      <c r="D21" s="214"/>
+      <c r="C21" s="184"/>
+      <c r="D21" s="184"/>
       <c r="E21" s="3">
         <f>SUM(E8:E20)</f>
         <v>2635</v>
       </c>
-      <c r="F21" s="155"/>
+      <c r="F21" s="130"/>
       <c r="G21" s="3">
         <f>SUM(G8:G20)</f>
         <v>2465</v>
       </c>
-      <c r="H21" s="155"/>
+      <c r="H21" s="130"/>
       <c r="I21" s="3">
         <f>SUM(I8:I20)</f>
         <v>170</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="17">
+    <mergeCell ref="A1:Q1"/>
+    <mergeCell ref="B13:D13"/>
+    <mergeCell ref="B20:D20"/>
+    <mergeCell ref="B14:D14"/>
+    <mergeCell ref="N4:P4"/>
+    <mergeCell ref="B9:D9"/>
+    <mergeCell ref="B10:D10"/>
+    <mergeCell ref="B11:D11"/>
     <mergeCell ref="B21:D21"/>
     <mergeCell ref="B7:D7"/>
     <mergeCell ref="B16:D16"/>
     <mergeCell ref="B17:D17"/>
     <mergeCell ref="B18:D18"/>
     <mergeCell ref="B19:D19"/>
     <mergeCell ref="B12:D12"/>
     <mergeCell ref="B15:D15"/>
     <mergeCell ref="B8:D8"/>
-    <mergeCell ref="A1:Q1"/>
-[...6 lines deleted...]
-    <mergeCell ref="B11:D11"/>
   </mergeCells>
   <phoneticPr fontId="29" type="noConversion"/>
   <hyperlinks>
-    <hyperlink ref="N4" location="'Jan-Mar'!A1" tooltip="Terms of Use - EULA" display="Terms of Use - EULA"/>
-    <hyperlink ref="A4" r:id="rId1" tooltip="HELP with Family Budget Planner"/>
+    <hyperlink ref="N4" location="'Jan-Mar'!A1" tooltip="Terms of Use - EULA" display="Terms of Use - EULA" xr:uid="{00000000-0004-0000-0500-000000000000}"/>
+    <hyperlink ref="A4" r:id="rId1" tooltip="HELP with Family Budget Planner" xr:uid="{00000000-0004-0000-0500-000001000000}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.15748031496062992" right="0.15748031496062992" top="0.39370078740157483" bottom="0.39370078740157483" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" scale="70" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L© Spreadsheet123.com. All rights reserved&amp;RFamily Budget Planner by Spreadsheet123.com</oddFooter>
   </headerFooter>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
   <dimension ref="A1:J17"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
-      <selection activeCell="E10" sqref="E10"/>
+      <selection activeCell="Q10" sqref="P10:Q10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="4" width="9.140625" style="182"/>
-[...1 lines deleted...]
-    <col min="9" max="16384" width="9.140625" style="182"/>
+    <col min="1" max="4" width="9.140625" style="73"/>
+    <col min="5" max="8" width="10.7109375" style="73" customWidth="1"/>
+    <col min="9" max="16384" width="9.140625" style="73"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="35.1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="199" t="s">
-[...10 lines deleted...]
-      <c r="J1" s="199"/>
+      <c r="A1" s="165" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="165"/>
+      <c r="C1" s="165"/>
+      <c r="D1" s="165"/>
+      <c r="E1" s="165"/>
+      <c r="F1" s="165"/>
+      <c r="G1" s="165"/>
+      <c r="H1" s="165"/>
+      <c r="I1" s="165"/>
+      <c r="J1" s="165"/>
     </row>
     <row r="2" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A2" s="183"/>
-[...4 lines deleted...]
-      <c r="J2" s="184"/>
+      <c r="A2" s="154"/>
+      <c r="B2" s="154"/>
+      <c r="C2" s="154"/>
+      <c r="D2" s="154"/>
+      <c r="E2" s="154"/>
+      <c r="J2" s="60"/>
     </row>
     <row r="3" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A3" s="185"/>
-      <c r="B3" s="186"/>
+      <c r="A3" s="155"/>
+      <c r="B3" s="156"/>
     </row>
     <row r="4" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A4" s="216" t="s">
+      <c r="A4" s="189" t="s">
         <v>2</v>
       </c>
-      <c r="B4" s="216"/>
-[...2 lines deleted...]
-      <c r="J4" s="187"/>
+      <c r="B4" s="189"/>
+      <c r="H4" s="157"/>
+      <c r="I4" s="157"/>
+      <c r="J4" s="157"/>
     </row>
     <row r="8" spans="1:10" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B8" s="219"/>
-[...2 lines deleted...]
-      <c r="E8" s="193" t="s">
+      <c r="B8" s="190"/>
+      <c r="C8" s="190"/>
+      <c r="D8" s="190"/>
+      <c r="E8" s="163" t="s">
         <v>121</v>
       </c>
-      <c r="F8" s="193" t="s">
+      <c r="F8" s="163" t="s">
         <v>122</v>
       </c>
-      <c r="G8" s="193" t="s">
+      <c r="G8" s="163" t="s">
         <v>123</v>
       </c>
-      <c r="H8" s="193" t="s">
+      <c r="H8" s="163" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="9" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B9" s="217" t="s">
+      <c r="B9" s="187" t="s">
         <v>110</v>
       </c>
-      <c r="C9" s="217"/>
-[...1 lines deleted...]
-      <c r="E9" s="188">
+      <c r="C9" s="187"/>
+      <c r="D9" s="187"/>
+      <c r="E9" s="158">
         <f>'Jan-Mar'!C23+'Jan-Mar'!G23+'Jan-Mar'!K23</f>
         <v>3975</v>
       </c>
-      <c r="F9" s="188">
+      <c r="F9" s="158">
         <f>'Apr-June'!C23+'Apr-June'!G23+'Apr-June'!K23</f>
         <v>0</v>
       </c>
-      <c r="G9" s="188">
+      <c r="G9" s="158">
         <f>'July-Sep'!C23+'July-Sep'!G23+'July-Sep'!K23</f>
         <v>0</v>
       </c>
-      <c r="H9" s="188">
+      <c r="H9" s="158">
         <f>'Oct-Dec'!C23+'Oct-Dec'!G23+'Oct-Dec'!K23</f>
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:10" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B10" s="217" t="s">
+      <c r="B10" s="187" t="s">
         <v>118</v>
       </c>
-      <c r="C10" s="217"/>
-[...1 lines deleted...]
-      <c r="E10" s="188">
+      <c r="C10" s="187"/>
+      <c r="D10" s="187"/>
+      <c r="E10" s="158">
         <f>'Jan-Mar'!C11+'Jan-Mar'!G11+'Jan-Mar'!K11</f>
         <v>2345</v>
       </c>
-      <c r="F10" s="188">
+      <c r="F10" s="158">
         <f>'Apr-June'!C11+'Apr-June'!G11+'Apr-June'!K11</f>
         <v>120</v>
       </c>
-      <c r="G10" s="188">
+      <c r="G10" s="158">
         <f>'July-Sep'!C11+'July-Sep'!G11+'July-Sep'!K11</f>
         <v>0</v>
       </c>
-      <c r="H10" s="188">
+      <c r="H10" s="158">
         <f>'Oct-Dec'!C11+'Oct-Dec'!G11+'Oct-Dec'!K11</f>
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:10" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B11" s="218" t="s">
+      <c r="B11" s="186" t="s">
         <v>126</v>
       </c>
-      <c r="C11" s="218"/>
-[...1 lines deleted...]
-      <c r="E11" s="189">
+      <c r="C11" s="186"/>
+      <c r="D11" s="186"/>
+      <c r="E11" s="159">
         <f>E9-E10</f>
         <v>1630</v>
       </c>
-      <c r="F11" s="189">
+      <c r="F11" s="159">
         <f>F9-F10</f>
         <v>-120</v>
       </c>
-      <c r="G11" s="189">
+      <c r="G11" s="159">
         <f>G9-G10</f>
         <v>0</v>
       </c>
-      <c r="H11" s="189">
+      <c r="H11" s="159">
         <f>H9-H10</f>
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="13" spans="1:10" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B13" s="221" t="s">
+      <c r="B13" s="188" t="s">
         <v>125</v>
       </c>
-      <c r="C13" s="221"/>
-[...4 lines deleted...]
-      <c r="H13" s="221"/>
+      <c r="C13" s="188"/>
+      <c r="D13" s="188"/>
+      <c r="E13" s="188"/>
+      <c r="F13" s="188"/>
+      <c r="G13" s="188"/>
+      <c r="H13" s="188"/>
     </row>
     <row r="14" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B14" s="220" t="s">
+      <c r="B14" s="187" t="s">
         <v>120</v>
       </c>
-      <c r="C14" s="220"/>
-[...4 lines deleted...]
-      <c r="H14" s="190">
+      <c r="C14" s="187"/>
+      <c r="D14" s="187"/>
+      <c r="E14" s="187"/>
+      <c r="F14" s="187"/>
+      <c r="G14" s="187"/>
+      <c r="H14" s="160">
         <f>Income!B16</f>
         <v>-1400</v>
       </c>
     </row>
     <row r="15" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B15" s="217" t="s">
+      <c r="B15" s="187" t="s">
         <v>110</v>
       </c>
-      <c r="C15" s="217"/>
-[...4 lines deleted...]
-      <c r="H15" s="191">
+      <c r="C15" s="187"/>
+      <c r="D15" s="187"/>
+      <c r="E15" s="187"/>
+      <c r="F15" s="187"/>
+      <c r="G15" s="187"/>
+      <c r="H15" s="161">
         <f>E9+F9+G9+H9</f>
         <v>3975</v>
       </c>
     </row>
     <row r="16" spans="1:10" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B16" s="217" t="s">
+      <c r="B16" s="187" t="s">
         <v>118</v>
       </c>
-      <c r="C16" s="217"/>
-[...4 lines deleted...]
-      <c r="H16" s="191">
+      <c r="C16" s="187"/>
+      <c r="D16" s="187"/>
+      <c r="E16" s="187"/>
+      <c r="F16" s="187"/>
+      <c r="G16" s="187"/>
+      <c r="H16" s="161">
         <f>E10+F10+G10+H10</f>
         <v>2465</v>
       </c>
     </row>
     <row r="17" spans="2:8" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B17" s="218" t="str">
+      <c r="B17" s="186" t="str">
         <f>IF(H17=0,"",IF(H17&gt;0,"You've SAVED some money.","You need to STOP spending and START SAVING money!!!"))</f>
         <v>You've SAVED some money.</v>
       </c>
-      <c r="C17" s="218"/>
-[...4 lines deleted...]
-      <c r="H17" s="192">
+      <c r="C17" s="186"/>
+      <c r="D17" s="186"/>
+      <c r="E17" s="186"/>
+      <c r="F17" s="186"/>
+      <c r="G17" s="186"/>
+      <c r="H17" s="162">
         <f>H14+H15-H16</f>
         <v>110</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="11">
-    <mergeCell ref="B17:G17"/>
-[...3 lines deleted...]
-    <mergeCell ref="B13:H13"/>
     <mergeCell ref="A1:J1"/>
     <mergeCell ref="A4:B4"/>
     <mergeCell ref="B9:D9"/>
     <mergeCell ref="B10:D10"/>
     <mergeCell ref="B11:D11"/>
     <mergeCell ref="B8:D8"/>
+    <mergeCell ref="B17:G17"/>
+    <mergeCell ref="B15:G15"/>
+    <mergeCell ref="B16:G16"/>
+    <mergeCell ref="B14:G14"/>
+    <mergeCell ref="B13:H13"/>
   </mergeCells>
   <phoneticPr fontId="29" type="noConversion"/>
+  <conditionalFormatting sqref="B17:G17">
+    <cfRule type="expression" dxfId="11" priority="11" stopIfTrue="1">
+      <formula>IF($H$17&gt;0,TRUE,FALSE)</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="10" priority="12" stopIfTrue="1">
+      <formula>IF($H$17&lt;0,TRUE,FALSE)</formula>
+    </cfRule>
+  </conditionalFormatting>
   <conditionalFormatting sqref="E11">
-    <cfRule type="expression" dxfId="11" priority="1" stopIfTrue="1">
+    <cfRule type="expression" dxfId="9" priority="1" stopIfTrue="1">
       <formula>IF($E$11&gt;0,TRUE,FALSE)</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="10" priority="2" stopIfTrue="1">
+    <cfRule type="expression" dxfId="8" priority="2" stopIfTrue="1">
       <formula>IF($E$11&lt;0,TRUE,FALSE)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F11">
-    <cfRule type="expression" dxfId="9" priority="3" stopIfTrue="1">
+    <cfRule type="expression" dxfId="7" priority="3" stopIfTrue="1">
       <formula>IF($F$11&gt;0,TRUE,FALSE)</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="8" priority="4" stopIfTrue="1">
+    <cfRule type="expression" dxfId="6" priority="4" stopIfTrue="1">
       <formula>IF($F$11&lt;0,TRUE,FALSE)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G11">
-    <cfRule type="expression" dxfId="7" priority="5" stopIfTrue="1">
+    <cfRule type="expression" dxfId="5" priority="5" stopIfTrue="1">
       <formula>IF($G$11&gt;0,TRUE,FALSE)</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="6" priority="6" stopIfTrue="1">
+    <cfRule type="expression" dxfId="4" priority="6" stopIfTrue="1">
       <formula>IF($G$11&lt;0,TRUE,FALSE)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="H11">
-    <cfRule type="expression" dxfId="5" priority="7" stopIfTrue="1">
+    <cfRule type="expression" dxfId="3" priority="7" stopIfTrue="1">
       <formula>IF($H$11&gt;0,TRUE,FALSE)</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="4" priority="8" stopIfTrue="1">
+    <cfRule type="expression" dxfId="2" priority="8" stopIfTrue="1">
       <formula>IF($H$11&lt;0,TRUE,FALSE)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="H17">
-    <cfRule type="expression" dxfId="3" priority="9" stopIfTrue="1">
+    <cfRule type="expression" dxfId="1" priority="9" stopIfTrue="1">
       <formula>IF($H$17&gt;0,TRUE,FALSE)</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="2" priority="10" stopIfTrue="1">
-[...7 lines deleted...]
-    <cfRule type="expression" dxfId="0" priority="12" stopIfTrue="1">
+    <cfRule type="expression" dxfId="0" priority="10" stopIfTrue="1">
       <formula>IF($H$17&lt;0,TRUE,FALSE)</formula>
     </cfRule>
   </conditionalFormatting>
   <hyperlinks>
-    <hyperlink ref="A4" r:id="rId1"/>
-    <hyperlink ref="A4:B4" r:id="rId2" tooltip="HELP with Family Budget Planner" display="HELP"/>
+    <hyperlink ref="A4" r:id="rId1" xr:uid="{00000000-0004-0000-0600-000000000000}"/>
+    <hyperlink ref="A4:B4" r:id="rId2" tooltip="HELP with Family Budget Planner" display="HELP" xr:uid="{00000000-0004-0000-0600-000001000000}"/>
   </hyperlinks>
   <pageMargins left="0.15748031496062992" right="0.15748031496062992" top="0.98425196850393704" bottom="0.98425196850393704" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId3"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L© Spreadsheet123.com. All rights reserved&amp;RFamily Budget Planner by Spreadsheet123.com</oddFooter>
   </headerFooter>
   <drawing r:id="rId4"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0700-000000000000}">
   <dimension ref="A1:J43"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
-      <selection activeCell="L20" sqref="L20"/>
+      <selection activeCell="T18" sqref="T18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="18" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="2.140625" style="156" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="11" max="16384" width="9.140625" style="156"/>
+    <col min="1" max="1" width="2.140625" style="73" customWidth="1"/>
+    <col min="2" max="2" width="22.28515625" style="73" customWidth="1"/>
+    <col min="3" max="3" width="16.7109375" style="73" customWidth="1"/>
+    <col min="4" max="8" width="11.28515625" style="73" customWidth="1"/>
+    <col min="9" max="9" width="1.7109375" style="73" customWidth="1"/>
+    <col min="10" max="10" width="2.140625" style="73" customWidth="1"/>
+    <col min="11" max="16384" width="9.140625" style="73"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" s="46" customFormat="1" ht="35.1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="222" t="s">
+    <row r="1" spans="1:10" customFormat="1" ht="35.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1" s="191" t="s">
         <v>4</v>
       </c>
-      <c r="B1" s="222"/>
-[...7 lines deleted...]
-      <c r="J1" s="222"/>
+      <c r="B1" s="191"/>
+      <c r="C1" s="191"/>
+      <c r="D1" s="191"/>
+      <c r="E1" s="191"/>
+      <c r="F1" s="191"/>
+      <c r="G1" s="191"/>
+      <c r="H1" s="191"/>
+      <c r="I1" s="191"/>
+      <c r="J1" s="191"/>
     </row>
     <row r="4" spans="1:10" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B4" s="179"/>
-      <c r="C4" s="180" t="s">
+      <c r="B4" s="151"/>
+      <c r="C4" s="152" t="s">
         <v>170</v>
       </c>
-      <c r="D4" s="180" t="s">
+      <c r="D4" s="152" t="s">
         <v>121</v>
       </c>
-      <c r="E4" s="180" t="s">
+      <c r="E4" s="152" t="s">
         <v>122</v>
       </c>
-      <c r="F4" s="180" t="s">
+      <c r="F4" s="152" t="s">
         <v>123</v>
       </c>
-      <c r="G4" s="180" t="s">
+      <c r="G4" s="152" t="s">
         <v>124</v>
       </c>
-      <c r="H4" s="180" t="s">
+      <c r="H4" s="152" t="s">
         <v>30</v>
       </c>
-      <c r="I4" s="179"/>
+      <c r="I4" s="151"/>
     </row>
     <row r="5" spans="1:10" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B5" s="158" t="s">
+      <c r="B5" s="132" t="s">
         <v>167</v>
       </c>
-      <c r="C5" s="159">
+      <c r="C5" s="133">
         <f>C15+H5</f>
         <v>2050</v>
       </c>
-      <c r="D5" s="159">
+      <c r="D5" s="133">
         <f>SUM('Jan-Mar'!B167,'Jan-Mar'!F167,'Jan-Mar'!J167)</f>
         <v>350</v>
       </c>
-      <c r="E5" s="159">
+      <c r="E5" s="133">
         <f>SUM('Apr-June'!B167,'Apr-June'!F167,'Apr-June'!J167)</f>
         <v>200</v>
       </c>
-      <c r="F5" s="159">
+      <c r="F5" s="133">
         <f>SUM('July-Sep'!B167,'July-Sep'!F167,'July-Sep'!J167)</f>
         <v>0</v>
       </c>
-      <c r="G5" s="159">
+      <c r="G5" s="133">
         <f>SUM('Oct-Dec'!B167,'Oct-Dec'!F167,'Oct-Dec'!J167)</f>
         <v>0</v>
       </c>
-      <c r="H5" s="159">
+      <c r="H5" s="133">
         <f>SUM(D5:G5)</f>
         <v>550</v>
       </c>
-      <c r="I5" s="157"/>
+      <c r="I5" s="131"/>
     </row>
     <row r="6" spans="1:10" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B6" s="171"/>
-[...6 lines deleted...]
-      <c r="I6" s="173"/>
+      <c r="B6" s="144"/>
+      <c r="C6" s="145"/>
+      <c r="D6" s="145"/>
+      <c r="E6" s="145"/>
+      <c r="F6" s="145"/>
+      <c r="G6" s="145"/>
+      <c r="H6" s="145"/>
+      <c r="I6" s="146"/>
     </row>
     <row r="7" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B7" s="174" t="s">
+      <c r="B7" s="147" t="s">
         <v>103</v>
       </c>
-      <c r="C7" s="170">
+      <c r="C7" s="143">
         <v>350</v>
       </c>
-      <c r="D7" s="175">
+      <c r="D7" s="148">
         <f>SUM('Jan-Mar'!C160,'Jan-Mar'!G160,'Jan-Mar'!K160)</f>
         <v>200</v>
       </c>
-      <c r="E7" s="175">
+      <c r="E7" s="148">
         <f>SUM('Apr-June'!C160,'Apr-June'!G160,'Apr-June'!K160)</f>
         <v>120</v>
       </c>
-      <c r="F7" s="175">
+      <c r="F7" s="148">
         <f>SUM('July-Sep'!C160,'July-Sep'!G160,'July-Sep'!K160)</f>
         <v>0</v>
       </c>
-      <c r="G7" s="175">
+      <c r="G7" s="148">
         <f>SUM('Oct-Dec'!C160,'Oct-Dec'!G160,'Oct-Dec'!K160)</f>
         <v>0</v>
       </c>
-      <c r="H7" s="175">
+      <c r="H7" s="148">
         <f>SUM(C7:G7)</f>
         <v>670</v>
       </c>
-      <c r="I7" s="173"/>
+      <c r="I7" s="146"/>
     </row>
     <row r="8" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B8" s="174" t="s">
+      <c r="B8" s="147" t="s">
         <v>104</v>
       </c>
-      <c r="C8" s="170">
+      <c r="C8" s="143">
         <v>250</v>
       </c>
-      <c r="D8" s="175">
+      <c r="D8" s="148">
         <f>SUM('Jan-Mar'!C161,'Jan-Mar'!G161,'Jan-Mar'!K161)</f>
         <v>0</v>
       </c>
-      <c r="E8" s="175">
+      <c r="E8" s="148">
         <f>SUM('Apr-June'!C161,'Apr-June'!G161,'Apr-June'!K161)</f>
         <v>0</v>
       </c>
-      <c r="F8" s="175">
+      <c r="F8" s="148">
         <f>SUM('July-Sep'!C161,'July-Sep'!G161,'July-Sep'!K161)</f>
         <v>0</v>
       </c>
-      <c r="G8" s="175">
+      <c r="G8" s="148">
         <f>SUM('Oct-Dec'!C161,'Oct-Dec'!G161,'Oct-Dec'!K161)</f>
         <v>0</v>
       </c>
-      <c r="H8" s="175">
+      <c r="H8" s="148">
         <f t="shared" ref="H8:H13" si="0">SUM(C8:G8)</f>
         <v>250</v>
       </c>
-      <c r="I8" s="173"/>
+      <c r="I8" s="146"/>
     </row>
     <row r="9" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B9" s="174" t="s">
+      <c r="B9" s="147" t="s">
         <v>105</v>
       </c>
-      <c r="C9" s="170">
+      <c r="C9" s="143">
         <v>600</v>
       </c>
-      <c r="D9" s="175">
+      <c r="D9" s="148">
         <f>SUM('Jan-Mar'!C162,'Jan-Mar'!G162,'Jan-Mar'!K162)</f>
         <v>0</v>
       </c>
-      <c r="E9" s="175">
+      <c r="E9" s="148">
         <f>SUM('Apr-June'!C162,'Apr-June'!G162,'Apr-June'!K162)</f>
         <v>0</v>
       </c>
-      <c r="F9" s="175">
+      <c r="F9" s="148">
         <f>SUM('July-Sep'!C162,'July-Sep'!G162,'July-Sep'!K162)</f>
         <v>0</v>
       </c>
-      <c r="G9" s="175">
+      <c r="G9" s="148">
         <f>SUM('Oct-Dec'!C162,'Oct-Dec'!G162,'Oct-Dec'!K162)</f>
         <v>0</v>
       </c>
-      <c r="H9" s="175">
+      <c r="H9" s="148">
         <f t="shared" si="0"/>
         <v>600</v>
       </c>
-      <c r="I9" s="173"/>
+      <c r="I9" s="146"/>
     </row>
     <row r="10" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B10" s="174" t="s">
+      <c r="B10" s="147" t="s">
         <v>106</v>
       </c>
-      <c r="C10" s="170">
+      <c r="C10" s="143">
         <v>200</v>
       </c>
-      <c r="D10" s="175">
+      <c r="D10" s="148">
         <f>SUM('Jan-Mar'!C163,'Jan-Mar'!G163,'Jan-Mar'!K163)</f>
         <v>0</v>
       </c>
-      <c r="E10" s="175">
+      <c r="E10" s="148">
         <f>SUM('Apr-June'!C163,'Apr-June'!G163,'Apr-June'!K163)</f>
         <v>0</v>
       </c>
-      <c r="F10" s="175">
+      <c r="F10" s="148">
         <f>SUM('July-Sep'!C163,'July-Sep'!G163,'July-Sep'!K163)</f>
         <v>0</v>
       </c>
-      <c r="G10" s="175">
+      <c r="G10" s="148">
         <f>SUM('Oct-Dec'!C163,'Oct-Dec'!G163,'Oct-Dec'!K163)</f>
         <v>0</v>
       </c>
-      <c r="H10" s="175">
+      <c r="H10" s="148">
         <f t="shared" si="0"/>
         <v>200</v>
       </c>
-      <c r="I10" s="173"/>
+      <c r="I10" s="146"/>
     </row>
     <row r="11" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B11" s="174" t="s">
+      <c r="B11" s="147" t="s">
         <v>29</v>
       </c>
-      <c r="C11" s="170">
+      <c r="C11" s="143">
         <v>100</v>
       </c>
-      <c r="D11" s="175">
+      <c r="D11" s="148">
         <f>SUM('Jan-Mar'!C164,'Jan-Mar'!G164,'Jan-Mar'!K164)</f>
         <v>0</v>
       </c>
-      <c r="E11" s="175">
+      <c r="E11" s="148">
         <f>SUM('Apr-June'!C164,'Apr-June'!G164,'Apr-June'!K164)</f>
         <v>0</v>
       </c>
-      <c r="F11" s="175">
+      <c r="F11" s="148">
         <f>SUM('July-Sep'!C164,'July-Sep'!G164,'July-Sep'!K164)</f>
         <v>0</v>
       </c>
-      <c r="G11" s="175">
+      <c r="G11" s="148">
         <f>SUM('Oct-Dec'!C164,'Oct-Dec'!G164,'Oct-Dec'!K164)</f>
         <v>0</v>
       </c>
-      <c r="H11" s="175">
+      <c r="H11" s="148">
         <f t="shared" si="0"/>
         <v>100</v>
       </c>
-      <c r="I11" s="173"/>
+      <c r="I11" s="146"/>
     </row>
     <row r="12" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B12" s="174" t="s">
+      <c r="B12" s="147" t="s">
         <v>29</v>
       </c>
-      <c r="C12" s="170">
-[...2 lines deleted...]
-      <c r="D12" s="175">
+      <c r="C12" s="143">
+        <v>0</v>
+      </c>
+      <c r="D12" s="148">
         <f>SUM('Jan-Mar'!C165,'Jan-Mar'!G165,'Jan-Mar'!K165)</f>
         <v>0</v>
       </c>
-      <c r="E12" s="175">
+      <c r="E12" s="148">
         <f>SUM('Apr-June'!C165,'Apr-June'!G165,'Apr-June'!K165)</f>
         <v>0</v>
       </c>
-      <c r="F12" s="175">
+      <c r="F12" s="148">
         <f>SUM('July-Sep'!C165,'July-Sep'!G165,'July-Sep'!K165)</f>
         <v>0</v>
       </c>
-      <c r="G12" s="175">
+      <c r="G12" s="148">
         <f>SUM('Oct-Dec'!C165,'Oct-Dec'!G165,'Oct-Dec'!K165)</f>
         <v>0</v>
       </c>
-      <c r="H12" s="175">
+      <c r="H12" s="148">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="I12" s="173"/>
+      <c r="I12" s="146"/>
     </row>
     <row r="13" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B13" s="174" t="s">
+      <c r="B13" s="147" t="s">
         <v>29</v>
       </c>
-      <c r="C13" s="170">
-[...2 lines deleted...]
-      <c r="D13" s="175">
+      <c r="C13" s="143">
+        <v>0</v>
+      </c>
+      <c r="D13" s="148">
         <f>SUM('Jan-Mar'!C166,'Jan-Mar'!G166,'Jan-Mar'!K166)</f>
         <v>0</v>
       </c>
-      <c r="E13" s="175">
+      <c r="E13" s="148">
         <f>SUM('Apr-June'!C166,'Apr-June'!G166,'Apr-June'!K166)</f>
         <v>0</v>
       </c>
-      <c r="F13" s="175">
+      <c r="F13" s="148">
         <f>SUM('July-Sep'!C166,'July-Sep'!G166,'July-Sep'!K166)</f>
         <v>0</v>
       </c>
-      <c r="G13" s="175">
+      <c r="G13" s="148">
         <f>SUM('Oct-Dec'!C166,'Oct-Dec'!G166,'Oct-Dec'!K166)</f>
         <v>0</v>
       </c>
-      <c r="H13" s="175">
+      <c r="H13" s="148">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="I13" s="173"/>
+      <c r="I13" s="146"/>
     </row>
     <row r="14" spans="1:10" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B14" s="176"/>
-[...6 lines deleted...]
-      <c r="I14" s="173"/>
+      <c r="B14" s="149"/>
+      <c r="C14" s="150"/>
+      <c r="D14" s="150"/>
+      <c r="E14" s="150"/>
+      <c r="F14" s="150"/>
+      <c r="G14" s="150"/>
+      <c r="H14" s="150"/>
+      <c r="I14" s="146"/>
     </row>
     <row r="15" spans="1:10" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B15" s="160" t="s">
+      <c r="B15" s="134" t="s">
         <v>168</v>
       </c>
-      <c r="C15" s="161">
+      <c r="C15" s="135">
         <f t="shared" ref="C15:H15" si="1">SUM(C7:C13)</f>
         <v>1500</v>
       </c>
-      <c r="D15" s="161">
+      <c r="D15" s="135">
         <f t="shared" si="1"/>
         <v>200</v>
       </c>
-      <c r="E15" s="161">
+      <c r="E15" s="135">
         <f t="shared" si="1"/>
         <v>120</v>
       </c>
-      <c r="F15" s="161">
+      <c r="F15" s="135">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="G15" s="161">
+      <c r="G15" s="135">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="H15" s="161">
+      <c r="H15" s="135">
         <f t="shared" si="1"/>
         <v>1820</v>
       </c>
-      <c r="I15" s="168"/>
+      <c r="I15" s="141"/>
     </row>
     <row r="16" spans="1:10" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B16" s="160" t="s">
+      <c r="B16" s="134" t="s">
         <v>171</v>
       </c>
-      <c r="C16" s="181">
+      <c r="C16" s="153">
         <f t="shared" ref="C16:H16" si="2">IF(C5=0,0,C15/C5)</f>
         <v>0.73170731707317072</v>
       </c>
-      <c r="D16" s="181">
+      <c r="D16" s="153">
         <f t="shared" si="2"/>
         <v>0.5714285714285714</v>
       </c>
-      <c r="E16" s="181">
+      <c r="E16" s="153">
         <f t="shared" si="2"/>
         <v>0.6</v>
       </c>
-      <c r="F16" s="181">
+      <c r="F16" s="153">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="G16" s="181">
+      <c r="G16" s="153">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="H16" s="181">
+      <c r="H16" s="153">
         <f t="shared" si="2"/>
         <v>3.3090909090909091</v>
       </c>
-      <c r="I16" s="168"/>
-[...8 lines deleted...]
-      <c r="H17" s="164"/>
+      <c r="I16" s="141"/>
+    </row>
+    <row r="17" spans="2:9" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B17" s="136"/>
+      <c r="C17" s="137"/>
+      <c r="D17" s="137"/>
+      <c r="E17" s="137"/>
+      <c r="F17" s="137"/>
+      <c r="G17" s="137"/>
+      <c r="H17" s="137"/>
     </row>
     <row r="18" spans="2:9" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B18" s="165" t="s">
+      <c r="B18" s="138" t="s">
         <v>169</v>
       </c>
-      <c r="C18" s="166">
+      <c r="C18" s="139">
         <f>H15-C5</f>
         <v>-230</v>
       </c>
-      <c r="D18" s="166">
+      <c r="D18" s="139">
         <f>D15-D5</f>
         <v>-150</v>
       </c>
-      <c r="E18" s="166">
+      <c r="E18" s="139">
         <f>E15-E5</f>
         <v>-80</v>
       </c>
-      <c r="F18" s="166">
+      <c r="F18" s="139">
         <f>F15-F5</f>
         <v>0</v>
       </c>
-      <c r="G18" s="166">
+      <c r="G18" s="139">
         <f>G15-G5</f>
         <v>0</v>
       </c>
-      <c r="H18" s="166">
+      <c r="H18" s="139">
         <f>H15-H5</f>
         <v>1270</v>
       </c>
-      <c r="I18" s="169"/>
+      <c r="I18" s="142"/>
     </row>
     <row r="19" spans="2:9" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="20" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B20" s="173"/>
-[...6 lines deleted...]
-      <c r="I20" s="173"/>
+      <c r="B20" s="146"/>
+      <c r="C20" s="146"/>
+      <c r="D20" s="146"/>
+      <c r="E20" s="146"/>
+      <c r="F20" s="146"/>
+      <c r="G20" s="146"/>
+      <c r="H20" s="146"/>
+      <c r="I20" s="146"/>
     </row>
     <row r="21" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B21" s="173"/>
-[...6 lines deleted...]
-      <c r="I21" s="173"/>
+      <c r="B21" s="146"/>
+      <c r="C21" s="146"/>
+      <c r="D21" s="146"/>
+      <c r="E21" s="146"/>
+      <c r="F21" s="146"/>
+      <c r="G21" s="146"/>
+      <c r="H21" s="146"/>
+      <c r="I21" s="146"/>
     </row>
     <row r="22" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B22" s="173"/>
-[...6 lines deleted...]
-      <c r="I22" s="173"/>
+      <c r="B22" s="146"/>
+      <c r="C22" s="146"/>
+      <c r="D22" s="146"/>
+      <c r="E22" s="146"/>
+      <c r="F22" s="146"/>
+      <c r="G22" s="146"/>
+      <c r="H22" s="146"/>
+      <c r="I22" s="146"/>
     </row>
     <row r="23" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B23" s="173"/>
-[...6 lines deleted...]
-      <c r="I23" s="173"/>
+      <c r="B23" s="146"/>
+      <c r="C23" s="146"/>
+      <c r="D23" s="146"/>
+      <c r="E23" s="146"/>
+      <c r="F23" s="146"/>
+      <c r="G23" s="146"/>
+      <c r="H23" s="146"/>
+      <c r="I23" s="146"/>
     </row>
     <row r="24" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B24" s="173"/>
-[...6 lines deleted...]
-      <c r="I24" s="173"/>
+      <c r="B24" s="146"/>
+      <c r="C24" s="146"/>
+      <c r="D24" s="146"/>
+      <c r="E24" s="146"/>
+      <c r="F24" s="146"/>
+      <c r="G24" s="146"/>
+      <c r="H24" s="146"/>
+      <c r="I24" s="146"/>
     </row>
     <row r="25" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B25" s="173"/>
-[...6 lines deleted...]
-      <c r="I25" s="173"/>
+      <c r="B25" s="146"/>
+      <c r="C25" s="146"/>
+      <c r="D25" s="146"/>
+      <c r="E25" s="146"/>
+      <c r="F25" s="146"/>
+      <c r="G25" s="146"/>
+      <c r="H25" s="146"/>
+      <c r="I25" s="146"/>
     </row>
     <row r="26" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B26" s="173"/>
-[...6 lines deleted...]
-      <c r="I26" s="173"/>
+      <c r="B26" s="146"/>
+      <c r="C26" s="146"/>
+      <c r="D26" s="146"/>
+      <c r="E26" s="146"/>
+      <c r="F26" s="146"/>
+      <c r="G26" s="146"/>
+      <c r="H26" s="146"/>
+      <c r="I26" s="146"/>
     </row>
     <row r="27" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B27" s="167"/>
-[...6 lines deleted...]
-      <c r="I27" s="167"/>
+      <c r="B27" s="140"/>
+      <c r="C27" s="140"/>
+      <c r="D27" s="140"/>
+      <c r="E27" s="140"/>
+      <c r="F27" s="140"/>
+      <c r="G27" s="140"/>
+      <c r="H27" s="140"/>
+      <c r="I27" s="140"/>
     </row>
     <row r="28" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B28" s="167"/>
-[...6 lines deleted...]
-      <c r="I28" s="167"/>
+      <c r="B28" s="140"/>
+      <c r="C28" s="140"/>
+      <c r="D28" s="140"/>
+      <c r="E28" s="140"/>
+      <c r="F28" s="140"/>
+      <c r="G28" s="140"/>
+      <c r="H28" s="140"/>
+      <c r="I28" s="140"/>
     </row>
     <row r="29" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B29" s="167"/>
-[...6 lines deleted...]
-      <c r="I29" s="167"/>
+      <c r="B29" s="140"/>
+      <c r="C29" s="140"/>
+      <c r="D29" s="140"/>
+      <c r="E29" s="140"/>
+      <c r="F29" s="140"/>
+      <c r="G29" s="140"/>
+      <c r="H29" s="140"/>
+      <c r="I29" s="140"/>
     </row>
     <row r="30" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B30" s="167"/>
-[...6 lines deleted...]
-      <c r="I30" s="167"/>
+      <c r="B30" s="140"/>
+      <c r="C30" s="140"/>
+      <c r="D30" s="140"/>
+      <c r="E30" s="140"/>
+      <c r="F30" s="140"/>
+      <c r="G30" s="140"/>
+      <c r="H30" s="140"/>
+      <c r="I30" s="140"/>
     </row>
     <row r="31" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B31" s="167"/>
-[...6 lines deleted...]
-      <c r="I31" s="167"/>
+      <c r="B31" s="140"/>
+      <c r="C31" s="140"/>
+      <c r="D31" s="140"/>
+      <c r="E31" s="140"/>
+      <c r="F31" s="140"/>
+      <c r="G31" s="140"/>
+      <c r="H31" s="140"/>
+      <c r="I31" s="140"/>
     </row>
     <row r="32" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B32" s="167"/>
-[...6 lines deleted...]
-      <c r="I32" s="167"/>
+      <c r="B32" s="140"/>
+      <c r="C32" s="140"/>
+      <c r="D32" s="140"/>
+      <c r="E32" s="140"/>
+      <c r="F32" s="140"/>
+      <c r="G32" s="140"/>
+      <c r="H32" s="140"/>
+      <c r="I32" s="140"/>
     </row>
     <row r="33" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B33" s="167"/>
-[...6 lines deleted...]
-      <c r="I33" s="167"/>
+      <c r="B33" s="140"/>
+      <c r="C33" s="140"/>
+      <c r="D33" s="140"/>
+      <c r="E33" s="140"/>
+      <c r="F33" s="140"/>
+      <c r="G33" s="140"/>
+      <c r="H33" s="140"/>
+      <c r="I33" s="140"/>
     </row>
     <row r="34" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B34" s="167"/>
-[...6 lines deleted...]
-      <c r="I34" s="167"/>
+      <c r="B34" s="140"/>
+      <c r="C34" s="140"/>
+      <c r="D34" s="140"/>
+      <c r="E34" s="140"/>
+      <c r="F34" s="140"/>
+      <c r="G34" s="140"/>
+      <c r="H34" s="140"/>
+      <c r="I34" s="140"/>
     </row>
     <row r="35" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B35" s="167"/>
-[...6 lines deleted...]
-      <c r="I35" s="167"/>
+      <c r="B35" s="140"/>
+      <c r="C35" s="140"/>
+      <c r="D35" s="140"/>
+      <c r="E35" s="140"/>
+      <c r="F35" s="140"/>
+      <c r="G35" s="140"/>
+      <c r="H35" s="140"/>
+      <c r="I35" s="140"/>
     </row>
     <row r="36" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B36" s="167"/>
-[...6 lines deleted...]
-      <c r="I36" s="167"/>
+      <c r="B36" s="140"/>
+      <c r="C36" s="140"/>
+      <c r="D36" s="140"/>
+      <c r="E36" s="140"/>
+      <c r="F36" s="140"/>
+      <c r="G36" s="140"/>
+      <c r="H36" s="140"/>
+      <c r="I36" s="140"/>
     </row>
     <row r="37" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B37" s="167"/>
-[...6 lines deleted...]
-      <c r="I37" s="167"/>
+      <c r="B37" s="140"/>
+      <c r="C37" s="140"/>
+      <c r="D37" s="140"/>
+      <c r="E37" s="140"/>
+      <c r="F37" s="140"/>
+      <c r="G37" s="140"/>
+      <c r="H37" s="140"/>
+      <c r="I37" s="140"/>
     </row>
     <row r="38" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B38" s="167"/>
-[...6 lines deleted...]
-      <c r="I38" s="167"/>
+      <c r="B38" s="140"/>
+      <c r="C38" s="140"/>
+      <c r="D38" s="140"/>
+      <c r="E38" s="140"/>
+      <c r="F38" s="140"/>
+      <c r="G38" s="140"/>
+      <c r="H38" s="140"/>
+      <c r="I38" s="140"/>
     </row>
     <row r="39" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B39" s="167"/>
-[...6 lines deleted...]
-      <c r="I39" s="167"/>
+      <c r="B39" s="140"/>
+      <c r="C39" s="140"/>
+      <c r="D39" s="140"/>
+      <c r="E39" s="140"/>
+      <c r="F39" s="140"/>
+      <c r="G39" s="140"/>
+      <c r="H39" s="140"/>
+      <c r="I39" s="140"/>
     </row>
     <row r="40" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B40" s="167"/>
-[...6 lines deleted...]
-      <c r="I40" s="167"/>
+      <c r="B40" s="140"/>
+      <c r="C40" s="140"/>
+      <c r="D40" s="140"/>
+      <c r="E40" s="140"/>
+      <c r="F40" s="140"/>
+      <c r="G40" s="140"/>
+      <c r="H40" s="140"/>
+      <c r="I40" s="140"/>
     </row>
     <row r="41" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B41" s="167"/>
-[...6 lines deleted...]
-      <c r="I41" s="167"/>
+      <c r="B41" s="140"/>
+      <c r="C41" s="140"/>
+      <c r="D41" s="140"/>
+      <c r="E41" s="140"/>
+      <c r="F41" s="140"/>
+      <c r="G41" s="140"/>
+      <c r="H41" s="140"/>
+      <c r="I41" s="140"/>
     </row>
     <row r="42" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B42" s="167"/>
-[...6 lines deleted...]
-      <c r="I42" s="167"/>
+      <c r="B42" s="140"/>
+      <c r="C42" s="140"/>
+      <c r="D42" s="140"/>
+      <c r="E42" s="140"/>
+      <c r="F42" s="140"/>
+      <c r="G42" s="140"/>
+      <c r="H42" s="140"/>
+      <c r="I42" s="140"/>
     </row>
     <row r="43" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B43" s="167"/>
-[...6 lines deleted...]
-      <c r="I43" s="167"/>
+      <c r="B43" s="140"/>
+      <c r="C43" s="140"/>
+      <c r="D43" s="140"/>
+      <c r="E43" s="140"/>
+      <c r="F43" s="140"/>
+      <c r="G43" s="140"/>
+      <c r="H43" s="140"/>
+      <c r="I43" s="140"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <phoneticPr fontId="29" type="noConversion"/>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.19685039370078741" right="0.19685039370078741" top="0.39370078740157483" bottom="0.39370078740157483" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L© Spreadsheet123.com. All rights reserved&amp;RFamily Budget Planner by Spreadsheet123.com</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0800-000000000000}">
   <dimension ref="A1:U54"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
-      <selection activeCell="J3" sqref="J3"/>
+      <selection activeCell="I3" sqref="I3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="8" width="9.140625" style="46"/>
-[...1 lines deleted...]
-    <col min="10" max="16384" width="9.140625" style="46"/>
+    <col min="9" max="9" width="35.42578125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:21" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A1" s="226" t="s">
+    <row r="1" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A1" s="195" t="s">
         <v>1</v>
       </c>
-      <c r="B1" s="226"/>
-[...30 lines deleted...]
-      <c r="L2" s="19"/>
+      <c r="B1" s="195"/>
+      <c r="C1" s="195"/>
+      <c r="D1" s="195"/>
+      <c r="E1" s="195"/>
+      <c r="F1" s="195"/>
+      <c r="G1" s="195"/>
+      <c r="H1" s="195"/>
+      <c r="I1" s="195"/>
+      <c r="J1" s="111"/>
+      <c r="K1" s="111"/>
+      <c r="L1" s="111"/>
+      <c r="M1" s="119"/>
+      <c r="N1" s="119"/>
+      <c r="O1" s="119"/>
+      <c r="P1" s="119"/>
+      <c r="Q1" s="119"/>
+      <c r="T1" s="120"/>
+      <c r="U1" s="120"/>
+    </row>
+    <row r="2" spans="1:21" x14ac:dyDescent="0.2">
+      <c r="I2" s="6"/>
     </row>
     <row r="3" spans="1:21" x14ac:dyDescent="0.2">
-      <c r="A3" s="136"/>
-[...1 lines deleted...]
-      <c r="I3" s="137" t="str">
+      <c r="A3" s="112"/>
+      <c r="B3" s="112"/>
+      <c r="I3" s="113" t="str">
         <f ca="1">"© 2007 - "&amp;YEAR(TODAY())&amp;" Spreadsheet123 LTD"</f>
-        <v>© 2007 - 2017 Spreadsheet123 LTD</v>
+        <v>© 2007 - 2025 Spreadsheet123 LTD</v>
       </c>
     </row>
     <row r="4" spans="1:21" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="5" spans="1:21" ht="15" x14ac:dyDescent="0.25">
-      <c r="A5" s="225" t="s">
+      <c r="A5" s="192" t="s">
         <v>111</v>
       </c>
-      <c r="B5" s="225"/>
-[...9 lines deleted...]
-      <c r="A6" s="227" t="s">
+      <c r="B5" s="192"/>
+      <c r="C5" s="192"/>
+      <c r="D5" s="192"/>
+      <c r="E5" s="192"/>
+      <c r="F5" s="192"/>
+      <c r="G5" s="192"/>
+      <c r="H5" s="192"/>
+      <c r="I5" s="192"/>
+    </row>
+    <row r="6" spans="1:21" x14ac:dyDescent="0.2">
+      <c r="A6" s="196" t="s">
         <v>129</v>
       </c>
-      <c r="B6" s="227"/>
-[...9 lines deleted...]
-      <c r="A7" s="223" t="s">
+      <c r="B6" s="196"/>
+      <c r="C6" s="196"/>
+      <c r="D6" s="196"/>
+      <c r="E6" s="196"/>
+      <c r="F6" s="196"/>
+      <c r="G6" s="196"/>
+      <c r="H6" s="196"/>
+      <c r="I6" s="196"/>
+    </row>
+    <row r="7" spans="1:21" x14ac:dyDescent="0.2">
+      <c r="A7" s="176" t="s">
         <v>130</v>
       </c>
-      <c r="B7" s="223"/>
-[...9 lines deleted...]
-      <c r="A8" s="138" t="s">
+      <c r="B7" s="176"/>
+      <c r="C7" s="176"/>
+      <c r="D7" s="176"/>
+      <c r="E7" s="176"/>
+      <c r="F7" s="176"/>
+      <c r="G7" s="176"/>
+      <c r="H7" s="176"/>
+      <c r="I7" s="176"/>
+    </row>
+    <row r="8" spans="1:21" x14ac:dyDescent="0.2">
+      <c r="A8" s="114" t="s">
         <v>131</v>
       </c>
-      <c r="B8" s="138"/>
-[...20 lines deleted...]
-      <c r="A10" s="223" t="s">
+      <c r="B8" s="114"/>
+      <c r="C8" s="114"/>
+      <c r="D8" s="114"/>
+      <c r="E8" s="114"/>
+      <c r="F8" s="114"/>
+      <c r="G8" s="114"/>
+      <c r="H8" s="114"/>
+      <c r="I8" s="114"/>
+    </row>
+    <row r="9" spans="1:21" x14ac:dyDescent="0.2">
+      <c r="A9" s="176"/>
+      <c r="B9" s="176"/>
+      <c r="C9" s="176"/>
+      <c r="D9" s="176"/>
+      <c r="E9" s="176"/>
+      <c r="F9" s="176"/>
+      <c r="G9" s="176"/>
+      <c r="H9" s="176"/>
+      <c r="I9" s="176"/>
+    </row>
+    <row r="10" spans="1:21" x14ac:dyDescent="0.2">
+      <c r="A10" s="176" t="s">
         <v>132</v>
       </c>
-      <c r="B10" s="223"/>
-[...9 lines deleted...]
-      <c r="A11" s="223" t="s">
+      <c r="B10" s="176"/>
+      <c r="C10" s="176"/>
+      <c r="D10" s="176"/>
+      <c r="E10" s="176"/>
+      <c r="F10" s="176"/>
+      <c r="G10" s="176"/>
+      <c r="H10" s="176"/>
+      <c r="I10" s="176"/>
+    </row>
+    <row r="11" spans="1:21" x14ac:dyDescent="0.2">
+      <c r="A11" s="176" t="s">
         <v>133</v>
       </c>
-      <c r="B11" s="223"/>
-[...17 lines deleted...]
-      <c r="I12" s="138"/>
+      <c r="B11" s="176"/>
+      <c r="C11" s="176"/>
+      <c r="D11" s="176"/>
+      <c r="E11" s="176"/>
+      <c r="F11" s="176"/>
+      <c r="G11" s="176"/>
+      <c r="H11" s="176"/>
+      <c r="I11" s="176"/>
+    </row>
+    <row r="12" spans="1:21" x14ac:dyDescent="0.2">
+      <c r="A12" s="114"/>
+      <c r="B12" s="114"/>
+      <c r="C12" s="114"/>
+      <c r="D12" s="114"/>
+      <c r="E12" s="114"/>
+      <c r="F12" s="114"/>
+      <c r="G12" s="114"/>
+      <c r="H12" s="114"/>
+      <c r="I12" s="114"/>
     </row>
     <row r="13" spans="1:21" ht="15" x14ac:dyDescent="0.25">
-      <c r="A13" s="225" t="s">
+      <c r="A13" s="192" t="s">
         <v>112</v>
       </c>
-      <c r="B13" s="225"/>
-[...9 lines deleted...]
-      <c r="A14" s="223" t="s">
+      <c r="B13" s="192"/>
+      <c r="C13" s="192"/>
+      <c r="D13" s="192"/>
+      <c r="E13" s="192"/>
+      <c r="F13" s="192"/>
+      <c r="G13" s="192"/>
+      <c r="H13" s="192"/>
+      <c r="I13" s="192"/>
+    </row>
+    <row r="14" spans="1:21" x14ac:dyDescent="0.2">
+      <c r="A14" s="176" t="s">
         <v>113</v>
       </c>
-      <c r="B14" s="223"/>
-[...9 lines deleted...]
-      <c r="A15" s="223" t="s">
+      <c r="B14" s="176"/>
+      <c r="C14" s="176"/>
+      <c r="D14" s="176"/>
+      <c r="E14" s="176"/>
+      <c r="F14" s="176"/>
+      <c r="G14" s="176"/>
+      <c r="H14" s="176"/>
+      <c r="I14" s="176"/>
+    </row>
+    <row r="15" spans="1:21" x14ac:dyDescent="0.2">
+      <c r="A15" s="176" t="s">
         <v>114</v>
       </c>
-      <c r="B15" s="223"/>
-[...17 lines deleted...]
-      <c r="I16" s="138"/>
+      <c r="B15" s="176"/>
+      <c r="C15" s="176"/>
+      <c r="D15" s="176"/>
+      <c r="E15" s="176"/>
+      <c r="F15" s="176"/>
+      <c r="G15" s="176"/>
+      <c r="H15" s="176"/>
+      <c r="I15" s="176"/>
+    </row>
+    <row r="16" spans="1:21" x14ac:dyDescent="0.2">
+      <c r="A16" s="114"/>
+      <c r="B16" s="114"/>
+      <c r="C16" s="114"/>
+      <c r="D16" s="114"/>
+      <c r="E16" s="114"/>
+      <c r="F16" s="114"/>
+      <c r="G16" s="114"/>
+      <c r="H16" s="114"/>
+      <c r="I16" s="114"/>
     </row>
     <row r="17" spans="1:9" ht="15" x14ac:dyDescent="0.25">
-      <c r="A17" s="225" t="s">
+      <c r="A17" s="192" t="s">
         <v>115</v>
       </c>
-      <c r="B17" s="225"/>
-[...9 lines deleted...]
-      <c r="A18" s="223" t="s">
+      <c r="B17" s="192"/>
+      <c r="C17" s="192"/>
+      <c r="D17" s="192"/>
+      <c r="E17" s="192"/>
+      <c r="F17" s="192"/>
+      <c r="G17" s="192"/>
+      <c r="H17" s="192"/>
+      <c r="I17" s="192"/>
+    </row>
+    <row r="18" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A18" s="176" t="s">
         <v>165</v>
       </c>
-      <c r="B18" s="223"/>
-[...9 lines deleted...]
-      <c r="A19" s="223" t="s">
+      <c r="B18" s="176"/>
+      <c r="C18" s="176"/>
+      <c r="D18" s="176"/>
+      <c r="E18" s="176"/>
+      <c r="F18" s="176"/>
+      <c r="G18" s="176"/>
+      <c r="H18" s="176"/>
+      <c r="I18" s="176"/>
+    </row>
+    <row r="19" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A19" s="176" t="s">
         <v>134</v>
       </c>
-      <c r="B19" s="223"/>
-[...9 lines deleted...]
-      <c r="A20" s="223" t="s">
+      <c r="B19" s="176"/>
+      <c r="C19" s="176"/>
+      <c r="D19" s="176"/>
+      <c r="E19" s="176"/>
+      <c r="F19" s="176"/>
+      <c r="G19" s="176"/>
+      <c r="H19" s="176"/>
+      <c r="I19" s="176"/>
+    </row>
+    <row r="20" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A20" s="176" t="s">
         <v>135</v>
       </c>
-      <c r="B20" s="223"/>
-[...9 lines deleted...]
-      <c r="A21" s="223" t="s">
+      <c r="B20" s="176"/>
+      <c r="C20" s="176"/>
+      <c r="D20" s="176"/>
+      <c r="E20" s="176"/>
+      <c r="F20" s="176"/>
+      <c r="G20" s="176"/>
+      <c r="H20" s="176"/>
+      <c r="I20" s="176"/>
+    </row>
+    <row r="21" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A21" s="176" t="s">
         <v>136</v>
       </c>
-      <c r="B21" s="223"/>
-[...9 lines deleted...]
-      <c r="A22" s="224" t="s">
+      <c r="B21" s="176"/>
+      <c r="C21" s="176"/>
+      <c r="D21" s="176"/>
+      <c r="E21" s="176"/>
+      <c r="F21" s="176"/>
+      <c r="G21" s="176"/>
+      <c r="H21" s="176"/>
+      <c r="I21" s="176"/>
+    </row>
+    <row r="22" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+      <c r="A22" s="193" t="s">
         <v>137</v>
       </c>
-      <c r="B22" s="224"/>
-[...9 lines deleted...]
-      <c r="A23" s="224" t="s">
+      <c r="B22" s="193"/>
+      <c r="C22" s="193"/>
+      <c r="D22" s="193"/>
+      <c r="E22" s="193"/>
+      <c r="F22" s="193"/>
+      <c r="G22" s="193"/>
+      <c r="H22" s="193"/>
+      <c r="I22" s="193"/>
+    </row>
+    <row r="23" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+      <c r="A23" s="193" t="s">
         <v>138</v>
       </c>
-      <c r="B23" s="224"/>
-[...9 lines deleted...]
-      <c r="A24" s="139" t="s">
+      <c r="B23" s="193"/>
+      <c r="C23" s="193"/>
+      <c r="D23" s="193"/>
+      <c r="E23" s="193"/>
+      <c r="F23" s="193"/>
+      <c r="G23" s="193"/>
+      <c r="H23" s="193"/>
+      <c r="I23" s="193"/>
+    </row>
+    <row r="24" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+      <c r="A24" s="115" t="s">
         <v>139</v>
       </c>
-      <c r="B24" s="139"/>
-[...9 lines deleted...]
-      <c r="A25" s="139" t="s">
+      <c r="B24" s="115"/>
+      <c r="C24" s="115"/>
+      <c r="D24" s="115"/>
+      <c r="E24" s="115"/>
+      <c r="F24" s="115"/>
+      <c r="G24" s="115"/>
+      <c r="H24" s="115"/>
+      <c r="I24" s="115"/>
+    </row>
+    <row r="25" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+      <c r="A25" s="115" t="s">
         <v>140</v>
       </c>
-      <c r="B25" s="139"/>
-[...9 lines deleted...]
-      <c r="A26" s="139" t="s">
+      <c r="B25" s="115"/>
+      <c r="C25" s="115"/>
+      <c r="D25" s="115"/>
+      <c r="E25" s="115"/>
+      <c r="F25" s="115"/>
+      <c r="G25" s="115"/>
+      <c r="H25" s="115"/>
+      <c r="I25" s="115"/>
+    </row>
+    <row r="26" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+      <c r="A26" s="115" t="s">
         <v>141</v>
       </c>
-      <c r="B26" s="139"/>
-[...17 lines deleted...]
-      <c r="I27" s="138"/>
+      <c r="B26" s="115"/>
+      <c r="C26" s="115"/>
+      <c r="D26" s="115"/>
+      <c r="E26" s="115"/>
+      <c r="F26" s="115"/>
+      <c r="G26" s="115"/>
+      <c r="H26" s="115"/>
+      <c r="I26" s="115"/>
+    </row>
+    <row r="27" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A27" s="114"/>
+      <c r="B27" s="114"/>
+      <c r="C27" s="114"/>
+      <c r="D27" s="114"/>
+      <c r="E27" s="114"/>
+      <c r="F27" s="114"/>
+      <c r="G27" s="114"/>
+      <c r="H27" s="114"/>
+      <c r="I27" s="114"/>
     </row>
     <row r="28" spans="1:9" ht="15" x14ac:dyDescent="0.25">
-      <c r="A28" s="225" t="s">
+      <c r="A28" s="192" t="s">
         <v>142</v>
       </c>
-      <c r="B28" s="225"/>
-[...9 lines deleted...]
-      <c r="A29" s="228" t="s">
+      <c r="B28" s="192"/>
+      <c r="C28" s="192"/>
+      <c r="D28" s="192"/>
+      <c r="E28" s="192"/>
+      <c r="F28" s="192"/>
+      <c r="G28" s="192"/>
+      <c r="H28" s="192"/>
+      <c r="I28" s="192"/>
+    </row>
+    <row r="29" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A29" s="194" t="s">
         <v>143</v>
       </c>
-      <c r="B29" s="228"/>
-[...9 lines deleted...]
-      <c r="A30" s="228" t="s">
+      <c r="B29" s="194"/>
+      <c r="C29" s="194"/>
+      <c r="D29" s="194"/>
+      <c r="E29" s="194"/>
+      <c r="F29" s="194"/>
+      <c r="G29" s="194"/>
+      <c r="H29" s="194"/>
+      <c r="I29" s="194"/>
+    </row>
+    <row r="30" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A30" s="194" t="s">
         <v>144</v>
       </c>
-      <c r="B30" s="228"/>
-[...9 lines deleted...]
-      <c r="A31" s="228" t="s">
+      <c r="B30" s="194"/>
+      <c r="C30" s="194"/>
+      <c r="D30" s="194"/>
+      <c r="E30" s="194"/>
+      <c r="F30" s="194"/>
+      <c r="G30" s="194"/>
+      <c r="H30" s="194"/>
+      <c r="I30" s="194"/>
+    </row>
+    <row r="31" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A31" s="194" t="s">
         <v>145</v>
       </c>
-      <c r="B31" s="223"/>
-[...9 lines deleted...]
-      <c r="A32" s="228" t="s">
+      <c r="B31" s="176"/>
+      <c r="C31" s="176"/>
+      <c r="D31" s="176"/>
+      <c r="E31" s="176"/>
+      <c r="F31" s="176"/>
+      <c r="G31" s="176"/>
+      <c r="H31" s="176"/>
+      <c r="I31" s="176"/>
+    </row>
+    <row r="32" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A32" s="194" t="s">
         <v>146</v>
       </c>
-      <c r="B32" s="228"/>
-[...17 lines deleted...]
-      <c r="I33" s="138"/>
+      <c r="B32" s="194"/>
+      <c r="C32" s="194"/>
+      <c r="D32" s="194"/>
+      <c r="E32" s="194"/>
+      <c r="F32" s="194"/>
+      <c r="G32" s="194"/>
+      <c r="H32" s="194"/>
+      <c r="I32" s="194"/>
+    </row>
+    <row r="33" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A33" s="114"/>
+      <c r="B33" s="114"/>
+      <c r="C33" s="114"/>
+      <c r="D33" s="114"/>
+      <c r="E33" s="114"/>
+      <c r="F33" s="114"/>
+      <c r="G33" s="114"/>
+      <c r="H33" s="114"/>
+      <c r="I33" s="114"/>
     </row>
     <row r="34" spans="1:9" ht="15" x14ac:dyDescent="0.25">
-      <c r="A34" s="225" t="s">
+      <c r="A34" s="192" t="s">
         <v>147</v>
       </c>
-      <c r="B34" s="225"/>
-[...9 lines deleted...]
-      <c r="A35" s="223" t="s">
+      <c r="B34" s="192"/>
+      <c r="C34" s="192"/>
+      <c r="D34" s="192"/>
+      <c r="E34" s="192"/>
+      <c r="F34" s="192"/>
+      <c r="G34" s="192"/>
+      <c r="H34" s="192"/>
+      <c r="I34" s="192"/>
+    </row>
+    <row r="35" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+      <c r="A35" s="176" t="s">
         <v>148</v>
       </c>
-      <c r="B35" s="223"/>
-[...9 lines deleted...]
-      <c r="A36" s="223" t="s">
+      <c r="B35" s="176"/>
+      <c r="C35" s="176"/>
+      <c r="D35" s="176"/>
+      <c r="E35" s="176"/>
+      <c r="F35" s="176"/>
+      <c r="G35" s="176"/>
+      <c r="H35" s="176"/>
+      <c r="I35" s="176"/>
+    </row>
+    <row r="36" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A36" s="176" t="s">
         <v>149</v>
       </c>
-      <c r="B36" s="223"/>
-[...17 lines deleted...]
-      <c r="I37" s="138"/>
+      <c r="B36" s="176"/>
+      <c r="C36" s="176"/>
+      <c r="D36" s="176"/>
+      <c r="E36" s="176"/>
+      <c r="F36" s="176"/>
+      <c r="G36" s="176"/>
+      <c r="H36" s="176"/>
+      <c r="I36" s="176"/>
+    </row>
+    <row r="37" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A37" s="114"/>
+      <c r="B37" s="114"/>
+      <c r="C37" s="114"/>
+      <c r="D37" s="114"/>
+      <c r="E37" s="114"/>
+      <c r="F37" s="114"/>
+      <c r="G37" s="114"/>
+      <c r="H37" s="114"/>
+      <c r="I37" s="114"/>
     </row>
     <row r="38" spans="1:9" ht="15" x14ac:dyDescent="0.25">
-      <c r="A38" s="225" t="s">
+      <c r="A38" s="192" t="s">
         <v>150</v>
       </c>
-      <c r="B38" s="225"/>
-[...9 lines deleted...]
-      <c r="A39" s="223" t="s">
+      <c r="B38" s="192"/>
+      <c r="C38" s="192"/>
+      <c r="D38" s="192"/>
+      <c r="E38" s="192"/>
+      <c r="F38" s="192"/>
+      <c r="G38" s="192"/>
+      <c r="H38" s="192"/>
+      <c r="I38" s="192"/>
+    </row>
+    <row r="39" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A39" s="176" t="s">
         <v>151</v>
       </c>
-      <c r="B39" s="223"/>
-[...9 lines deleted...]
-      <c r="A40" s="223" t="s">
+      <c r="B39" s="176"/>
+      <c r="C39" s="176"/>
+      <c r="D39" s="176"/>
+      <c r="E39" s="176"/>
+      <c r="F39" s="176"/>
+      <c r="G39" s="176"/>
+      <c r="H39" s="176"/>
+      <c r="I39" s="176"/>
+    </row>
+    <row r="40" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A40" s="176" t="s">
         <v>152</v>
       </c>
-      <c r="B40" s="223"/>
-[...9 lines deleted...]
-      <c r="A41" s="223" t="s">
+      <c r="B40" s="176"/>
+      <c r="C40" s="176"/>
+      <c r="D40" s="176"/>
+      <c r="E40" s="176"/>
+      <c r="F40" s="176"/>
+      <c r="G40" s="176"/>
+      <c r="H40" s="176"/>
+      <c r="I40" s="176"/>
+    </row>
+    <row r="41" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A41" s="176" t="s">
         <v>153</v>
       </c>
-      <c r="B41" s="223"/>
-[...9 lines deleted...]
-      <c r="A42" s="223" t="s">
+      <c r="B41" s="176"/>
+      <c r="C41" s="176"/>
+      <c r="D41" s="176"/>
+      <c r="E41" s="176"/>
+      <c r="F41" s="176"/>
+      <c r="G41" s="176"/>
+      <c r="H41" s="176"/>
+      <c r="I41" s="176"/>
+    </row>
+    <row r="42" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A42" s="176" t="s">
         <v>154</v>
       </c>
-      <c r="B42" s="223"/>
-[...9 lines deleted...]
-      <c r="A43" s="223" t="s">
+      <c r="B42" s="176"/>
+      <c r="C42" s="176"/>
+      <c r="D42" s="176"/>
+      <c r="E42" s="176"/>
+      <c r="F42" s="176"/>
+      <c r="G42" s="176"/>
+      <c r="H42" s="176"/>
+      <c r="I42" s="176"/>
+    </row>
+    <row r="43" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A43" s="176" t="s">
         <v>155</v>
       </c>
-      <c r="B43" s="223"/>
-[...9 lines deleted...]
-      <c r="A44" s="223" t="s">
+      <c r="B43" s="176"/>
+      <c r="C43" s="176"/>
+      <c r="D43" s="176"/>
+      <c r="E43" s="176"/>
+      <c r="F43" s="176"/>
+      <c r="G43" s="176"/>
+      <c r="H43" s="176"/>
+      <c r="I43" s="176"/>
+    </row>
+    <row r="44" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A44" s="176" t="s">
         <v>156</v>
       </c>
-      <c r="B44" s="223"/>
-[...9 lines deleted...]
-      <c r="A45" s="223" t="s">
+      <c r="B44" s="176"/>
+      <c r="C44" s="176"/>
+      <c r="D44" s="176"/>
+      <c r="E44" s="176"/>
+      <c r="F44" s="176"/>
+      <c r="G44" s="176"/>
+      <c r="H44" s="176"/>
+      <c r="I44" s="176"/>
+    </row>
+    <row r="45" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A45" s="176" t="s">
         <v>157</v>
       </c>
-      <c r="B45" s="223"/>
-[...9 lines deleted...]
-      <c r="A46" s="223" t="s">
+      <c r="B45" s="176"/>
+      <c r="C45" s="176"/>
+      <c r="D45" s="176"/>
+      <c r="E45" s="176"/>
+      <c r="F45" s="176"/>
+      <c r="G45" s="176"/>
+      <c r="H45" s="176"/>
+      <c r="I45" s="176"/>
+    </row>
+    <row r="46" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A46" s="176" t="s">
         <v>158</v>
       </c>
-      <c r="B46" s="223"/>
-[...20 lines deleted...]
-      <c r="A48" s="140" t="s">
+      <c r="B46" s="176"/>
+      <c r="C46" s="176"/>
+      <c r="D46" s="176"/>
+      <c r="E46" s="176"/>
+      <c r="F46" s="176"/>
+      <c r="G46" s="176"/>
+      <c r="H46" s="176"/>
+      <c r="I46" s="176"/>
+    </row>
+    <row r="47" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A47" s="114"/>
+      <c r="B47" s="114"/>
+      <c r="C47" s="114"/>
+      <c r="D47" s="114"/>
+      <c r="E47" s="114"/>
+      <c r="F47" s="114"/>
+      <c r="G47" s="114"/>
+      <c r="H47" s="114"/>
+      <c r="I47" s="114"/>
+    </row>
+    <row r="48" spans="1:9" s="118" customFormat="1" ht="9" x14ac:dyDescent="0.15">
+      <c r="A48" s="116" t="s">
         <v>159</v>
       </c>
-      <c r="B48" s="141"/>
-[...9 lines deleted...]
-      <c r="A49" s="141" t="s">
+      <c r="B48" s="117"/>
+      <c r="C48" s="117"/>
+      <c r="D48" s="117"/>
+      <c r="E48" s="117"/>
+      <c r="F48" s="117"/>
+      <c r="G48" s="117"/>
+      <c r="H48" s="117"/>
+      <c r="I48" s="117"/>
+    </row>
+    <row r="49" spans="1:9" s="118" customFormat="1" ht="9" x14ac:dyDescent="0.15">
+      <c r="A49" s="117" t="s">
         <v>160</v>
       </c>
-      <c r="B49" s="141"/>
-[...9 lines deleted...]
-      <c r="A50" s="141" t="s">
+      <c r="B49" s="117"/>
+      <c r="C49" s="117"/>
+      <c r="D49" s="117"/>
+      <c r="E49" s="117"/>
+      <c r="F49" s="117"/>
+      <c r="G49" s="117"/>
+      <c r="H49" s="117"/>
+      <c r="I49" s="117"/>
+    </row>
+    <row r="50" spans="1:9" s="118" customFormat="1" ht="9" x14ac:dyDescent="0.15">
+      <c r="A50" s="117" t="s">
         <v>161</v>
       </c>
-      <c r="B50" s="141"/>
-[...17 lines deleted...]
-      <c r="I51" s="138"/>
+      <c r="B50" s="117"/>
+      <c r="C50" s="117"/>
+      <c r="D50" s="117"/>
+      <c r="E50" s="117"/>
+      <c r="F50" s="117"/>
+      <c r="G50" s="117"/>
+      <c r="H50" s="117"/>
+      <c r="I50" s="117"/>
+    </row>
+    <row r="51" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A51" s="114"/>
+      <c r="B51" s="114"/>
+      <c r="C51" s="114"/>
+      <c r="D51" s="114"/>
+      <c r="E51" s="114"/>
+      <c r="F51" s="114"/>
+      <c r="G51" s="114"/>
+      <c r="H51" s="114"/>
+      <c r="I51" s="114"/>
     </row>
     <row r="52" spans="1:9" ht="15" x14ac:dyDescent="0.25">
-      <c r="A52" s="225" t="s">
+      <c r="A52" s="192" t="s">
         <v>162</v>
       </c>
-      <c r="B52" s="225"/>
-[...9 lines deleted...]
-      <c r="A53" s="223" t="s">
+      <c r="B52" s="192"/>
+      <c r="C52" s="192"/>
+      <c r="D52" s="192"/>
+      <c r="E52" s="192"/>
+      <c r="F52" s="192"/>
+      <c r="G52" s="192"/>
+      <c r="H52" s="192"/>
+      <c r="I52" s="192"/>
+    </row>
+    <row r="53" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A53" s="176" t="s">
         <v>163</v>
       </c>
-      <c r="B53" s="223"/>
-[...9 lines deleted...]
-      <c r="A54" s="138" t="s">
+      <c r="B53" s="176"/>
+      <c r="C53" s="176"/>
+      <c r="D53" s="176"/>
+      <c r="E53" s="176"/>
+      <c r="F53" s="176"/>
+      <c r="G53" s="176"/>
+      <c r="H53" s="176"/>
+      <c r="I53" s="176"/>
+    </row>
+    <row r="54" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A54" s="114" t="s">
         <v>164</v>
       </c>
-      <c r="B54" s="138"/>
-[...6 lines deleted...]
-      <c r="I54" s="138"/>
+      <c r="B54" s="114"/>
+      <c r="C54" s="114"/>
+      <c r="D54" s="114"/>
+      <c r="E54" s="114"/>
+      <c r="F54" s="114"/>
+      <c r="G54" s="114"/>
+      <c r="H54" s="114"/>
+      <c r="I54" s="114"/>
     </row>
   </sheetData>
   <sheetProtection selectLockedCells="1" selectUnlockedCells="1"/>
   <mergeCells count="36">
-    <mergeCell ref="A52:I52"/>
-[...6 lines deleted...]
-    <mergeCell ref="A46:I46"/>
+    <mergeCell ref="A21:I21"/>
+    <mergeCell ref="A22:I22"/>
+    <mergeCell ref="A11:I11"/>
+    <mergeCell ref="A13:I13"/>
+    <mergeCell ref="A14:I14"/>
+    <mergeCell ref="A15:I15"/>
+    <mergeCell ref="A17:I17"/>
+    <mergeCell ref="A18:I18"/>
+    <mergeCell ref="A9:I9"/>
+    <mergeCell ref="A10:I10"/>
+    <mergeCell ref="A19:I19"/>
+    <mergeCell ref="A20:I20"/>
+    <mergeCell ref="A1:I1"/>
+    <mergeCell ref="A5:I5"/>
+    <mergeCell ref="A6:I6"/>
+    <mergeCell ref="A7:I7"/>
     <mergeCell ref="A40:I40"/>
     <mergeCell ref="A23:I23"/>
     <mergeCell ref="A28:I28"/>
     <mergeCell ref="A29:I29"/>
     <mergeCell ref="A30:I30"/>
     <mergeCell ref="A31:I31"/>
     <mergeCell ref="A32:I32"/>
     <mergeCell ref="A34:I34"/>
     <mergeCell ref="A35:I35"/>
     <mergeCell ref="A36:I36"/>
     <mergeCell ref="A38:I38"/>
     <mergeCell ref="A39:I39"/>
-    <mergeCell ref="A9:I9"/>
-[...14 lines deleted...]
-    <mergeCell ref="A18:I18"/>
+    <mergeCell ref="A52:I52"/>
+    <mergeCell ref="A53:I53"/>
+    <mergeCell ref="A41:I41"/>
+    <mergeCell ref="A42:I42"/>
+    <mergeCell ref="A43:I43"/>
+    <mergeCell ref="A44:I44"/>
+    <mergeCell ref="A45:I45"/>
+    <mergeCell ref="A46:I46"/>
   </mergeCells>
   <phoneticPr fontId="29" type="noConversion"/>
   <pageMargins left="0.55138888888888893" right="0.55138888888888893" top="0.98402777777777772" bottom="0.98402777777777772" header="0.51180555555555551" footer="0.51180555555555551"/>
   <pageSetup paperSize="9" scale="80" firstPageNumber="0" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>9</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="12" baseType="lpstr">
       <vt:lpstr>Income</vt:lpstr>
       <vt:lpstr>Jan-Mar</vt:lpstr>
       <vt:lpstr>Apr-June</vt:lpstr>
       <vt:lpstr>July-Sep</vt:lpstr>
       <vt:lpstr>Oct-Dec</vt:lpstr>
       <vt:lpstr>Spending Total</vt:lpstr>
       <vt:lpstr>Results</vt:lpstr>
       <vt:lpstr>Savings Goal</vt:lpstr>
       <vt:lpstr>Terms Of Use (EULA)</vt:lpstr>
       <vt:lpstr>Income!Print_Area</vt:lpstr>
       <vt:lpstr>'Savings Goal'!Print_Area</vt:lpstr>
       <vt:lpstr>'Spending Total'!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Spreadsheet123 LTD</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Family Buget Planner</dc:title>
   <dc:creator>Spreadsheet123.com</dc:creator>
-  <dc:description>© 2015 Spreadsheet123 LTD. All rights reserved</dc:description>
+  <dc:description>© 2008 - 2025 Spreadsheet123 LTD. All rights reserved</dc:description>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Version">
     <vt:lpwstr>1.1.1</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Copyright">
-    <vt:lpwstr>© 2015 Spreadsheet123 LTD</vt:lpwstr>
+    <vt:lpwstr>© 2008 - 2025 Spreadsheet123 LTD</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Source">
+    <vt:lpwstr>https://www.spreadsheet123.com/ExcelTemplates/family-budget-planner-spreadsheet.html</vt:lpwstr>
   </property>
 </Properties>
 </file>